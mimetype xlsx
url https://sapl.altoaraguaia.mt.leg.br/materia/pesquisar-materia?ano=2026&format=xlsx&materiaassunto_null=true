--- v0 (2026-01-29)
+++ v1 (2026-03-18)
@@ -10,340 +10,1195 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="160" uniqueCount="94">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="816" uniqueCount="379">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2791</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Fabiano do Gás</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2791/indicacao_no_01-2026_-.pdf</t>
-[...2 lines deleted...]
-    <t>“indicando a adoção de providências administrativas e legislativas destinadas à análise e eventual regulamentação da Lei Complementar nº 226/2026, no âmbito do Município, especialmente quanto à contagem do tempo de serviço dos servidores públicos no período da pandemia da Covid-19 e à avaliação da viabilidade orçamentário-financeira para pagamento de verbas indenizatórias retroativas”.</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2791/indicacao_01.pdf</t>
+  </si>
+  <si>
+    <t>“Indicando a adoção de providências administrativas e legislativas destinadas à análise e eventual regulamentação da Lei Complementar nº 226/2026, no âmbito do Município, especialmente quanto à contagem do tempo de serviço dos servidores públicos no período da pandemia da Covid-19 e à avaliação da viabilidade orçamentário-financeira para pagamento de verbas indenizatórias retroativas”.</t>
   </si>
   <si>
     <t>2792</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2792/indicacao_no_02-2026_-.pdf</t>
-[...2 lines deleted...]
-    <t>“solicitando que sejam realizados estudos técnicos, jurídicos e financeiros visando à concessão da reposição inflacionária de aproximadamente 5% (RGA) referente ao exercício de 2021, com proposta de implementação e pagamento nos exercícios de 2026 e/ou 2027.”</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2792/indicacao_02.pdf</t>
+  </si>
+  <si>
+    <t>“Solicitando que sejam realizados estudos técnicos, jurídicos e financeiros visando à concessão da reposição inflacionária de aproximadamente 5% (RGA) referente ao exercício de 2021, com proposta de implementação e pagamento nos exercícios de 2026 e/ou 2027.”</t>
   </si>
   <si>
     <t>2799</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Polleyka Fraga</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2799/ind_no_003_-_atend_saude_sec_cacildo_-_zona_rural_buriti.docx</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2799/indicacao_03.pdf</t>
   </si>
   <si>
     <t>“Solicito a possibilidade de  adequar as instalações com atendimento de uma ambulância no Posto de Saúde da Zona Rural – ESF, localizado no Distrito do BURITI, para que o mesmo possa atender toda Região da Zona Rural situada ali, como Colônia do Ariranha e Rio do Peixe, para que os moradores da Região sejam acompanhados, e em casos mais graves ou fora do horário comercial receba o mais rápido os primeiros socorros e encaminhados para atendimento emergencial no Hospital Municipal de Alto Araguaia, caso seja necessário.”</t>
   </si>
   <si>
     <t>2800</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2800/ind_003_-_ponto_de_taxi_-_sec_infra_judesio_e_sec_adm_paulo.docx</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2800/indicacao_04.pdf</t>
   </si>
   <si>
     <t>“Solicito a possibilidade de viabilizar a construção e instalação de um Ponto de Táxi aos Taxistas do nosso município, um espaço destinado apenas aos taxistas autorizados que aguardam passageiros que utiliza os serviços de locomoção na mobilidade urbana oferecida pela categoria a nossa população. ”</t>
   </si>
   <si>
+    <t>2801</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2801/doc_sessao-8-9.pdf</t>
+  </si>
+  <si>
+    <t>“Indicando que adote as providências administrativas, legais e orçamentárias necessárias para a implantação e regulamentação da Lei Federal nº 15.326, de 6 de janeiro de 2026, no âmbito do Município, especialmente no que se refere ao reconhecimento das monitoras/educadoras da educação infantil como integrantes da carreira do magistério.”</t>
+  </si>
+  <si>
+    <t>2803</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>Paulinho</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2803/doc_sessao-17-19-pages-deleted.pdf</t>
+  </si>
+  <si>
+    <t>Indicação  ao Prefeito Municipal e ao Secretário Municipal de Saúde a formalização de convênio, por meio do Sistema Único de Saúde (SUS), com a Unidade de Hemodiálise Dr. Demilson Serafim, no município de Mineiros GO, para atendimento dos pacientes de Alto Araguaia que realizam tratamento de hemodiálise.</t>
+  </si>
+  <si>
+    <t>2806</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2806/doc_sessao-10-11.pdf</t>
+  </si>
+  <si>
+    <t>“Solicitar a implementação e o cumprimento da Lei Municipal nº 2.838/2011, que estabelece o regime de mão única para tráfego de veículos nas vias situadas nas proximidades de estabelecimentos de ensino, na via principal de acesso à Escola Municipal Maria Júlia de Almeida”.</t>
+  </si>
+  <si>
+    <t>2807</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>Adão da Madeireira</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2807/doc_sessao-12.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo a necessidade da reforma da ponte localizada no Córrego das Pontinhas, na estrada MU-27, visando atender os produtores rurais da região.</t>
+  </si>
+  <si>
+    <t>2808</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>Martha Maia</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2808/doc_sessao-13-14.pdf</t>
+  </si>
+  <si>
+    <t>Indica a necessidade de limpeza e manutenção da quadra coberta e entorno da quadra do Vista do Araguaia, localizada no bairro Jardim Novo Araguaia.</t>
+  </si>
+  <si>
+    <t>2821</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>Regis Oliveira</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2821/indicacao_10.pdf</t>
+  </si>
+  <si>
+    <t>“Sugerindo que seja feita uma ampliação do horário de atendimento ao público no DIVAES – Divisão de Água e Esgoto.”</t>
+  </si>
+  <si>
+    <t>2823</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>Renato Lopes</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2823/indicacao_11.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a padronização de adesivos nos veículos oficias do município.</t>
+  </si>
+  <si>
+    <t>2818</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>Clodoaldo</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2818/indicacao_12.pdf</t>
+  </si>
+  <si>
+    <t>“Que sejam realizados, com a máxima urgência, os devidos reparos na BR localizada na Avenida Carlos Hugueney, no município de Alto Araguaia – MT”.</t>
+  </si>
+  <si>
+    <t>2819</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2819/indicacao_13.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada ao Departamento Nacional de Infraestrutura de Transportes – DNIT e à Concessionária Way Brasil que sejam adotadas providências urgentes para a limpeza das galerias de drenagem localizadas na BR-364, nas proximidades do Hotel Portal do Cerrado, no município de Alto Araguaia – MT.</t>
+  </si>
+  <si>
+    <t>2826</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2826/indicacao_14.pdf</t>
+  </si>
+  <si>
+    <t>“Sugerindo que seja realizada manutenção urgente nos brinquedos do parquinho da Praça Antônio Silvério da Costa (Tonico Nunes), Município de Alto Araguaia-MT ”</t>
+  </si>
+  <si>
+    <t>2827</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2827/indicacao_15.pdf</t>
+  </si>
+  <si>
+    <t>Indica a necessidade de atualização da Relação Municipal de Medicamentos Essenciais (REMUNE), com a inclusão dos medicamentos que foram instituídos por lei desde a última revisão da referida lista, que ocorreu em janeiro de 2023.</t>
+  </si>
+  <si>
+    <t>2829</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2829/indicacao.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando que sejam feitos reajustes das diárias dos motoristas da saúde que levam a população para outros munícipios.</t>
+  </si>
+  <si>
+    <t>2837</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2837/indicacao_017-2026_-_onibus_saude.pdf</t>
+  </si>
+  <si>
+    <t>Indica a contratação de locação de novo veículo (ônibus) para transporte de pacientes e a disponibilização de lanches aos pacientes durante os deslocamentos.</t>
+  </si>
+  <si>
+    <t>2839</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2839/indicacao_no_018_-_prefeito_e_sec_adm_terreno_defensoria.docx</t>
+  </si>
+  <si>
+    <t>“Solicito a possibilidade de viabilizar a destinação de um Terreno para a construção da sede da DEFENSORIA PUBLICA.”</t>
+  </si>
+  <si>
+    <t>2840</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2840/indicacao_019-2026_-_hidrantes_em_app.pdf</t>
+  </si>
+  <si>
+    <t>Indica a necesidade de indentificação e demarcação de Áreas de Preservação Permanente e instalação de hidrantes nas referidas áreas.</t>
+  </si>
+  <si>
+    <t>2845</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>Ricardo Barbosa</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2845/indicacao.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a retirada dos restos de fios de internet deixados pelas empresas responsáveis pelo serviço, que permanecem pendurados nos postes de energia elétrica em diversos pontos da cidade.</t>
+  </si>
+  <si>
+    <t>2846</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2846/indicacao.pdf</t>
+  </si>
+  <si>
+    <t>“Solicito a possibilidade de viabilizar as Telas Toldos para atender a necessidade dos Feirantes da  Feira Livre Benno Ubaldo Presser.”</t>
+  </si>
+  <si>
+    <t>2848</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>Marcos Nunes</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2848/indicacao.pdf</t>
+  </si>
+  <si>
+    <t>"Que seja realizada uma reforma completa no prédio da Universidade Aberta do Brasil (UAB)."</t>
+  </si>
+  <si>
+    <t>2857</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2857/docx-12.pdf</t>
+  </si>
+  <si>
+    <t>“Sugerindo que seja feito uma reparação na estrada MU-14 na região do baus no munícipio de Alto Araguaia-MT ”</t>
+  </si>
+  <si>
+    <t>2859</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2859/docx-13.pdf</t>
+  </si>
+  <si>
+    <t>“Sugerindo que seja feita uma revisão do contrato do Dr. Leonardo Lincoln, para que o referido profissional retorne aos atendimentos e à realização das cirurgias de sua competência em nosso município.”</t>
+  </si>
+  <si>
+    <t>2860</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2860/docx-16.pdf</t>
+  </si>
+  <si>
+    <t>“Solicito a possibilidade da substituição do Quebra - mola comum para o Quebra-mola-faixa em frente ao portão principal de entrada da Escola Estadual Maria Auxiliadora utilizado pelos alunos, e desativando a faixa atual, a qual fica em desuso devido sua localização”, respeitando a Legislação Municipal de Trânsito.</t>
+  </si>
+  <si>
+    <t>2866</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2866/docx-17-18.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo  que determine a realização de reforma urgente na Escola Municipal José Inácio Fraga, diante das condições estruturais precárias atualmente apresentadas pela unidade.</t>
+  </si>
+  <si>
+    <t>2867</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2867/docx-14-15.pdf</t>
+  </si>
+  <si>
+    <t>Solicita a disponibilização de aparelhos celulares com acesso ao aplicativo WhatsApp para uso no Posto Central e nos demais postos das unidades de saúde do município de Alto Araguaia, a fim de melhorar a comunicação com pacientes sobre consultas, retornos e avisos importantes.</t>
+  </si>
+  <si>
+    <t>2873</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2873/indicacao_028-2026_-_pneus_da_ambulancia.pdf</t>
+  </si>
+  <si>
+    <t>Indica que seja realizada a revisão mecânica completa e a substituição dos pneus da ambulância municipal, identificada pela placa SDD2A32 e número de frota 110.</t>
+  </si>
+  <si>
     <t>2794</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>Marcos Nunes</t>
-[...2 lines deleted...]
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2794/001-marcos.docx</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2794/requerimento.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvido o Plenário e cumpridas as formalidades regimentais, que a Mesa Diretora encaminhe expediente ao Excelentíssimo Senhor Prefeito Municipal, Jacson Marlon Niedermeier, com cópia à Senhora Secretária Municipal de Agricultura, Pecuária e Abastecimento e Meio Ambiente, Virgínia Machado, solicitando informações acerca do início do programa de Castração Animal._x000D_
 Especificamente, requer-se:_x000D_
 •	Há previsão para o início da campanha municipal de castração de cães e gatos no âmbito do Município de Alto Araguaia? Em caso positivo, informar a data estimada e a programação da campanha._x000D_
 •	As providências administrativas e as formalidades necessárias ao processo licitatório para contratação dos serviços já foram iniciadas? Em caso afirmativo, esclarecer em que fase se encontram._x000D_
 •	Caso ainda não tenham sido iniciados os procedimentos licitatórios, qual a previsão para sua abertura e conclusão?</t>
   </si>
   <si>
     <t>2798</t>
   </si>
   <si>
-    <t>Martha Maia</t>
-[...2 lines deleted...]
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2798/requerimento_002-2026_-_solicitacoes_sobre_o_repasse_do_estado.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2798/requerimento.pdf</t>
   </si>
   <si>
     <t>Requer relatório pormenorizado da aplicação dos R$ 331,4 milhões em investimentos Estaduais nos ultimos sete anos.</t>
   </si>
   <si>
+    <t>2804</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2804/doc_sessao-20.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento ao Prefeito Municipal e ao Secretário Municipal de Obras solicitando a instalação de manilhas para a canalização das águas pluviais no Setor Castro, visando a solução de alagamentos e a melhoria da drenagem urbana.</t>
+  </si>
+  <si>
+    <t>2805</t>
+  </si>
+  <si>
+    <t>Mesa Diretora, Marcos Nunes, Paulinho, Polleyka Fraga, Ricardo Barbosa</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2805/doc_sessao-4.pdf</t>
+  </si>
+  <si>
+    <t>A Mesa Diretora, no uso de suas atribuições legais e regimentais, vem, por meio do presente, encaminhar Requerimento Legislativo ao Plenário, solicitando apreciação e deliberação quanto ao adiamento da 3ª Sessão Ordinária, anteriormente prevista para o dia 18 de fevereiro de 2026, para o dia 19 de fevereiro de 2026, às 19h (horário de Brasília).</t>
+  </si>
+  <si>
+    <t>2825</t>
+  </si>
+  <si>
+    <t>Fabiano do Gás, Martha Maia</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2825/requerimento_05.pdf</t>
+  </si>
+  <si>
+    <t>"Requerendo informações referente aos dos contratos nº 092/2022 – Vista do Araguaia e nº172/2022 – Demellas".</t>
+  </si>
+  <si>
+    <t>2838</t>
+  </si>
+  <si>
+    <t>Bruno Peron</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2838/06-_bruno_peron.docx</t>
+  </si>
+  <si>
+    <t>, Solicitando informações acerca do calendário de eventos esportivos do município para o ano de 2026.</t>
+  </si>
+  <si>
+    <t>2841</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2841/requerimento_007-2026_1_2_2.docx</t>
+  </si>
+  <si>
+    <t>Solicitando informações sobre o andamento do processo da reforma da quadra do Ginásio de Esportes Samitão,</t>
+  </si>
+  <si>
+    <t>2847</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2847/requeriimento.pdf</t>
+  </si>
+  <si>
+    <t>“Solicitação de informações sobre emenda parlamentar no valor de R$ 200.000,00 no município de Alto Araguaia – MT”</t>
+  </si>
+  <si>
+    <t>2853</t>
+  </si>
+  <si>
+    <t>Fabiano do Gás, Martha Maia, Regis Oliveira</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2853/docx-5-7.pdf</t>
+  </si>
+  <si>
+    <t>Requerendo informações referente à arrecadação do DIVAES no Município de Alto Araguaia.</t>
+  </si>
+  <si>
+    <t>2854</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2854/docx-3-4.pdf</t>
+  </si>
+  <si>
+    <t>Requerendo informações acerca da elaboração e execução do Plano de Ação referente a execução às Emendas Impositivas do exercício de 2026.</t>
+  </si>
+  <si>
+    <t>2856</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2856/requerimento_no011-2026_-_ricardo_barbosa.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro informações acerca da ambulância pertencente ao município que se encontra parada há mais de 60 dias, aparentemente aguardando manutenção e revisão.</t>
+  </si>
+  <si>
+    <t>2858</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2858/docx-8-11.pdf</t>
+  </si>
+  <si>
+    <t>Solicita informações sobre a viabilidade de Adicional/Gratificação por Especialização em Educação Especial e Inclusiva e a existência de programas de qualificação profissional.</t>
+  </si>
+  <si>
     <t>2782</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária (Origem Executivo)</t>
   </si>
   <si>
     <t>JACSON NIEDERMEIER</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2782/pl.001_ass_.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2782/pl.001_ass_.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a concessão da revisão geral de subsídios dos servidores públicos efetivos dos _x000D_
 poderes e órgãos autônomos do município de Alto Araguaia e dá outras providências.</t>
   </si>
   <si>
     <t>2783</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2783/pl.002_ass.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2783/pl.002_ass.pdf</t>
   </si>
   <si>
     <t>Autorização para a doação para a Paróquia Nossa Senhora Aparecida, de _x000D_
 um reservatório de água que atualmente encontra-se em desuso junto ao DIVAES.</t>
   </si>
   <si>
     <t>2784</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2784/pl.003_ass_.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2784/pl.003_ass_.pdf</t>
   </si>
   <si>
     <t>Autorização para a doação para a Superintendência da Polícia Rodoviária _x000D_
 Federal, do Estado de Mato Grosso, de cinco postes de iluminação atualmente em estado ocioso junto _x000D_
 à Secretaria Municipal de Obras.</t>
   </si>
   <si>
     <t>2795</t>
   </si>
   <si>
     <t>EXECUTIVO MUNICIPAL - EM</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2795/pl.004.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2795/pl.004.pdf</t>
   </si>
   <si>
     <t>Autoriza a celebração de convênio junto ao Sindicato Rural de Alto Araguaia, custeio de até 50% do valor do projeto de implantação e pavimentação da Serra Preta.</t>
   </si>
   <si>
     <t>2796</t>
   </si>
   <si>
-    <t>5</t>
-[...2 lines deleted...]
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2796/pl.005.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2796/pl.005.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Especial no Orçamento do Exercício de 2026, lei nº 4683 de 16 de dezembro de 2025.</t>
   </si>
   <si>
     <t>2797</t>
   </si>
   <si>
-    <t>6</t>
-[...2 lines deleted...]
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2797/pl.006.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2797/pl.006.pdf</t>
+  </si>
+  <si>
+    <t>2824</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2824/pl.007.pdf</t>
+  </si>
+  <si>
+    <t>Altera e Acresce dispositivos à Lei Municipal nº 2.610, de 29 de dezembro de 2009.</t>
+  </si>
+  <si>
+    <t>2820</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2820/pl.008.pdf</t>
+  </si>
+  <si>
+    <t>Revoga dispositivo da Lei Municipal nº 4.687, de 10 de fevereiro de 2026</t>
+  </si>
+  <si>
+    <t>2850</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2850/pl.009.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a celebração de convênio com o Rotary Clube de Santa Rita do Araguaia/Alto Araguaia, para a implantação de uma sala multissensorial no centro de reabilitações deste município.</t>
+  </si>
+  <si>
+    <t>2851</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2851/pl.010.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre criação do Cargo de Agente Municipal de Trânsito, altera os Anexos I e IX da Lei Municipal nº 2742/2010, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2868</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2868/pl.011.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a celebração de convênio com a AAVA – Associação dos Apicultores do Vale do Araguaia, inscrita no CNPJ nº 23.476.677/0001-04, visando repasse de até R$ 50.000,00 (cinquenta mil reais), os quais serão empregados em adequações estruturais e sanitárias da Casa do Mel.</t>
+  </si>
+  <si>
+    <t>2869</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2869/pl.012.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a celebração de convênio junto ao Sindicato Rural de Alto Araguaia, visando o fornecimento de equipamentos e recursos humanos para a realização da 5ª Taça Araguaia - Três Tambores e Laço em Dupla, que será realizada nos dias 24, 25 e 26 de abril de 2026.</t>
   </si>
   <si>
     <t>2793</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária (Origem Legislativo)</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2793/projeto_de_001-2026_-_novo_projeto_priorizando_epp_e_me.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2793/projeto_de_001-2026_-_novo_projeto_priorizando_epp_e_me.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o tratamento favorecido, diferenciado e simplificado para as microempresas e empresas de pequeno porte nas contratações públicas de bens, serviços e obras no âmbito da administração pública do Município de Alto Araguaia, e revoga a Lei Municipal nº 3.955, de 20 de junho de 2017, e demais disposições em contrário.</t>
   </si>
   <si>
+    <t>2822</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2822/002-_polleyka_fraga.docx</t>
+  </si>
+  <si>
+    <t>O presente Projeto de Lei tem como objetivo promover a conscientização durante a Semana de Combate à Violência contra a Mulher nas Escolas do Município de Alto Araguaia, conforme já está sendo realizado em diversos Municípios do Estado de Mato Grosso,</t>
+  </si>
+  <si>
+    <t>2849</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2849/003-_projeto_-_mesa_reorganizacao_adm.docx</t>
+  </si>
+  <si>
+    <t>“Altera dispositivos e anexos da Lei Municipal nº 4.604/2024, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>2855</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2855/projeto_de_lei_vereador_regis_-_isencao_de_iptu.docx</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a concessão de desconto no Imposto Predial e Territorial Urbano (IPTU) ao contribuinte residente em via pública com comprovada precariedade de infraestrutura urbana no Município de Alto Araguaia – MT, e dá outras providências.”</t>
+  </si>
+  <si>
     <t>2786</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>Mesa Diretora, Marcos Nunes, Paulinho, Polleyka Fraga, Ricardo Barbosa</t>
-[...2 lines deleted...]
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2786/001-_reajuste_servidores_1.doc</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2786/resolucao_removed-6-11.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual prevista no art. 37, X da CRFB/88 e complementação remuneratória aos Servidores do Legislativo e dá outras providências”.</t>
   </si>
   <si>
     <t>2787</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2787/002-2026_concede_rga_vereadores_1.doc</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2787/resolucao_1_removed-2-4.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual prevista no art. 37, X da CRFB/88 aos vereadores”.</t>
   </si>
   <si>
+    <t>2828</t>
+  </si>
+  <si>
+    <t>CEDP - Comissão de Ética e Decoro Parlamentar, Clodoaldo, Fabiano do Gás, Martha Maia</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2828/projeto_de_resolucao_003-2026_-_institui_o_codigo_de_etica_assinado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a instituição do Código de Ética e Decoro Parlamentar da Câmara Municipal de Alto Araguaia e dá outras providências.</t>
+  </si>
+  <si>
     <t>2785</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2785/projeto_de_lei_complementar.01_ass_.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2785/projeto_de_lei_complementar.01_ass_.pdf</t>
   </si>
   <si>
     <t>Altera e acresce dispositivos à Lei Complementar nº 02, de 23 de setembro de 2025.</t>
   </si>
   <si>
+    <t>2876</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2876/projeto_de_lei_complementar.02.pdf</t>
+  </si>
+  <si>
+    <t>“Altera a redação da Lei Complementar n. 003 de 19 de dezembro de 2025, que Dispõe sobre a reestruturação do Regime Próprio de Previdência Social do Município de Alto Araguaia/MT</t>
+  </si>
+  <si>
     <t>2788</t>
   </si>
   <si>
     <t>VT</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2788/veto003-2025..pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2788/veto003-2025..pdf</t>
   </si>
   <si>
     <t>Veto Parcial ao Projeto de Lei nº 018, de 22 de setembro de 2025, de autoria da Vereadora Martha Silvia Zaiden Maia Brandão.</t>
   </si>
   <si>
     <t>2789</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2789/veto004-2025._1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2789/veto004-2025._1.pdf</t>
   </si>
   <si>
     <t>Veto Parcial ao Projeto de Lei nº 024/2025, de autoria do Vereador Régis Oliveira Paes.</t>
   </si>
   <si>
     <t>2790</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção de Congratulações e Aplausos.</t>
   </si>
   <si>
-    <t>Ricardo Barbosa</t>
-[...2 lines deleted...]
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2790/mocao_de_aplausos_juldesio.docx</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2790/mocao.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos ao Secretário de Infraestrutura e Serviços Urbanos, Sr. Juldésio Borges de Oliveira</t>
+  </si>
+  <si>
+    <t>2809</t>
+  </si>
+  <si>
+    <t>Fabiano do Gás, Polleyka Fraga</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2809/mocao_02.pdf</t>
+  </si>
+  <si>
+    <t>Moção de aplausos aos CORPO DE BOMBEIROS MILITAR DE MATO GROSSO Comando Regional II – 1º Núcleo Bombeiro Militar de Alto Araguaia</t>
+  </si>
+  <si>
+    <t>2802</t>
+  </si>
+  <si>
+    <t>OF</t>
+  </si>
+  <si>
+    <t>Resposta às Proposições, Oficio</t>
+  </si>
+  <si>
+    <t>GUSTAVO MELO DE ANICEZIO</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2802/whatsapp_image_2026-02-04_at_08.39.23.pdf</t>
+  </si>
+  <si>
+    <t>Resposta ao Oficio nº 11/2025</t>
+  </si>
+  <si>
+    <t>2861</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2861/oficio_14_resposta_ind._143_campanha_adocao.pdf</t>
+  </si>
+  <si>
+    <t>Resposta à Indicação nº. 143/2025</t>
+  </si>
+  <si>
+    <t>2862</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2862/oficio_13__resposta_ind._124_festival_de_pesca.pdf</t>
+  </si>
+  <si>
+    <t>Resposta à Indicação 124/2025</t>
+  </si>
+  <si>
+    <t>2863</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2863/oficio_15_resposta_ind._157_parque_sensorial.pdf</t>
+  </si>
+  <si>
+    <t>Resposta à Indicação nº. 137/2025</t>
+  </si>
+  <si>
+    <t>2864</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2864/oficio_16_resposta_ind._137_meio_ambiente.pdf</t>
+  </si>
+  <si>
+    <t>Resposta à Indicação nº. 157/2025</t>
+  </si>
+  <si>
+    <t>2865</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2865/oficio_12_resposta_ind._019_castracao.pdf</t>
+  </si>
+  <si>
+    <t>Resposta ao Requerimento nº. 001/2026</t>
+  </si>
+  <si>
+    <t>2871</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2871/oficio.068.pdf</t>
+  </si>
+  <si>
+    <t>Resposta ao Requerimento nº 005/2026</t>
+  </si>
+  <si>
+    <t>2872</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2872/oficio.053.pdf</t>
+  </si>
+  <si>
+    <t>Resposta a indicação 018/2026</t>
+  </si>
+  <si>
+    <t>2874</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2874/oficio.055.pdf</t>
+  </si>
+  <si>
+    <t>Resposta ao requerimento 007/2026</t>
+  </si>
+  <si>
+    <t>2875</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2875/oficio.056.pdf</t>
+  </si>
+  <si>
+    <t>Resposta a indicação 011/2026</t>
+  </si>
+  <si>
+    <t>2877</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2877/oficio.066.pdf</t>
+  </si>
+  <si>
+    <t>Resposta ao Requerimento nº 008/2026</t>
+  </si>
+  <si>
+    <t>2878</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2878/oficio.067.pdf</t>
+  </si>
+  <si>
+    <t>Resposta ao Requerimento nº 002/2026</t>
+  </si>
+  <si>
+    <t>2879</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2879/oficio.070.pdf</t>
+  </si>
+  <si>
+    <t>Pedido de convocação de sessão extraordinária para a apreciação do Projeto de Lei Complementar nº 002/2026</t>
+  </si>
+  <si>
+    <t>2813</t>
+  </si>
+  <si>
+    <t>PCESA</t>
+  </si>
+  <si>
+    <t>Parecer Comissão Educação Saúde Assistência Social</t>
+  </si>
+  <si>
+    <t>CESAS - Comissão de Educação, Saúde e Assistência Social</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2813/parecer_educacao_05.pdf</t>
+  </si>
+  <si>
+    <t>Parecer ao Projeto de Lei do Executivo 05/2026</t>
+  </si>
+  <si>
+    <t>2814</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2814/parecer_da_educacao_06.pdf</t>
+  </si>
+  <si>
+    <t>Parecer ao Projeto de Lei do Executivo 06/2026</t>
+  </si>
+  <si>
+    <t>2836</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2836/parecer_educacao.pdf</t>
+  </si>
+  <si>
+    <t>Parecer ao PROJETO DE LEI DO LEGISLATIVO Nº005/2026:</t>
+  </si>
+  <si>
+    <t>2883</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2883/docx-24.pdf</t>
+  </si>
+  <si>
+    <t>Parecer ao Projeto de Lei do Executivo 09/2026</t>
+  </si>
+  <si>
+    <t>2815</t>
+  </si>
+  <si>
+    <t>PCFOF</t>
+  </si>
+  <si>
+    <t>Parecer Comissão Finanças, Orçamento  Fiscalização</t>
+  </si>
+  <si>
+    <t>CFOF - Comissão de Finanças, Orçamento e Fiscalização</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2815/parecer_financas_456.pdf</t>
+  </si>
+  <si>
+    <t>Parecer ao Projeto de Lei do Executivo 04,05,06/2026</t>
+  </si>
+  <si>
+    <t>2835</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2835/parecer.pdf</t>
+  </si>
+  <si>
+    <t>Parecer ao Projeto de Lei do Executivo 07/2026</t>
+  </si>
+  <si>
+    <t>2880</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2880/docx-19.pdf</t>
+  </si>
+  <si>
+    <t>Parecer ao Projeto de Lei do Executivo 010/2026</t>
+  </si>
+  <si>
+    <t>2884</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2884/docx-25.pdf</t>
+  </si>
+  <si>
+    <t>2810</t>
+  </si>
+  <si>
+    <t>PCLJR</t>
+  </si>
+  <si>
+    <t>Parecer Comissão Legislação Justiça Redação Final</t>
+  </si>
+  <si>
+    <t>CLJR - Comissão da Legislação, Justiça e Redação Final</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2810/parecer_justica_04.pdf</t>
+  </si>
+  <si>
+    <t>Parecer ao Projeto de Lei do Executivo 04/2026</t>
+  </si>
+  <si>
+    <t>2811</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2811/parecer_justica_05.pdf</t>
+  </si>
+  <si>
+    <t>Parecer ao Projeto de Lei do Executivo 05/2025</t>
+  </si>
+  <si>
+    <t>2812</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2812/parecer_justica_06.pdf</t>
+  </si>
+  <si>
+    <t>2830</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2830/parecer_justica_07.pdf</t>
+  </si>
+  <si>
+    <t>2831</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2831/parecer_justica_08.pdf</t>
+  </si>
+  <si>
+    <t>Parecer ao Projeto de Lei do Executivo 08/2026</t>
+  </si>
+  <si>
+    <t>2832</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2832/parecer_justica_05.pdf</t>
+  </si>
+  <si>
+    <t>Parecer ao Projeto de Lei do Legislativo 05/2026</t>
+  </si>
+  <si>
+    <t>2833</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2833/parecer_justica_03_-_convertido.pdf</t>
+  </si>
+  <si>
+    <t>Parecer ao Projeto de Resolução 03/2026</t>
+  </si>
+  <si>
+    <t>2834</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2834/parecer_justica_05.pdf</t>
+  </si>
+  <si>
+    <t>2842</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2842/parecer_justica_2.pdf</t>
+  </si>
+  <si>
+    <t>2843</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2843/parecer_comissao_justica.pdf</t>
+  </si>
+  <si>
+    <t>Parecer ao Veto 03/2026</t>
+  </si>
+  <si>
+    <t>2844</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2844/veto_parcial_parecer.pdf</t>
+  </si>
+  <si>
+    <t>Parecer ao Veto Nº 004/2025,</t>
+  </si>
+  <si>
+    <t>2852</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2852/arquivos.pdf</t>
+  </si>
+  <si>
+    <t>Parecer ao Projeto de Lei do Legislativo nº01/2026</t>
+  </si>
+  <si>
+    <t>2881</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2881/docx-20-21.pdf</t>
+  </si>
+  <si>
+    <t>2882</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2882/docx-22-23.pdf</t>
+  </si>
+  <si>
+    <t>2816</t>
+  </si>
+  <si>
+    <t>PCOSP</t>
+  </si>
+  <si>
+    <t>Parecer Comissão de Obras, Serviços Públicos, Agro</t>
+  </si>
+  <si>
+    <t>COSPADRC - Comissão de Obras, Serviços Públicos, Agroindústria, Desenvolvimento Rural, Comércio e Turismo,</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2816/parecer_obras_456.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -647,67 +1502,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2791/indicacao_no_01-2026_-.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2792/indicacao_no_02-2026_-.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2799/ind_no_003_-_atend_saude_sec_cacildo_-_zona_rural_buriti.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2800/ind_003_-_ponto_de_taxi_-_sec_infra_judesio_e_sec_adm_paulo.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2794/001-marcos.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2798/requerimento_002-2026_-_solicitacoes_sobre_o_repasse_do_estado.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2782/pl.001_ass_.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2783/pl.002_ass.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2784/pl.003_ass_.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2795/pl.004.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2796/pl.005.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2797/pl.006.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2793/projeto_de_001-2026_-_novo_projeto_priorizando_epp_e_me.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2786/001-_reajuste_servidores_1.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2787/002-2026_concede_rga_vereadores_1.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2785/projeto_de_lei_complementar.01_ass_.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2788/veto003-2025..pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2789/veto004-2025._1.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2790/mocao_de_aplausos_juldesio.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2791/indicacao_01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2792/indicacao_02.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2799/indicacao_03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2800/indicacao_04.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2801/doc_sessao-8-9.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2803/doc_sessao-17-19-pages-deleted.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2806/doc_sessao-10-11.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2807/doc_sessao-12.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2808/doc_sessao-13-14.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2821/indicacao_10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2823/indicacao_11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2818/indicacao_12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2819/indicacao_13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2826/indicacao_14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2827/indicacao_15.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2829/indicacao.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2837/indicacao_017-2026_-_onibus_saude.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2839/indicacao_no_018_-_prefeito_e_sec_adm_terreno_defensoria.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2840/indicacao_019-2026_-_hidrantes_em_app.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2845/indicacao.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2846/indicacao.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2848/indicacao.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2857/docx-12.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2859/docx-13.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2860/docx-16.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2866/docx-17-18.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2867/docx-14-15.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2873/indicacao_028-2026_-_pneus_da_ambulancia.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2794/requerimento.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2798/requerimento.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2804/doc_sessao-20.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2805/doc_sessao-4.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2825/requerimento_05.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2838/06-_bruno_peron.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2841/requerimento_007-2026_1_2_2.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2847/requeriimento.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2853/docx-5-7.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2854/docx-3-4.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2856/requerimento_no011-2026_-_ricardo_barbosa.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2858/docx-8-11.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2782/pl.001_ass_.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2783/pl.002_ass.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2784/pl.003_ass_.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2795/pl.004.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2796/pl.005.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2797/pl.006.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2824/pl.007.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2820/pl.008.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2850/pl.009.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2851/pl.010.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2868/pl.011.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2869/pl.012.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2793/projeto_de_001-2026_-_novo_projeto_priorizando_epp_e_me.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2822/002-_polleyka_fraga.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2849/003-_projeto_-_mesa_reorganizacao_adm.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2855/projeto_de_lei_vereador_regis_-_isencao_de_iptu.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2786/resolucao_removed-6-11.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2787/resolucao_1_removed-2-4.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2828/projeto_de_resolucao_003-2026_-_institui_o_codigo_de_etica_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2785/projeto_de_lei_complementar.01_ass_.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2876/projeto_de_lei_complementar.02.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2788/veto003-2025..pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2789/veto004-2025._1.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2790/mocao.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2809/mocao_02.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2802/whatsapp_image_2026-02-04_at_08.39.23.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2861/oficio_14_resposta_ind._143_campanha_adocao.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2862/oficio_13__resposta_ind._124_festival_de_pesca.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2863/oficio_15_resposta_ind._157_parque_sensorial.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2864/oficio_16_resposta_ind._137_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2865/oficio_12_resposta_ind._019_castracao.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2871/oficio.068.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2872/oficio.053.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2874/oficio.055.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2875/oficio.056.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2877/oficio.066.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2878/oficio.067.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2879/oficio.070.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2813/parecer_educacao_05.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2814/parecer_da_educacao_06.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2836/parecer_educacao.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2883/docx-24.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2815/parecer_financas_456.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2835/parecer.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2880/docx-19.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2884/docx-25.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2810/parecer_justica_04.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2811/parecer_justica_05.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2812/parecer_justica_06.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2830/parecer_justica_07.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2831/parecer_justica_08.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2832/parecer_justica_05.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2833/parecer_justica_03_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2834/parecer_justica_05.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2842/parecer_justica_2.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2843/parecer_comissao_justica.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2844/veto_parcial_parecer.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2852/arquivos.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2881/docx-20-21.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2882/docx-22-23.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2816/parecer_obras_456.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H20"/>
+  <dimension ref="A1:H102"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="40.42578125" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="7" max="7" width="140" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="47.7109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="99.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="150.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -805,453 +1660,2667 @@
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="F5" t="s">
         <v>22</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>27</v>
       </c>
       <c r="H5" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>29</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="D6" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="F6" t="s">
+      <c r="H6" t="s">
         <v>32</v>
-      </c>
-[...4 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
+        <v>33</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
         <v>35</v>
       </c>
-      <c r="B7" t="s">
-[...11 lines deleted...]
-      <c r="F7" t="s">
+      <c r="G7" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="G7" s="1" t="s">
+      <c r="H7" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>38</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
         <v>39</v>
       </c>
-      <c r="B8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="E8" t="s">
+      <c r="H8" t="s">
         <v>41</v>
-      </c>
-[...7 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>42</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>43</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" t="s">
+        <v>44</v>
+      </c>
+      <c r="G9" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="B9" t="s">
-[...14 lines deleted...]
-      <c r="G9" s="1" t="s">
+      <c r="H9" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
         <v>48</v>
       </c>
-      <c r="B10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D10" t="s">
-        <v>40</v>
+        <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>41</v>
+        <v>12</v>
       </c>
       <c r="F10" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="H10" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>53</v>
       </c>
       <c r="D11" t="s">
-        <v>40</v>
+        <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>41</v>
+        <v>12</v>
       </c>
       <c r="F11" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="H11" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="D12" t="s">
-        <v>40</v>
+        <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>41</v>
+        <v>12</v>
       </c>
       <c r="F12" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="H12" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="D13" t="s">
-        <v>40</v>
+        <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>41</v>
+        <v>12</v>
       </c>
       <c r="F13" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="H13" t="s">
-        <v>58</v>
+        <v>66</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>10</v>
+        <v>68</v>
       </c>
       <c r="D14" t="s">
-        <v>40</v>
+        <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>63</v>
+        <v>12</v>
       </c>
       <c r="F14" t="s">
-        <v>36</v>
+        <v>64</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="H14" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>10</v>
+        <v>72</v>
       </c>
       <c r="D15" t="s">
-        <v>67</v>
+        <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>68</v>
+        <v>12</v>
       </c>
       <c r="F15" t="s">
-        <v>69</v>
+        <v>54</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="H15" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>17</v>
+        <v>76</v>
       </c>
       <c r="D16" t="s">
-        <v>67</v>
+        <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>68</v>
+        <v>12</v>
       </c>
       <c r="F16" t="s">
-        <v>69</v>
+        <v>49</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="H16" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>10</v>
+        <v>80</v>
       </c>
       <c r="D17" t="s">
-        <v>76</v>
+        <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>77</v>
+        <v>12</v>
       </c>
       <c r="F17" t="s">
-        <v>42</v>
+        <v>59</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="H17" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>21</v>
+        <v>84</v>
       </c>
       <c r="D18" t="s">
-        <v>81</v>
+        <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>82</v>
+        <v>12</v>
       </c>
       <c r="F18" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="H18" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>26</v>
+        <v>88</v>
       </c>
       <c r="D19" t="s">
-        <v>81</v>
+        <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>82</v>
+        <v>12</v>
       </c>
       <c r="F19" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="H19" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
+        <v>92</v>
+      </c>
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
+        <v>12</v>
+      </c>
+      <c r="F20" t="s">
+        <v>49</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="H20" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>95</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>96</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>12</v>
+      </c>
+      <c r="F21" t="s">
+        <v>97</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="H21" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>100</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>101</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>12</v>
+      </c>
+      <c r="F22" t="s">
+        <v>22</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="H22" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>104</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>105</v>
+      </c>
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>12</v>
+      </c>
+      <c r="F23" t="s">
+        <v>106</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="H23" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>109</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>110</v>
+      </c>
+      <c r="D24" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" t="s">
+        <v>12</v>
+      </c>
+      <c r="F24" t="s">
+        <v>54</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="H24" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>113</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>114</v>
+      </c>
+      <c r="D25" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" t="s">
+        <v>12</v>
+      </c>
+      <c r="F25" t="s">
+        <v>54</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="H25" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>117</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>118</v>
+      </c>
+      <c r="D26" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" t="s">
+        <v>12</v>
+      </c>
+      <c r="F26" t="s">
+        <v>22</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="H26" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>121</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>122</v>
+      </c>
+      <c r="D27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" t="s">
+        <v>12</v>
+      </c>
+      <c r="F27" t="s">
+        <v>44</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="H27" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>125</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>126</v>
+      </c>
+      <c r="D28" t="s">
+        <v>11</v>
+      </c>
+      <c r="E28" t="s">
+        <v>12</v>
+      </c>
+      <c r="F28" t="s">
+        <v>35</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="H28" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>129</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>130</v>
+      </c>
+      <c r="D29" t="s">
+        <v>11</v>
+      </c>
+      <c r="E29" t="s">
+        <v>12</v>
+      </c>
+      <c r="F29" t="s">
+        <v>49</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="H29" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>133</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
         <v>10</v>
       </c>
-      <c r="D20" t="s">
-[...12 lines deleted...]
-        <v>93</v>
+      <c r="D30" t="s">
+        <v>134</v>
+      </c>
+      <c r="E30" t="s">
+        <v>135</v>
+      </c>
+      <c r="F30" t="s">
+        <v>106</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="H30" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>138</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>17</v>
+      </c>
+      <c r="D31" t="s">
+        <v>134</v>
+      </c>
+      <c r="E31" t="s">
+        <v>135</v>
+      </c>
+      <c r="F31" t="s">
+        <v>49</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="H31" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>141</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>21</v>
+      </c>
+      <c r="D32" t="s">
+        <v>134</v>
+      </c>
+      <c r="E32" t="s">
+        <v>135</v>
+      </c>
+      <c r="F32" t="s">
+        <v>35</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="H32" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>144</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>26</v>
+      </c>
+      <c r="D33" t="s">
+        <v>134</v>
+      </c>
+      <c r="E33" t="s">
+        <v>135</v>
+      </c>
+      <c r="F33" t="s">
+        <v>145</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="H33" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>148</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>30</v>
+      </c>
+      <c r="D34" t="s">
+        <v>134</v>
+      </c>
+      <c r="E34" t="s">
+        <v>135</v>
+      </c>
+      <c r="F34" t="s">
+        <v>149</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="H34" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>152</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>34</v>
+      </c>
+      <c r="D35" t="s">
+        <v>134</v>
+      </c>
+      <c r="E35" t="s">
+        <v>135</v>
+      </c>
+      <c r="F35" t="s">
+        <v>153</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="H35" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>156</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>39</v>
+      </c>
+      <c r="D36" t="s">
+        <v>134</v>
+      </c>
+      <c r="E36" t="s">
+        <v>135</v>
+      </c>
+      <c r="F36" t="s">
+        <v>153</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="H36" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>159</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>43</v>
+      </c>
+      <c r="D37" t="s">
+        <v>134</v>
+      </c>
+      <c r="E37" t="s">
+        <v>135</v>
+      </c>
+      <c r="F37" t="s">
+        <v>54</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="H37" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>162</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>48</v>
+      </c>
+      <c r="D38" t="s">
+        <v>134</v>
+      </c>
+      <c r="E38" t="s">
+        <v>135</v>
+      </c>
+      <c r="F38" t="s">
+        <v>163</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="H38" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>166</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>53</v>
+      </c>
+      <c r="D39" t="s">
+        <v>134</v>
+      </c>
+      <c r="E39" t="s">
+        <v>135</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="H39" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>169</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>58</v>
+      </c>
+      <c r="D40" t="s">
+        <v>134</v>
+      </c>
+      <c r="E40" t="s">
+        <v>135</v>
+      </c>
+      <c r="F40" t="s">
+        <v>97</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="H40" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>172</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>63</v>
+      </c>
+      <c r="D41" t="s">
+        <v>134</v>
+      </c>
+      <c r="E41" t="s">
+        <v>135</v>
+      </c>
+      <c r="F41" t="s">
+        <v>49</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="H41" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>175</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>10</v>
+      </c>
+      <c r="D42" t="s">
+        <v>176</v>
+      </c>
+      <c r="E42" t="s">
+        <v>177</v>
+      </c>
+      <c r="F42" t="s">
+        <v>178</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="H42" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>181</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>17</v>
+      </c>
+      <c r="D43" t="s">
+        <v>176</v>
+      </c>
+      <c r="E43" t="s">
+        <v>177</v>
+      </c>
+      <c r="F43" t="s">
+        <v>178</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="H43" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>184</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>21</v>
+      </c>
+      <c r="D44" t="s">
+        <v>176</v>
+      </c>
+      <c r="E44" t="s">
+        <v>177</v>
+      </c>
+      <c r="F44" t="s">
+        <v>178</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="H44" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>187</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>26</v>
+      </c>
+      <c r="D45" t="s">
+        <v>176</v>
+      </c>
+      <c r="E45" t="s">
+        <v>177</v>
+      </c>
+      <c r="F45" t="s">
+        <v>188</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="H45" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>191</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>30</v>
+      </c>
+      <c r="D46" t="s">
+        <v>176</v>
+      </c>
+      <c r="E46" t="s">
+        <v>177</v>
+      </c>
+      <c r="F46" t="s">
+        <v>188</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="H46" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>194</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>34</v>
+      </c>
+      <c r="D47" t="s">
+        <v>176</v>
+      </c>
+      <c r="E47" t="s">
+        <v>177</v>
+      </c>
+      <c r="F47" t="s">
+        <v>188</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="H47" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>196</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>39</v>
+      </c>
+      <c r="D48" t="s">
+        <v>176</v>
+      </c>
+      <c r="E48" t="s">
+        <v>177</v>
+      </c>
+      <c r="F48" t="s">
+        <v>188</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="H48" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>199</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>43</v>
+      </c>
+      <c r="D49" t="s">
+        <v>176</v>
+      </c>
+      <c r="E49" t="s">
+        <v>177</v>
+      </c>
+      <c r="F49" t="s">
+        <v>188</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="H49" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>202</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>48</v>
+      </c>
+      <c r="D50" t="s">
+        <v>176</v>
+      </c>
+      <c r="E50" t="s">
+        <v>177</v>
+      </c>
+      <c r="F50" t="s">
+        <v>188</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="H50" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>205</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>53</v>
+      </c>
+      <c r="D51" t="s">
+        <v>176</v>
+      </c>
+      <c r="E51" t="s">
+        <v>177</v>
+      </c>
+      <c r="F51" t="s">
+        <v>188</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="H51" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>208</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>58</v>
+      </c>
+      <c r="D52" t="s">
+        <v>176</v>
+      </c>
+      <c r="E52" t="s">
+        <v>177</v>
+      </c>
+      <c r="F52" t="s">
+        <v>188</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="H52" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>211</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>63</v>
+      </c>
+      <c r="D53" t="s">
+        <v>176</v>
+      </c>
+      <c r="E53" t="s">
+        <v>177</v>
+      </c>
+      <c r="F53" t="s">
+        <v>188</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="H53" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>214</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>10</v>
+      </c>
+      <c r="D54" t="s">
+        <v>176</v>
+      </c>
+      <c r="E54" t="s">
+        <v>215</v>
+      </c>
+      <c r="F54" t="s">
+        <v>49</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="H54" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>218</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>17</v>
+      </c>
+      <c r="D55" t="s">
+        <v>176</v>
+      </c>
+      <c r="E55" t="s">
+        <v>215</v>
+      </c>
+      <c r="F55" t="s">
+        <v>22</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="H55" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>221</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>21</v>
+      </c>
+      <c r="D56" t="s">
+        <v>176</v>
+      </c>
+      <c r="E56" t="s">
+        <v>215</v>
+      </c>
+      <c r="F56" t="s">
+        <v>145</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="H56" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>224</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>26</v>
+      </c>
+      <c r="D57" t="s">
+        <v>176</v>
+      </c>
+      <c r="E57" t="s">
+        <v>215</v>
+      </c>
+      <c r="F57" t="s">
+        <v>54</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="H57" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>227</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>10</v>
+      </c>
+      <c r="D58" t="s">
+        <v>228</v>
+      </c>
+      <c r="E58" t="s">
+        <v>229</v>
+      </c>
+      <c r="F58" t="s">
+        <v>145</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="H58" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>232</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>17</v>
+      </c>
+      <c r="D59" t="s">
+        <v>228</v>
+      </c>
+      <c r="E59" t="s">
+        <v>229</v>
+      </c>
+      <c r="F59" t="s">
+        <v>145</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="H59" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>235</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>21</v>
+      </c>
+      <c r="D60" t="s">
+        <v>228</v>
+      </c>
+      <c r="E60" t="s">
+        <v>229</v>
+      </c>
+      <c r="F60" t="s">
+        <v>236</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="H60" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>239</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>10</v>
+      </c>
+      <c r="D61" t="s">
+        <v>240</v>
+      </c>
+      <c r="E61" t="s">
+        <v>241</v>
+      </c>
+      <c r="F61" t="s">
+        <v>178</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="H61" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>244</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>17</v>
+      </c>
+      <c r="D62" t="s">
+        <v>240</v>
+      </c>
+      <c r="E62" t="s">
+        <v>241</v>
+      </c>
+      <c r="F62" t="s">
+        <v>188</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="H62" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>247</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>21</v>
+      </c>
+      <c r="D63" t="s">
+        <v>248</v>
+      </c>
+      <c r="E63" t="s">
+        <v>249</v>
+      </c>
+      <c r="F63" t="s">
+        <v>188</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="H63" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>252</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>26</v>
+      </c>
+      <c r="D64" t="s">
+        <v>248</v>
+      </c>
+      <c r="E64" t="s">
+        <v>249</v>
+      </c>
+      <c r="F64" t="s">
+        <v>188</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="H64" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>255</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>10</v>
+      </c>
+      <c r="D65" t="s">
+        <v>256</v>
+      </c>
+      <c r="E65" t="s">
+        <v>257</v>
+      </c>
+      <c r="F65" t="s">
+        <v>97</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="H65" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>260</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>17</v>
+      </c>
+      <c r="D66" t="s">
+        <v>256</v>
+      </c>
+      <c r="E66" t="s">
+        <v>257</v>
+      </c>
+      <c r="F66" t="s">
+        <v>261</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="H66" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>264</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>10</v>
+      </c>
+      <c r="D67" t="s">
+        <v>265</v>
+      </c>
+      <c r="E67" t="s">
+        <v>266</v>
+      </c>
+      <c r="F67" t="s">
+        <v>267</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="H67" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>270</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>17</v>
+      </c>
+      <c r="D68" t="s">
+        <v>265</v>
+      </c>
+      <c r="E68" t="s">
+        <v>266</v>
+      </c>
+      <c r="F68" t="s">
+        <v>188</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="H68" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>273</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>21</v>
+      </c>
+      <c r="D69" t="s">
+        <v>265</v>
+      </c>
+      <c r="E69" t="s">
+        <v>266</v>
+      </c>
+      <c r="F69" t="s">
+        <v>188</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="H69" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>276</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>26</v>
+      </c>
+      <c r="D70" t="s">
+        <v>265</v>
+      </c>
+      <c r="E70" t="s">
+        <v>266</v>
+      </c>
+      <c r="F70" t="s">
+        <v>188</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="H70" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>279</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>30</v>
+      </c>
+      <c r="D71" t="s">
+        <v>265</v>
+      </c>
+      <c r="E71" t="s">
+        <v>266</v>
+      </c>
+      <c r="F71" t="s">
+        <v>188</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="H71" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>282</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>34</v>
+      </c>
+      <c r="D72" t="s">
+        <v>265</v>
+      </c>
+      <c r="E72" t="s">
+        <v>266</v>
+      </c>
+      <c r="F72" t="s">
+        <v>188</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="H72" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
+        <v>285</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>39</v>
+      </c>
+      <c r="D73" t="s">
+        <v>265</v>
+      </c>
+      <c r="E73" t="s">
+        <v>266</v>
+      </c>
+      <c r="F73" t="s">
+        <v>188</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="H73" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>288</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>43</v>
+      </c>
+      <c r="D74" t="s">
+        <v>265</v>
+      </c>
+      <c r="E74" t="s">
+        <v>266</v>
+      </c>
+      <c r="F74" t="s">
+        <v>178</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="H74" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" t="s">
+        <v>291</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>48</v>
+      </c>
+      <c r="D75" t="s">
+        <v>265</v>
+      </c>
+      <c r="E75" t="s">
+        <v>266</v>
+      </c>
+      <c r="F75" t="s">
+        <v>178</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="H75" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" t="s">
+        <v>294</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>53</v>
+      </c>
+      <c r="D76" t="s">
+        <v>265</v>
+      </c>
+      <c r="E76" t="s">
+        <v>266</v>
+      </c>
+      <c r="F76" t="s">
+        <v>178</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="H76" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" t="s">
+        <v>297</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>58</v>
+      </c>
+      <c r="D77" t="s">
+        <v>265</v>
+      </c>
+      <c r="E77" t="s">
+        <v>266</v>
+      </c>
+      <c r="F77" t="s">
+        <v>188</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="H77" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" t="s">
+        <v>300</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>63</v>
+      </c>
+      <c r="D78" t="s">
+        <v>265</v>
+      </c>
+      <c r="E78" t="s">
+        <v>266</v>
+      </c>
+      <c r="F78" t="s">
+        <v>188</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="H78" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" t="s">
+        <v>303</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>68</v>
+      </c>
+      <c r="D79" t="s">
+        <v>265</v>
+      </c>
+      <c r="E79" t="s">
+        <v>266</v>
+      </c>
+      <c r="F79" t="s">
+        <v>188</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="H79" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" t="s">
+        <v>306</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>10</v>
+      </c>
+      <c r="D80" t="s">
+        <v>307</v>
+      </c>
+      <c r="E80" t="s">
+        <v>308</v>
+      </c>
+      <c r="F80" t="s">
+        <v>309</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="H80" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" t="s">
+        <v>312</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>17</v>
+      </c>
+      <c r="D81" t="s">
+        <v>307</v>
+      </c>
+      <c r="E81" t="s">
+        <v>308</v>
+      </c>
+      <c r="F81" t="s">
+        <v>309</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="H81" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" t="s">
+        <v>315</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>21</v>
+      </c>
+      <c r="D82" t="s">
+        <v>307</v>
+      </c>
+      <c r="E82" t="s">
+        <v>308</v>
+      </c>
+      <c r="F82" t="s">
+        <v>309</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="H82" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
+        <v>318</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>26</v>
+      </c>
+      <c r="D83" t="s">
+        <v>307</v>
+      </c>
+      <c r="E83" t="s">
+        <v>308</v>
+      </c>
+      <c r="F83" t="s">
+        <v>309</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="H83" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8">
+      <c r="A84" t="s">
+        <v>321</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>10</v>
+      </c>
+      <c r="D84" t="s">
+        <v>322</v>
+      </c>
+      <c r="E84" t="s">
+        <v>323</v>
+      </c>
+      <c r="F84" t="s">
+        <v>324</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="H84" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8">
+      <c r="A85" t="s">
+        <v>327</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>17</v>
+      </c>
+      <c r="D85" t="s">
+        <v>322</v>
+      </c>
+      <c r="E85" t="s">
+        <v>323</v>
+      </c>
+      <c r="F85" t="s">
+        <v>324</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="H85" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8">
+      <c r="A86" t="s">
+        <v>330</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>21</v>
+      </c>
+      <c r="D86" t="s">
+        <v>322</v>
+      </c>
+      <c r="E86" t="s">
+        <v>323</v>
+      </c>
+      <c r="F86" t="s">
+        <v>324</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="H86" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" t="s">
+        <v>333</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>26</v>
+      </c>
+      <c r="D87" t="s">
+        <v>322</v>
+      </c>
+      <c r="E87" t="s">
+        <v>323</v>
+      </c>
+      <c r="F87" t="s">
+        <v>324</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="H87" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" t="s">
+        <v>335</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>10</v>
+      </c>
+      <c r="D88" t="s">
+        <v>336</v>
+      </c>
+      <c r="E88" t="s">
+        <v>337</v>
+      </c>
+      <c r="F88" t="s">
+        <v>338</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="H88" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8">
+      <c r="A89" t="s">
+        <v>341</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>17</v>
+      </c>
+      <c r="D89" t="s">
+        <v>336</v>
+      </c>
+      <c r="E89" t="s">
+        <v>337</v>
+      </c>
+      <c r="F89" t="s">
+        <v>338</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="H89" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90" t="s">
+        <v>344</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>21</v>
+      </c>
+      <c r="D90" t="s">
+        <v>336</v>
+      </c>
+      <c r="E90" t="s">
+        <v>337</v>
+      </c>
+      <c r="F90" t="s">
+        <v>338</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="H90" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" t="s">
+        <v>346</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>26</v>
+      </c>
+      <c r="D91" t="s">
+        <v>336</v>
+      </c>
+      <c r="E91" t="s">
+        <v>337</v>
+      </c>
+      <c r="F91" t="s">
+        <v>338</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="H91" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8">
+      <c r="A92" t="s">
+        <v>348</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>30</v>
+      </c>
+      <c r="D92" t="s">
+        <v>336</v>
+      </c>
+      <c r="E92" t="s">
+        <v>337</v>
+      </c>
+      <c r="F92" t="s">
+        <v>338</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="H92" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8">
+      <c r="A93" t="s">
+        <v>351</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>34</v>
+      </c>
+      <c r="D93" t="s">
+        <v>336</v>
+      </c>
+      <c r="E93" t="s">
+        <v>337</v>
+      </c>
+      <c r="F93" t="s">
+        <v>338</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="H93" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8">
+      <c r="A94" t="s">
+        <v>354</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>39</v>
+      </c>
+      <c r="D94" t="s">
+        <v>336</v>
+      </c>
+      <c r="E94" t="s">
+        <v>337</v>
+      </c>
+      <c r="F94" t="s">
+        <v>338</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="H94" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8">
+      <c r="A95" t="s">
+        <v>357</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>43</v>
+      </c>
+      <c r="D95" t="s">
+        <v>336</v>
+      </c>
+      <c r="E95" t="s">
+        <v>337</v>
+      </c>
+      <c r="F95" t="s">
+        <v>338</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="H95" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8">
+      <c r="A96" t="s">
+        <v>359</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>48</v>
+      </c>
+      <c r="D96" t="s">
+        <v>336</v>
+      </c>
+      <c r="E96" t="s">
+        <v>337</v>
+      </c>
+      <c r="F96" t="s">
+        <v>338</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="H96" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8">
+      <c r="A97" t="s">
+        <v>361</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
+        <v>53</v>
+      </c>
+      <c r="D97" t="s">
+        <v>336</v>
+      </c>
+      <c r="E97" t="s">
+        <v>337</v>
+      </c>
+      <c r="F97" t="s">
+        <v>338</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="H97" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8">
+      <c r="A98" t="s">
+        <v>364</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>58</v>
+      </c>
+      <c r="D98" t="s">
+        <v>336</v>
+      </c>
+      <c r="E98" t="s">
+        <v>337</v>
+      </c>
+      <c r="F98" t="s">
+        <v>338</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="H98" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8">
+      <c r="A99" t="s">
+        <v>367</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>63</v>
+      </c>
+      <c r="D99" t="s">
+        <v>336</v>
+      </c>
+      <c r="E99" t="s">
+        <v>337</v>
+      </c>
+      <c r="F99" t="s">
+        <v>338</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="H99" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8">
+      <c r="A100" t="s">
+        <v>370</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>68</v>
+      </c>
+      <c r="D100" t="s">
+        <v>336</v>
+      </c>
+      <c r="E100" t="s">
+        <v>337</v>
+      </c>
+      <c r="F100" t="s">
+        <v>338</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="H100" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8">
+      <c r="A101" t="s">
+        <v>372</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>72</v>
+      </c>
+      <c r="D101" t="s">
+        <v>336</v>
+      </c>
+      <c r="E101" t="s">
+        <v>337</v>
+      </c>
+      <c r="F101" t="s">
+        <v>338</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="H101" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8">
+      <c r="A102" t="s">
+        <v>374</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
+        <v>10</v>
+      </c>
+      <c r="D102" t="s">
+        <v>375</v>
+      </c>
+      <c r="E102" t="s">
+        <v>376</v>
+      </c>
+      <c r="F102" t="s">
+        <v>377</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="H102" t="s">
+        <v>326</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
+    <hyperlink ref="G40" r:id="rId39"/>
+    <hyperlink ref="G41" r:id="rId40"/>
+    <hyperlink ref="G42" r:id="rId41"/>
+    <hyperlink ref="G43" r:id="rId42"/>
+    <hyperlink ref="G44" r:id="rId43"/>
+    <hyperlink ref="G45" r:id="rId44"/>
+    <hyperlink ref="G46" r:id="rId45"/>
+    <hyperlink ref="G47" r:id="rId46"/>
+    <hyperlink ref="G48" r:id="rId47"/>
+    <hyperlink ref="G49" r:id="rId48"/>
+    <hyperlink ref="G50" r:id="rId49"/>
+    <hyperlink ref="G51" r:id="rId50"/>
+    <hyperlink ref="G52" r:id="rId51"/>
+    <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
+    <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
+    <hyperlink ref="G65" r:id="rId64"/>
+    <hyperlink ref="G66" r:id="rId65"/>
+    <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
+    <hyperlink ref="G69" r:id="rId68"/>
+    <hyperlink ref="G70" r:id="rId69"/>
+    <hyperlink ref="G71" r:id="rId70"/>
+    <hyperlink ref="G72" r:id="rId71"/>
+    <hyperlink ref="G73" r:id="rId72"/>
+    <hyperlink ref="G74" r:id="rId73"/>
+    <hyperlink ref="G75" r:id="rId74"/>
+    <hyperlink ref="G76" r:id="rId75"/>
+    <hyperlink ref="G77" r:id="rId76"/>
+    <hyperlink ref="G78" r:id="rId77"/>
+    <hyperlink ref="G79" r:id="rId78"/>
+    <hyperlink ref="G80" r:id="rId79"/>
+    <hyperlink ref="G81" r:id="rId80"/>
+    <hyperlink ref="G82" r:id="rId81"/>
+    <hyperlink ref="G83" r:id="rId82"/>
+    <hyperlink ref="G84" r:id="rId83"/>
+    <hyperlink ref="G85" r:id="rId84"/>
+    <hyperlink ref="G86" r:id="rId85"/>
+    <hyperlink ref="G87" r:id="rId86"/>
+    <hyperlink ref="G88" r:id="rId87"/>
+    <hyperlink ref="G89" r:id="rId88"/>
+    <hyperlink ref="G90" r:id="rId89"/>
+    <hyperlink ref="G91" r:id="rId90"/>
+    <hyperlink ref="G92" r:id="rId91"/>
+    <hyperlink ref="G93" r:id="rId92"/>
+    <hyperlink ref="G94" r:id="rId93"/>
+    <hyperlink ref="G95" r:id="rId94"/>
+    <hyperlink ref="G96" r:id="rId95"/>
+    <hyperlink ref="G97" r:id="rId96"/>
+    <hyperlink ref="G98" r:id="rId97"/>
+    <hyperlink ref="G99" r:id="rId98"/>
+    <hyperlink ref="G100" r:id="rId99"/>
+    <hyperlink ref="G101" r:id="rId100"/>
+    <hyperlink ref="G102" r:id="rId101"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>