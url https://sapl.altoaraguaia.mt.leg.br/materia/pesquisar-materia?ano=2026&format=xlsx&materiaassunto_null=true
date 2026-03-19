--- v1 (2026-03-18)
+++ v2 (2026-03-19)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="816" uniqueCount="379">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="872" uniqueCount="404">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -409,50 +409,98 @@
     <t>Sugerindo  que determine a realização de reforma urgente na Escola Municipal José Inácio Fraga, diante das condições estruturais precárias atualmente apresentadas pela unidade.</t>
   </si>
   <si>
     <t>2867</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2867/docx-14-15.pdf</t>
   </si>
   <si>
     <t>Solicita a disponibilização de aparelhos celulares com acesso ao aplicativo WhatsApp para uso no Posto Central e nos demais postos das unidades de saúde do município de Alto Araguaia, a fim de melhorar a comunicação com pacientes sobre consultas, retornos e avisos importantes.</t>
   </si>
   <si>
     <t>2873</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2873/indicacao_028-2026_-_pneus_da_ambulancia.pdf</t>
   </si>
   <si>
     <t>Indica que seja realizada a revisão mecânica completa e a substituição dos pneus da ambulância municipal, identificada pela placa SDD2A32 e número de frota 110.</t>
+  </si>
+  <si>
+    <t>2885</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2885/indicacao_029-2026_-_instalacao_de_placas.pdf</t>
+  </si>
+  <si>
+    <t>Indica a adoção de medidas para a revisão e subsequente instalação de placas de sinalização de trânsito e de identificação de logradouros públicos nas áreas do município onde tais elementos se encontram ausentes ou insuficientes.</t>
+  </si>
+  <si>
+    <t>2887</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2887/indicacao_no_030-_instalacao_de_ponto_com_coberturas_nas_escolas_-_sec_de_infra_-_judesio.docx</t>
+  </si>
+  <si>
+    <t>“Solicito a possibilidade de viabilizar a Instalação de Pontos de Ônibus com cobertura em frente ou nas proximidades da iluminação pública, em frente as Escolas Municipais e Estaduais do Município, como Escola Estadual Maria Auxiliadora, Escola Estadual Carlos Hugueney unidade Cívico Militar, e demais Escolas Municipais que não tenha, devido a necessidade de pontos com cobertura em locais de embarque e desembarque realizado pelas crianças, jovens, e a nossa população transeunte que necessita se deslocar de um bairro para o outro”.</t>
+  </si>
+  <si>
+    <t>2888</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2888/paulinho.docx</t>
+  </si>
+  <si>
+    <t>Sugerindo que o Evento Esportivo conhecido como Tacinha Araguaia de Futsal  passe a ser denoninado “Tacinha de Futsal Profesor Rinaldo Coelho – Angolinha”.</t>
+  </si>
+  <si>
+    <t>2891</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2891/indicacao_032.2026.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo  que seja realizada a limpeza e roçagem no entorno do Posto de Saúde do Assentamento Córrego Rico.</t>
   </si>
   <si>
     <t>2794</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2794/requerimento.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvido o Plenário e cumpridas as formalidades regimentais, que a Mesa Diretora encaminhe expediente ao Excelentíssimo Senhor Prefeito Municipal, Jacson Marlon Niedermeier, com cópia à Senhora Secretária Municipal de Agricultura, Pecuária e Abastecimento e Meio Ambiente, Virgínia Machado, solicitando informações acerca do início do programa de Castração Animal._x000D_
 Especificamente, requer-se:_x000D_
 •	Há previsão para o início da campanha municipal de castração de cães e gatos no âmbito do Município de Alto Araguaia? Em caso positivo, informar a data estimada e a programação da campanha._x000D_
 •	As providências administrativas e as formalidades necessárias ao processo licitatório para contratação dos serviços já foram iniciadas? Em caso afirmativo, esclarecer em que fase se encontram._x000D_
 •	Caso ainda não tenham sido iniciados os procedimentos licitatórios, qual a previsão para sua abertura e conclusão?</t>
   </si>
   <si>
     <t>2798</t>
   </si>
   <si>
     <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2798/requerimento.pdf</t>
@@ -541,50 +589,59 @@
   <si>
     <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2854/docx-3-4.pdf</t>
   </si>
   <si>
     <t>Requerendo informações acerca da elaboração e execução do Plano de Ação referente a execução às Emendas Impositivas do exercício de 2026.</t>
   </si>
   <si>
     <t>2856</t>
   </si>
   <si>
     <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2856/requerimento_no011-2026_-_ricardo_barbosa.pdf</t>
   </si>
   <si>
     <t>Requeiro informações acerca da ambulância pertencente ao município que se encontra parada há mais de 60 dias, aparentemente aguardando manutenção e revisão.</t>
   </si>
   <si>
     <t>2858</t>
   </si>
   <si>
     <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2858/docx-8-11.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre a viabilidade de Adicional/Gratificação por Especialização em Educação Especial e Inclusiva e a existência de programas de qualificação profissional.</t>
   </si>
   <si>
+    <t>2886</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2886/requerimento_013-2026_-_reitera_solicitacoes_do_req_22-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações pormenorizadas e atualizadas sobre o status de execução das ações e aquisições detalhadas no Ofício nº 306/2025/SMS, em resposta ao Requerimento nº 022/2025, referente à aplicação da verba de R$ 300.000,00 (trezentos mil reais) do Programa Estadual IMUNIZA MAIS MT.</t>
+  </si>
+  <si>
     <t>2782</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária (Origem Executivo)</t>
   </si>
   <si>
     <t>JACSON NIEDERMEIER</t>
   </si>
   <si>
     <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2782/pl.001_ass_.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a concessão da revisão geral de subsídios dos servidores públicos efetivos dos _x000D_
 poderes e órgãos autônomos do município de Alto Araguaia e dá outras providências.</t>
   </si>
   <si>
     <t>2783</t>
   </si>
   <si>
     <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2783/pl.002_ass.pdf</t>
   </si>
   <si>
@@ -662,50 +719,59 @@
   <si>
     <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2851/pl.010.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre criação do Cargo de Agente Municipal de Trânsito, altera os Anexos I e IX da Lei Municipal nº 2742/2010, e dá outras providências.</t>
   </si>
   <si>
     <t>2868</t>
   </si>
   <si>
     <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2868/pl.011.pdf</t>
   </si>
   <si>
     <t>Autoriza a celebração de convênio com a AAVA – Associação dos Apicultores do Vale do Araguaia, inscrita no CNPJ nº 23.476.677/0001-04, visando repasse de até R$ 50.000,00 (cinquenta mil reais), os quais serão empregados em adequações estruturais e sanitárias da Casa do Mel.</t>
   </si>
   <si>
     <t>2869</t>
   </si>
   <si>
     <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2869/pl.012.pdf</t>
   </si>
   <si>
     <t>Autoriza a celebração de convênio junto ao Sindicato Rural de Alto Araguaia, visando o fornecimento de equipamentos e recursos humanos para a realização da 5ª Taça Araguaia - Três Tambores e Laço em Dupla, que será realizada nos dias 24, 25 e 26 de abril de 2026.</t>
   </si>
   <si>
+    <t>2892</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2892/pl.013.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a instituição do Programa de Recuperação Fiscal (REFIS/2026), conforme especifica, e dá outras providências.</t>
+  </si>
+  <si>
     <t>2793</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária (Origem Legislativo)</t>
   </si>
   <si>
     <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2793/projeto_de_001-2026_-_novo_projeto_priorizando_epp_e_me.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o tratamento favorecido, diferenciado e simplificado para as microempresas e empresas de pequeno porte nas contratações públicas de bens, serviços e obras no âmbito da administração pública do Município de Alto Araguaia, e revoga a Lei Municipal nº 3.955, de 20 de junho de 2017, e demais disposições em contrário.</t>
   </si>
   <si>
     <t>2822</t>
   </si>
   <si>
     <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2822/002-_polleyka_fraga.docx</t>
   </si>
   <si>
     <t>O presente Projeto de Lei tem como objetivo promover a conscientização durante a Semana de Combate à Violência contra a Mulher nas Escolas do Município de Alto Araguaia, conforme já está sendo realizado em diversos Municípios do Estado de Mato Grosso,</t>
   </si>
   <si>
     <t>2849</t>
   </si>
   <si>
     <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2849/003-_projeto_-_mesa_reorganizacao_adm.docx</t>
@@ -936,50 +1002,59 @@
     <t>2877</t>
   </si>
   <si>
     <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2877/oficio.066.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento nº 008/2026</t>
   </si>
   <si>
     <t>2878</t>
   </si>
   <si>
     <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2878/oficio.067.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento nº 002/2026</t>
   </si>
   <si>
     <t>2879</t>
   </si>
   <si>
     <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2879/oficio.070.pdf</t>
   </si>
   <si>
     <t>Pedido de convocação de sessão extraordinária para a apreciação do Projeto de Lei Complementar nº 002/2026</t>
+  </si>
+  <si>
+    <t>2889</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2889/resposta_polleika.pdf</t>
+  </si>
+  <si>
+    <t>Resposta OF/CMAA nº 008/2026 — Informação referente ao repasse do programa Pé-de-Meia do Governo Federal.</t>
   </si>
   <si>
     <t>2813</t>
   </si>
   <si>
     <t>PCESA</t>
   </si>
   <si>
     <t>Parecer Comissão Educação Saúde Assistência Social</t>
   </si>
   <si>
     <t>CESAS - Comissão de Educação, Saúde e Assistência Social</t>
   </si>
   <si>
     <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2813/parecer_educacao_05.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei do Executivo 05/2026</t>
   </si>
   <si>
     <t>2814</t>
   </si>
   <si>
     <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2814/parecer_da_educacao_06.pdf</t>
   </si>
@@ -1502,67 +1577,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2791/indicacao_01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2792/indicacao_02.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2799/indicacao_03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2800/indicacao_04.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2801/doc_sessao-8-9.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2803/doc_sessao-17-19-pages-deleted.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2806/doc_sessao-10-11.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2807/doc_sessao-12.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2808/doc_sessao-13-14.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2821/indicacao_10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2823/indicacao_11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2818/indicacao_12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2819/indicacao_13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2826/indicacao_14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2827/indicacao_15.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2829/indicacao.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2837/indicacao_017-2026_-_onibus_saude.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2839/indicacao_no_018_-_prefeito_e_sec_adm_terreno_defensoria.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2840/indicacao_019-2026_-_hidrantes_em_app.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2845/indicacao.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2846/indicacao.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2848/indicacao.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2857/docx-12.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2859/docx-13.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2860/docx-16.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2866/docx-17-18.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2867/docx-14-15.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2873/indicacao_028-2026_-_pneus_da_ambulancia.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2794/requerimento.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2798/requerimento.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2804/doc_sessao-20.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2805/doc_sessao-4.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2825/requerimento_05.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2838/06-_bruno_peron.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2841/requerimento_007-2026_1_2_2.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2847/requeriimento.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2853/docx-5-7.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2854/docx-3-4.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2856/requerimento_no011-2026_-_ricardo_barbosa.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2858/docx-8-11.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2782/pl.001_ass_.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2783/pl.002_ass.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2784/pl.003_ass_.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2795/pl.004.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2796/pl.005.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2797/pl.006.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2824/pl.007.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2820/pl.008.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2850/pl.009.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2851/pl.010.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2868/pl.011.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2869/pl.012.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2793/projeto_de_001-2026_-_novo_projeto_priorizando_epp_e_me.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2822/002-_polleyka_fraga.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2849/003-_projeto_-_mesa_reorganizacao_adm.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2855/projeto_de_lei_vereador_regis_-_isencao_de_iptu.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2786/resolucao_removed-6-11.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2787/resolucao_1_removed-2-4.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2828/projeto_de_resolucao_003-2026_-_institui_o_codigo_de_etica_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2785/projeto_de_lei_complementar.01_ass_.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2876/projeto_de_lei_complementar.02.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2788/veto003-2025..pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2789/veto004-2025._1.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2790/mocao.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2809/mocao_02.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2802/whatsapp_image_2026-02-04_at_08.39.23.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2861/oficio_14_resposta_ind._143_campanha_adocao.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2862/oficio_13__resposta_ind._124_festival_de_pesca.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2863/oficio_15_resposta_ind._157_parque_sensorial.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2864/oficio_16_resposta_ind._137_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2865/oficio_12_resposta_ind._019_castracao.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2871/oficio.068.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2872/oficio.053.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2874/oficio.055.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2875/oficio.056.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2877/oficio.066.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2878/oficio.067.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2879/oficio.070.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2813/parecer_educacao_05.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2814/parecer_da_educacao_06.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2836/parecer_educacao.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2883/docx-24.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2815/parecer_financas_456.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2835/parecer.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2880/docx-19.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2884/docx-25.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2810/parecer_justica_04.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2811/parecer_justica_05.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2812/parecer_justica_06.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2830/parecer_justica_07.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2831/parecer_justica_08.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2832/parecer_justica_05.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2833/parecer_justica_03_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2834/parecer_justica_05.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2842/parecer_justica_2.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2843/parecer_comissao_justica.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2844/veto_parcial_parecer.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2852/arquivos.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2881/docx-20-21.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2882/docx-22-23.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2816/parecer_obras_456.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2791/indicacao_01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2792/indicacao_02.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2799/indicacao_03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2800/indicacao_04.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2801/doc_sessao-8-9.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2803/doc_sessao-17-19-pages-deleted.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2806/doc_sessao-10-11.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2807/doc_sessao-12.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2808/doc_sessao-13-14.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2821/indicacao_10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2823/indicacao_11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2818/indicacao_12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2819/indicacao_13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2826/indicacao_14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2827/indicacao_15.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2829/indicacao.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2837/indicacao_017-2026_-_onibus_saude.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2839/indicacao_no_018_-_prefeito_e_sec_adm_terreno_defensoria.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2840/indicacao_019-2026_-_hidrantes_em_app.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2845/indicacao.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2846/indicacao.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2848/indicacao.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2857/docx-12.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2859/docx-13.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2860/docx-16.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2866/docx-17-18.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2867/docx-14-15.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2873/indicacao_028-2026_-_pneus_da_ambulancia.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2885/indicacao_029-2026_-_instalacao_de_placas.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2887/indicacao_no_030-_instalacao_de_ponto_com_coberturas_nas_escolas_-_sec_de_infra_-_judesio.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2888/paulinho.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2891/indicacao_032.2026.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2794/requerimento.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2798/requerimento.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2804/doc_sessao-20.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2805/doc_sessao-4.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2825/requerimento_05.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2838/06-_bruno_peron.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2841/requerimento_007-2026_1_2_2.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2847/requeriimento.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2853/docx-5-7.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2854/docx-3-4.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2856/requerimento_no011-2026_-_ricardo_barbosa.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2858/docx-8-11.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2886/requerimento_013-2026_-_reitera_solicitacoes_do_req_22-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2782/pl.001_ass_.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2783/pl.002_ass.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2784/pl.003_ass_.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2795/pl.004.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2796/pl.005.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2797/pl.006.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2824/pl.007.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2820/pl.008.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2850/pl.009.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2851/pl.010.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2868/pl.011.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2869/pl.012.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2892/pl.013.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2793/projeto_de_001-2026_-_novo_projeto_priorizando_epp_e_me.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2822/002-_polleyka_fraga.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2849/003-_projeto_-_mesa_reorganizacao_adm.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2855/projeto_de_lei_vereador_regis_-_isencao_de_iptu.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2786/resolucao_removed-6-11.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2787/resolucao_1_removed-2-4.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2828/projeto_de_resolucao_003-2026_-_institui_o_codigo_de_etica_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2785/projeto_de_lei_complementar.01_ass_.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2876/projeto_de_lei_complementar.02.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2788/veto003-2025..pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2789/veto004-2025._1.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2790/mocao.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2809/mocao_02.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2802/whatsapp_image_2026-02-04_at_08.39.23.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2861/oficio_14_resposta_ind._143_campanha_adocao.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2862/oficio_13__resposta_ind._124_festival_de_pesca.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2863/oficio_15_resposta_ind._157_parque_sensorial.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2864/oficio_16_resposta_ind._137_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2865/oficio_12_resposta_ind._019_castracao.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2871/oficio.068.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2872/oficio.053.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2874/oficio.055.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2875/oficio.056.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2877/oficio.066.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2878/oficio.067.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2879/oficio.070.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2889/resposta_polleika.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2813/parecer_educacao_05.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2814/parecer_da_educacao_06.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2836/parecer_educacao.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2883/docx-24.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2815/parecer_financas_456.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2835/parecer.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2880/docx-19.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2884/docx-25.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2810/parecer_justica_04.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2811/parecer_justica_05.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2812/parecer_justica_06.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2830/parecer_justica_07.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2831/parecer_justica_08.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2832/parecer_justica_05.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2833/parecer_justica_03_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2834/parecer_justica_05.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2842/parecer_justica_2.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2843/parecer_comissao_justica.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2844/veto_parcial_parecer.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2852/arquivos.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2881/docx-20-21.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2882/docx-22-23.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2026/2816/parecer_obras_456.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H102"/>
+  <dimension ref="A1:H109"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="47.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="99.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="150.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="165.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -2284,1938 +2359,2120 @@
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29" t="s">
         <v>12</v>
       </c>
       <c r="F29" t="s">
         <v>49</v>
       </c>
       <c r="G29" s="1" t="s">
         <v>131</v>
       </c>
       <c r="H29" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>133</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>10</v>
+        <v>134</v>
       </c>
       <c r="D30" t="s">
-        <v>134</v>
+        <v>11</v>
       </c>
       <c r="E30" t="s">
+        <v>12</v>
+      </c>
+      <c r="F30" t="s">
+        <v>49</v>
+      </c>
+      <c r="G30" s="1" t="s">
         <v>135</v>
       </c>
-      <c r="F30" t="s">
-[...2 lines deleted...]
-      <c r="G30" s="1" t="s">
+      <c r="H30" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
+        <v>137</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
         <v>138</v>
       </c>
-      <c r="B31" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D31" t="s">
-        <v>134</v>
+        <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>135</v>
+        <v>12</v>
       </c>
       <c r="F31" t="s">
-        <v>49</v>
+        <v>22</v>
       </c>
       <c r="G31" s="1" t="s">
         <v>139</v>
       </c>
       <c r="H31" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>141</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>21</v>
+        <v>142</v>
       </c>
       <c r="D32" t="s">
-        <v>134</v>
+        <v>11</v>
       </c>
       <c r="E32" t="s">
-        <v>135</v>
+        <v>12</v>
       </c>
       <c r="F32" t="s">
         <v>35</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="H32" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>26</v>
+        <v>146</v>
       </c>
       <c r="D33" t="s">
-        <v>134</v>
+        <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>135</v>
+        <v>12</v>
       </c>
       <c r="F33" t="s">
-        <v>145</v>
+        <v>44</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="H33" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>134</v>
+        <v>150</v>
       </c>
       <c r="E34" t="s">
-        <v>135</v>
+        <v>151</v>
       </c>
       <c r="F34" t="s">
-        <v>149</v>
+        <v>106</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="H34" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="D35" t="s">
-        <v>134</v>
+        <v>150</v>
       </c>
       <c r="E35" t="s">
-        <v>135</v>
+        <v>151</v>
       </c>
       <c r="F35" t="s">
-        <v>153</v>
+        <v>49</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="H35" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="D36" t="s">
-        <v>134</v>
+        <v>150</v>
       </c>
       <c r="E36" t="s">
-        <v>135</v>
+        <v>151</v>
       </c>
       <c r="F36" t="s">
-        <v>153</v>
+        <v>35</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="H36" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>43</v>
+        <v>26</v>
       </c>
       <c r="D37" t="s">
-        <v>134</v>
+        <v>150</v>
       </c>
       <c r="E37" t="s">
-        <v>135</v>
+        <v>151</v>
       </c>
       <c r="F37" t="s">
-        <v>54</v>
+        <v>161</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="H37" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>48</v>
+        <v>30</v>
       </c>
       <c r="D38" t="s">
-        <v>134</v>
+        <v>150</v>
       </c>
       <c r="E38" t="s">
-        <v>135</v>
+        <v>151</v>
       </c>
       <c r="F38" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="H38" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="D39" t="s">
-        <v>134</v>
+        <v>150</v>
       </c>
       <c r="E39" t="s">
-        <v>135</v>
+        <v>151</v>
       </c>
       <c r="F39" t="s">
-        <v>13</v>
+        <v>169</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="H39" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
+        <v>172</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>39</v>
+      </c>
+      <c r="D40" t="s">
+        <v>150</v>
+      </c>
+      <c r="E40" t="s">
+        <v>151</v>
+      </c>
+      <c r="F40" t="s">
         <v>169</v>
       </c>
-      <c r="B40" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G40" s="1" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="H40" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>63</v>
+        <v>43</v>
       </c>
       <c r="D41" t="s">
-        <v>134</v>
+        <v>150</v>
       </c>
       <c r="E41" t="s">
-        <v>135</v>
+        <v>151</v>
       </c>
       <c r="F41" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="H41" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
       <c r="D42" t="s">
-        <v>176</v>
+        <v>150</v>
       </c>
       <c r="E42" t="s">
-        <v>177</v>
+        <v>151</v>
       </c>
       <c r="F42" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="H42" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="D43" t="s">
-        <v>176</v>
+        <v>150</v>
       </c>
       <c r="E43" t="s">
-        <v>177</v>
+        <v>151</v>
       </c>
       <c r="F43" t="s">
-        <v>178</v>
+        <v>13</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="H43" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>21</v>
+        <v>58</v>
       </c>
       <c r="D44" t="s">
-        <v>176</v>
+        <v>150</v>
       </c>
       <c r="E44" t="s">
-        <v>177</v>
+        <v>151</v>
       </c>
       <c r="F44" t="s">
-        <v>178</v>
+        <v>97</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="H44" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>26</v>
+        <v>63</v>
       </c>
       <c r="D45" t="s">
-        <v>176</v>
+        <v>150</v>
       </c>
       <c r="E45" t="s">
-        <v>177</v>
+        <v>151</v>
       </c>
       <c r="F45" t="s">
-        <v>188</v>
+        <v>49</v>
       </c>
       <c r="G45" s="1" t="s">
         <v>189</v>
       </c>
       <c r="H45" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>191</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>30</v>
+        <v>68</v>
       </c>
       <c r="D46" t="s">
-        <v>176</v>
+        <v>150</v>
       </c>
       <c r="E46" t="s">
-        <v>177</v>
+        <v>151</v>
       </c>
       <c r="F46" t="s">
-        <v>188</v>
+        <v>49</v>
       </c>
       <c r="G46" s="1" t="s">
         <v>192</v>
       </c>
       <c r="H46" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>194</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>34</v>
+        <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>176</v>
+        <v>195</v>
       </c>
       <c r="E47" t="s">
-        <v>177</v>
+        <v>196</v>
       </c>
       <c r="F47" t="s">
-        <v>188</v>
+        <v>197</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="H47" t="s">
-        <v>193</v>
+        <v>199</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
+        <v>200</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>17</v>
+      </c>
+      <c r="D48" t="s">
+        <v>195</v>
+      </c>
+      <c r="E48" t="s">
         <v>196</v>
       </c>
-      <c r="B48" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F48" t="s">
-        <v>188</v>
+        <v>197</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="H48" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="D49" t="s">
-        <v>176</v>
+        <v>195</v>
       </c>
       <c r="E49" t="s">
-        <v>177</v>
+        <v>196</v>
       </c>
       <c r="F49" t="s">
-        <v>188</v>
+        <v>197</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="H49" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="D50" t="s">
-        <v>176</v>
+        <v>195</v>
       </c>
       <c r="E50" t="s">
-        <v>177</v>
+        <v>196</v>
       </c>
       <c r="F50" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="H50" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>53</v>
+        <v>30</v>
       </c>
       <c r="D51" t="s">
-        <v>176</v>
+        <v>195</v>
       </c>
       <c r="E51" t="s">
-        <v>177</v>
+        <v>196</v>
       </c>
       <c r="F51" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="H51" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D52" t="s">
-        <v>176</v>
+        <v>195</v>
       </c>
       <c r="E52" t="s">
-        <v>177</v>
+        <v>196</v>
       </c>
       <c r="F52" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="H52" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>63</v>
+        <v>39</v>
       </c>
       <c r="D53" t="s">
-        <v>176</v>
+        <v>195</v>
       </c>
       <c r="E53" t="s">
-        <v>177</v>
+        <v>196</v>
       </c>
       <c r="F53" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="H53" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>10</v>
+        <v>43</v>
       </c>
       <c r="D54" t="s">
-        <v>176</v>
+        <v>195</v>
       </c>
       <c r="E54" t="s">
-        <v>215</v>
+        <v>196</v>
       </c>
       <c r="F54" t="s">
-        <v>49</v>
+        <v>207</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="H54" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="D55" t="s">
-        <v>176</v>
+        <v>195</v>
       </c>
       <c r="E55" t="s">
-        <v>215</v>
+        <v>196</v>
       </c>
       <c r="F55" t="s">
-        <v>22</v>
+        <v>207</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="H55" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="D56" t="s">
-        <v>176</v>
+        <v>195</v>
       </c>
       <c r="E56" t="s">
-        <v>215</v>
+        <v>196</v>
       </c>
       <c r="F56" t="s">
-        <v>145</v>
+        <v>207</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="H56" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="D57" t="s">
-        <v>176</v>
+        <v>195</v>
       </c>
       <c r="E57" t="s">
-        <v>215</v>
+        <v>196</v>
       </c>
       <c r="F57" t="s">
-        <v>54</v>
+        <v>207</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="H57" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>10</v>
+        <v>63</v>
       </c>
       <c r="D58" t="s">
-        <v>228</v>
+        <v>195</v>
       </c>
       <c r="E58" t="s">
-        <v>229</v>
+        <v>196</v>
       </c>
       <c r="F58" t="s">
-        <v>145</v>
+        <v>207</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="H58" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>17</v>
+        <v>68</v>
       </c>
       <c r="D59" t="s">
-        <v>228</v>
+        <v>195</v>
       </c>
       <c r="E59" t="s">
-        <v>229</v>
+        <v>196</v>
       </c>
       <c r="F59" t="s">
-        <v>145</v>
+        <v>207</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="H59" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>228</v>
+        <v>195</v>
       </c>
       <c r="E60" t="s">
-        <v>229</v>
+        <v>237</v>
       </c>
       <c r="F60" t="s">
-        <v>236</v>
+        <v>49</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="H60" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D61" t="s">
-        <v>240</v>
+        <v>195</v>
       </c>
       <c r="E61" t="s">
+        <v>237</v>
+      </c>
+      <c r="F61" t="s">
+        <v>22</v>
+      </c>
+      <c r="G61" s="1" t="s">
         <v>241</v>
       </c>
-      <c r="F61" t="s">
-[...2 lines deleted...]
-      <c r="G61" s="1" t="s">
+      <c r="H61" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
+        <v>243</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>21</v>
+      </c>
+      <c r="D62" t="s">
+        <v>195</v>
+      </c>
+      <c r="E62" t="s">
+        <v>237</v>
+      </c>
+      <c r="F62" t="s">
+        <v>161</v>
+      </c>
+      <c r="G62" s="1" t="s">
         <v>244</v>
       </c>
-      <c r="B62" t="s">
-[...14 lines deleted...]
-      <c r="G62" s="1" t="s">
+      <c r="H62" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
+        <v>246</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>26</v>
+      </c>
+      <c r="D63" t="s">
+        <v>195</v>
+      </c>
+      <c r="E63" t="s">
+        <v>237</v>
+      </c>
+      <c r="F63" t="s">
+        <v>54</v>
+      </c>
+      <c r="G63" s="1" t="s">
         <v>247</v>
       </c>
-      <c r="B63" t="s">
-[...5 lines deleted...]
-      <c r="D63" t="s">
+      <c r="H63" t="s">
         <v>248</v>
-      </c>
-[...10 lines deleted...]
-        <v>251</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
+        <v>249</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>10</v>
+      </c>
+      <c r="D64" t="s">
+        <v>250</v>
+      </c>
+      <c r="E64" t="s">
+        <v>251</v>
+      </c>
+      <c r="F64" t="s">
+        <v>161</v>
+      </c>
+      <c r="G64" s="1" t="s">
         <v>252</v>
       </c>
-      <c r="B64" t="s">
-[...14 lines deleted...]
-      <c r="G64" s="1" t="s">
+      <c r="H64" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
+        <v>254</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>17</v>
+      </c>
+      <c r="D65" t="s">
+        <v>250</v>
+      </c>
+      <c r="E65" t="s">
+        <v>251</v>
+      </c>
+      <c r="F65" t="s">
+        <v>161</v>
+      </c>
+      <c r="G65" s="1" t="s">
         <v>255</v>
       </c>
-      <c r="B65" t="s">
-[...5 lines deleted...]
-      <c r="D65" t="s">
+      <c r="H65" t="s">
         <v>256</v>
-      </c>
-[...10 lines deleted...]
-        <v>259</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
+        <v>257</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>21</v>
+      </c>
+      <c r="D66" t="s">
+        <v>250</v>
+      </c>
+      <c r="E66" t="s">
+        <v>251</v>
+      </c>
+      <c r="F66" t="s">
+        <v>258</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="H66" t="s">
         <v>260</v>
-      </c>
-[...19 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
+        <v>262</v>
+      </c>
+      <c r="E67" t="s">
+        <v>263</v>
+      </c>
+      <c r="F67" t="s">
+        <v>197</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="H67" t="s">
         <v>265</v>
-      </c>
-[...10 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>17</v>
       </c>
       <c r="D68" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="E68" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="F68" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="H68" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
         <v>21</v>
       </c>
       <c r="D69" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="E69" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="F69" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="H69" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
         <v>26</v>
       </c>
       <c r="D70" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="E70" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="F70" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="H70" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
+        <v>277</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>10</v>
+      </c>
+      <c r="D71" t="s">
+        <v>278</v>
+      </c>
+      <c r="E71" t="s">
         <v>279</v>
       </c>
-      <c r="B71" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F71" t="s">
-        <v>188</v>
+        <v>97</v>
       </c>
       <c r="G71" s="1" t="s">
         <v>280</v>
       </c>
       <c r="H71" t="s">
         <v>281</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>282</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="D72" t="s">
-        <v>265</v>
+        <v>278</v>
       </c>
       <c r="E72" t="s">
-        <v>266</v>
+        <v>279</v>
       </c>
       <c r="F72" t="s">
-        <v>188</v>
+        <v>283</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="H72" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>39</v>
+        <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>265</v>
+        <v>287</v>
       </c>
       <c r="E73" t="s">
-        <v>266</v>
+        <v>288</v>
       </c>
       <c r="F73" t="s">
-        <v>188</v>
+        <v>289</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="H73" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
+        <v>292</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>17</v>
+      </c>
+      <c r="D74" t="s">
+        <v>287</v>
+      </c>
+      <c r="E74" t="s">
         <v>288</v>
       </c>
-      <c r="B74" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F74" t="s">
-        <v>178</v>
+        <v>207</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="H74" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>48</v>
+        <v>21</v>
       </c>
       <c r="D75" t="s">
-        <v>265</v>
+        <v>287</v>
       </c>
       <c r="E75" t="s">
-        <v>266</v>
+        <v>288</v>
       </c>
       <c r="F75" t="s">
-        <v>178</v>
+        <v>207</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="H75" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>53</v>
+        <v>26</v>
       </c>
       <c r="D76" t="s">
-        <v>265</v>
+        <v>287</v>
       </c>
       <c r="E76" t="s">
-        <v>266</v>
+        <v>288</v>
       </c>
       <c r="F76" t="s">
-        <v>178</v>
+        <v>207</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="H76" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="D77" t="s">
-        <v>265</v>
+        <v>287</v>
       </c>
       <c r="E77" t="s">
-        <v>266</v>
+        <v>288</v>
       </c>
       <c r="F77" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="H77" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="D78" t="s">
-        <v>265</v>
+        <v>287</v>
       </c>
       <c r="E78" t="s">
-        <v>266</v>
+        <v>288</v>
       </c>
       <c r="F78" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="H78" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>68</v>
+        <v>39</v>
       </c>
       <c r="D79" t="s">
-        <v>265</v>
+        <v>287</v>
       </c>
       <c r="E79" t="s">
-        <v>266</v>
+        <v>288</v>
       </c>
       <c r="F79" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="H79" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>10</v>
+        <v>43</v>
       </c>
       <c r="D80" t="s">
-        <v>307</v>
+        <v>287</v>
       </c>
       <c r="E80" t="s">
-        <v>308</v>
+        <v>288</v>
       </c>
       <c r="F80" t="s">
-        <v>309</v>
+        <v>197</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="H80" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="D81" t="s">
-        <v>307</v>
+        <v>287</v>
       </c>
       <c r="E81" t="s">
-        <v>308</v>
+        <v>288</v>
       </c>
       <c r="F81" t="s">
-        <v>309</v>
+        <v>197</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="H81" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="D82" t="s">
-        <v>307</v>
+        <v>287</v>
       </c>
       <c r="E82" t="s">
-        <v>308</v>
+        <v>288</v>
       </c>
       <c r="F82" t="s">
-        <v>309</v>
+        <v>197</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="H82" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="D83" t="s">
-        <v>307</v>
+        <v>287</v>
       </c>
       <c r="E83" t="s">
-        <v>308</v>
+        <v>288</v>
       </c>
       <c r="F83" t="s">
-        <v>309</v>
+        <v>207</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="H83" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>10</v>
+        <v>63</v>
       </c>
       <c r="D84" t="s">
-        <v>322</v>
+        <v>287</v>
       </c>
       <c r="E84" t="s">
+        <v>288</v>
+      </c>
+      <c r="F84" t="s">
+        <v>207</v>
+      </c>
+      <c r="G84" s="1" t="s">
         <v>323</v>
       </c>
-      <c r="F84" t="s">
+      <c r="H84" t="s">
         <v>324</v>
-      </c>
-[...4 lines deleted...]
-        <v>326</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
+        <v>325</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>68</v>
+      </c>
+      <c r="D85" t="s">
+        <v>287</v>
+      </c>
+      <c r="E85" t="s">
+        <v>288</v>
+      </c>
+      <c r="F85" t="s">
+        <v>207</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="H85" t="s">
         <v>327</v>
-      </c>
-[...19 lines deleted...]
-        <v>329</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
+        <v>328</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>72</v>
+      </c>
+      <c r="D86" t="s">
+        <v>287</v>
+      </c>
+      <c r="E86" t="s">
+        <v>288</v>
+      </c>
+      <c r="F86" t="s">
+        <v>197</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="H86" t="s">
         <v>330</v>
-      </c>
-[...19 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
+        <v>331</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>10</v>
+      </c>
+      <c r="D87" t="s">
+        <v>332</v>
+      </c>
+      <c r="E87" t="s">
         <v>333</v>
       </c>
-      <c r="B87" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F87" t="s">
-        <v>324</v>
+        <v>334</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="H87" t="s">
-        <v>320</v>
+        <v>336</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D88" t="s">
-        <v>336</v>
+        <v>332</v>
       </c>
       <c r="E88" t="s">
-        <v>337</v>
+        <v>333</v>
       </c>
       <c r="F88" t="s">
+        <v>334</v>
+      </c>
+      <c r="G88" s="1" t="s">
         <v>338</v>
       </c>
-      <c r="G88" s="1" t="s">
+      <c r="H88" t="s">
         <v>339</v>
-      </c>
-[...1 lines deleted...]
-        <v>340</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
+        <v>340</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>21</v>
+      </c>
+      <c r="D89" t="s">
+        <v>332</v>
+      </c>
+      <c r="E89" t="s">
+        <v>333</v>
+      </c>
+      <c r="F89" t="s">
+        <v>334</v>
+      </c>
+      <c r="G89" s="1" t="s">
         <v>341</v>
       </c>
-      <c r="B89" t="s">
-[...14 lines deleted...]
-      <c r="G89" s="1" t="s">
+      <c r="H89" t="s">
         <v>342</v>
-      </c>
-[...1 lines deleted...]
-        <v>343</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
+        <v>343</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>26</v>
+      </c>
+      <c r="D90" t="s">
+        <v>332</v>
+      </c>
+      <c r="E90" t="s">
+        <v>333</v>
+      </c>
+      <c r="F90" t="s">
+        <v>334</v>
+      </c>
+      <c r="G90" s="1" t="s">
         <v>344</v>
       </c>
-      <c r="B90" t="s">
-[...14 lines deleted...]
-      <c r="G90" s="1" t="s">
+      <c r="H90" t="s">
         <v>345</v>
-      </c>
-[...1 lines deleted...]
-        <v>314</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>346</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="D91" t="s">
-        <v>336</v>
+        <v>347</v>
       </c>
       <c r="E91" t="s">
-        <v>337</v>
+        <v>348</v>
       </c>
       <c r="F91" t="s">
-        <v>338</v>
+        <v>349</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="H91" t="s">
-        <v>329</v>
+        <v>351</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
+        <v>352</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>17</v>
+      </c>
+      <c r="D92" t="s">
+        <v>347</v>
+      </c>
+      <c r="E92" t="s">
         <v>348</v>
       </c>
-      <c r="B92" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F92" t="s">
-        <v>338</v>
+        <v>349</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="H92" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="D93" t="s">
-        <v>336</v>
+        <v>347</v>
       </c>
       <c r="E93" t="s">
-        <v>337</v>
+        <v>348</v>
       </c>
       <c r="F93" t="s">
-        <v>338</v>
+        <v>349</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="H93" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="D94" t="s">
-        <v>336</v>
+        <v>347</v>
       </c>
       <c r="E94" t="s">
-        <v>337</v>
+        <v>348</v>
       </c>
       <c r="F94" t="s">
-        <v>338</v>
+        <v>349</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="H94" t="s">
-        <v>356</v>
+        <v>345</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="D95" t="s">
-        <v>336</v>
+        <v>361</v>
       </c>
       <c r="E95" t="s">
-        <v>337</v>
+        <v>362</v>
       </c>
       <c r="F95" t="s">
-        <v>338</v>
+        <v>363</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>358</v>
+        <v>364</v>
       </c>
       <c r="H95" t="s">
-        <v>353</v>
+        <v>365</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>359</v>
+        <v>366</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="D96" t="s">
-        <v>336</v>
+        <v>361</v>
       </c>
       <c r="E96" t="s">
-        <v>337</v>
+        <v>362</v>
       </c>
       <c r="F96" t="s">
-        <v>338</v>
+        <v>363</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>360</v>
+        <v>367</v>
       </c>
       <c r="H96" t="s">
-        <v>329</v>
+        <v>368</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
+        <v>369</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
+        <v>21</v>
+      </c>
+      <c r="D97" t="s">
         <v>361</v>
       </c>
-      <c r="B97" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E97" t="s">
-        <v>337</v>
+        <v>362</v>
       </c>
       <c r="F97" t="s">
-        <v>338</v>
+        <v>363</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>362</v>
+        <v>370</v>
       </c>
       <c r="H97" t="s">
-        <v>363</v>
+        <v>339</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>364</v>
+        <v>371</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="D98" t="s">
-        <v>336</v>
+        <v>361</v>
       </c>
       <c r="E98" t="s">
-        <v>337</v>
+        <v>362</v>
       </c>
       <c r="F98" t="s">
-        <v>338</v>
+        <v>363</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>365</v>
+        <v>372</v>
       </c>
       <c r="H98" t="s">
-        <v>366</v>
+        <v>354</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>367</v>
+        <v>373</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>63</v>
+        <v>30</v>
       </c>
       <c r="D99" t="s">
-        <v>336</v>
+        <v>361</v>
       </c>
       <c r="E99" t="s">
-        <v>337</v>
+        <v>362</v>
       </c>
       <c r="F99" t="s">
-        <v>338</v>
+        <v>363</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>368</v>
+        <v>374</v>
       </c>
       <c r="H99" t="s">
-        <v>369</v>
+        <v>375</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>68</v>
+        <v>34</v>
       </c>
       <c r="D100" t="s">
-        <v>336</v>
+        <v>361</v>
       </c>
       <c r="E100" t="s">
-        <v>337</v>
+        <v>362</v>
       </c>
       <c r="F100" t="s">
-        <v>338</v>
+        <v>363</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="H100" t="s">
-        <v>332</v>
+        <v>378</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>372</v>
+        <v>379</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>72</v>
+        <v>39</v>
       </c>
       <c r="D101" t="s">
-        <v>336</v>
+        <v>361</v>
       </c>
       <c r="E101" t="s">
-        <v>337</v>
+        <v>362</v>
       </c>
       <c r="F101" t="s">
-        <v>338</v>
+        <v>363</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>373</v>
+        <v>380</v>
       </c>
       <c r="H101" t="s">
-        <v>320</v>
+        <v>381</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>374</v>
+        <v>382</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
+        <v>43</v>
+      </c>
+      <c r="D102" t="s">
+        <v>361</v>
+      </c>
+      <c r="E102" t="s">
+        <v>362</v>
+      </c>
+      <c r="F102" t="s">
+        <v>363</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="H102" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8">
+      <c r="A103" t="s">
+        <v>384</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>48</v>
+      </c>
+      <c r="D103" t="s">
+        <v>361</v>
+      </c>
+      <c r="E103" t="s">
+        <v>362</v>
+      </c>
+      <c r="F103" t="s">
+        <v>363</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="H103" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8">
+      <c r="A104" t="s">
+        <v>386</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>53</v>
+      </c>
+      <c r="D104" t="s">
+        <v>361</v>
+      </c>
+      <c r="E104" t="s">
+        <v>362</v>
+      </c>
+      <c r="F104" t="s">
+        <v>363</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="H104" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8">
+      <c r="A105" t="s">
+        <v>389</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>58</v>
+      </c>
+      <c r="D105" t="s">
+        <v>361</v>
+      </c>
+      <c r="E105" t="s">
+        <v>362</v>
+      </c>
+      <c r="F105" t="s">
+        <v>363</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="H105" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8">
+      <c r="A106" t="s">
+        <v>392</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>63</v>
+      </c>
+      <c r="D106" t="s">
+        <v>361</v>
+      </c>
+      <c r="E106" t="s">
+        <v>362</v>
+      </c>
+      <c r="F106" t="s">
+        <v>363</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="H106" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8">
+      <c r="A107" t="s">
+        <v>395</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>68</v>
+      </c>
+      <c r="D107" t="s">
+        <v>361</v>
+      </c>
+      <c r="E107" t="s">
+        <v>362</v>
+      </c>
+      <c r="F107" t="s">
+        <v>363</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="H107" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8">
+      <c r="A108" t="s">
+        <v>397</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>72</v>
+      </c>
+      <c r="D108" t="s">
+        <v>361</v>
+      </c>
+      <c r="E108" t="s">
+        <v>362</v>
+      </c>
+      <c r="F108" t="s">
+        <v>363</v>
+      </c>
+      <c r="G108" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="H108" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8">
+      <c r="A109" t="s">
+        <v>399</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
         <v>10</v>
       </c>
-      <c r="D102" t="s">
-[...12 lines deleted...]
-        <v>326</v>
+      <c r="D109" t="s">
+        <v>400</v>
+      </c>
+      <c r="E109" t="s">
+        <v>401</v>
+      </c>
+      <c r="F109" t="s">
+        <v>402</v>
+      </c>
+      <c r="G109" s="1" t="s">
+        <v>403</v>
+      </c>
+      <c r="H109" t="s">
+        <v>351</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -4277,50 +4534,57 @@
     <hyperlink ref="G78" r:id="rId77"/>
     <hyperlink ref="G79" r:id="rId78"/>
     <hyperlink ref="G80" r:id="rId79"/>
     <hyperlink ref="G81" r:id="rId80"/>
     <hyperlink ref="G82" r:id="rId81"/>
     <hyperlink ref="G83" r:id="rId82"/>
     <hyperlink ref="G84" r:id="rId83"/>
     <hyperlink ref="G85" r:id="rId84"/>
     <hyperlink ref="G86" r:id="rId85"/>
     <hyperlink ref="G87" r:id="rId86"/>
     <hyperlink ref="G88" r:id="rId87"/>
     <hyperlink ref="G89" r:id="rId88"/>
     <hyperlink ref="G90" r:id="rId89"/>
     <hyperlink ref="G91" r:id="rId90"/>
     <hyperlink ref="G92" r:id="rId91"/>
     <hyperlink ref="G93" r:id="rId92"/>
     <hyperlink ref="G94" r:id="rId93"/>
     <hyperlink ref="G95" r:id="rId94"/>
     <hyperlink ref="G96" r:id="rId95"/>
     <hyperlink ref="G97" r:id="rId96"/>
     <hyperlink ref="G98" r:id="rId97"/>
     <hyperlink ref="G99" r:id="rId98"/>
     <hyperlink ref="G100" r:id="rId99"/>
     <hyperlink ref="G101" r:id="rId100"/>
     <hyperlink ref="G102" r:id="rId101"/>
+    <hyperlink ref="G103" r:id="rId102"/>
+    <hyperlink ref="G104" r:id="rId103"/>
+    <hyperlink ref="G105" r:id="rId104"/>
+    <hyperlink ref="G106" r:id="rId105"/>
+    <hyperlink ref="G107" r:id="rId106"/>
+    <hyperlink ref="G108" r:id="rId107"/>
+    <hyperlink ref="G109" r:id="rId108"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>