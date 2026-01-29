--- v0 (2025-10-08)
+++ v1 (2026-01-29)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3527" uniqueCount="1534">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4862" uniqueCount="2050">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -1661,93 +1661,471 @@
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2587/ind_128.pdf</t>
   </si>
   <si>
     <t>Solicitando a reforma urgente e completa do Terminal Rodoviário de Alto Araguaia.</t>
   </si>
   <si>
     <t>2589</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2589/ind_129.pdf</t>
   </si>
   <si>
     <t>Sugerindo a necessidade da realização de levantamento e cascalhamento da segunda travessia que faz ligação entre o Bairro Nossa Senhora Aparecida e o Bairro Maria das Graças.</t>
   </si>
   <si>
     <t>2593</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2593/indicacao_130-2025.docx</t>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2593/ind_130.pdf</t>
   </si>
   <si>
     <t>Que seja providenciada a reforma ou construção de uma nova ponte sobre o córrego do Rio Barreiro, localizada na Colônia do Ariranha, MU 10.</t>
   </si>
   <si>
     <t>2594</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>Polleyka Fraga, Paulinho</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2594/indicacao_no_131_-_laura_-_construcao_cobertura_lar_dos_idosos.docx</t>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2594/ind_131.pdf</t>
   </si>
   <si>
     <t>A possibilidade da Construção de uma Cobertura na área externa do Centro de Convivência da Melhor Idade – LUZIA RIBEIRO. Tendo em vista que a Cobertura atual, por ser no modelo Barraca, já está desgastada pelo tempo de uso.</t>
   </si>
   <si>
     <t>2597</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2597/indicacao_132.pdf</t>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2597/ind_132.pdf</t>
   </si>
   <si>
     <t>Sugerindo a necessidade da instalação de mais um poço artesiano na região do córrego rico.</t>
   </si>
   <si>
     <t>2598</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2598/indicacao_133.pdf</t>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2598/ind_133.pdf</t>
   </si>
   <si>
     <t>Sugerindo a necessidade da instalação de um poço artesiano na Comunidade Novo Horizonte, localizada na MT-100, entre os km 28 e 30, região do Córrego do Sapo.</t>
+  </si>
+  <si>
+    <t>2617</t>
+  </si>
+  <si>
+    <t>134</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2617/ind_134.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando ao Poder Executivo Municipal  a limpeza da área pública no Bairro Demellas, a qual  foi destinada para a construção de uma  praça  para os  moradores daquela comunidade.</t>
+  </si>
+  <si>
+    <t>2618</t>
+  </si>
+  <si>
+    <t>135</t>
+  </si>
+  <si>
+    <t>Martha Maia, Regis Oliveira</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2618/ind_135.pdf</t>
+  </si>
+  <si>
+    <t>Indicação para realizar orçamento e posterior contratação de locação de um novo veículo (ônibus) adequado para o transporte de pacientes, visando substituir o atualmente utilizado</t>
+  </si>
+  <si>
+    <t>2619</t>
+  </si>
+  <si>
+    <t>136</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2619/ind_136.pdf</t>
+  </si>
+  <si>
+    <t>Que seja encaminhado expediente indicatório com a necessidade da implantação de um Centro de Atenção Psicossocial (CAPS) no município de Alto Araguaia- MT.</t>
+  </si>
+  <si>
+    <t>2620</t>
+  </si>
+  <si>
+    <t>137</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2620/ind_137.pdf</t>
+  </si>
+  <si>
+    <t>“solicitando que seja elaborado e implantado um Projeto Municipal de Arborização e Replantio de Árvores em praças, canteiros e demais espaços públicos de Alto Araguaia, especialmente nas áreas que passaram por reformas e tiveram árvores suprimidas, de modo a promover a compensação ambiental, o sombreamento e a qualidade de vida urbana.”</t>
+  </si>
+  <si>
+    <t>2624</t>
+  </si>
+  <si>
+    <t>138</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2624/ind_138.pdf</t>
+  </si>
+  <si>
+    <t>solicitando a conclusão das obras de pavimentação nas ruas que ainda não foram finalizadas: Rua Nossa Senhora Aparecida, nº 35, e Rua da Vila Aeroporto, nº 23.</t>
+  </si>
+  <si>
+    <t>2638</t>
+  </si>
+  <si>
+    <t>139</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2638/ind_139.pdf</t>
+  </si>
+  <si>
+    <t>“Solicito a possibilidade de viabilizar a construção de Cestas Metálicas ou Gaiolas Metálicas, para serem colocadas dentro das conhecidas Bocas de Lobo dos Bueiros da Avenida Carlos Hugueney da BR364 e demais bairros que se fizerem necessário, evitando assim os alagamentos nos períodos chuvosos”.</t>
+  </si>
+  <si>
+    <t>2639</t>
+  </si>
+  <si>
+    <t>140</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2639/ind_140.pdf</t>
+  </si>
+  <si>
+    <t>“Solicito a possibilidade de viabilizar a criação de um Programa de REFIS Social, visando a anistia de juros e multa e parcelamento das contas de água para as famílias em vulnerabilidade social, que se encontrem atrasadas”.</t>
+  </si>
+  <si>
+    <t>2641</t>
+  </si>
+  <si>
+    <t>141</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2641/ind_141.pdf</t>
+  </si>
+  <si>
+    <t>Indica para que seja urgentemente providenciada a aquisição e instalação de câmaras frias específicas para o armazenamento e refrigeramento adequado de vacinas nas Unidades Básicas de Saúde (UBS) ESF Ondino Rodrigues de Lima e UBS ESF Vanessa Welter Rodrigues. Adicionalmente, requer-se a aquisição e instalação de um aparelho de ar condicionado para a sala de curativos e medicação da UBS ESF Ondino Rodrigues de Lima.</t>
+  </si>
+  <si>
+    <t>2656</t>
+  </si>
+  <si>
+    <t>142</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2656/ind_142.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feita a revitalização, manutenção e limpeza periódica da Orla do Praia, localizada nas margens do Rio Araguaia.</t>
+  </si>
+  <si>
+    <t>2657</t>
+  </si>
+  <si>
+    <t>143</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2657/ind_143.pdf</t>
+  </si>
+  <si>
+    <t>Solicito a possibilidade das Secretarias viabilizarem Campanhas destinadas a conscientização da população contra o Abandono de Animais em nossa cidade, bem como outras Campanhas, como Adoção Conscientizada. Pois, o abandono é a principal causa do grande número de animais nas ruas de Alto Araguaia. O foco é conscientizar a população sobre a posse e as obrigações do responsável, e que abandono de animais e maus tratos gera crime previsto em Lei.</t>
+  </si>
+  <si>
+    <t>2658</t>
+  </si>
+  <si>
+    <t>144</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2658/ind_144.pdf</t>
+  </si>
+  <si>
+    <t>Solicito a possibilidade de viabilizar um novo Portão no Parquinho Infantil da Cohab, uma vez que o mesmo sempre teve um portão para evitar que animais defecassem na caixa de areia do parque.</t>
+  </si>
+  <si>
+    <t>2677</t>
+  </si>
+  <si>
+    <t>145</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2677/ind_145.pdf</t>
+  </si>
+  <si>
+    <t>Indicando a necessidade da manutenção da iluminação pública do parque da Praça Antônio Silvério da Costa (praça do boiadeiro).</t>
+  </si>
+  <si>
+    <t>2679</t>
+  </si>
+  <si>
+    <t>146</t>
+  </si>
+  <si>
+    <t>Marcos Nunes, Bruno Peron, Fabiano do Gás, Regis Oliveira, Renato Lopes, Ricardo Barbosa</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2679/ind_146.pdf</t>
+  </si>
+  <si>
+    <t>“A destinação de um caminhão-pipa para atender as necessidades do município de Alto Araguaia-MT”</t>
+  </si>
+  <si>
+    <t>2680</t>
+  </si>
+  <si>
+    <t>147</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2680/ind_147.pdf</t>
+  </si>
+  <si>
+    <t>Indicação ao Poder Executivo Municipal para que seja disponibilizado um ônibus confortável destinado ao transporte da melhor idade, garantindo segurança, acessibilidade e qualidade nos deslocamentos para eventos e atividades sociais, culturais e recreativas.</t>
+  </si>
+  <si>
+    <t>2684</t>
+  </si>
+  <si>
+    <t>148</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2684/ind_148.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo a adoção de medidas para o funcionamento da Estação de Tratamento de Água (ETA) e o devido tratamento da água distribuída à população.</t>
+  </si>
+  <si>
+    <t>2703</t>
+  </si>
+  <si>
+    <t>149</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2703/indicacao_149.pdf</t>
+  </si>
+  <si>
+    <t>“sugerindo que seja feita a reinstalação de uma academia popular no Distrito do Buriti, Município de Alto Araguaia-MT ”</t>
+  </si>
+  <si>
+    <t>2705</t>
+  </si>
+  <si>
+    <t>150</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2705/indicacao_150.pdf</t>
+  </si>
+  <si>
+    <t>“Solicito a possibilidade de viabilizar Iluminação no Parque Municipal - Atanel Farias da Costa, visto que muitos frequentadores tem realizado atividades físicas após o expediente de trabalho. E a iluminação além de tornar o lugar mais acolhedor, o torna também mais seguro”.</t>
+  </si>
+  <si>
+    <t>2706</t>
+  </si>
+  <si>
+    <t>151</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2706/151-_clodoaldo.docx</t>
+  </si>
+  <si>
+    <t>“Solicitando a pavimentação asfáltica no trecho da Rua Buriti, compreendido entre a Rua Benjamim Constat e a Rua Guilherme Gonçalves Berigo, localizada no Bairro Gabiroba”.</t>
+  </si>
+  <si>
+    <t>2709</t>
+  </si>
+  <si>
+    <t>152</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2709/indicacao_152.pdf</t>
+  </si>
+  <si>
+    <t>Solicito a instalação de um refletor na parede da Quadra Poliesportiva Paulo Gomes de Rezende, no bairro Gabiroba, voltado para a rua que dá acesso à quadra e ao Asilo Tia Nega</t>
+  </si>
+  <si>
+    <t>2715</t>
+  </si>
+  <si>
+    <t>153</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2715/indicacao_153.pdf</t>
+  </si>
+  <si>
+    <t>Indica imediata atenção e as providências cabíveis quanto à situação crítica da piscina pública localizada ao lado do Ginásio Jerônimo Samita Maia (Samitão).</t>
+  </si>
+  <si>
+    <t>2737</t>
+  </si>
+  <si>
+    <t>154</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2737/indicacao_154-2025_-_quadra_e_academia_samitao.pdf</t>
+  </si>
+  <si>
+    <t>Indica a imediata realização de reforma e revitalização completa do Ginásio de Esportes Jerônimo Samita Maia (SAMITÃO), bem como a reforma, pintura e instalação de tenda na academia ao ar livre localizada ao lado do referido ginásio.</t>
+  </si>
+  <si>
+    <t>2738</t>
+  </si>
+  <si>
+    <t>155</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2738/indicacao_155-2025_-_rua_que_liga_parque_do_cerrado_a_vila.pdf</t>
+  </si>
+  <si>
+    <t>Indica a adoção de medidas para a implantação de sinalização horizontal e vertical, bem como a nomeação oficial da rua que corre paralela à MT-100, responsável por interligar os bairros Vila Aeroporto e Parque do Cerrado (Professora Maria das Graças).</t>
+  </si>
+  <si>
+    <t>2739</t>
+  </si>
+  <si>
+    <t>156</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2739/indicacao_156-2025_-_rua_da_aninha.pdf</t>
+  </si>
+  <si>
+    <t>Indica a adoção de medidas urgentes para a recuperação da pavimentação asfáltica da Rua Abílio Siqueira, que dá acesso à Ponte da Aninha, bem como a realização de uma auditoria na obra recentemente executada.</t>
+  </si>
+  <si>
+    <t>2741</t>
+  </si>
+  <si>
+    <t>157</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2741/doc_-11-12.pdf</t>
+  </si>
+  <si>
+    <t>“Solicito a possibilidade de viabilizar a Reestruturação adequada de uma parte do PARQUE MUNICIPAL, a onde está instalado o Parque Infantil, transformando-o em Parque Infantil Sensorial Natural, visando a estimulação através de Elementos naturais que criam sons, como o som do vento nas folhas, em um espaço com troncos, galhos e pedras que incentivam a movimentação, o equilíbrio e a exploração do corpo, com cores vibrantes de plantas, flores e até o uso de mobiliário e estruturas feitas com materiais naturais”.</t>
+  </si>
+  <si>
+    <t>2742</t>
+  </si>
+  <si>
+    <t>158</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2742/doc_jeff-10.pdf</t>
+  </si>
+  <si>
+    <t>sugerindo a necessidade de construção de um banheiro e de um bebedouro com água filtrada no Cemitério Municipal.</t>
+  </si>
+  <si>
+    <t>2749</t>
+  </si>
+  <si>
+    <t>159</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2749/doc_16.pdf</t>
+  </si>
+  <si>
+    <t>Possibilidade de instalar um monumento em formato de queijo cabacinha na entrada de Alto Araguaia/MT, ou em outro ponto estratégico da cidade, como forma de valorizar esta importante tradição local.</t>
+  </si>
+  <si>
+    <t>2762</t>
+  </si>
+  <si>
+    <t>160</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2762/ind160.pdf</t>
+  </si>
+  <si>
+    <t>Indica para que seja estudada a viabilidade de implantação de um ponto de coleta para exames laboratoriais nos bairros localizados na parte alta do Município de Alto Araguaia, compreendendo, especificamente, as comunidades da Vila Aeroporto, Maria das Graças e Parque do Cerrado.</t>
+  </si>
+  <si>
+    <t>2765</t>
+  </si>
+  <si>
+    <t>161</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2765/ind161.pdf</t>
+  </si>
+  <si>
+    <t>a adoção das medidas administrativas necessárias à contratação formal de profissionais para atuarem nas funções de motorista, monitor, professor, cozinheira e limpeza, de modo a assegurar a continuidade e eficiência dos serviços públicos municipais..</t>
+  </si>
+  <si>
+    <t>2768</t>
+  </si>
+  <si>
+    <t>162</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2768/ind162.pdf</t>
+  </si>
+  <si>
+    <t>“Solicito a possibilidade de viabilizar a instalação de uma nova ACADEMIA AO AR LIVRE.” proporcionando levar a todas os nossos munícipes uma opção de poderem praticar diariamente atividades físicas e contribuindo para uma qualidade de vida melhor e, consequentemente da saúde”.</t>
+  </si>
+  <si>
+    <t>2766</t>
+  </si>
+  <si>
+    <t>163</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2766/ind163.pdf</t>
+  </si>
+  <si>
+    <t>Solicito a possibilidade de viabilizar a instalação de um PARQUE INFANTIL AO AR LIVRE, proporcionando levar alegria, entretenimento e saúde as nossas crianças”.</t>
+  </si>
+  <si>
+    <t>2767</t>
+  </si>
+  <si>
+    <t>164</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2767/164-_regis.docx</t>
+  </si>
+  <si>
+    <t>“sugerindo que seja feita aquisição de tubos e conexões para o Divaes no Município de Alto Araguaia-MT”</t>
   </si>
   <si>
     <t>2160</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2160/001_-_requerimento_martha.pdf</t>
   </si>
   <si>
     <t>Requeiro o questionamento da não aplicação dos devidos aumentos do Reajuste Geral Anual (RGA) nos salários dos professores municipais no mês de janeiro de 2025.</t>
   </si>
   <si>
     <t>2172</t>
   </si>
   <si>
     <t>Fabiano do Gás, Martha Maia</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2172/requerimento_n_002.pdf</t>
   </si>
@@ -2088,132 +2466,247 @@
   <si>
     <t>Solicitando informações detalhadas e justificativas sobre a decisão de contratar uma empresa externa para a prestação de serviços de engenharia, em detrimento da utilização de recursos humanos próprios do Município. Questionando enfaticamente o motivo pelo qual o Município optou por essa contratação externa, em vez de utilizar os engenheiros concursados e contratados aptos em seu quadro, para a realização do serviço objeto deste contrato.</t>
   </si>
   <si>
     <t>2516</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2516/req_39.pdf</t>
   </si>
   <si>
     <t>Solicitando informações formais e pormenorizadas acerca da Indicação nº 065/2025, que solicita a recuperação urgente da fiação elétrica dos postes de iluminação pública da Rua Marechal Rondon, no trecho compreendido entre a MT-100 e a Rua Agostinho Demellas e da Indicação nº 079/2025, que solicita a recuperação urgente da fiação elétrica dos postes de iluminação pública do canteiro central da Rua Dr. José Morbeck (subida da rodoviária).</t>
   </si>
   <si>
     <t>2520</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2520/req_40.pdf</t>
   </si>
   <si>
     <t>Requer informações detalhadas e as imediatas providências quanto à não aplicação do valor mensal corrigido do Programa Feijão no Fogo, instituído pela Lei Municipal nº 1.547, de 14 de outubro de 2003, e alterado pela Lei Municipal nº 4.644, de 02 de julho de 2025.</t>
   </si>
   <si>
     <t>2540</t>
   </si>
   <si>
-    <t>Marcos Nunes, Mesa Diretora, Paulinho, Polleyka Fraga, Ricardo Barbosa</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2540/044-_mesa.docx</t>
   </si>
   <si>
     <t>A Mesa Diretora faz uso do presente para encaminhar, REQUERIMENTO LEGISLATIVO, solicitando, apreciação e decisão do Plenário, para antecipação do horário da sessão ordinária do dia 22 de Setembro de 2025 para às 9 h (Brasília).</t>
   </si>
   <si>
     <t>2543</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2543/req_42.pdf</t>
   </si>
   <si>
     <t>Requer que sejam prestadas as informações e providências da Secretaria Municipal de Saúde ao não encaminhar pacientes de Alto Araguaia para consultas e exames cardiológicos e tomografias na Clínica Saúde Mais.</t>
   </si>
   <si>
     <t>2564</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2564/req_43.pdf</t>
   </si>
   <si>
     <t>Requer que sejam prestados dados detalhados referentes aos serviços de cardiologia no município de Alto Araguaia e região, referentes ao ano de 2025, com a especificação dos períodos de realização.</t>
   </si>
   <si>
     <t>2567</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2567/req_44.pdf</t>
   </si>
   <si>
     <t>Solicitando apreciação e decisão do Plenário, para antecipação do horário da sessão ordinária do dia 22 de Setembro de 2025 para às 9 horas (Brasília)</t>
   </si>
   <si>
     <t>2582</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2582/req_45.pdf</t>
   </si>
   <si>
     <t>“Requer informações sobre a substituição do ônibus de 60 lugares por uma van no transporte escolar do bairro Parque Do Cerrado no município de Alto Araguaia – MT</t>
   </si>
   <si>
     <t>2595</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2595/requerimento_no_046-2025_-_fabiano_do_gas.pdf</t>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2595/req_46.pdf</t>
   </si>
   <si>
     <t>Solicitar informações detalhadas acerca da previsão e do cronograma de manutenção das academias populares instaladas em diversos pontos do município.</t>
   </si>
   <si>
     <t>2599</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2599/047_-_requerimento_-_escola_adalcy_ver._marcos_nunes.docx</t>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2599/req_47.pdf</t>
   </si>
   <si>
     <t>Solicitando informações acerca da obra da Escola Municipal Adalcy da Conceição Rodrigues, bem como sobre seu mobiliário.</t>
   </si>
   <si>
     <t>2601</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2601/requerimento.docx</t>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2601/req_48.pdf</t>
   </si>
   <si>
     <t>Solicitando informações quanto ao cronograma de execução dos serviços de substituição das lâmpadas nas praças e quadras públicas do município.</t>
   </si>
   <si>
     <t>2602</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2602/049-_paulinho.docx</t>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2602/req_49.pdf</t>
   </si>
   <si>
     <t>Solicitando a aquisição de um ônibus confortável, com banheiro e assentos adequados, voltado ao transporte de pacientes que realizam exames e atendimentos médicos na cidade de Rondonópolis/MT.</t>
+  </si>
+  <si>
+    <t>2623</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2623/req_50.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao Prefeito Municipal e ao Secretário Municipal de Infraestrutura a instalação de placa de identificação do Conjunto Habitacional Aurora Zaiden Lima, em conformidade com a Lei Municipal nº 4.912/1985.</t>
+  </si>
+  <si>
+    <t>2645</t>
+  </si>
+  <si>
+    <t>Fabiano do Gás, Adão da Madeireira, Bruno Peron, Marcos Nunes, Martha Maia, Paulinho, Polleyka Fraga, Regis Oliveira, Renato Lopes</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2645/req_51.pdf</t>
+  </si>
+  <si>
+    <t>"para que prestem informações detalhadas acerca da inexecução das seguintes leis municipais".</t>
+  </si>
+  <si>
+    <t>2647</t>
+  </si>
+  <si>
+    <t>Marcos Nunes, Polleyka Fraga</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2647/req_52.pdf</t>
+  </si>
+  <si>
+    <t>requer informações detalhadas acerca da emenda parlamentar federal no valor de R$ 3.000.000,00 (três milhões de reais), destinada à área da saúde pública municipal, permanecendo, contudo, retida nas contas públicas desde o exercício de 2024.</t>
+  </si>
+  <si>
+    <t>2654</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2654/req_053.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações e esclarecimentos acerca da formalização e da publicidade da ata de adesão mencionada no Ofício nº 306/2025/SMS, em face de sua ausência no Portal da Transparência do Município, para fins de controle social e legislativo.</t>
+  </si>
+  <si>
+    <t>2675</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2675/req_54.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações detalhadas sobre a execução da Campanha Outubro Rosa no município de Alto Araguaia.</t>
+  </si>
+  <si>
+    <t>2676</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2676/req_55.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento com INTIMAÇÃO FORMAL E SOLENE ADVERTÊNCIA, a fim de que seja providenciada, SEM MAIS DELONGAS E IMPRETERIVELMENTE, a resposta aos Requerimentos protocolados por esta vereadora, todos com o prazo legal para resposta IRREMEDIAVELMENTE EXAURIDO.</t>
+  </si>
+  <si>
+    <t>2683</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2683/req_56.pdf</t>
+  </si>
+  <si>
+    <t>Com fundamento nos princípios da eficiência e da economicidade, para que sejam adotadas as providências necessárias à ampliação e modernização da rede elétrica do Hospital Municipal de Alto Araguaia, de modo a assegurar:_x000D_
+•	O pleno funcionamento do setor de Raio-X;_x000D_
+•	O adequado desempenho dos equipamentos do Laboratório;_x000D_
+•	A adequação da infraestrutura para a instalação de novos equipamentos, especialmente o mamógrafo._x000D_
+A modernização proposta visa garantir o funcionamento seguro e contínuo dos aparelhos, prevenindo danos decorrentes de oscilações elétricas, reduzindo gastos com manutenção, aumentando a vida útil dos equipamentos e assegurando a regular prestação dos serviços públicos de saúde à população araguaiense.</t>
+  </si>
+  <si>
+    <t>2704</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2704/requerimento_57.pdf</t>
+  </si>
+  <si>
+    <t>“Requer informações sobre a falta de geladeira para armazenamento de vacinas e medicamentos no PSF do bairro Parque Do Cerrado no município de Alto Araguaia – MT”</t>
+  </si>
+  <si>
+    <t>2713</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2713/requerimento_58.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando informações detalhadas acerca dos contratos de financiamento ativos celebrados entre o Município de Alto Araguaia e a Caixa Econômica Federal.</t>
+  </si>
+  <si>
+    <t>2714</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2714/requerimento_59.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações da Secretaria Municipal de Saúde para reduzir o tempo de espera e solucionar os atrasos nos atendimentos médicos, incluindo os serviços prestados pelo Centro de Reabilitação.</t>
+  </si>
+  <si>
+    <t>2717</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2717/requerimento_60.pdf</t>
+  </si>
+  <si>
+    <t>REQUERIMENTO LEGISLATIVO, solicitando, apreciação e decisão do Plenário, para antecipação  da 45ª ordinária, que seria dia 22/12/2025 para dia 18/12/2025, para às 19 h (Brasília).</t>
+  </si>
+  <si>
+    <t>2743</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2743/doc-13-15.pdf</t>
+  </si>
+  <si>
+    <t>“Requer informações sobre máquinas do município que são para fazer fraldas e também máquinas de costura que estão paradas no município de Alto Araguaia – MT”</t>
   </si>
   <si>
     <t>2139</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária (Origem Executivo)</t>
   </si>
   <si>
     <t>JACSON NIEDERMEIER</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2139/of082.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 4.605, de 22 de novembro de 2024.</t>
   </si>
   <si>
     <t>2140</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2140/projeto_de_lei_02.pdf</t>
   </si>
@@ -2592,50 +3085,140 @@
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2607/projeto_de_lei.44.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 2742/2010.</t>
   </si>
   <si>
     <t>2604</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2604/projeto_de_lei.45.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a firmar Termo de Cooperação com o Sindicato Rural de Alto Araguaia, para o custeio de despesas com a organização das festividades de aniversário deste município.</t>
   </si>
   <si>
     <t>2605</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2605/projeto_de_lei.46.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a firmar Termo de Cooperação com a Associação Comercial e Empresarial de Alto Araguaia – MT – ACEAIA.</t>
   </si>
   <si>
+    <t>2626</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2626/projeto_de_lei.47.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a realizar pagamentos de premiações às equipes participantes do III Olimbairros.</t>
+  </si>
+  <si>
+    <t>2648</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2648/projeto_de_lei.48_ass.pdf</t>
+  </si>
+  <si>
+    <t>Revoga a Lei Municipal nº 4.071, de 03 de outubro de 2018.</t>
+  </si>
+  <si>
+    <t>2652</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2652/projeto_de_lei.49_ass_.pdf</t>
+  </si>
+  <si>
+    <t>Regulamenta a comercialização e regularização de posse áreas do Distrito Industrial, objeto da Matrícula nº 4.573, do Cartório de Registro de Imóveis da Comarca de Alto Araguaia.</t>
+  </si>
+  <si>
+    <t>2664</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2664/projeto_de_lei.050.ass.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o Plano Plurianual do Município de Alto Araguaia – MT, para o quadriênio 2026/2029.</t>
+  </si>
+  <si>
+    <t>2665</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2665/projeto_de_lei.051.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a celebração de convênio com o Rotary Clube de Santa Rita do Araguaia/Alto Araguaia, para a fabricação de lixeiras comunitárias de grande porte.</t>
+  </si>
+  <si>
+    <t>2688</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2688/projeto_de_lei.052.pdf</t>
+  </si>
+  <si>
+    <t>Altera e revoga dispositivos à Lei Municipal nº 4.667, de 21 de outubro de 2025.</t>
+  </si>
+  <si>
+    <t>2707</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2707/projeto_de_lei.53_ass_.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM O CONSELHO DA COMUNIDADE DE ALTO ARAGUAIA E A PROMOVER A CESSÃO DE USO DE ÁREA PÚBLICA PARA FINS DE RESSOCIALIZAÇÃO E IMPLANTAÇÃO DE HORTA COMUNITÁRIA.</t>
+  </si>
+  <si>
+    <t>2724</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2724/projeto_de_lei.54.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a celebração de convênio junto ao Sindicato Rural de Alto Araguaia, para custeio de parte das despesas com a realização do 9º Leilão Direito de Viver.</t>
+  </si>
+  <si>
+    <t>2740</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2740/projeto_de_lei.55.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação do Conselho Municipal de Segurança Alimentar e Nutricional de Alto Araguaia – CONSEA, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2771</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2771/projeto_de_lei.56.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Plano Municipal de Agricultura Familiar de Alto Araguaia – PMAF, aprova suas ações prioritárias, cria o Fundo Municipal da Agricultura Familiar e dá outras providências.</t>
+  </si>
+  <si>
     <t>2147</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária (Origem Legislativo)</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2147/001.pdf</t>
   </si>
   <si>
     <t>DISPÕE ALTERAÇÃO NA LEI MUNICIPAL Nº   4.604/2024 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2155</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2155/002.pdf</t>
   </si>
   <si>
     <t>Institui diretrizes, estratégias e ações para o programa de atenção e orientação às mães atípicas.</t>
   </si>
   <si>
     <t>2156</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2156/003.pdf</t>
@@ -2706,129 +3289,165 @@
   <si>
     <t>“Dispõe sobre a implementação do Programa educacional sobre proteção animal e a conscientização sobre a preservação de espécies nativas e Fauna Silvestre.”</t>
   </si>
   <si>
     <t>2383</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2383/projeto_de_lei_011-2025_-_alinhamentos_de_fios.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o alinhamento e a retirada de fios em desuso e desordenados existentes em postes de energia elétrica, no âmbito do Município de Alto Araguaia, e dá outras providências.</t>
   </si>
   <si>
     <t>2394</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2394/projeto_de_012-2025_corrigindo_-_altera_dispostivos_da_lei_de_alinhamentos_de_fios.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei nº 4.432, de 16 de agosto de 2022, que cria regras para a instalação e manutenção de fios e cabos fixados nos postes da rede elétrica existentes na zona urbana e rural do município de Alto Araguaia – MT, e dá outras providências.</t>
   </si>
   <si>
     <t>2406</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2406/pl_013_-_marcos_nunes_-_altera_lei_aluno_nota_10.docx</t>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2406/pl_013_-_marcos_nunes_-_altera_lei_aluno_nota_10.pdf</t>
   </si>
   <si>
     <t>“Altera a Lei nº 4.255, de 11 de março de 2021 e dá outras providências.”</t>
   </si>
   <si>
     <t>2407</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2407/projeto_de_lei_do_legislativo_no014-2025.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a prevenção e o combate aos maus-tratos contra animais no Município de Alto Araguaia e dá outras providências”.</t>
   </si>
   <si>
     <t>2423</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2423/projeto_de_015-2025_-_priorizando_epp_e_me.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 3.955, de 20 de junho de 2017, que "Dispõe sobre o tratamento favorecido, diferenciado e simplificado para as microempresas e empresas de pequeno porte sediadas no município de Alto Araguaia, nas contratações públicas de bens, serviços e obras, no âmbito da administração pública", para adequá-la e aprimorá-la conforme as diretrizes da Lei Complementar Federal nº 123/2006, com as alterações promovidas pela Lei Complementar Federal nº 147/2014, e da Lei Federal nº 14.133/2021, e dá outras providências.</t>
   </si>
   <si>
     <t>2444</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2444/projeto_de_lei_do_legislativo_no_015_-_2025_-_utilidade_publica_-aaf.pdf</t>
   </si>
   <si>
     <t>“Declara de utilidade pública a Associação Araguaiense de Futsal - AAF e dá outras providencias”.</t>
   </si>
   <si>
     <t>2446</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2446/projeto_de_lei_-_agua_saudavel1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a distribuição gratuita de filtros de barro para famílias de baixa renda no município de Alto Araguaia – MT e dá outras providências.</t>
   </si>
   <si>
     <t>2583</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2583/projeto_de_018-2025_-_institui_politicas_publicas_em_defesa_das_mulheres.pdf</t>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2583/018_-_martha.docx</t>
   </si>
   <si>
     <t>Institui a Política Municipal de Apoio Integral a Mulheres em Situação de Violência Doméstica e Familiar no Município de Alto Araguaia e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>2591</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2591/projeto_de_lei_018_-_regis_oliveira_sayo.docx</t>
   </si>
   <si>
-    <t>“Dispõe sobre a instalação de câmeras de monitoramento nos veículos utilizados no transporte escolar da rede pública municipal no Município de Alto Araguaia - MT, e dá outras providências.”</t>
+    <t>Dispõe sobre a instalação de câmeras de monitoramento nos veículos utilizados no transporte escolar da rede pública municipal no Município de Alto Araguaia - MT, e dá outras providências.</t>
   </si>
   <si>
     <t>2592</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2592/projeto_de_lei_rotary.docx</t>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2592/newimage_dec_09_2025_16_04_59_676__1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a declaração de utilidade pública do Rotary Clube de Santa Rita do Araguaia e Alto Araguaia e da outras providências.</t>
   </si>
   <si>
     <t>2596</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2596/projeto_de_lei_020-2025.docx</t>
   </si>
   <si>
     <t>Altera o nome da Rua Avenida do Futuro, Localizada no Bairro vista Araguaia, para Rua Dr. Fabrício Martins Campos Freitas.</t>
   </si>
   <si>
+    <t>2625</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2625/022-_mesa_diretora.pdf</t>
+  </si>
+  <si>
+    <t>"Altera dispositivos e anexos da Lei municipal nº 4.604/2024 e dá outras providências."</t>
+  </si>
+  <si>
+    <t>2642</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2642/projeto_de_lei_023-2025_-_vaqueijada.pdf</t>
+  </si>
+  <si>
+    <t>DECLARA AS CAVALGADAS, O TROPEIRISMO E DEMAIS TRADIÇÕES CULTURAIS LIGADAS AO MEIO RURAL, COMO PATRIMÔNIO HISTÓRICO E CULTURAL DE NATUREZA IMATERIAL DA CIDADE DE ALTO ARAGUAIA/MT, PARA FINS DO DISPOSTO NO ART. 225, § 7º, ART. 215, § 1º E ART. 30, INC. IX, DA CONSTITUIÇÃO FEDERAL.</t>
+  </si>
+  <si>
+    <t>2655</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2655/projeto_de_lei_024_-_regis_oliveira_abandono_de_veiculossayo.docx</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a proibição do abandono de veículos em vias públicas no Município de Alto Araguaia - MT, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2748</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2748/projeto_de_lei_-_alteracao_nome_da_rua.pdf</t>
+  </si>
+  <si>
+    <t>“Altera o nome da Rua do Jasmim, Localizada no Bairro vista Araguaia, para Rua Pedro Damião dos Santos”.</t>
+  </si>
+  <si>
     <t>2146</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Marcos Nunes, Paulinho, Polleyka Fraga, Ricardo Barbosa</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2146/1.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a revisão geral anual prevista no art. 37, X da CRFB/88 e complementação remuneratória aos Servidores Comissionados do Legislativo e dá outras providências”.</t>
   </si>
   <si>
     <t>2145</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2145/2.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual prevista no art. 37, X da CRFB/88 aos vereadores”.</t>
@@ -2854,65 +3473,212 @@
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2360/projeto_de_decreto_legislativo_no_002-2025__-.pdf</t>
   </si>
   <si>
     <t>“Concede Título de Cidadã Araguaiense a Sra. Cymara Neubern Osorio”</t>
   </si>
   <si>
     <t>2463</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2463/titulo_de_cidadao_03_025.docx</t>
   </si>
   <si>
     <t>“Concede Título de Cidadão Araguaienseao Dr. Silvio José Silva"</t>
   </si>
   <si>
     <t>2600</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2600/004-_titulo_cidadao_tatiana_-_marcos_nunes.docx</t>
   </si>
   <si>
     <t>Concede título de cidadã Araguaiense a PROFESSORA MUNICIPAL TATIANA CARVALHO SILVA.</t>
   </si>
   <si>
+    <t>2621</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2621/projeto_de_decreto_legislativo_-_05-2025_-_honraria.pdf</t>
+  </si>
+  <si>
+    <t>Concede medalha do mérito Cláudia Azevedo a Sra. Maria Noeli Adams.</t>
+  </si>
+  <si>
+    <t>2622</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2622/projeto_de_decreto_legislativo_006-2025.pdf</t>
+  </si>
+  <si>
+    <t>Susta os efeitos do Decreto nº 056, de 04 de junho de 2025, do Poder Executivo Municipal de Alto Araguaia, que declara a extinção do incentivo de que trata a Lei Municipal nº 3.255, de 31 de outubro de 2013.</t>
+  </si>
+  <si>
+    <t>2643</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2643/007-_titulo_cidadao_eumides-adao.pdf</t>
+  </si>
+  <si>
+    <t>“Concede título de Cidadão Araguaiense ao senhor  EUMIDES FERREIRA”.</t>
+  </si>
+  <si>
+    <t>2653</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2653/008-_titulo_cidadao_joao_katsuyama_adao.docx.pdf</t>
+  </si>
+  <si>
+    <t>Concede título de Cidadão Araguaiense ao senhor  JOÃO TATSURO KATSUYAMA.</t>
+  </si>
+  <si>
+    <t>2678</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2678/osmar_queiroz.docx</t>
+  </si>
+  <si>
+    <t>Concede título de cidadão Araguaiense ao Sr. Osmar Alves de Queiroz</t>
+  </si>
+  <si>
+    <t>2691</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2691/010-_paulinho_1.docx</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadão Araguaiense Sr. Thiago Jose de Lirio Leite.</t>
+  </si>
+  <si>
+    <t>2686</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2686/011-_clodoaldo.docx</t>
+  </si>
+  <si>
+    <t>Concede título de cidadão Araguaiense ao Sr. RODRIGO VAZ ITACARAMBI</t>
+  </si>
+  <si>
+    <t>2702</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2702/012-_titulo_cidadao_toninho_pintor.docx</t>
+  </si>
+  <si>
+    <t>“Concede título de cidadão Araguaiense ao Senhor ANTONIO DE PÁDUA TEIXEIRA”</t>
+  </si>
+  <si>
+    <t>2745</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2745/newimage_dec_09_2025_16_04_59_676__3_1.pdf</t>
+  </si>
+  <si>
+    <t>Concede título de Cidadão Araguaiense ao Dr. NEY PEREIRA DE SOUSA”</t>
+  </si>
+  <si>
+    <t>2747</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2747/newimage_dec_09_2025_16_04_59_676__2_1.pdf</t>
+  </si>
+  <si>
+    <t>“Concede título de Cidadão Araguaiense ao Sra. KARLA CRISTINA COELHO”</t>
+  </si>
+  <si>
+    <t>2744</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2744/42a_sessao_ordinaria.pdf</t>
+  </si>
+  <si>
+    <t>“Concede Título de Cidadão Araguaiense ao Sr. Sebastião José Nogueira”</t>
+  </si>
+  <si>
+    <t>2764</t>
+  </si>
+  <si>
+    <t>CFOF - Comissão de Finanças, Orçamento e Fiscalização</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2764/015-_projeto_de_decreto_legislativo_contas_de_governo_2024.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre as Contas Anuais de Governo da Prefeitura Municipal de Alto Araguaia-MT, relativas ao exercício financeiro de 2024.”</t>
+  </si>
+  <si>
+    <t>2769</t>
+  </si>
+  <si>
+    <t>Marcos Nunes, Bruno Peron</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2769/017_-_titulo_cidadao_-_max_russi.docx</t>
+  </si>
+  <si>
+    <t>“Concede Título de Cidadão Araguaiense ao DEPUTADO ESTADUAL MAX JOEL RUSSI”.</t>
+  </si>
+  <si>
     <t>2428</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2428/projeto.de.lei.complementar.001_ass.pdf</t>
   </si>
   <si>
     <t>Institui o Novo Código Tributário do Município de Alto Araguaia – MT e dá outras providências.</t>
   </si>
   <si>
+    <t>2660</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2660/projeto_de_lei_complementar.002_1_ass1.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a reestruturação do Regime Próprio de Previdência Social do Município de Alto Araguaia - MT.</t>
+  </si>
+  <si>
+    <t>2710</t>
+  </si>
+  <si>
+    <t>PELO</t>
+  </si>
+  <si>
+    <t>Proposta de Emenda a Lei Orgânica</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2710/newimage_dec_09_2025_16_04_59_676__5-paginas-excluidas.pdf</t>
+  </si>
+  <si>
+    <t>Altera o artigo 64 da Lei Orgânica do Município de Alto Araguaia-MT.</t>
+  </si>
+  <si>
     <t>2345</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>CLJR - Comissão da Legislação, Justiça e Redação Final</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2345/emenda_ao_pl_015_do_executivo_-_plantoes.docx</t>
   </si>
   <si>
     <t>Emenda Modificativa e aditiva ao Projeto de Lei de nº 015/2025, de autoria do Executivo, que “Regulamenta o regime de plantão das Farmácias e Drogarias no âmbito do município de Alto Araguaia - MT.</t>
   </si>
   <si>
     <t>2342</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2342/emenda_aditiva_do_projeto_de_lei_n_006-2025.docx</t>
   </si>
   <si>
     <t>Adiciona-se parágrafo único ao Projeto de Lei nº 006, de 24 de Março de 2025, que dispõe sobre o pagamento de débitos públicos, taxas, tarifas e demais despesas por meio de cartão de débito, crédito e pix.</t>
@@ -2996,50 +3762,95 @@
     <t>Aditiva o texto do PLC 001/2025 que institui o novo Código Tributário Municipal de Alto Araguaia – MT.</t>
   </si>
   <si>
     <t>2549</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2549/emenda_12.pdf</t>
   </si>
   <si>
     <t>2568</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2568/emenda_13.pdf</t>
   </si>
   <si>
     <t>Modifica o texto do PLC 001/2025 que institui o novo Código Tributário Municipal de Alto Araguaia – MT.</t>
   </si>
   <si>
     <t>2569</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2569/emenda_14.pdf</t>
   </si>
   <si>
     <t>Modifica o anexo XIII, do PLC 001/2025 que institui o novo Código Tributário Municipal de Alto Araguaia – MT.</t>
+  </si>
+  <si>
+    <t>2711</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2711/emenda_plo_023.docx</t>
+  </si>
+  <si>
+    <t>EMENDA MODIFICATIVA E SUPRESSIVA Nº 015 AO PROJETO DE LEI Nº 023, DE 15 DE OUTUBRO DE 2025. Modifica o Art. 3º e o Art. 10º e suprime o Art. 4º e Art. 9º do Projeto de Lei Nº 023 de origem do Poder Legislativo.</t>
+  </si>
+  <si>
+    <t>2712</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2712/emenda_plo_024.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA MODIFICATIVA Nº 016 AO PROJETO DE LEI Nº 024, DE 23 DE OUTUBRO DE 2025. Modifica o Art. 2º Inciso II, suprimindo o Inciso III do mesmo artigo e ainda modifica o Art. 6º º do Projeto de Lei Nº 024 de origem do Poder Legislativo.</t>
+  </si>
+  <si>
+    <t>2753</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2753/digitalizacao_43-paginas-1-5.pdf</t>
+  </si>
+  <si>
+    <t>Os Vereadores signatários, em cumprimento às atribuições conferidas pelo art. 256, § 2º, do Regimento Interno propõem a Emenda Impositiva Modificativa Nº 01 ao Projeto de Lei nº 041, de 29 de agosto de 2025, de autoria do Poder Executivo.</t>
+  </si>
+  <si>
+    <t>2754</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2754/emenda_2.pdf</t>
+  </si>
+  <si>
+    <t>Os Vereadores signatários, em cumprimento às atribuições conferidas pelo art. 256, § 2º, do Regimento Interno propõem a Emenda Modificativa Nº 02/2025 ao Projeto de Lei nº 041, de 29 de agosto de 2025, de autoria do Poder Executivo.</t>
+  </si>
+  <si>
+    <t>2755</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2755/emenda_3.pdf</t>
+  </si>
+  <si>
+    <t>Os Vereadores signatários, em cumprimento às atribuições conferidas pelo art. 256, § 2º, do Regimento Interno propõem a Emenda Modificativa Nº 03 ao Projeto de Lei nº 041, de 29 de agosto de 2025, de autoria do Poder Executivo.</t>
   </si>
   <si>
     <t>2471</t>
   </si>
   <si>
     <t>VT</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2471/veto001-2025..pdf</t>
   </si>
   <si>
     <t>Veto ao Projeto de Lei do Legislativo nº 012/2025</t>
   </si>
   <si>
     <t>2472</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2472/veto002-2025..pdf</t>
   </si>
   <si>
     <t>Veto Integral ao Projeto de Lei do Legislativo nº 015/2025</t>
   </si>
@@ -3221,78 +4032,228 @@
   <si>
     <t>Homenagem à Sra. Juçania dos Santos Bastos, por sua valiosa contribuição ao município de Alto Araguaia</t>
   </si>
   <si>
     <t>2450</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2450/mocao_de_apl._013.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao trabalho desenvolvido pela Jussara dos Santos Bastos.</t>
   </si>
   <si>
     <t>2482</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2482/mocao_014.pdf</t>
   </si>
   <si>
     <t>“Moção de Congratulações e Aplausos ao Sr. Jerônimo Marques Bispo”</t>
   </si>
   <si>
     <t>2486</t>
   </si>
   <si>
-    <t>Marcos Nunes, Bruno Peron</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2486/mocao_apl._015.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS aos 50 anos da Augusta e Respeitável Loja Maçônica União do Araguaia nº 13.</t>
   </si>
   <si>
     <t>2524</t>
   </si>
   <si>
     <t>Adão da Madeireira, Bruno Peron, Clodoaldo, Marcos Nunes, Paulinho, Polleyka Fraga, Regis Oliveira, Renato Lopes, Ricardo Barbosa</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2524/mocao_16.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao senhor Gilvane da Silva pelos seus serviços prestados na gestão do Hospital Municipal de Alto Araguaia.</t>
   </si>
   <si>
     <t>2590</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2590/mocao_apl_17.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS a senhora LILIAN PEREIRA CARRIJO pelos seus serviços prestados na educação de Alto Araguaia-MT.</t>
+  </si>
+  <si>
+    <t>2640</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2640/mocao_de_congradulacoes_e_aplausos_017.docx</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao trabalho desenvolvido pelo Sr. Luzimar Inocêncio da Costa.</t>
+  </si>
+  <si>
+    <t>2644</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2644/018_-_mocao_de_aplausos_rejane.doc</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS a senhora REJANE DE SOUZA MACHADO pelos seus serviços prestados na saúde do município de Alto Araguaia-MT.</t>
+  </si>
+  <si>
+    <t>2646</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2646/mocao_de_apl_20.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS a senhora Vágna Silva de Matos pelos seus serviços prestados na Educação do município de Alto Araguaia.</t>
+  </si>
+  <si>
+    <t>2659</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2659/mocao_apl._021.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos e Congratulações a Senhora Manoela Nunes de Souza”. Em reconhecimento a sua trajetória de valor, diante da entrada em seu processo de aposentadoria junto a PREVIMAR – Fundo Municipal de Previdência dos Servidores de Alto Araguaia.</t>
+  </si>
+  <si>
+    <t>2673</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2673/mocao_022.pdf</t>
+  </si>
+  <si>
+    <t>“Moção de Congratulações e Aplausos ao Sr. Eleomar Alexandre de Souza”</t>
+  </si>
+  <si>
+    <t>2674</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2674/mocao_023.pdf</t>
+  </si>
+  <si>
+    <t>“Moção de Congratulações e Aplausos à Sra. Patrícia Verediana Rezende Paniago”</t>
+  </si>
+  <si>
+    <t>2681</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2681/mocao_apl_24.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulações e Aplausos à Sra. Nelci Andrea dos Santos Andreotti, em reconhecimento à sua exemplar trajetória profissional como advogada, ao seu compromisso com a justiça social e à sua dedicação em prol das causas humanitárias e comunitárias no município de Alto Araguaia.</t>
+  </si>
+  <si>
+    <t>2682</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2682/mocao_de_apl_25.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulações e Aplausos à Sra. Raquel Borges Alves, em reconhecimento à sua trajetória de mais de 34 anos dedicados à evangelização infantil, à solidariedade e às ações sociais em prol das comunidades de Alto Araguaia e Santa Rita do Araguaia, pautada pela fé, amor ao próximo e compromisso com o bem comum.</t>
+  </si>
+  <si>
+    <t>2685</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2685/mocao_de_apl_26.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulações e Aplausos ao Sr. Fábio Júnior Pereira Silva, em reconhecimento à sua relevante contribuição para o desenvolvimento do município de Alto Araguaia, por meio de seu engajamento comunitário, conquistas de recursos públicos, exemplo de superação pessoal e dedicação ao bem comum.</t>
+  </si>
+  <si>
+    <t>2687</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2687/mocao_de_apl_27.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos e Congratulações ao Sra. Dila Fernandes .</t>
+  </si>
+  <si>
+    <t>2689</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2689/mocao_de_apl_28.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos e Congratulações ao Sr. Adriano Barbosa Cardoso.</t>
+  </si>
+  <si>
+    <t>2690</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2690/mocao_apl_029.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos e Congratulações ao Sr. Carlos Henrique Rezende Carvalho.</t>
+  </si>
+  <si>
+    <t>2692</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2692/mocao_apl_30.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos e Congratulações ao Sr. Idelfonso Alves de Oliveira.</t>
+  </si>
+  <si>
+    <t>2693</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2693/mocao_apl_031.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos e Congratulações ao Sr. José Carlos Barbosa Junior (Junior Barbosa).</t>
+  </si>
+  <si>
+    <t>2694</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2694/mocao_apl_032.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao servidor público RODRIGO MANZALE DE MACEDO pelos seus serviços prestados.</t>
+  </si>
+  <si>
+    <t>2695</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2695/mocao_apl_33.pdf</t>
+  </si>
+  <si>
+    <t>“Moção de Congratulações e Aplausos à Sra. Ana Paula Oliveira”</t>
+  </si>
+  <si>
+    <t>2696</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2696/mocao_apl_34.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulações e Aplausos José de Oliveira Lopes.</t>
   </si>
   <si>
     <t>2210</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>Resposta às Proposições, Oficio</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2210/9.pdf</t>
   </si>
   <si>
     <t>Indicação nº. 007/2025 de um veículo para uso exclusivo da Vigilância Sanitária.</t>
   </si>
   <si>
     <t>2212</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2212/10.pdf</t>
   </si>
   <si>
     <t>Resposta a Indicação nº. 006/2025 instalação de internet Starlink nos veículos do poder _x000D_
 executivo que prestam serviços na zona rural.</t>
@@ -3708,288 +4669,435 @@
   </si>
   <si>
     <t>2399</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2399/carta_no_1019-2025-mt100_-_prefeitura_alto_taquari_-_indicacao_15_r01.pdf</t>
   </si>
   <si>
     <t>Carta N° 1019/2025-mt100 _x000D_
 Assunto: Resposta a Indicação n° 015/2025 - Solicitação de Isenção</t>
   </si>
   <si>
     <t>2400</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2400/carta_no_1020-2025-mt100_-_prefeitura_alto_taquari_-_indicacao_41.pdf</t>
   </si>
   <si>
     <t>Carta N° 1020/2025 - MT-100 _x000D_
 Assunto: Resposta a Indicação n° 041/2025 - Solicitação de Isenção.</t>
   </si>
   <si>
     <t>2401</t>
   </si>
   <si>
-    <t>134</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2401/carta_no_1021-2025-mt100_-_prefeitura_alto_taquari_-_indicacao_40.pdf</t>
   </si>
   <si>
     <t>Carta N° 1021/2025-mt100 _x000D_
 Assunto: Resposta a Indicação n° 040/2025 - Solicitação de Implantação de Ciclovia.</t>
   </si>
   <si>
     <t>2438</t>
   </si>
   <si>
-    <t>135</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2438/estado_de_mato_grosso_1_-_convertido.pdf</t>
   </si>
   <si>
     <t>Oficio nº 204/202025 Resposta a Indicação n° 040/2025</t>
   </si>
   <si>
     <t>2468</t>
   </si>
   <si>
-    <t>136</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2468/ofiio_184.pdf</t>
   </si>
   <si>
     <t>Oficio n° 184/2025. Resposta ao Oficio n° 008/2025.</t>
   </si>
   <si>
     <t>2525</t>
   </si>
   <si>
-    <t>137</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2525/307_resposta_req_221.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento nº 22/2025</t>
   </si>
   <si>
     <t>2527</t>
   </si>
   <si>
-    <t>138</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2527/requerimento_011_e_012_-_indicacao_28.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento nº 11 e 12 e indicação n° 028</t>
   </si>
   <si>
     <t>2528</t>
   </si>
   <si>
-    <t>139</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2528/indicacao_48_e_52.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento nº 048 e 052.</t>
   </si>
   <si>
     <t>2529</t>
   </si>
   <si>
-    <t>140</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2529/indicacao_42.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento nº 042/2025.</t>
   </si>
   <si>
     <t>2531</t>
   </si>
   <si>
-    <t>142</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2531/indicacao_53.pdf</t>
   </si>
   <si>
     <t>Resposta ao Indicação nº 053/2025</t>
   </si>
   <si>
     <t>2532</t>
   </si>
   <si>
-    <t>143</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2532/indicacao_93_e_17.pdf</t>
   </si>
   <si>
     <t>Resposta ao Indicação 093/2025 e 017/2025.</t>
   </si>
   <si>
     <t>2533</t>
   </si>
   <si>
-    <t>144</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2533/indicacao_97_e_100.pdf</t>
   </si>
   <si>
     <t>Resposta as Indicações 097 e 100/2025.</t>
   </si>
   <si>
     <t>2534</t>
   </si>
   <si>
-    <t>145</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2534/requerimento_07_-_indicacao_23.pdf</t>
   </si>
   <si>
     <t>Resposta a Indicação 023 e requerimento 007/2025.</t>
   </si>
   <si>
     <t>2550</t>
   </si>
   <si>
-    <t>146</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2550/oficio.300_ass.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento 021</t>
   </si>
   <si>
     <t>2551</t>
   </si>
   <si>
-    <t>147</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2551/oficio.302_ass.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento nº 027/2025</t>
   </si>
   <si>
     <t>2552</t>
   </si>
   <si>
-    <t>148</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2552/oficio.301_ass.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento 024</t>
   </si>
   <si>
     <t>2553</t>
   </si>
   <si>
-    <t>149</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2553/oficio.303_ass.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento 028</t>
   </si>
   <si>
     <t>2555</t>
   </si>
   <si>
-    <t>150</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2555/oficio.311.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento nº 018/2025</t>
   </si>
   <si>
     <t>2556</t>
   </si>
   <si>
-    <t>151</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2556/oficio.310.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento nº 025/2025</t>
   </si>
   <si>
     <t>2586</t>
   </si>
   <si>
-    <t>152</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2586/oficio_polleyka.pdf</t>
   </si>
   <si>
     <t>Ofício n° 0263/2025 - Resposta ao Ofício n° 028/2025. de autoria de Polleyka Fraga.</t>
   </si>
   <si>
     <t>2608</t>
   </si>
   <si>
-    <t>153</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2608/oficio.361.req-43_resposta_consultas_martha_maia_-_sms1.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento nº 043/2025</t>
   </si>
   <si>
     <t>2609</t>
   </si>
   <si>
-    <t>154</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2609/oficiooo.pdf</t>
   </si>
   <si>
     <t>Resposta ao Ofício  nº 188/2025/CMAA.</t>
   </si>
   <si>
+    <t>2612</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2612/oficio.356.pdf</t>
+  </si>
+  <si>
+    <t>Resposta ao Requerimento nº 029/2025</t>
+  </si>
+  <si>
+    <t>2613</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2613/oficio.357.pdf</t>
+  </si>
+  <si>
+    <t>Resposta ao Requerimento nº 040/2025</t>
+  </si>
+  <si>
+    <t>2614</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2614/oficio.358.pdf</t>
+  </si>
+  <si>
+    <t>Resposta ao Requerimento nº 035/2025</t>
+  </si>
+  <si>
+    <t>2615</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2615/oficio.359.pdf</t>
+  </si>
+  <si>
+    <t>Resposta ao Requerimento nº 038/2025</t>
+  </si>
+  <si>
+    <t>2616</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2616/oficio.360.pdf</t>
+  </si>
+  <si>
+    <t>Resposta ao Requerimento nº 031/2025</t>
+  </si>
+  <si>
+    <t>2627</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2627/oficio_48_resposta.pdf</t>
+  </si>
+  <si>
+    <t>Resposta a Indicação Nº107/2025.</t>
+  </si>
+  <si>
+    <t>2637</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2637/oficio_276.pdf</t>
+  </si>
+  <si>
+    <t>Ofício n° 276/2025. Resposta aao ofício n° 198/2025.</t>
+  </si>
+  <si>
+    <t>2662</t>
+  </si>
+  <si>
+    <t>Oficio n° 209/2025 - Resposta a indicação 131/2025</t>
+  </si>
+  <si>
+    <t>2663</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2663/rresposstasa_-_of_206.pdf</t>
+  </si>
+  <si>
+    <t>Oficio 206/2025 - Resposta a Indicação 123/2025.</t>
+  </si>
+  <si>
+    <t>2697</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2697/oficio.405.pdf</t>
+  </si>
+  <si>
+    <t>Resposta ao Requerimento nº 052/2025.</t>
+  </si>
+  <si>
+    <t>2698</t>
+  </si>
+  <si>
+    <t>165</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2698/oficio.403.pdf</t>
+  </si>
+  <si>
+    <t>Resposta ao Requerimento nº 034/2025.</t>
+  </si>
+  <si>
+    <t>2699</t>
+  </si>
+  <si>
+    <t>166</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2699/oficio.53_-_martha_req_42..pdf</t>
+  </si>
+  <si>
+    <t>Resposta ao Requerimento 042/2025</t>
+  </si>
+  <si>
+    <t>2700</t>
+  </si>
+  <si>
+    <t>167</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2700/oficio_370-_fabiano_req_46.pdf</t>
+  </si>
+  <si>
+    <t>Resposta ao Requerimento nº 046/2025</t>
+  </si>
+  <si>
+    <t>2701</t>
+  </si>
+  <si>
+    <t>168</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2701/oficio.406.pdf</t>
+  </si>
+  <si>
+    <t>Resposta ao Requerimento nº 036/2025</t>
+  </si>
+  <si>
+    <t>2708</t>
+  </si>
+  <si>
+    <t>413</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2708/oficio.413.pdf</t>
+  </si>
+  <si>
+    <t>Resposta ao Requerimento nº 055/2025</t>
+  </si>
+  <si>
+    <t>2736</t>
+  </si>
+  <si>
+    <t>414</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2736/oficio_238.pdf</t>
+  </si>
+  <si>
+    <t>Resposta a indicação nº147/2025</t>
+  </si>
+  <si>
+    <t>2746</t>
+  </si>
+  <si>
+    <t>441</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2746/oficio.441.pdf</t>
+  </si>
+  <si>
+    <t>Resposta ao Requerimento nº 057/2025</t>
+  </si>
+  <si>
+    <t>2751</t>
+  </si>
+  <si>
+    <t>442</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2751/ofico_63.pdf</t>
+  </si>
+  <si>
+    <t>esposta a indicação nº149/2025</t>
+  </si>
+  <si>
+    <t>2752</t>
+  </si>
+  <si>
+    <t>443</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2752/oficio_064.pdf</t>
+  </si>
+  <si>
+    <t>esposta a indicação nº153/2025</t>
+  </si>
+  <si>
+    <t>2781</t>
+  </si>
+  <si>
+    <t>493</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2781/oficio.493_1.pdf</t>
+  </si>
+  <si>
+    <t>Resposta à  Indicação nº 161/2025</t>
+  </si>
+  <si>
     <t>2340</t>
   </si>
   <si>
     <t>PCESA</t>
   </si>
   <si>
     <t>Parecer Comissão Educação Saúde Assistência Social</t>
   </si>
   <si>
     <t>CESAS - Comissão de Educação, Saúde e Assistência Social</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2340/projeto_de_decreto_001.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Decreto n° 001, de 02 de abril de 2025.</t>
   </si>
   <si>
     <t>2354</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2354/pl_02_-_comissao_de_educacao.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Decreto n° 002 e 003/2025.</t>
@@ -4096,62 +5204,131 @@
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2434/parecer_educa_25.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de lei do Executivo n° 025/2025.</t>
   </si>
   <si>
     <t>2473</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2473/parecer_-_pl_016_-_edu.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de lei do Executivo n° 016/2025.</t>
   </si>
   <si>
     <t>2559</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2559/parecer_39_edu.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei Municipal n° 039/2025.</t>
   </si>
   <si>
+    <t>2649</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2649/parecer_educacao_018.pdf</t>
+  </si>
+  <si>
+    <t>Parecer ao Projeto de Lei Legislativo n°018/2025.</t>
+  </si>
+  <si>
+    <t>2650</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2650/parecer_43_educacao.pdf</t>
+  </si>
+  <si>
+    <t>Parecer ao Projeto de Lei do  Executivo n° 043/2025.</t>
+  </si>
+  <si>
+    <t>2651</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2651/parecer_44_educacao.pdf</t>
+  </si>
+  <si>
+    <t>Parecer ao Projeto de Lei Do Executivo n° 044/2025.</t>
+  </si>
+  <si>
+    <t>2672</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2672/parecer_educacao_23_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>Parecer ao Projeto de Lei Municipal do Legislativo n° 023/2025.</t>
+  </si>
+  <si>
+    <t>2725</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2725/parecer-3.pdf</t>
+  </si>
+  <si>
+    <t>Parecer ao Projeto de Lei Do Executivo n° 50/2025.</t>
+  </si>
+  <si>
+    <t>2726</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2726/parecer_educacao_projeto_53.pdf</t>
+  </si>
+  <si>
+    <t>Parecer ao Projeto de Lei Do Executivo n° 053/2025.</t>
+  </si>
+  <si>
+    <t>2727</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2727/_parecer-5.pdf</t>
+  </si>
+  <si>
+    <t>Parecer ao Projeto de Lei Do Executivo n° 054/2025.</t>
+  </si>
+  <si>
+    <t>2728</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2728/parecer-6.pdf</t>
+  </si>
+  <si>
+    <t>Parecer ao Projeto de Lei Complementar n° 02/2025.</t>
+  </si>
+  <si>
     <t>2267</t>
   </si>
   <si>
     <t>PCFOF</t>
   </si>
   <si>
     <t>Parecer Comissão Finanças, Orçamento  Fiscalização</t>
   </si>
   <si>
-    <t>CFOF - Comissão de Finanças, Orçamento e Fiscalização</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2267/parecer.pdf</t>
   </si>
   <si>
     <t>Parecer Favorável das Comissões ao projeto 14</t>
   </si>
   <si>
     <t>2351</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2351/parecer_008_-_financas_2_arquivos_mesclados.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Decreto n° 008/2025.</t>
   </si>
   <si>
     <t>2378</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2378/parecer_-_financas.pdf</t>
   </si>
   <si>
     <t>Parecer de Finanças do projeto 020/2025 do executivo.</t>
   </si>
   <si>
     <t>2419</t>
@@ -4213,50 +5390,137 @@
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2538/017_-_financas.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de lei do Legislativo n° 017/2025.</t>
   </si>
   <si>
     <t>2575</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2575/parecer_emenda_no09-2025_financas.pdf</t>
   </si>
   <si>
     <t>Parecer  Técnico a Emenda Modificativa nº09/2025 ao Projeto de Lei Complementar nº001/2025.</t>
   </si>
   <si>
     <t>2576</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2576/parecer_emenda_no10-2025_financas.pdf</t>
   </si>
   <si>
     <t>Parecer  Técnico a Emenda Modificativa nº10/2025 ao Projeto de Lei Complementar nº001/2025.</t>
   </si>
   <si>
+    <t>2636</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2636/parecer_financa_022.pdf</t>
+  </si>
+  <si>
+    <t>Parecer ao Projeto de Lei Municipal do Legislativo n° 022/2025.</t>
+  </si>
+  <si>
+    <t>2666</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2666/parecer_financa_executivo_48.pdf</t>
+  </si>
+  <si>
+    <t>Parecer de Finanças do Projeto 048/2025 do Executivo.</t>
+  </si>
+  <si>
+    <t>2668</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2668/parecer_financa_executivo_49.pdf</t>
+  </si>
+  <si>
+    <t>Parecer ao Projeto de Lei Municipal do Executivo n° 049/2025.</t>
+  </si>
+  <si>
+    <t>2716</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2716/parecer_financa_018...pdf</t>
+  </si>
+  <si>
+    <t>Parecer ao Projeto de Lei Municipal do Legislativo n° 018/2025.</t>
+  </si>
+  <si>
+    <t>2729</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2729/parecer-7.pdf</t>
+  </si>
+  <si>
+    <t>Parecer ao Projeto de Lei Do Executivo n° 050/2025.</t>
+  </si>
+  <si>
+    <t>2734</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2734/parecer.pdf</t>
+  </si>
+  <si>
+    <t>2735</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2735/parecer1.pdf</t>
+  </si>
+  <si>
+    <t>Parecer ao Projeto de Lei Complementar Do Executivo n° 002/2025.</t>
+  </si>
+  <si>
+    <t>2756</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2756/parecer_41.pdf</t>
+  </si>
+  <si>
+    <t>Parecer ao projeto de Lei do Executivo nº 041/2025</t>
+  </si>
+  <si>
+    <t>2761</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2761/parecer_emendas_123.pdf</t>
+  </si>
+  <si>
+    <t>Parecer as Emendas nº 01, 02 e 03/2025</t>
+  </si>
+  <si>
+    <t>2770</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2770/parecer_juridico_-_contas_do_prefeito.pdf</t>
+  </si>
+  <si>
+    <t>Parecer Prévio nº 69/2025 – PP, com conclusão pela aprovação, com ressalvas, das Contas Anuais de Governo do exercício financeiro de 2024.</t>
+  </si>
+  <si>
     <t>2252</t>
   </si>
   <si>
     <t>PCLJR</t>
   </si>
   <si>
     <t>Parecer Comissão Legislação Justiça Redação Final</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2252/1.pdf</t>
   </si>
   <si>
     <t>Parecer das Comissões aos projetos  02 e 03</t>
   </si>
   <si>
     <t>2249</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2249/7.pdf</t>
   </si>
   <si>
     <t>Parecer Favorável ao Projeto de Lei n.°04/2025 , Autoria: Martha Maia</t>
   </si>
   <si>
     <t>2250</t>
@@ -4648,78 +5912,366 @@
   <si>
     <t>Parecer  Técnico a Emenda Modificativa nº12/2025 ao Projeto de Lei Complementar nº001/2025.</t>
   </si>
   <si>
     <t>2577</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2577/parecer_emenda_no14-2025_justica.docx</t>
   </si>
   <si>
     <t>Parecer Técnico a Emenda Modificativa nº14/2025 ao Projeto de Lei Complementar nº001/2025.</t>
   </si>
   <si>
     <t>2588</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2588/parece_do_projeito__no42_justica.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei Municipal do Executivo n° 042/2025.</t>
   </si>
   <si>
     <t>2610</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2610/parecer_45.pdf</t>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2610/pareceres-3.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei Municipal do Executivo n° 045/2025.</t>
   </si>
   <si>
     <t>2611</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2611/parecer__46.pdf</t>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2611/pareceres-5.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei Municipal do Executivo n° 046/2025.</t>
   </si>
   <si>
+    <t>2628</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2628/pareceres-1.pdf</t>
+  </si>
+  <si>
+    <t>Parecer ao Projeto de Lei Municipal do Executivo n° 044/2025.</t>
+  </si>
+  <si>
+    <t>2629</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2629/pareceres-7.pdf</t>
+  </si>
+  <si>
+    <t>Parecer ao Projeto de Lei Municipal do Legislativo n° 021/2025.</t>
+  </si>
+  <si>
+    <t>2630</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2630/pareceres-9.pdf</t>
+  </si>
+  <si>
+    <t>Parecer ao Projeto de Decreto do Legislativo  n°04/2025.</t>
+  </si>
+  <si>
+    <t>2631</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2631/pareceres-11.pdf</t>
+  </si>
+  <si>
+    <t>Parecer ao Projeto de Lei Municipal do Executivo n° 047/2025.</t>
+  </si>
+  <si>
+    <t>2632</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2632/pareceres-13.pdf</t>
+  </si>
+  <si>
+    <t>Parecer ao Projeto de Lei Municipal do Executivo n° 043/2025.</t>
+  </si>
+  <si>
+    <t>2633</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2633/pareceres-15.pdf</t>
+  </si>
+  <si>
+    <t>Parecer ao Projeto de Lei Municipal do Legislativo n° 046/2025.</t>
+  </si>
+  <si>
+    <t>2634</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2634/pareceres-17.pdf</t>
+  </si>
+  <si>
+    <t>Parecer ao Projeto de Lei Legislativo n° 019/2025.</t>
+  </si>
+  <si>
+    <t>2635</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2635/parecer_022_justica.pdf</t>
+  </si>
+  <si>
+    <t>2661</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2661/parecer_justica_05_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE DECRETO  DO LEGISLATIVO N° 05/2025.</t>
+  </si>
+  <si>
+    <t>2667</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2667/parecer_justica_049_executivo.pdf</t>
+  </si>
+  <si>
+    <t>2669</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2669/parecer_decreto_justica_8.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE DECRETO DO LEGISLATIVO N° 08/2025.</t>
+  </si>
+  <si>
+    <t>2670</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2670/parecer_justica_legislativo_24.pdf</t>
+  </si>
+  <si>
+    <t>Parecer ao Projeto de Lei Municipal do Legislativo n° 024/2025.</t>
+  </si>
+  <si>
+    <t>2671</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2671/parecer_justica_legislativo_23.pdf</t>
+  </si>
+  <si>
+    <t>2718</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2718/parecer_justica_legislativo_06_decreto.pdf</t>
+  </si>
+  <si>
+    <t>Parecer ao Projeto de Decreto do Legislativo 06/2025.</t>
+  </si>
+  <si>
+    <t>2719</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2719/parecer_011_decreto.pdf</t>
+  </si>
+  <si>
+    <t>Parecer ao Projeto de Decreto do Legislativo n°06/2025.</t>
+  </si>
+  <si>
+    <t>2720</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2720/parecer_12.pdf</t>
+  </si>
+  <si>
+    <t>Parecer ao Projeto de Decreto do Legislativo n°012/2025.</t>
+  </si>
+  <si>
+    <t>2721</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2721/parecer_48.pdf</t>
+  </si>
+  <si>
+    <t>Parecer ao Projeto do Executivo n°048/2025.</t>
+  </si>
+  <si>
+    <t>2722</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2722/parecer_51.pdf</t>
+  </si>
+  <si>
+    <t>Parecer ao Projeto de Executivo n°051/2025.</t>
+  </si>
+  <si>
+    <t>2723</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2723/parecer_justica_projeto_52.pdf</t>
+  </si>
+  <si>
+    <t>Parecer ao Projeto de Executivo n°052/2025.</t>
+  </si>
+  <si>
+    <t>2730</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2730/parecer-9.pdf</t>
+  </si>
+  <si>
+    <t>2731</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2731/parecer_10.pdf</t>
+  </si>
+  <si>
+    <t>2732</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2732/parecer_justica_projeto_53.pdf</t>
+  </si>
+  <si>
+    <t>2733</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2733/parecer-12.pdf</t>
+  </si>
+  <si>
+    <t>2750</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2750/parecercomissaojustica.pdf</t>
+  </si>
+  <si>
+    <t>Parecer a Proposta de Emenda a Lei Orgânica 01/2025</t>
+  </si>
+  <si>
+    <t>2757</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2757/parecer_2-1.pdf</t>
+  </si>
+  <si>
+    <t>Parecer ao projeto de lei do Legislativo nº025/2025</t>
+  </si>
+  <si>
+    <t>2758</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2758/parecer_2-2.pdf</t>
+  </si>
+  <si>
+    <t>Parecer ao projeto de Decreto do Legislativo nº013/2025</t>
+  </si>
+  <si>
+    <t>2759</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2759/parecer_2-3.pdf</t>
+  </si>
+  <si>
+    <t>Parecer ao projeto de Decreto do Legislativo nº014/2025</t>
+  </si>
+  <si>
+    <t>2760</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2760/parecer_2-4.pdf</t>
+  </si>
+  <si>
+    <t>Parecer ao projeto de Decreto do Legislativo nº015/2025</t>
+  </si>
+  <si>
+    <t>2772</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2772/055_-_comissao_de_justica.pdf</t>
+  </si>
+  <si>
+    <t>Parecer ao Projeto de Lei do Executivo 55/2025</t>
+  </si>
+  <si>
+    <t>2774</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2774/017_-_comissao_de__justica.pdf</t>
+  </si>
+  <si>
+    <t>Parecer ao Projeto do Legislativo 17/2025</t>
+  </si>
+  <si>
+    <t>2775</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2775/056_-_comissao_de_justica.pdf</t>
+  </si>
+  <si>
+    <t>Parecer ao Projeto de Lei do Executivo 56/2025</t>
+  </si>
+  <si>
     <t>2536</t>
   </si>
   <si>
     <t>PCOSP</t>
   </si>
   <si>
     <t>Parecer Comissão de Obras, Serviços Públicos, Agro</t>
   </si>
   <si>
     <t>COSPADRC - Comissão de Obras, Serviços Públicos, Agroindústria, Desenvolvimento Rural, Comércio e Turismo,</t>
   </si>
   <si>
     <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2536/parecer_034_-obras.pdf</t>
+  </si>
+  <si>
+    <t>2773</t>
+  </si>
+  <si>
+    <t>2776</t>
+  </si>
+  <si>
+    <t>O</t>
+  </si>
+  <si>
+    <t>Outros</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2776/relatorio_projeto_de_decreto_do_legislativo_16-2025.pdf</t>
+  </si>
+  <si>
+    <t>Relatório e Justificativa do Voto ao Projeto de Decreto do Legislativo 016/2025</t>
+  </si>
+  <si>
+    <t>2779</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2779/newimage_dec_09_2025_16_04_59_676__6-paginas-excluidas.pdf</t>
+  </si>
+  <si>
+    <t>2780</t>
+  </si>
+  <si>
+    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2780/documento_sem_ta_tulo_5.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -5023,56 +6575,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2151/marcos_nunes_-_indicacao_troca_de_lampadas.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2150/001_-_marcos.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2154/002_-_marcos_2.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2161/003_-_regis.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2171/indicacao_n_004.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2163/indicacao_n_005.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2175/indicacao_n_006.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2167/indicacao_n_007.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2180/indicacao_8.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2181/indicacao_9.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2179/indicacao_10.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2182/indicacao_11.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2183/indicacao_12.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2184/indicacao_13.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2185/indicacao_14.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2187/indicacao_15.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2190/indicacao_16.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2191/indicacao_17.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2192/indicacao_18.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2195/19.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2196/indicacao_20.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2197/21.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2199/22.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2201/indicacao_23.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2202/indicacao_24.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2207/indicacao_25.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2211/indicacao_26.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2214/indicacao_27.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2218/indicacao_28.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2219/indicacao_29.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2220/indicacao_30.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2221/indicacao_31.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2222/indicacao_32.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2223/indicacao_33.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2227/indicacao_34.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2232/035_-_polleyka.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2233/036_-_polleyka.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2234/037_-_fabiano.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2235/038_-_fabiano.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2236/039_-_renato.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2237/040_-_adao.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2243/indicacao_041.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2245/indicacao_42.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2246/indicacao_43.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2253/indicacao_44.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2254/indicacao_45.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2255/indicacao_46.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2262/indicacao_47.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2272/indicacao_48.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2273/indicacao_49.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2274/indicacao_50.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2275/indicacao_51.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2276/indicacao_52.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2280/053_-_martha.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2281/054.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2283/055_-_fabiano.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2284/056_-_fabiano.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2287/057_-_polleyka.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2289/058_-_burno.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2301/ind_59.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2302/ind_60.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2344/ind_61.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2374/ind_62.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2376/ind_63.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2377/ind_64.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2386/ind_65.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2384/ind_66.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2382/067_-_renato.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2385/ind_68.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2389/ind_69.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2390/ind_70.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2391/ind_71.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2393/ind_72.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2395/ind_73.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2397/ind_74.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2398/ind_75.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2402/ind_76.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2405/ind_77.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2409/ind_78.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2411/ind_79.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2422/ind_80.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2431/ind_81.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2447/ind_82.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2443/ind_83.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2442/ind_84.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2457/ind_85.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2458/ind_86.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2462/ind_87.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2461/ind_88.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2460/ind_89.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2464/ind_90.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2479/ind_91.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2478/ind_92.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2483/ind_093.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2484/ind_94.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2493/ind_95.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2492/ind_96.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2491/ind_98.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2489/ind_98.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2490/ind_99.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2488/ind_100.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2501/ind_101.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2503/ind_102.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2504/ind_103.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2505/nd_104.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2506/ind_105.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2512/ind_106.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2517/ind_107.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2518/ind_108.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2519/ind_109.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2526/ind_110.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2539/ind_111.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2541/ind_112.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2542/ind_113.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2544/ind_114.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2547/ind_115.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2546/ind_116.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2554/ind_117.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2561/ind_118.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2562/ind_119.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2563/ind_120.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2565/ind_121.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2578/ind_122.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2579/ind_123.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2580/ind_124.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2581/ind_125.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2584/ind_126.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2585/ind_127.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2587/ind_128.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2589/ind_129.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2593/indicacao_130-2025.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2594/indicacao_no_131_-_laura_-_construcao_cobertura_lar_dos_idosos.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2597/indicacao_132.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2598/indicacao_133.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2160/001_-_requerimento_martha.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2172/requerimento_n_002.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2170/requerimento_n_003.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2166/requerimento_n_004.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2169/requerimento_n_005.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2178/requerimento_6.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2198/requerimento_7.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2200/requerimento_8.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2204/requerimento_9.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2205/requerimento_10.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2208/requerimento_11.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2209/requerimento_12.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2224/requerimento_13.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2229/014_-_martha.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2230/015_-_martha.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2244/016_-_martha.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2263/requerimento_17_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2300/req_18.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2343/req_19.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2361/req_20.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2375/req_21.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2387/req_22.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2388/req_23.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2396/requerimento_n024_-_2025_-_regis_oliveira__informacoes_alinhamento_de_fios.docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2413/req_25.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2424/req_26.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2459/req_27.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2480/req_028.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2481/req_29.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2485/req_30.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2494/req_31.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2498/req_32.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2499/req_033.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2500/req_034.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2502/req_035.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2507/req_036.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2508/req_037.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2509/req_038.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2516/req_39.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2520/req_40.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2540/044-_mesa.docx" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2543/req_42.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2564/req_43.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2567/req_44.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2582/req_45.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2595/requerimento_no_046-2025_-_fabiano_do_gas.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2599/047_-_requerimento_-_escola_adalcy_ver._marcos_nunes.docx" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2601/requerimento.docx" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2602/049-_paulinho.docx" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2139/of082.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2140/projeto_de_lei_02.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2141/projeto_de_lei_03.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2142/projeto_de_lei_04.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2143/projeto_de_lei_005.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2144/projeto_de_lei_006.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2162/projeto_de_lei_007.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2188/projeto_08_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2189/projeto_09_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2193/projeto_10_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2194/projeto_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2206/projeto_-_convertido_1.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2242/projeto_de_lei.013_ass.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2238/projeto_de_lei.014_ass.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2239/projeto_de_lei.015_ass.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2240/projeto_de_lei.016_ass.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2241/projeto_de_lei.017_ass.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2256/projeto_de_lei.018_ass.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2257/projeto_de_lei.019_ass.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2258/projeto_de_lei.020_ass.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2403/projeto_de_lei.021.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2414/projeto_de_lei.022_2.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2404/projeto_de_lei.022.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2415/projeto_de_lei.024.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2425/projeto_de_lei.025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2426/projeto_de_lei.026_ass_1.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2427/projeto_de_lei.027.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2433/projeto_de_lei.028_1.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2451/projeto_de_lei.029_ass.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2452/projeto_de_lei.030_ass.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2466/projeto_de_lei.031.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2467/projeto_de_lei.032.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2495/projeto_de_lei.034_ass_1.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2496/projeto_de_lei.035_ass_2.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2510/projeto_de_lei.036.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2511/projeto_de_lei.37.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2523/projeto_de_lei.38.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2522/projeto_de_lei.39.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2521/projeto_de_lei.040..pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2545/projeto_de_lei.041.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2566/projeto_de_lei.42.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2606/projeto_de_lei.43.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2607/projeto_de_lei.44.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2604/projeto_de_lei.45.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2605/projeto_de_lei.46.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2147/001.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2155/002.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2156/003.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2186/004.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2203/005.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2260/projeto_decreto_06_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2261/projeto07_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2264/projeto08_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2279/projeto09_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2341/projeto_10_l.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2383/projeto_de_lei_011-2025_-_alinhamentos_de_fios.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2394/projeto_de_012-2025_corrigindo_-_altera_dispostivos_da_lei_de_alinhamentos_de_fios.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2406/pl_013_-_marcos_nunes_-_altera_lei_aluno_nota_10.docx" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2407/projeto_de_lei_do_legislativo_no014-2025.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2423/projeto_de_015-2025_-_priorizando_epp_e_me.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2444/projeto_de_lei_do_legislativo_no_015_-_2025_-_utilidade_publica_-aaf.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2446/projeto_de_lei_-_agua_saudavel1.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2583/projeto_de_018-2025_-_institui_politicas_publicas_em_defesa_das_mulheres.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2591/projeto_de_lei_018_-_regis_oliveira_sayo.docx" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2592/projeto_de_lei_rotary.docx" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2596/projeto_de_lei_020-2025.docx" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2146/1.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2145/2.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2285/titulo_01-2025-1-4_1.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2360/projeto_de_decreto_legislativo_no_002-2025__-.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2463/titulo_de_cidadao_03_025.docx" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2600/004-_titulo_cidadao_tatiana_-_marcos_nunes.docx" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2428/projeto.de.lei.complementar.001_ass.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2345/emenda_ao_pl_015_do_executivo_-_plantoes.docx" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2342/emenda_aditiva_do_projeto_de_lei_n_006-2025.docx" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2226/emenda_modificativa_005-2025_-_ao_projeto_de_lei_012-2025.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2149/emenda_4_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2148/substitutiva_da_emenda_1_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2465/emenda_modificativa_ldo.docx" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2513/emenda_008.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2514/emenda_009.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2515/emenda_10.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2548/emenda_011.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2549/emenda_12.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2568/emenda_13.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2569/emenda_14.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2471/veto001-2025..pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2472/veto002-2025..pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2159/mocao_de_apoio_01_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2176/mocao_002_polleyka.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2290/003_-_polleyka.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2291/004_-_polleyka.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2299/005_-_bruno.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2448/mocao_apoio_06.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2157/001-_mocao_de_aplauso.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2228/mocao_de_aplausos_03.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2259/mocao_de_aplausos_04.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2286/mocao_de_aplausos_05.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2288/mocao_de_aplauso_006.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2358/mocao.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2412/mocao_de_congratulacao_e_aplausos_n_009.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2408/008_-_paulinho_e_marcos.docx" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2441/mocao_apl._010.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2445/mocao_apl._011.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2449/mocao_de_apl._012.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2450/mocao_de_apl._013.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2482/mocao_014.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2486/mocao_apl._015.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2524/mocao_16.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2590/mocao_apl_17.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2210/9.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2212/10.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2213/11.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2215/12.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2217/13.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2231/estado_de_mato_grosso_2.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2440/oficio.083_ass.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2266/scanner_20250325_4.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2265/scanner_20250325_6.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2268/estado_de_mato_grosso_3_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2303/oficio.106_-_ind._046_-reforma_asfalto_mt-299_ass.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2304/oficio_107.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2305/oficio.108_-_ind._045_-reforma_ponto_de_omibus_r._21_ass.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2306/oficio.109_-_ind._044_-limpeza_de_terreno_baldio_ass.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2307/oficio.110_-_req._009_-dnit_drenagem_de_agua_j._n._araguaia_ass.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2308/oficio.111_-_ind._019_-refeitorio_escola_lourenca_ass.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2313/oficio.115_-_ind._020_-reforma_ginasio_esportes_ass.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2314/oficio.116_-_ind._034_-reajustes_diarias_ass.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2315/oficio.117_-_ind._021_-solicita_quebra_mola_mt-100_ass.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2316/oficio.118_-_ind._022_-capela_mortuaria_ass.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2317/oficio.119_-_ind._028_-tecnologia_aedes_do_bem_ass.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2318/oficio.120_-_ind._040_-ciclovia_saida_p._taquari_ass_1_1.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2319/oficio.121_-_ind._035_-bracos_de_iluminacao_em_postes_ass.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2320/oficio.122_-_ind._036_-isencao_de_alvara_apae_e_asilo_ass.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2321/oficio.123_-_ind._033_-estacionamentos_para_motocicletas_ass.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2322/oficio.124_-_ind._029_-ver_condicoes_r._joao_ii_ass.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2323/oficio.125_-_ind._025_-canalizacao_agua_de_chuva_setor_castro_ass.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2325/oficio.126_-_ind._027_-rede_de_energia_bairros_ass.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2326/oficio.137_-_ind._053_-impressora_de_raio_x_ass.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2327/oficio.138_-_ind._047_-manutencao_quadra_j.n._araguaia_ass.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2328/oficio.139_-_ind._054_-grupo_so_p._limpeza_publica_ass.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2329/oficio.140_-_ind._049_-mt_iluminado_ass.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2330/oficio.141_-_ind._055_-poste_ilum._caminho_das_aguas_ass.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2331/oficio.142_-_ind._056_-manut._quadras_praca_do_boiadeiro_ass.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2332/oficio.143_-_ind._058_-mao_unica_perto_de_escolas_ass.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2333/oficio.144_-_ind._048_-_alimento_pacientes_fora_da_cidade_ass.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2334/oficio.145_-_ind._050_-_encam._maquinas_para_o_corrego_rico_ass.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2335/oficio.146_-_ind._051_-_policiamento_no_d._buriti_ass.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2336/oficio.147_-_ind._052_-_famacia_no_psf_vanessa_ass.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2373/oficio.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2392/oficio_no_015-2025_-_camara_muncipal_-_audiencia_publica_rreo.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2399/carta_no_1019-2025-mt100_-_prefeitura_alto_taquari_-_indicacao_15_r01.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2400/carta_no_1020-2025-mt100_-_prefeitura_alto_taquari_-_indicacao_41.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2401/carta_no_1021-2025-mt100_-_prefeitura_alto_taquari_-_indicacao_40.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2438/estado_de_mato_grosso_1_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2468/ofiio_184.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2525/307_resposta_req_221.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2527/requerimento_011_e_012_-_indicacao_28.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2528/indicacao_48_e_52.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2529/indicacao_42.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2531/indicacao_53.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2532/indicacao_93_e_17.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2533/indicacao_97_e_100.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2534/requerimento_07_-_indicacao_23.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2550/oficio.300_ass.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2551/oficio.302_ass.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2552/oficio.301_ass.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2553/oficio.303_ass.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2555/oficio.311.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2556/oficio.310.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2586/oficio_polleyka.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2608/oficio.361.req-43_resposta_consultas_martha_maia_-_sms1.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2609/oficiooo.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2340/projeto_de_decreto_001.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2354/pl_02_-_comissao_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2355/pl_02_-_comissao_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2356/2_3_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2363/013_executivo_educacao.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2364/018_executivo_educacao.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2365/004_-legislativo_educacao.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2366/005_-_legislativo_educacao.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2368/007_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2369/008_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2370/009_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2372/010_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2418/parecer_ao_projeto_21_educacao.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2434/parecer_educa_25.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2473/parecer_-_pl_016_-_edu.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2559/parecer_39_edu.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2267/parecer.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2351/parecer_008_-_financas_2_arquivos_mesclados.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2378/parecer_-_financas.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2419/parecer_07.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2420/parecer_de_financas_10.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2421/parecer_finacas_12.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2439/parecer.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2453/parecer_justica_27_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2456/parecer_ao_projeto_28.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2538/017_-_financas.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2575/parecer_emenda_no09-2025_financas.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2576/parecer_emenda_no10-2025_financas.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2252/1.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2249/7.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2250/8.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2251/6.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2247/parecer_do_autografo_009.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2248/parecer_comissao_de_justica_pl_011_poder_executivo_2.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2277/parecer_12.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2294/estado_de_mato_grosso_1.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2295/estado_de_mato_grosso_2.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2297/parecer__18.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2298/parecer_19.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2337/parecer_projeto_20.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2338/parecer_ao_projeto_009.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2339/drecreto.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2346/parecer_010_-legis.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2347/parecer_014_-_legislacao_e_justica.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2348/parecer_015_-_justica.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2349/parecer_016_-legis.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2350/parecer_017_-_legis.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2362/13_-_e.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2367/006_-legislacao.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2371/010_-_legislacao.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2381/parecer_-_legis.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2416/estado_de_mato_grosso_1.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2417/estado_de_mato_grosso_4_1.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2429/parecer2.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2430/parecer_proj_13.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2435/parecer_justica_25.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2436/parecer_justica_15.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2437/parecer_justica_27.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2454/parecer_14.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2455/parecer_28.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2470/parecer_ao_projeto_26_1.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2474/parecer_-_pl_016_legis.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2475/parecer_-_pe_031.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2476/parecer_-_pe_032.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2477/parecer_legis_-_p._decreto_03.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2487/parecer_veto_06-08.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2535/parecer_034_-_legis.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2537/017_-_legis.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2557/parecer_38_legis.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2558/parecer_39_legis.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2560/parecer_pl_40_legis.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2570/parecer_emenda_no08-2025_justica.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2571/parecer_emenda_no09-2025_justica.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2572/parecer_emenda_no10-2025_justica.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2573/parecer_emenda_no11-2025_justica.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2574/parecer_emenda_no12-2025_justica.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2577/parecer_emenda_no14-2025_justica.docx" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2588/parece_do_projeito__no42_justica.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2610/parecer_45.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2611/parecer__46.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2536/parecer_034_-obras.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2151/marcos_nunes_-_indicacao_troca_de_lampadas.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2150/001_-_marcos.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2154/002_-_marcos_2.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2161/003_-_regis.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2171/indicacao_n_004.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2163/indicacao_n_005.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2175/indicacao_n_006.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2167/indicacao_n_007.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2180/indicacao_8.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2181/indicacao_9.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2179/indicacao_10.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2182/indicacao_11.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2183/indicacao_12.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2184/indicacao_13.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2185/indicacao_14.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2187/indicacao_15.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2190/indicacao_16.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2191/indicacao_17.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2192/indicacao_18.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2195/19.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2196/indicacao_20.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2197/21.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2199/22.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2201/indicacao_23.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2202/indicacao_24.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2207/indicacao_25.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2211/indicacao_26.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2214/indicacao_27.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2218/indicacao_28.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2219/indicacao_29.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2220/indicacao_30.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2221/indicacao_31.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2222/indicacao_32.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2223/indicacao_33.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2227/indicacao_34.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2232/035_-_polleyka.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2233/036_-_polleyka.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2234/037_-_fabiano.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2235/038_-_fabiano.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2236/039_-_renato.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2237/040_-_adao.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2243/indicacao_041.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2245/indicacao_42.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2246/indicacao_43.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2253/indicacao_44.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2254/indicacao_45.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2255/indicacao_46.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2262/indicacao_47.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2272/indicacao_48.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2273/indicacao_49.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2274/indicacao_50.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2275/indicacao_51.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2276/indicacao_52.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2280/053_-_martha.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2281/054.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2283/055_-_fabiano.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2284/056_-_fabiano.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2287/057_-_polleyka.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2289/058_-_burno.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2301/ind_59.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2302/ind_60.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2344/ind_61.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2374/ind_62.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2376/ind_63.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2377/ind_64.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2386/ind_65.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2384/ind_66.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2382/067_-_renato.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2385/ind_68.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2389/ind_69.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2390/ind_70.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2391/ind_71.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2393/ind_72.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2395/ind_73.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2397/ind_74.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2398/ind_75.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2402/ind_76.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2405/ind_77.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2409/ind_78.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2411/ind_79.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2422/ind_80.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2431/ind_81.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2447/ind_82.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2443/ind_83.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2442/ind_84.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2457/ind_85.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2458/ind_86.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2462/ind_87.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2461/ind_88.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2460/ind_89.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2464/ind_90.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2479/ind_91.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2478/ind_92.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2483/ind_093.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2484/ind_94.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2493/ind_95.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2492/ind_96.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2491/ind_98.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2489/ind_98.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2490/ind_99.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2488/ind_100.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2501/ind_101.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2503/ind_102.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2504/ind_103.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2505/nd_104.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2506/ind_105.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2512/ind_106.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2517/ind_107.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2518/ind_108.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2519/ind_109.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2526/ind_110.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2539/ind_111.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2541/ind_112.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2542/ind_113.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2544/ind_114.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2547/ind_115.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2546/ind_116.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2554/ind_117.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2561/ind_118.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2562/ind_119.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2563/ind_120.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2565/ind_121.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2578/ind_122.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2579/ind_123.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2580/ind_124.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2581/ind_125.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2584/ind_126.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2585/ind_127.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2587/ind_128.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2589/ind_129.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2593/ind_130.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2594/ind_131.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2597/ind_132.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2598/ind_133.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2617/ind_134.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2618/ind_135.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2619/ind_136.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2620/ind_137.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2624/ind_138.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2638/ind_139.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2639/ind_140.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2641/ind_141.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2656/ind_142.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2657/ind_143.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2658/ind_144.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2677/ind_145.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2679/ind_146.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2680/ind_147.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2684/ind_148.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2703/indicacao_149.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2705/indicacao_150.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2706/151-_clodoaldo.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2709/indicacao_152.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2715/indicacao_153.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2737/indicacao_154-2025_-_quadra_e_academia_samitao.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2738/indicacao_155-2025_-_rua_que_liga_parque_do_cerrado_a_vila.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2739/indicacao_156-2025_-_rua_da_aninha.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2741/doc_-11-12.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2742/doc_jeff-10.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2749/doc_16.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2762/ind160.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2765/ind161.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2768/ind162.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2766/ind163.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2767/164-_regis.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2160/001_-_requerimento_martha.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2172/requerimento_n_002.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2170/requerimento_n_003.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2166/requerimento_n_004.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2169/requerimento_n_005.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2178/requerimento_6.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2198/requerimento_7.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2200/requerimento_8.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2204/requerimento_9.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2205/requerimento_10.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2208/requerimento_11.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2209/requerimento_12.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2224/requerimento_13.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2229/014_-_martha.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2230/015_-_martha.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2244/016_-_martha.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2263/requerimento_17_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2300/req_18.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2343/req_19.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2361/req_20.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2375/req_21.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2387/req_22.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2388/req_23.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2396/requerimento_n024_-_2025_-_regis_oliveira__informacoes_alinhamento_de_fios.docx" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2413/req_25.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2424/req_26.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2459/req_27.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2480/req_028.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2481/req_29.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2485/req_30.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2494/req_31.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2498/req_32.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2499/req_033.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2500/req_034.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2502/req_035.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2507/req_036.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2508/req_037.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2509/req_038.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2516/req_39.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2520/req_40.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2540/044-_mesa.docx" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2543/req_42.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2564/req_43.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2567/req_44.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2582/req_45.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2595/req_46.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2599/req_47.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2601/req_48.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2602/req_49.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2623/req_50.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2645/req_51.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2647/req_52.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2654/req_053.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2675/req_54.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2676/req_55.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2683/req_56.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2704/requerimento_57.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2713/requerimento_58.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2714/requerimento_59.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2717/requerimento_60.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2743/doc-13-15.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2139/of082.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2140/projeto_de_lei_02.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2141/projeto_de_lei_03.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2142/projeto_de_lei_04.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2143/projeto_de_lei_005.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2144/projeto_de_lei_006.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2162/projeto_de_lei_007.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2188/projeto_08_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2189/projeto_09_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2193/projeto_10_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2194/projeto_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2206/projeto_-_convertido_1.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2242/projeto_de_lei.013_ass.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2238/projeto_de_lei.014_ass.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2239/projeto_de_lei.015_ass.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2240/projeto_de_lei.016_ass.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2241/projeto_de_lei.017_ass.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2256/projeto_de_lei.018_ass.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2257/projeto_de_lei.019_ass.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2258/projeto_de_lei.020_ass.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2403/projeto_de_lei.021.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2414/projeto_de_lei.022_2.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2404/projeto_de_lei.022.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2415/projeto_de_lei.024.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2425/projeto_de_lei.025.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2426/projeto_de_lei.026_ass_1.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2427/projeto_de_lei.027.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2433/projeto_de_lei.028_1.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2451/projeto_de_lei.029_ass.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2452/projeto_de_lei.030_ass.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2466/projeto_de_lei.031.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2467/projeto_de_lei.032.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2495/projeto_de_lei.034_ass_1.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2496/projeto_de_lei.035_ass_2.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2510/projeto_de_lei.036.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2511/projeto_de_lei.37.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2523/projeto_de_lei.38.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2522/projeto_de_lei.39.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2521/projeto_de_lei.040..pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2545/projeto_de_lei.041.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2566/projeto_de_lei.42.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2606/projeto_de_lei.43.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2607/projeto_de_lei.44.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2604/projeto_de_lei.45.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2605/projeto_de_lei.46.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2626/projeto_de_lei.47.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2648/projeto_de_lei.48_ass.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2652/projeto_de_lei.49_ass_.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2664/projeto_de_lei.050.ass.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2665/projeto_de_lei.051.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2688/projeto_de_lei.052.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2707/projeto_de_lei.53_ass_.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2724/projeto_de_lei.54.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2740/projeto_de_lei.55.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2771/projeto_de_lei.56.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2147/001.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2155/002.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2156/003.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2186/004.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2203/005.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2260/projeto_decreto_06_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2261/projeto07_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2264/projeto08_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2279/projeto09_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2341/projeto_10_l.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2383/projeto_de_lei_011-2025_-_alinhamentos_de_fios.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2394/projeto_de_012-2025_corrigindo_-_altera_dispostivos_da_lei_de_alinhamentos_de_fios.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2406/pl_013_-_marcos_nunes_-_altera_lei_aluno_nota_10.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2407/projeto_de_lei_do_legislativo_no014-2025.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2423/projeto_de_015-2025_-_priorizando_epp_e_me.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2444/projeto_de_lei_do_legislativo_no_015_-_2025_-_utilidade_publica_-aaf.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2446/projeto_de_lei_-_agua_saudavel1.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2583/018_-_martha.docx" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2591/projeto_de_lei_018_-_regis_oliveira_sayo.docx" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2592/newimage_dec_09_2025_16_04_59_676__1.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2596/projeto_de_lei_020-2025.docx" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2625/022-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2642/projeto_de_lei_023-2025_-_vaqueijada.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2655/projeto_de_lei_024_-_regis_oliveira_abandono_de_veiculossayo.docx" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2748/projeto_de_lei_-_alteracao_nome_da_rua.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2146/1.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2145/2.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2285/titulo_01-2025-1-4_1.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2360/projeto_de_decreto_legislativo_no_002-2025__-.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2463/titulo_de_cidadao_03_025.docx" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2600/004-_titulo_cidadao_tatiana_-_marcos_nunes.docx" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2621/projeto_de_decreto_legislativo_-_05-2025_-_honraria.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2622/projeto_de_decreto_legislativo_006-2025.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2643/007-_titulo_cidadao_eumides-adao.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2653/008-_titulo_cidadao_joao_katsuyama_adao.docx.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2678/osmar_queiroz.docx" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2691/010-_paulinho_1.docx" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2686/011-_clodoaldo.docx" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2702/012-_titulo_cidadao_toninho_pintor.docx" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2745/newimage_dec_09_2025_16_04_59_676__3_1.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2747/newimage_dec_09_2025_16_04_59_676__2_1.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2744/42a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2764/015-_projeto_de_decreto_legislativo_contas_de_governo_2024.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2769/017_-_titulo_cidadao_-_max_russi.docx" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2428/projeto.de.lei.complementar.001_ass.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2660/projeto_de_lei_complementar.002_1_ass1.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2710/newimage_dec_09_2025_16_04_59_676__5-paginas-excluidas.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2345/emenda_ao_pl_015_do_executivo_-_plantoes.docx" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2342/emenda_aditiva_do_projeto_de_lei_n_006-2025.docx" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2226/emenda_modificativa_005-2025_-_ao_projeto_de_lei_012-2025.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2149/emenda_4_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2148/substitutiva_da_emenda_1_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2465/emenda_modificativa_ldo.docx" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2513/emenda_008.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2514/emenda_009.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2515/emenda_10.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2548/emenda_011.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2549/emenda_12.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2568/emenda_13.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2569/emenda_14.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2711/emenda_plo_023.docx" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2712/emenda_plo_024.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2753/digitalizacao_43-paginas-1-5.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2754/emenda_2.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2755/emenda_3.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2471/veto001-2025..pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2472/veto002-2025..pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2159/mocao_de_apoio_01_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2176/mocao_002_polleyka.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2290/003_-_polleyka.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2291/004_-_polleyka.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2299/005_-_bruno.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2448/mocao_apoio_06.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2157/001-_mocao_de_aplauso.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2228/mocao_de_aplausos_03.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2259/mocao_de_aplausos_04.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2286/mocao_de_aplausos_05.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2288/mocao_de_aplauso_006.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2358/mocao.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2412/mocao_de_congratulacao_e_aplausos_n_009.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2408/008_-_paulinho_e_marcos.docx" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2441/mocao_apl._010.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2445/mocao_apl._011.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2449/mocao_de_apl._012.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2450/mocao_de_apl._013.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2482/mocao_014.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2486/mocao_apl._015.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2524/mocao_16.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2590/mocao_apl_17.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2640/mocao_de_congradulacoes_e_aplausos_017.docx" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2644/018_-_mocao_de_aplausos_rejane.doc" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2646/mocao_de_apl_20.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2659/mocao_apl._021.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2673/mocao_022.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2674/mocao_023.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2681/mocao_apl_24.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2682/mocao_de_apl_25.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2685/mocao_de_apl_26.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2687/mocao_de_apl_27.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2689/mocao_de_apl_28.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2690/mocao_apl_029.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2692/mocao_apl_30.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2693/mocao_apl_031.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2694/mocao_apl_032.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2695/mocao_apl_33.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2696/mocao_apl_34.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2210/9.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2212/10.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2213/11.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2215/12.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2217/13.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2231/estado_de_mato_grosso_2.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2440/oficio.083_ass.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2266/scanner_20250325_4.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2265/scanner_20250325_6.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2268/estado_de_mato_grosso_3_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2303/oficio.106_-_ind._046_-reforma_asfalto_mt-299_ass.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2304/oficio_107.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2305/oficio.108_-_ind._045_-reforma_ponto_de_omibus_r._21_ass.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2306/oficio.109_-_ind._044_-limpeza_de_terreno_baldio_ass.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2307/oficio.110_-_req._009_-dnit_drenagem_de_agua_j._n._araguaia_ass.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2308/oficio.111_-_ind._019_-refeitorio_escola_lourenca_ass.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2313/oficio.115_-_ind._020_-reforma_ginasio_esportes_ass.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2314/oficio.116_-_ind._034_-reajustes_diarias_ass.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2315/oficio.117_-_ind._021_-solicita_quebra_mola_mt-100_ass.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2316/oficio.118_-_ind._022_-capela_mortuaria_ass.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2317/oficio.119_-_ind._028_-tecnologia_aedes_do_bem_ass.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2318/oficio.120_-_ind._040_-ciclovia_saida_p._taquari_ass_1_1.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2319/oficio.121_-_ind._035_-bracos_de_iluminacao_em_postes_ass.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2320/oficio.122_-_ind._036_-isencao_de_alvara_apae_e_asilo_ass.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2321/oficio.123_-_ind._033_-estacionamentos_para_motocicletas_ass.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2322/oficio.124_-_ind._029_-ver_condicoes_r._joao_ii_ass.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2323/oficio.125_-_ind._025_-canalizacao_agua_de_chuva_setor_castro_ass.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2325/oficio.126_-_ind._027_-rede_de_energia_bairros_ass.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2326/oficio.137_-_ind._053_-impressora_de_raio_x_ass.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2327/oficio.138_-_ind._047_-manutencao_quadra_j.n._araguaia_ass.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2328/oficio.139_-_ind._054_-grupo_so_p._limpeza_publica_ass.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2329/oficio.140_-_ind._049_-mt_iluminado_ass.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2330/oficio.141_-_ind._055_-poste_ilum._caminho_das_aguas_ass.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2331/oficio.142_-_ind._056_-manut._quadras_praca_do_boiadeiro_ass.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2332/oficio.143_-_ind._058_-mao_unica_perto_de_escolas_ass.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2333/oficio.144_-_ind._048_-_alimento_pacientes_fora_da_cidade_ass.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2334/oficio.145_-_ind._050_-_encam._maquinas_para_o_corrego_rico_ass.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2335/oficio.146_-_ind._051_-_policiamento_no_d._buriti_ass.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2336/oficio.147_-_ind._052_-_famacia_no_psf_vanessa_ass.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2373/oficio.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2392/oficio_no_015-2025_-_camara_muncipal_-_audiencia_publica_rreo.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2399/carta_no_1019-2025-mt100_-_prefeitura_alto_taquari_-_indicacao_15_r01.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2400/carta_no_1020-2025-mt100_-_prefeitura_alto_taquari_-_indicacao_41.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2401/carta_no_1021-2025-mt100_-_prefeitura_alto_taquari_-_indicacao_40.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2438/estado_de_mato_grosso_1_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2468/ofiio_184.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2525/307_resposta_req_221.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2527/requerimento_011_e_012_-_indicacao_28.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2528/indicacao_48_e_52.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2529/indicacao_42.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2531/indicacao_53.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2532/indicacao_93_e_17.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2533/indicacao_97_e_100.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2534/requerimento_07_-_indicacao_23.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2550/oficio.300_ass.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2551/oficio.302_ass.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2552/oficio.301_ass.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2553/oficio.303_ass.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2555/oficio.311.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2556/oficio.310.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2586/oficio_polleyka.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2608/oficio.361.req-43_resposta_consultas_martha_maia_-_sms1.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2609/oficiooo.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2612/oficio.356.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2613/oficio.357.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2614/oficio.358.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2615/oficio.359.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2616/oficio.360.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2627/oficio_48_resposta.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2637/oficio_276.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2663/rresposstasa_-_of_206.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2697/oficio.405.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2698/oficio.403.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2699/oficio.53_-_martha_req_42..pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2700/oficio_370-_fabiano_req_46.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2701/oficio.406.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2708/oficio.413.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2736/oficio_238.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2746/oficio.441.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2751/ofico_63.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2752/oficio_064.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2781/oficio.493_1.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2340/projeto_de_decreto_001.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2354/pl_02_-_comissao_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2355/pl_02_-_comissao_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2356/2_3_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2363/013_executivo_educacao.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2364/018_executivo_educacao.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2365/004_-legislativo_educacao.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2366/005_-_legislativo_educacao.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2368/007_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2369/008_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2370/009_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2372/010_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2418/parecer_ao_projeto_21_educacao.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2434/parecer_educa_25.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2473/parecer_-_pl_016_-_edu.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2559/parecer_39_edu.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2649/parecer_educacao_018.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2650/parecer_43_educacao.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2651/parecer_44_educacao.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2672/parecer_educacao_23_legislativo.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2725/parecer-3.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2726/parecer_educacao_projeto_53.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2727/_parecer-5.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2728/parecer-6.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2267/parecer.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2351/parecer_008_-_financas_2_arquivos_mesclados.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2378/parecer_-_financas.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2419/parecer_07.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2420/parecer_de_financas_10.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2421/parecer_finacas_12.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2439/parecer.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2453/parecer_justica_27_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2456/parecer_ao_projeto_28.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2538/017_-_financas.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2575/parecer_emenda_no09-2025_financas.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2576/parecer_emenda_no10-2025_financas.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2636/parecer_financa_022.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2666/parecer_financa_executivo_48.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2668/parecer_financa_executivo_49.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2716/parecer_financa_018...pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2729/parecer-7.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2734/parecer.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2735/parecer1.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2756/parecer_41.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2761/parecer_emendas_123.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2770/parecer_juridico_-_contas_do_prefeito.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2252/1.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2249/7.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2250/8.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2251/6.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2247/parecer_do_autografo_009.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2248/parecer_comissao_de_justica_pl_011_poder_executivo_2.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2277/parecer_12.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2294/estado_de_mato_grosso_1.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2295/estado_de_mato_grosso_2.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2297/parecer__18.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2298/parecer_19.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2337/parecer_projeto_20.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2338/parecer_ao_projeto_009.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2339/drecreto.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2346/parecer_010_-legis.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2347/parecer_014_-_legislacao_e_justica.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2348/parecer_015_-_justica.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2349/parecer_016_-legis.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2350/parecer_017_-_legis.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2362/13_-_e.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2367/006_-legislacao.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2371/010_-_legislacao.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2381/parecer_-_legis.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2416/estado_de_mato_grosso_1.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2417/estado_de_mato_grosso_4_1.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2429/parecer2.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2430/parecer_proj_13.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2435/parecer_justica_25.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2436/parecer_justica_15.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2437/parecer_justica_27.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2454/parecer_14.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2455/parecer_28.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2470/parecer_ao_projeto_26_1.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2474/parecer_-_pl_016_legis.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2475/parecer_-_pe_031.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2476/parecer_-_pe_032.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2477/parecer_legis_-_p._decreto_03.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2487/parecer_veto_06-08.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2535/parecer_034_-_legis.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2537/017_-_legis.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2557/parecer_38_legis.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2558/parecer_39_legis.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2560/parecer_pl_40_legis.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2570/parecer_emenda_no08-2025_justica.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2571/parecer_emenda_no09-2025_justica.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2572/parecer_emenda_no10-2025_justica.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2573/parecer_emenda_no11-2025_justica.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2574/parecer_emenda_no12-2025_justica.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2577/parecer_emenda_no14-2025_justica.docx" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2588/parece_do_projeito__no42_justica.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2610/pareceres-3.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2611/pareceres-5.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2628/pareceres-1.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2629/pareceres-7.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2630/pareceres-9.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2631/pareceres-11.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2632/pareceres-13.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2633/pareceres-15.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2634/pareceres-17.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2635/parecer_022_justica.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2661/parecer_justica_05_legislativo.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2667/parecer_justica_049_executivo.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2669/parecer_decreto_justica_8.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2670/parecer_justica_legislativo_24.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2671/parecer_justica_legislativo_23.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2718/parecer_justica_legislativo_06_decreto.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2719/parecer_011_decreto.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2720/parecer_12.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2721/parecer_48.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2722/parecer_51.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2723/parecer_justica_projeto_52.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2730/parecer-9.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2731/parecer_10.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2732/parecer_justica_projeto_53.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2733/parecer-12.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2750/parecercomissaojustica.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2757/parecer_2-1.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2758/parecer_2-2.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2759/parecer_2-3.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2760/parecer_2-4.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2772/055_-_comissao_de_justica.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2774/017_-_comissao_de__justica.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2775/056_-_comissao_de_justica.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2536/parecer_034_-obras.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2776/relatorio_projeto_de_decreto_do_legislativo_16-2025.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2779/newimage_dec_09_2025_16_04_59_676__6-paginas-excluidas.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2780/documento_sem_ta_tulo_5.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H442"/>
+  <dimension ref="A1:H609"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="47.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="143.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="157.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -8561,7995 +10113,12334 @@
       </c>
       <c r="D135" t="s">
         <v>11</v>
       </c>
       <c r="E135" t="s">
         <v>12</v>
       </c>
       <c r="F135" t="s">
         <v>64</v>
       </c>
       <c r="G135" s="1" t="s">
         <v>561</v>
       </c>
       <c r="H135" t="s">
         <v>562</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>563</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>17</v>
+        <v>564</v>
       </c>
       <c r="D136" t="s">
-        <v>564</v>
+        <v>11</v>
       </c>
       <c r="E136" t="s">
+        <v>12</v>
+      </c>
+      <c r="F136" t="s">
+        <v>41</v>
+      </c>
+      <c r="G136" s="1" t="s">
         <v>565</v>
       </c>
-      <c r="F136" t="s">
-[...2 lines deleted...]
-      <c r="G136" s="1" t="s">
+      <c r="H136" t="s">
         <v>566</v>
-      </c>
-[...1 lines deleted...]
-        <v>567</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
+        <v>567</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
         <v>568</v>
       </c>
-      <c r="B137" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D137" t="s">
-        <v>564</v>
+        <v>11</v>
       </c>
       <c r="E137" t="s">
-        <v>565</v>
+        <v>12</v>
       </c>
       <c r="F137" t="s">
         <v>569</v>
       </c>
       <c r="G137" s="1" t="s">
         <v>570</v>
       </c>
       <c r="H137" t="s">
         <v>571</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
         <v>572</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>25</v>
+        <v>573</v>
       </c>
       <c r="D138" t="s">
-        <v>564</v>
+        <v>11</v>
       </c>
       <c r="E138" t="s">
-        <v>565</v>
+        <v>12</v>
       </c>
       <c r="F138" t="s">
-        <v>31</v>
+        <v>111</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="H138" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>30</v>
+        <v>577</v>
       </c>
       <c r="D139" t="s">
-        <v>564</v>
+        <v>11</v>
       </c>
       <c r="E139" t="s">
-        <v>565</v>
+        <v>12</v>
       </c>
       <c r="F139" t="s">
-        <v>13</v>
+        <v>89</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="H139" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>35</v>
+        <v>581</v>
       </c>
       <c r="D140" t="s">
-        <v>564</v>
+        <v>11</v>
       </c>
       <c r="E140" t="s">
-        <v>565</v>
+        <v>12</v>
       </c>
       <c r="F140" t="s">
-        <v>31</v>
+        <v>124</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>579</v>
+        <v>582</v>
       </c>
       <c r="H140" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>581</v>
+        <v>584</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>40</v>
+        <v>585</v>
       </c>
       <c r="D141" t="s">
-        <v>564</v>
+        <v>11</v>
       </c>
       <c r="E141" t="s">
-        <v>565</v>
+        <v>12</v>
       </c>
       <c r="F141" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>582</v>
+        <v>586</v>
       </c>
       <c r="H141" t="s">
-        <v>583</v>
+        <v>587</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>584</v>
+        <v>588</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>45</v>
+        <v>589</v>
       </c>
       <c r="D142" t="s">
-        <v>564</v>
+        <v>11</v>
       </c>
       <c r="E142" t="s">
-        <v>565</v>
+        <v>12</v>
       </c>
       <c r="F142" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>585</v>
+        <v>590</v>
       </c>
       <c r="H142" t="s">
-        <v>586</v>
+        <v>591</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>50</v>
+        <v>593</v>
       </c>
       <c r="D143" t="s">
-        <v>564</v>
+        <v>11</v>
       </c>
       <c r="E143" t="s">
-        <v>565</v>
+        <v>12</v>
       </c>
       <c r="F143" t="s">
         <v>31</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>588</v>
+        <v>594</v>
       </c>
       <c r="H143" t="s">
-        <v>589</v>
+        <v>595</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>590</v>
+        <v>596</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>54</v>
+        <v>597</v>
       </c>
       <c r="D144" t="s">
-        <v>564</v>
+        <v>11</v>
       </c>
       <c r="E144" t="s">
-        <v>565</v>
+        <v>12</v>
       </c>
       <c r="F144" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>591</v>
+        <v>598</v>
       </c>
       <c r="H144" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>59</v>
+        <v>601</v>
       </c>
       <c r="D145" t="s">
-        <v>564</v>
+        <v>11</v>
       </c>
       <c r="E145" t="s">
-        <v>565</v>
+        <v>12</v>
       </c>
       <c r="F145" t="s">
-        <v>594</v>
+        <v>36</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>595</v>
+        <v>602</v>
       </c>
       <c r="H145" t="s">
-        <v>596</v>
+        <v>603</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>597</v>
+        <v>604</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>63</v>
+        <v>605</v>
       </c>
       <c r="D146" t="s">
-        <v>564</v>
+        <v>11</v>
       </c>
       <c r="E146" t="s">
-        <v>565</v>
+        <v>12</v>
       </c>
       <c r="F146" t="s">
-        <v>89</v>
+        <v>36</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>598</v>
+        <v>606</v>
       </c>
       <c r="H146" t="s">
-        <v>599</v>
+        <v>607</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>600</v>
+        <v>608</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>68</v>
+        <v>609</v>
       </c>
       <c r="D147" t="s">
-        <v>564</v>
+        <v>11</v>
       </c>
       <c r="E147" t="s">
-        <v>565</v>
+        <v>12</v>
       </c>
       <c r="F147" t="s">
-        <v>89</v>
+        <v>111</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>601</v>
+        <v>610</v>
       </c>
       <c r="H147" t="s">
-        <v>602</v>
+        <v>611</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>603</v>
+        <v>612</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>72</v>
+        <v>613</v>
       </c>
       <c r="D148" t="s">
-        <v>564</v>
+        <v>11</v>
       </c>
       <c r="E148" t="s">
-        <v>565</v>
+        <v>12</v>
       </c>
       <c r="F148" t="s">
-        <v>31</v>
+        <v>614</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>604</v>
+        <v>615</v>
       </c>
       <c r="H148" t="s">
-        <v>605</v>
+        <v>616</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>606</v>
+        <v>617</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>76</v>
+        <v>618</v>
       </c>
       <c r="D149" t="s">
-        <v>564</v>
+        <v>11</v>
       </c>
       <c r="E149" t="s">
-        <v>565</v>
+        <v>12</v>
       </c>
       <c r="F149" t="s">
-        <v>31</v>
+        <v>124</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>607</v>
+        <v>619</v>
       </c>
       <c r="H149" t="s">
-        <v>608</v>
+        <v>620</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>609</v>
+        <v>621</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>80</v>
+        <v>622</v>
       </c>
       <c r="D150" t="s">
-        <v>564</v>
+        <v>11</v>
       </c>
       <c r="E150" t="s">
-        <v>565</v>
+        <v>12</v>
       </c>
       <c r="F150" t="s">
-        <v>31</v>
+        <v>64</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>610</v>
+        <v>623</v>
       </c>
       <c r="H150" t="s">
-        <v>611</v>
+        <v>624</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>612</v>
+        <v>625</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>84</v>
+        <v>626</v>
       </c>
       <c r="D151" t="s">
-        <v>564</v>
+        <v>11</v>
       </c>
       <c r="E151" t="s">
-        <v>565</v>
+        <v>12</v>
       </c>
       <c r="F151" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>613</v>
+        <v>627</v>
       </c>
       <c r="H151" t="s">
-        <v>614</v>
+        <v>628</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>615</v>
+        <v>629</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>88</v>
+        <v>630</v>
       </c>
       <c r="D152" t="s">
-        <v>564</v>
+        <v>11</v>
       </c>
       <c r="E152" t="s">
-        <v>565</v>
+        <v>12</v>
       </c>
       <c r="F152" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>616</v>
+        <v>631</v>
       </c>
       <c r="H152" t="s">
-        <v>617</v>
+        <v>632</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>618</v>
+        <v>633</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>93</v>
+        <v>634</v>
       </c>
       <c r="D153" t="s">
-        <v>564</v>
+        <v>11</v>
       </c>
       <c r="E153" t="s">
-        <v>565</v>
+        <v>12</v>
       </c>
       <c r="F153" t="s">
-        <v>31</v>
+        <v>106</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>619</v>
+        <v>635</v>
       </c>
       <c r="H153" t="s">
-        <v>620</v>
+        <v>636</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>621</v>
+        <v>637</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>97</v>
+        <v>638</v>
       </c>
       <c r="D154" t="s">
-        <v>564</v>
+        <v>11</v>
       </c>
       <c r="E154" t="s">
-        <v>565</v>
+        <v>12</v>
       </c>
       <c r="F154" t="s">
-        <v>89</v>
+        <v>106</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>622</v>
+        <v>639</v>
       </c>
       <c r="H154" t="s">
-        <v>623</v>
+        <v>640</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>624</v>
+        <v>641</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>101</v>
+        <v>642</v>
       </c>
       <c r="D155" t="s">
-        <v>564</v>
+        <v>11</v>
       </c>
       <c r="E155" t="s">
-        <v>565</v>
+        <v>12</v>
       </c>
       <c r="F155" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>625</v>
+        <v>643</v>
       </c>
       <c r="H155" t="s">
-        <v>626</v>
+        <v>644</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>627</v>
+        <v>645</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>105</v>
+        <v>646</v>
       </c>
       <c r="D156" t="s">
-        <v>564</v>
+        <v>11</v>
       </c>
       <c r="E156" t="s">
-        <v>565</v>
+        <v>12</v>
       </c>
       <c r="F156" t="s">
         <v>31</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>628</v>
+        <v>647</v>
       </c>
       <c r="H156" t="s">
-        <v>629</v>
+        <v>648</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>630</v>
+        <v>649</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>110</v>
+        <v>650</v>
       </c>
       <c r="D157" t="s">
-        <v>564</v>
+        <v>11</v>
       </c>
       <c r="E157" t="s">
-        <v>565</v>
+        <v>12</v>
       </c>
       <c r="F157" t="s">
         <v>31</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>631</v>
+        <v>651</v>
       </c>
       <c r="H157" t="s">
-        <v>632</v>
+        <v>652</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>633</v>
+        <v>653</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>115</v>
+        <v>654</v>
       </c>
       <c r="D158" t="s">
-        <v>564</v>
+        <v>11</v>
       </c>
       <c r="E158" t="s">
-        <v>565</v>
+        <v>12</v>
       </c>
       <c r="F158" t="s">
-        <v>89</v>
+        <v>31</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>634</v>
+        <v>655</v>
       </c>
       <c r="H158" t="s">
-        <v>635</v>
+        <v>656</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>636</v>
+        <v>657</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>119</v>
+        <v>658</v>
       </c>
       <c r="D159" t="s">
-        <v>564</v>
+        <v>11</v>
       </c>
       <c r="E159" t="s">
-        <v>565</v>
+        <v>12</v>
       </c>
       <c r="F159" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>637</v>
+        <v>659</v>
       </c>
       <c r="H159" t="s">
-        <v>638</v>
+        <v>660</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>639</v>
+        <v>661</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>123</v>
+        <v>662</v>
       </c>
       <c r="D160" t="s">
-        <v>564</v>
+        <v>11</v>
       </c>
       <c r="E160" t="s">
-        <v>565</v>
+        <v>12</v>
       </c>
       <c r="F160" t="s">
-        <v>31</v>
+        <v>64</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>640</v>
+        <v>663</v>
       </c>
       <c r="H160" t="s">
-        <v>641</v>
+        <v>664</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>642</v>
+        <v>665</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>128</v>
+        <v>666</v>
       </c>
       <c r="D161" t="s">
-        <v>564</v>
+        <v>11</v>
       </c>
       <c r="E161" t="s">
-        <v>565</v>
+        <v>12</v>
       </c>
       <c r="F161" t="s">
-        <v>31</v>
+        <v>106</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>643</v>
+        <v>667</v>
       </c>
       <c r="H161" t="s">
-        <v>644</v>
+        <v>668</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>645</v>
+        <v>669</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>132</v>
+        <v>670</v>
       </c>
       <c r="D162" t="s">
-        <v>564</v>
+        <v>11</v>
       </c>
       <c r="E162" t="s">
-        <v>565</v>
+        <v>12</v>
       </c>
       <c r="F162" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>646</v>
+        <v>671</v>
       </c>
       <c r="H162" t="s">
-        <v>647</v>
+        <v>672</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>648</v>
+        <v>673</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>136</v>
+        <v>674</v>
       </c>
       <c r="D163" t="s">
-        <v>564</v>
+        <v>11</v>
       </c>
       <c r="E163" t="s">
-        <v>565</v>
+        <v>12</v>
       </c>
       <c r="F163" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>649</v>
+        <v>675</v>
       </c>
       <c r="H163" t="s">
-        <v>650</v>
+        <v>676</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>651</v>
+        <v>677</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>140</v>
+        <v>678</v>
       </c>
       <c r="D164" t="s">
-        <v>564</v>
+        <v>11</v>
       </c>
       <c r="E164" t="s">
-        <v>565</v>
+        <v>12</v>
       </c>
       <c r="F164" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>652</v>
+        <v>679</v>
       </c>
       <c r="H164" t="s">
-        <v>653</v>
+        <v>680</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>654</v>
+        <v>681</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>144</v>
+        <v>682</v>
       </c>
       <c r="D165" t="s">
-        <v>564</v>
+        <v>11</v>
       </c>
       <c r="E165" t="s">
-        <v>565</v>
+        <v>12</v>
       </c>
       <c r="F165" t="s">
-        <v>655</v>
+        <v>41</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>656</v>
+        <v>683</v>
       </c>
       <c r="H165" t="s">
-        <v>657</v>
+        <v>684</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>658</v>
+        <v>685</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>149</v>
+        <v>686</v>
       </c>
       <c r="D166" t="s">
-        <v>564</v>
+        <v>11</v>
       </c>
       <c r="E166" t="s">
-        <v>565</v>
+        <v>12</v>
       </c>
       <c r="F166" t="s">
-        <v>89</v>
+        <v>26</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>659</v>
+        <v>687</v>
       </c>
       <c r="H166" t="s">
-        <v>660</v>
+        <v>688</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>661</v>
+        <v>689</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>153</v>
+        <v>17</v>
       </c>
       <c r="D167" t="s">
-        <v>564</v>
+        <v>690</v>
       </c>
       <c r="E167" t="s">
-        <v>565</v>
+        <v>691</v>
       </c>
       <c r="F167" t="s">
-        <v>111</v>
+        <v>31</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>662</v>
+        <v>692</v>
       </c>
       <c r="H167" t="s">
-        <v>663</v>
+        <v>693</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>664</v>
+        <v>694</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>157</v>
+        <v>21</v>
       </c>
       <c r="D168" t="s">
-        <v>564</v>
+        <v>690</v>
       </c>
       <c r="E168" t="s">
-        <v>565</v>
+        <v>691</v>
       </c>
       <c r="F168" t="s">
-        <v>26</v>
+        <v>695</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>665</v>
+        <v>696</v>
       </c>
       <c r="H168" t="s">
-        <v>666</v>
+        <v>697</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>667</v>
+        <v>698</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>161</v>
+        <v>25</v>
       </c>
       <c r="D169" t="s">
-        <v>564</v>
+        <v>690</v>
       </c>
       <c r="E169" t="s">
-        <v>565</v>
+        <v>691</v>
       </c>
       <c r="F169" t="s">
         <v>31</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>668</v>
+        <v>699</v>
       </c>
       <c r="H169" t="s">
-        <v>669</v>
+        <v>700</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>670</v>
+        <v>701</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>165</v>
+        <v>30</v>
       </c>
       <c r="D170" t="s">
-        <v>564</v>
+        <v>690</v>
       </c>
       <c r="E170" t="s">
-        <v>565</v>
+        <v>691</v>
       </c>
       <c r="F170" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>671</v>
+        <v>702</v>
       </c>
       <c r="H170" t="s">
-        <v>672</v>
+        <v>703</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>673</v>
+        <v>704</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>169</v>
+        <v>35</v>
       </c>
       <c r="D171" t="s">
-        <v>564</v>
+        <v>690</v>
       </c>
       <c r="E171" t="s">
-        <v>565</v>
+        <v>691</v>
       </c>
       <c r="F171" t="s">
-        <v>569</v>
+        <v>31</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>674</v>
+        <v>705</v>
       </c>
       <c r="H171" t="s">
-        <v>675</v>
+        <v>706</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>676</v>
+        <v>707</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>173</v>
+        <v>40</v>
       </c>
       <c r="D172" t="s">
-        <v>564</v>
+        <v>690</v>
       </c>
       <c r="E172" t="s">
-        <v>565</v>
+        <v>691</v>
       </c>
       <c r="F172" t="s">
-        <v>124</v>
+        <v>26</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>677</v>
+        <v>708</v>
       </c>
       <c r="H172" t="s">
-        <v>678</v>
+        <v>709</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>679</v>
+        <v>710</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>177</v>
+        <v>45</v>
       </c>
       <c r="D173" t="s">
-        <v>564</v>
+        <v>690</v>
       </c>
       <c r="E173" t="s">
-        <v>565</v>
+        <v>691</v>
       </c>
       <c r="F173" t="s">
         <v>31</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>680</v>
+        <v>711</v>
       </c>
       <c r="H173" t="s">
-        <v>681</v>
+        <v>712</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>682</v>
+        <v>713</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>181</v>
+        <v>50</v>
       </c>
       <c r="D174" t="s">
-        <v>564</v>
+        <v>690</v>
       </c>
       <c r="E174" t="s">
-        <v>565</v>
+        <v>691</v>
       </c>
       <c r="F174" t="s">
-        <v>111</v>
+        <v>31</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>683</v>
+        <v>714</v>
       </c>
       <c r="H174" t="s">
-        <v>684</v>
+        <v>715</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>685</v>
+        <v>716</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>185</v>
+        <v>54</v>
       </c>
       <c r="D175" t="s">
-        <v>564</v>
+        <v>690</v>
       </c>
       <c r="E175" t="s">
-        <v>565</v>
+        <v>691</v>
       </c>
       <c r="F175" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>686</v>
+        <v>717</v>
       </c>
       <c r="H175" t="s">
-        <v>687</v>
+        <v>718</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>688</v>
+        <v>719</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>189</v>
+        <v>59</v>
       </c>
       <c r="D176" t="s">
-        <v>564</v>
+        <v>690</v>
       </c>
       <c r="E176" t="s">
-        <v>565</v>
+        <v>691</v>
       </c>
       <c r="F176" t="s">
-        <v>689</v>
+        <v>720</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>690</v>
+        <v>721</v>
       </c>
       <c r="H176" t="s">
-        <v>691</v>
+        <v>722</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>692</v>
+        <v>723</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>193</v>
+        <v>63</v>
       </c>
       <c r="D177" t="s">
-        <v>564</v>
+        <v>690</v>
       </c>
       <c r="E177" t="s">
-        <v>565</v>
+        <v>691</v>
       </c>
       <c r="F177" t="s">
-        <v>31</v>
+        <v>89</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>693</v>
+        <v>724</v>
       </c>
       <c r="H177" t="s">
-        <v>694</v>
+        <v>725</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>695</v>
+        <v>726</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>197</v>
+        <v>68</v>
       </c>
       <c r="D178" t="s">
-        <v>564</v>
+        <v>690</v>
       </c>
       <c r="E178" t="s">
-        <v>565</v>
+        <v>691</v>
       </c>
       <c r="F178" t="s">
-        <v>31</v>
+        <v>89</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>696</v>
+        <v>727</v>
       </c>
       <c r="H178" t="s">
-        <v>697</v>
+        <v>728</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>698</v>
+        <v>729</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>201</v>
+        <v>72</v>
       </c>
       <c r="D179" t="s">
-        <v>564</v>
+        <v>690</v>
       </c>
       <c r="E179" t="s">
-        <v>565</v>
+        <v>691</v>
       </c>
       <c r="F179" t="s">
-        <v>699</v>
+        <v>31</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>700</v>
+        <v>730</v>
       </c>
       <c r="H179" t="s">
-        <v>701</v>
+        <v>731</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>702</v>
+        <v>732</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>205</v>
+        <v>76</v>
       </c>
       <c r="D180" t="s">
-        <v>564</v>
+        <v>690</v>
       </c>
       <c r="E180" t="s">
-        <v>565</v>
+        <v>691</v>
       </c>
       <c r="F180" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>703</v>
+        <v>733</v>
       </c>
       <c r="H180" t="s">
-        <v>704</v>
+        <v>734</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>705</v>
+        <v>735</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>209</v>
+        <v>80</v>
       </c>
       <c r="D181" t="s">
-        <v>564</v>
+        <v>690</v>
       </c>
       <c r="E181" t="s">
-        <v>565</v>
+        <v>691</v>
       </c>
       <c r="F181" t="s">
-        <v>89</v>
+        <v>31</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>706</v>
+        <v>736</v>
       </c>
       <c r="H181" t="s">
-        <v>707</v>
+        <v>737</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>708</v>
+        <v>738</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>213</v>
+        <v>84</v>
       </c>
       <c r="D182" t="s">
-        <v>564</v>
+        <v>690</v>
       </c>
       <c r="E182" t="s">
-        <v>565</v>
+        <v>691</v>
       </c>
       <c r="F182" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>709</v>
+        <v>739</v>
       </c>
       <c r="H182" t="s">
-        <v>710</v>
+        <v>740</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>711</v>
+        <v>741</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>217</v>
+        <v>88</v>
       </c>
       <c r="D183" t="s">
-        <v>564</v>
+        <v>690</v>
       </c>
       <c r="E183" t="s">
-        <v>565</v>
+        <v>691</v>
       </c>
       <c r="F183" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>712</v>
+        <v>742</v>
       </c>
       <c r="H183" t="s">
-        <v>713</v>
+        <v>743</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>714</v>
+        <v>744</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>221</v>
+        <v>93</v>
       </c>
       <c r="D184" t="s">
-        <v>564</v>
+        <v>690</v>
       </c>
       <c r="E184" t="s">
-        <v>565</v>
+        <v>691</v>
       </c>
       <c r="F184" t="s">
-        <v>124</v>
+        <v>31</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>715</v>
+        <v>745</v>
       </c>
       <c r="H184" t="s">
-        <v>716</v>
+        <v>746</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>717</v>
+        <v>747</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>17</v>
+        <v>97</v>
       </c>
       <c r="D185" t="s">
-        <v>718</v>
+        <v>690</v>
       </c>
       <c r="E185" t="s">
-        <v>719</v>
+        <v>691</v>
       </c>
       <c r="F185" t="s">
-        <v>720</v>
+        <v>89</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>721</v>
+        <v>748</v>
       </c>
       <c r="H185" t="s">
-        <v>722</v>
+        <v>749</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>723</v>
+        <v>750</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>21</v>
+        <v>101</v>
       </c>
       <c r="D186" t="s">
-        <v>718</v>
+        <v>690</v>
       </c>
       <c r="E186" t="s">
-        <v>719</v>
+        <v>691</v>
       </c>
       <c r="F186" t="s">
-        <v>720</v>
+        <v>26</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>724</v>
+        <v>751</v>
       </c>
       <c r="H186" t="s">
-        <v>725</v>
+        <v>752</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>726</v>
+        <v>753</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>25</v>
+        <v>105</v>
       </c>
       <c r="D187" t="s">
-        <v>718</v>
+        <v>690</v>
       </c>
       <c r="E187" t="s">
-        <v>719</v>
+        <v>691</v>
       </c>
       <c r="F187" t="s">
-        <v>720</v>
+        <v>31</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>727</v>
+        <v>754</v>
       </c>
       <c r="H187" t="s">
-        <v>728</v>
+        <v>755</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>729</v>
+        <v>756</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>30</v>
+        <v>110</v>
       </c>
       <c r="D188" t="s">
-        <v>718</v>
+        <v>690</v>
       </c>
       <c r="E188" t="s">
-        <v>719</v>
+        <v>691</v>
       </c>
       <c r="F188" t="s">
-        <v>720</v>
+        <v>31</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>730</v>
+        <v>757</v>
       </c>
       <c r="H188" t="s">
-        <v>731</v>
+        <v>758</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>732</v>
+        <v>759</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>35</v>
+        <v>115</v>
       </c>
       <c r="D189" t="s">
-        <v>718</v>
+        <v>690</v>
       </c>
       <c r="E189" t="s">
-        <v>719</v>
+        <v>691</v>
       </c>
       <c r="F189" t="s">
-        <v>720</v>
+        <v>89</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>733</v>
+        <v>760</v>
       </c>
       <c r="H189" t="s">
-        <v>734</v>
+        <v>761</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>735</v>
+        <v>762</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>40</v>
+        <v>119</v>
       </c>
       <c r="D190" t="s">
-        <v>718</v>
+        <v>690</v>
       </c>
       <c r="E190" t="s">
-        <v>719</v>
+        <v>691</v>
       </c>
       <c r="F190" t="s">
-        <v>720</v>
+        <v>26</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>736</v>
+        <v>763</v>
       </c>
       <c r="H190" t="s">
-        <v>737</v>
+        <v>764</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>738</v>
+        <v>765</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>45</v>
+        <v>123</v>
       </c>
       <c r="D191" t="s">
-        <v>718</v>
+        <v>690</v>
       </c>
       <c r="E191" t="s">
-        <v>719</v>
+        <v>691</v>
       </c>
       <c r="F191" t="s">
-        <v>720</v>
+        <v>31</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>739</v>
+        <v>766</v>
       </c>
       <c r="H191" t="s">
-        <v>740</v>
+        <v>767</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>741</v>
+        <v>768</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>50</v>
+        <v>128</v>
       </c>
       <c r="D192" t="s">
-        <v>718</v>
+        <v>690</v>
       </c>
       <c r="E192" t="s">
-        <v>719</v>
+        <v>691</v>
       </c>
       <c r="F192" t="s">
-        <v>720</v>
+        <v>31</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>742</v>
+        <v>769</v>
       </c>
       <c r="H192" t="s">
-        <v>743</v>
+        <v>770</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>744</v>
+        <v>771</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>54</v>
+        <v>132</v>
       </c>
       <c r="D193" t="s">
-        <v>718</v>
+        <v>690</v>
       </c>
       <c r="E193" t="s">
-        <v>719</v>
+        <v>691</v>
       </c>
       <c r="F193" t="s">
-        <v>720</v>
+        <v>26</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>745</v>
+        <v>772</v>
       </c>
       <c r="H193" t="s">
-        <v>746</v>
+        <v>773</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>747</v>
+        <v>774</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>59</v>
+        <v>136</v>
       </c>
       <c r="D194" t="s">
-        <v>718</v>
+        <v>690</v>
       </c>
       <c r="E194" t="s">
-        <v>719</v>
+        <v>691</v>
       </c>
       <c r="F194" t="s">
-        <v>720</v>
+        <v>46</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>748</v>
+        <v>775</v>
       </c>
       <c r="H194" t="s">
-        <v>749</v>
+        <v>776</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>750</v>
+        <v>777</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>63</v>
+        <v>140</v>
       </c>
       <c r="D195" t="s">
-        <v>718</v>
+        <v>690</v>
       </c>
       <c r="E195" t="s">
-        <v>719</v>
+        <v>691</v>
       </c>
       <c r="F195" t="s">
-        <v>720</v>
+        <v>31</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>751</v>
+        <v>778</v>
       </c>
       <c r="H195" t="s">
-        <v>752</v>
+        <v>779</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>753</v>
+        <v>780</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>68</v>
+        <v>144</v>
       </c>
       <c r="D196" t="s">
-        <v>718</v>
+        <v>690</v>
       </c>
       <c r="E196" t="s">
-        <v>719</v>
+        <v>691</v>
       </c>
       <c r="F196" t="s">
-        <v>720</v>
+        <v>781</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>754</v>
+        <v>782</v>
       </c>
       <c r="H196" t="s">
-        <v>755</v>
+        <v>783</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>756</v>
+        <v>784</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>72</v>
+        <v>149</v>
       </c>
       <c r="D197" t="s">
-        <v>718</v>
+        <v>690</v>
       </c>
       <c r="E197" t="s">
-        <v>719</v>
+        <v>691</v>
       </c>
       <c r="F197" t="s">
-        <v>720</v>
+        <v>89</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>757</v>
+        <v>785</v>
       </c>
       <c r="H197" t="s">
-        <v>758</v>
+        <v>786</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>759</v>
+        <v>787</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>76</v>
+        <v>153</v>
       </c>
       <c r="D198" t="s">
-        <v>718</v>
+        <v>690</v>
       </c>
       <c r="E198" t="s">
-        <v>719</v>
+        <v>691</v>
       </c>
       <c r="F198" t="s">
-        <v>720</v>
+        <v>111</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>760</v>
+        <v>788</v>
       </c>
       <c r="H198" t="s">
-        <v>761</v>
+        <v>789</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>762</v>
+        <v>790</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>80</v>
+        <v>157</v>
       </c>
       <c r="D199" t="s">
-        <v>718</v>
+        <v>690</v>
       </c>
       <c r="E199" t="s">
-        <v>719</v>
+        <v>691</v>
       </c>
       <c r="F199" t="s">
-        <v>720</v>
+        <v>26</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>763</v>
+        <v>791</v>
       </c>
       <c r="H199" t="s">
-        <v>764</v>
+        <v>792</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>765</v>
+        <v>793</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>84</v>
+        <v>161</v>
       </c>
       <c r="D200" t="s">
-        <v>718</v>
+        <v>690</v>
       </c>
       <c r="E200" t="s">
-        <v>719</v>
+        <v>691</v>
       </c>
       <c r="F200" t="s">
-        <v>720</v>
+        <v>31</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>766</v>
+        <v>794</v>
       </c>
       <c r="H200" t="s">
-        <v>767</v>
+        <v>795</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>768</v>
+        <v>796</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>88</v>
+        <v>165</v>
       </c>
       <c r="D201" t="s">
-        <v>718</v>
+        <v>690</v>
       </c>
       <c r="E201" t="s">
-        <v>719</v>
+        <v>691</v>
       </c>
       <c r="F201" t="s">
-        <v>720</v>
+        <v>31</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>769</v>
+        <v>797</v>
       </c>
       <c r="H201" t="s">
-        <v>770</v>
+        <v>798</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>771</v>
+        <v>799</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>93</v>
+        <v>169</v>
       </c>
       <c r="D202" t="s">
-        <v>718</v>
+        <v>690</v>
       </c>
       <c r="E202" t="s">
-        <v>719</v>
+        <v>691</v>
       </c>
       <c r="F202" t="s">
-        <v>720</v>
+        <v>695</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>772</v>
+        <v>800</v>
       </c>
       <c r="H202" t="s">
-        <v>773</v>
+        <v>801</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>774</v>
+        <v>802</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>97</v>
+        <v>173</v>
       </c>
       <c r="D203" t="s">
-        <v>718</v>
+        <v>690</v>
       </c>
       <c r="E203" t="s">
-        <v>719</v>
+        <v>691</v>
       </c>
       <c r="F203" t="s">
-        <v>720</v>
+        <v>124</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>775</v>
+        <v>803</v>
       </c>
       <c r="H203" t="s">
-        <v>776</v>
+        <v>804</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>777</v>
+        <v>805</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>101</v>
+        <v>177</v>
       </c>
       <c r="D204" t="s">
-        <v>718</v>
+        <v>690</v>
       </c>
       <c r="E204" t="s">
-        <v>719</v>
+        <v>691</v>
       </c>
       <c r="F204" t="s">
-        <v>720</v>
+        <v>31</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>778</v>
+        <v>806</v>
       </c>
       <c r="H204" t="s">
-        <v>779</v>
+        <v>807</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>780</v>
+        <v>808</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>105</v>
+        <v>181</v>
       </c>
       <c r="D205" t="s">
-        <v>718</v>
+        <v>690</v>
       </c>
       <c r="E205" t="s">
-        <v>719</v>
+        <v>691</v>
       </c>
       <c r="F205" t="s">
-        <v>720</v>
+        <v>111</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>781</v>
+        <v>809</v>
       </c>
       <c r="H205" t="s">
-        <v>782</v>
+        <v>810</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>783</v>
+        <v>811</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>110</v>
+        <v>185</v>
       </c>
       <c r="D206" t="s">
-        <v>718</v>
+        <v>690</v>
       </c>
       <c r="E206" t="s">
-        <v>719</v>
+        <v>691</v>
       </c>
       <c r="F206" t="s">
-        <v>720</v>
+        <v>31</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>784</v>
+        <v>812</v>
       </c>
       <c r="H206" t="s">
-        <v>785</v>
+        <v>813</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>786</v>
+        <v>814</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>115</v>
+        <v>189</v>
       </c>
       <c r="D207" t="s">
-        <v>718</v>
+        <v>690</v>
       </c>
       <c r="E207" t="s">
-        <v>719</v>
+        <v>691</v>
       </c>
       <c r="F207" t="s">
-        <v>720</v>
+        <v>781</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>787</v>
+        <v>815</v>
       </c>
       <c r="H207" t="s">
-        <v>788</v>
+        <v>816</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>789</v>
+        <v>817</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>119</v>
+        <v>193</v>
       </c>
       <c r="D208" t="s">
-        <v>718</v>
+        <v>690</v>
       </c>
       <c r="E208" t="s">
-        <v>719</v>
+        <v>691</v>
       </c>
       <c r="F208" t="s">
-        <v>720</v>
+        <v>31</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>790</v>
+        <v>818</v>
       </c>
       <c r="H208" t="s">
-        <v>791</v>
+        <v>819</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>792</v>
+        <v>820</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>123</v>
+        <v>197</v>
       </c>
       <c r="D209" t="s">
-        <v>718</v>
+        <v>690</v>
       </c>
       <c r="E209" t="s">
-        <v>719</v>
+        <v>691</v>
       </c>
       <c r="F209" t="s">
-        <v>720</v>
+        <v>31</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>793</v>
+        <v>821</v>
       </c>
       <c r="H209" t="s">
-        <v>794</v>
+        <v>822</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>795</v>
+        <v>823</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>128</v>
+        <v>201</v>
       </c>
       <c r="D210" t="s">
-        <v>718</v>
+        <v>690</v>
       </c>
       <c r="E210" t="s">
-        <v>719</v>
+        <v>691</v>
       </c>
       <c r="F210" t="s">
-        <v>720</v>
+        <v>824</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>796</v>
+        <v>825</v>
       </c>
       <c r="H210" t="s">
-        <v>788</v>
+        <v>826</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>797</v>
+        <v>827</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>132</v>
+        <v>205</v>
       </c>
       <c r="D211" t="s">
-        <v>718</v>
+        <v>690</v>
       </c>
       <c r="E211" t="s">
-        <v>719</v>
+        <v>691</v>
       </c>
       <c r="F211" t="s">
-        <v>720</v>
+        <v>26</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>798</v>
+        <v>828</v>
       </c>
       <c r="H211" t="s">
-        <v>785</v>
+        <v>829</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>799</v>
+        <v>830</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>136</v>
+        <v>209</v>
       </c>
       <c r="D212" t="s">
-        <v>718</v>
+        <v>690</v>
       </c>
       <c r="E212" t="s">
-        <v>719</v>
+        <v>691</v>
       </c>
       <c r="F212" t="s">
-        <v>720</v>
+        <v>89</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>800</v>
+        <v>831</v>
       </c>
       <c r="H212" t="s">
-        <v>801</v>
+        <v>832</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>802</v>
+        <v>833</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>140</v>
+        <v>213</v>
       </c>
       <c r="D213" t="s">
-        <v>718</v>
+        <v>690</v>
       </c>
       <c r="E213" t="s">
-        <v>719</v>
+        <v>691</v>
       </c>
       <c r="F213" t="s">
-        <v>803</v>
+        <v>13</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>804</v>
+        <v>834</v>
       </c>
       <c r="H213" t="s">
-        <v>805</v>
+        <v>835</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>806</v>
+        <v>836</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>144</v>
+        <v>217</v>
       </c>
       <c r="D214" t="s">
-        <v>718</v>
+        <v>690</v>
       </c>
       <c r="E214" t="s">
-        <v>719</v>
+        <v>691</v>
       </c>
       <c r="F214" t="s">
-        <v>803</v>
+        <v>46</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>807</v>
+        <v>837</v>
       </c>
       <c r="H214" t="s">
-        <v>801</v>
+        <v>838</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>808</v>
+        <v>839</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>149</v>
+        <v>221</v>
       </c>
       <c r="D215" t="s">
-        <v>718</v>
+        <v>690</v>
       </c>
       <c r="E215" t="s">
-        <v>719</v>
+        <v>691</v>
       </c>
       <c r="F215" t="s">
-        <v>803</v>
+        <v>124</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>809</v>
+        <v>840</v>
       </c>
       <c r="H215" t="s">
-        <v>810</v>
+        <v>841</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>811</v>
+        <v>842</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>153</v>
+        <v>226</v>
       </c>
       <c r="D216" t="s">
-        <v>718</v>
+        <v>690</v>
       </c>
       <c r="E216" t="s">
-        <v>719</v>
+        <v>691</v>
       </c>
       <c r="F216" t="s">
-        <v>803</v>
+        <v>124</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>812</v>
+        <v>843</v>
       </c>
       <c r="H216" t="s">
-        <v>813</v>
+        <v>844</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>814</v>
+        <v>845</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>161</v>
+        <v>230</v>
       </c>
       <c r="D217" t="s">
-        <v>718</v>
+        <v>690</v>
       </c>
       <c r="E217" t="s">
-        <v>719</v>
+        <v>691</v>
       </c>
       <c r="F217" t="s">
-        <v>803</v>
+        <v>846</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>815</v>
+        <v>847</v>
       </c>
       <c r="H217" t="s">
-        <v>816</v>
+        <v>848</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>817</v>
+        <v>849</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>165</v>
+        <v>234</v>
       </c>
       <c r="D218" t="s">
-        <v>718</v>
+        <v>690</v>
       </c>
       <c r="E218" t="s">
-        <v>719</v>
+        <v>691</v>
       </c>
       <c r="F218" t="s">
-        <v>803</v>
+        <v>850</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>818</v>
+        <v>851</v>
       </c>
       <c r="H218" t="s">
-        <v>819</v>
+        <v>852</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>820</v>
+        <v>853</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>169</v>
+        <v>238</v>
       </c>
       <c r="D219" t="s">
-        <v>718</v>
+        <v>690</v>
       </c>
       <c r="E219" t="s">
-        <v>719</v>
+        <v>691</v>
       </c>
       <c r="F219" t="s">
-        <v>803</v>
+        <v>31</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>821</v>
+        <v>854</v>
       </c>
       <c r="H219" t="s">
-        <v>801</v>
+        <v>855</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>822</v>
+        <v>856</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>173</v>
+        <v>242</v>
       </c>
       <c r="D220" t="s">
-        <v>718</v>
+        <v>690</v>
       </c>
       <c r="E220" t="s">
-        <v>719</v>
+        <v>691</v>
       </c>
       <c r="F220" t="s">
-        <v>803</v>
+        <v>31</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>823</v>
+        <v>857</v>
       </c>
       <c r="H220" t="s">
-        <v>824</v>
+        <v>858</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>825</v>
+        <v>859</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>177</v>
+        <v>246</v>
       </c>
       <c r="D221" t="s">
-        <v>718</v>
+        <v>690</v>
       </c>
       <c r="E221" t="s">
-        <v>719</v>
+        <v>691</v>
       </c>
       <c r="F221" t="s">
-        <v>803</v>
+        <v>31</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>826</v>
+        <v>860</v>
       </c>
       <c r="H221" t="s">
-        <v>827</v>
+        <v>861</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>828</v>
+        <v>862</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>181</v>
+        <v>250</v>
       </c>
       <c r="D222" t="s">
-        <v>718</v>
+        <v>690</v>
       </c>
       <c r="E222" t="s">
-        <v>719</v>
+        <v>691</v>
       </c>
       <c r="F222" t="s">
-        <v>803</v>
+        <v>13</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>829</v>
+        <v>863</v>
       </c>
       <c r="H222" t="s">
-        <v>830</v>
+        <v>864</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>831</v>
+        <v>865</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>185</v>
+        <v>254</v>
       </c>
       <c r="D223" t="s">
-        <v>718</v>
+        <v>690</v>
       </c>
       <c r="E223" t="s">
-        <v>719</v>
+        <v>691</v>
       </c>
       <c r="F223" t="s">
-        <v>803</v>
+        <v>26</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>832</v>
+        <v>866</v>
       </c>
       <c r="H223" t="s">
-        <v>833</v>
+        <v>867</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>834</v>
+        <v>868</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>189</v>
+        <v>258</v>
       </c>
       <c r="D224" t="s">
-        <v>718</v>
+        <v>690</v>
       </c>
       <c r="E224" t="s">
-        <v>719</v>
+        <v>691</v>
       </c>
       <c r="F224" t="s">
-        <v>803</v>
+        <v>31</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>835</v>
+        <v>869</v>
       </c>
       <c r="H224" t="s">
-        <v>836</v>
+        <v>870</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>837</v>
+        <v>871</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>193</v>
+        <v>262</v>
       </c>
       <c r="D225" t="s">
-        <v>718</v>
+        <v>690</v>
       </c>
       <c r="E225" t="s">
-        <v>719</v>
+        <v>691</v>
       </c>
       <c r="F225" t="s">
-        <v>803</v>
+        <v>31</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>838</v>
+        <v>872</v>
       </c>
       <c r="H225" t="s">
-        <v>839</v>
+        <v>873</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>840</v>
+        <v>874</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>197</v>
+        <v>266</v>
       </c>
       <c r="D226" t="s">
-        <v>718</v>
+        <v>690</v>
       </c>
       <c r="E226" t="s">
-        <v>719</v>
+        <v>691</v>
       </c>
       <c r="F226" t="s">
-        <v>803</v>
+        <v>824</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>841</v>
+        <v>875</v>
       </c>
       <c r="H226" t="s">
-        <v>842</v>
+        <v>876</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>843</v>
+        <v>877</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>201</v>
+        <v>270</v>
       </c>
       <c r="D227" t="s">
-        <v>718</v>
+        <v>690</v>
       </c>
       <c r="E227" t="s">
-        <v>719</v>
+        <v>691</v>
       </c>
       <c r="F227" t="s">
-        <v>803</v>
+        <v>26</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>844</v>
+        <v>878</v>
       </c>
       <c r="H227" t="s">
-        <v>845</v>
+        <v>879</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>846</v>
+        <v>880</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>205</v>
+        <v>17</v>
       </c>
       <c r="D228" t="s">
-        <v>718</v>
+        <v>881</v>
       </c>
       <c r="E228" t="s">
-        <v>719</v>
+        <v>882</v>
       </c>
       <c r="F228" t="s">
-        <v>803</v>
+        <v>883</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>847</v>
+        <v>884</v>
       </c>
       <c r="H228" t="s">
-        <v>848</v>
+        <v>885</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>849</v>
+        <v>886</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>209</v>
+        <v>21</v>
       </c>
       <c r="D229" t="s">
-        <v>718</v>
+        <v>881</v>
       </c>
       <c r="E229" t="s">
-        <v>719</v>
+        <v>882</v>
       </c>
       <c r="F229" t="s">
-        <v>803</v>
+        <v>883</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>850</v>
+        <v>887</v>
       </c>
       <c r="H229" t="s">
-        <v>851</v>
+        <v>888</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>852</v>
+        <v>889</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="D230" t="s">
-        <v>718</v>
+        <v>881</v>
       </c>
       <c r="E230" t="s">
-        <v>853</v>
+        <v>882</v>
       </c>
       <c r="F230" t="s">
-        <v>699</v>
+        <v>883</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>854</v>
+        <v>890</v>
       </c>
       <c r="H230" t="s">
-        <v>855</v>
+        <v>891</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>856</v>
+        <v>892</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="D231" t="s">
-        <v>718</v>
+        <v>881</v>
       </c>
       <c r="E231" t="s">
-        <v>853</v>
+        <v>882</v>
       </c>
       <c r="F231" t="s">
-        <v>31</v>
+        <v>883</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>857</v>
+        <v>893</v>
       </c>
       <c r="H231" t="s">
-        <v>858</v>
+        <v>894</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>859</v>
+        <v>895</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="D232" t="s">
-        <v>718</v>
+        <v>881</v>
       </c>
       <c r="E232" t="s">
-        <v>853</v>
+        <v>882</v>
       </c>
       <c r="F232" t="s">
-        <v>31</v>
+        <v>883</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>860</v>
+        <v>896</v>
       </c>
       <c r="H232" t="s">
-        <v>861</v>
+        <v>897</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>862</v>
+        <v>898</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="D233" t="s">
-        <v>718</v>
+        <v>881</v>
       </c>
       <c r="E233" t="s">
-        <v>853</v>
+        <v>882</v>
       </c>
       <c r="F233" t="s">
-        <v>31</v>
+        <v>883</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>863</v>
+        <v>899</v>
       </c>
       <c r="H233" t="s">
-        <v>864</v>
+        <v>900</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>865</v>
+        <v>901</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="D234" t="s">
-        <v>718</v>
+        <v>881</v>
       </c>
       <c r="E234" t="s">
-        <v>853</v>
+        <v>882</v>
       </c>
       <c r="F234" t="s">
-        <v>13</v>
+        <v>883</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>866</v>
+        <v>902</v>
       </c>
       <c r="H234" t="s">
-        <v>867</v>
+        <v>903</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>868</v>
+        <v>904</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="D235" t="s">
-        <v>718</v>
+        <v>881</v>
       </c>
       <c r="E235" t="s">
-        <v>853</v>
+        <v>882</v>
       </c>
       <c r="F235" t="s">
-        <v>36</v>
+        <v>883</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>869</v>
+        <v>905</v>
       </c>
       <c r="H235" t="s">
-        <v>870</v>
+        <v>906</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>871</v>
+        <v>907</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="D236" t="s">
-        <v>718</v>
+        <v>881</v>
       </c>
       <c r="E236" t="s">
-        <v>853</v>
+        <v>882</v>
       </c>
       <c r="F236" t="s">
-        <v>36</v>
+        <v>883</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>872</v>
+        <v>908</v>
       </c>
       <c r="H236" t="s">
-        <v>873</v>
+        <v>909</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>874</v>
+        <v>910</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>50</v>
+        <v>59</v>
       </c>
       <c r="D237" t="s">
-        <v>718</v>
+        <v>881</v>
       </c>
       <c r="E237" t="s">
-        <v>853</v>
+        <v>882</v>
       </c>
       <c r="F237" t="s">
-        <v>31</v>
+        <v>883</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>875</v>
+        <v>911</v>
       </c>
       <c r="H237" t="s">
-        <v>876</v>
+        <v>912</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>877</v>
+        <v>913</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="D238" t="s">
-        <v>718</v>
+        <v>881</v>
       </c>
       <c r="E238" t="s">
-        <v>853</v>
+        <v>882</v>
       </c>
       <c r="F238" t="s">
-        <v>111</v>
+        <v>883</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>878</v>
+        <v>914</v>
       </c>
       <c r="H238" t="s">
-        <v>879</v>
+        <v>915</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>880</v>
+        <v>916</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>59</v>
+        <v>68</v>
       </c>
       <c r="D239" t="s">
-        <v>718</v>
+        <v>881</v>
       </c>
       <c r="E239" t="s">
-        <v>853</v>
+        <v>882</v>
       </c>
       <c r="F239" t="s">
-        <v>13</v>
+        <v>883</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>881</v>
+        <v>917</v>
       </c>
       <c r="H239" t="s">
-        <v>882</v>
+        <v>918</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
+        <v>919</v>
+      </c>
+      <c r="B240" t="s">
+        <v>9</v>
+      </c>
+      <c r="C240" t="s">
+        <v>72</v>
+      </c>
+      <c r="D240" t="s">
+        <v>881</v>
+      </c>
+      <c r="E240" t="s">
+        <v>882</v>
+      </c>
+      <c r="F240" t="s">
         <v>883</v>
       </c>
-      <c r="B240" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G240" s="1" t="s">
-        <v>884</v>
+        <v>920</v>
       </c>
       <c r="H240" t="s">
-        <v>885</v>
+        <v>921</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>886</v>
+        <v>922</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="D241" t="s">
-        <v>718</v>
+        <v>881</v>
       </c>
       <c r="E241" t="s">
-        <v>853</v>
+        <v>882</v>
       </c>
       <c r="F241" t="s">
-        <v>31</v>
+        <v>883</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>887</v>
+        <v>923</v>
       </c>
       <c r="H241" t="s">
-        <v>888</v>
+        <v>924</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>889</v>
+        <v>925</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>72</v>
+        <v>80</v>
       </c>
       <c r="D242" t="s">
-        <v>718</v>
+        <v>881</v>
       </c>
       <c r="E242" t="s">
-        <v>853</v>
+        <v>882</v>
       </c>
       <c r="F242" t="s">
-        <v>655</v>
+        <v>883</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>890</v>
+        <v>926</v>
       </c>
       <c r="H242" t="s">
-        <v>891</v>
+        <v>927</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>892</v>
+        <v>928</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>76</v>
+        <v>84</v>
       </c>
       <c r="D243" t="s">
-        <v>718</v>
+        <v>881</v>
       </c>
       <c r="E243" t="s">
-        <v>853</v>
+        <v>882</v>
       </c>
       <c r="F243" t="s">
-        <v>89</v>
+        <v>883</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>893</v>
+        <v>929</v>
       </c>
       <c r="H243" t="s">
-        <v>894</v>
+        <v>930</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>895</v>
+        <v>931</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>80</v>
+        <v>88</v>
       </c>
       <c r="D244" t="s">
-        <v>718</v>
+        <v>881</v>
       </c>
       <c r="E244" t="s">
-        <v>853</v>
+        <v>882</v>
       </c>
       <c r="F244" t="s">
-        <v>31</v>
+        <v>883</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>896</v>
+        <v>932</v>
       </c>
       <c r="H244" t="s">
-        <v>897</v>
+        <v>933</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>898</v>
+        <v>934</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="D245" t="s">
-        <v>718</v>
+        <v>881</v>
       </c>
       <c r="E245" t="s">
-        <v>853</v>
+        <v>882</v>
       </c>
       <c r="F245" t="s">
-        <v>89</v>
+        <v>883</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>899</v>
+        <v>935</v>
       </c>
       <c r="H245" t="s">
-        <v>900</v>
+        <v>936</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>901</v>
+        <v>937</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>88</v>
+        <v>97</v>
       </c>
       <c r="D246" t="s">
-        <v>718</v>
+        <v>881</v>
       </c>
       <c r="E246" t="s">
-        <v>853</v>
+        <v>882</v>
       </c>
       <c r="F246" t="s">
-        <v>111</v>
+        <v>883</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>902</v>
+        <v>938</v>
       </c>
       <c r="H246" t="s">
-        <v>903</v>
+        <v>939</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>904</v>
+        <v>940</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="D247" t="s">
-        <v>718</v>
+        <v>881</v>
       </c>
       <c r="E247" t="s">
-        <v>853</v>
+        <v>882</v>
       </c>
       <c r="F247" t="s">
-        <v>31</v>
+        <v>883</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>905</v>
+        <v>941</v>
       </c>
       <c r="H247" t="s">
-        <v>906</v>
+        <v>942</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>907</v>
+        <v>943</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>97</v>
+        <v>105</v>
       </c>
       <c r="D248" t="s">
-        <v>718</v>
+        <v>881</v>
       </c>
       <c r="E248" t="s">
-        <v>853</v>
+        <v>882</v>
       </c>
       <c r="F248" t="s">
-        <v>26</v>
+        <v>883</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>908</v>
+        <v>944</v>
       </c>
       <c r="H248" t="s">
-        <v>909</v>
+        <v>945</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>910</v>
+        <v>946</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="D249" t="s">
-        <v>718</v>
+        <v>881</v>
       </c>
       <c r="E249" t="s">
-        <v>853</v>
+        <v>882</v>
       </c>
       <c r="F249" t="s">
-        <v>124</v>
+        <v>883</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>911</v>
+        <v>947</v>
       </c>
       <c r="H249" t="s">
-        <v>912</v>
+        <v>948</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>913</v>
+        <v>949</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="D250" t="s">
-        <v>718</v>
+        <v>881</v>
       </c>
       <c r="E250" t="s">
-        <v>853</v>
+        <v>882</v>
       </c>
       <c r="F250" t="s">
-        <v>46</v>
+        <v>883</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>914</v>
+        <v>950</v>
       </c>
       <c r="H250" t="s">
-        <v>915</v>
+        <v>951</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>916</v>
+        <v>952</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>17</v>
+        <v>119</v>
       </c>
       <c r="D251" t="s">
-        <v>917</v>
+        <v>881</v>
       </c>
       <c r="E251" t="s">
-        <v>918</v>
+        <v>882</v>
       </c>
       <c r="F251" t="s">
-        <v>919</v>
+        <v>883</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>920</v>
+        <v>953</v>
       </c>
       <c r="H251" t="s">
-        <v>921</v>
+        <v>954</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>922</v>
+        <v>955</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>21</v>
+        <v>123</v>
       </c>
       <c r="D252" t="s">
-        <v>917</v>
+        <v>881</v>
       </c>
       <c r="E252" t="s">
-        <v>918</v>
+        <v>882</v>
       </c>
       <c r="F252" t="s">
-        <v>919</v>
+        <v>883</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>923</v>
+        <v>956</v>
       </c>
       <c r="H252" t="s">
-        <v>924</v>
+        <v>957</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>925</v>
+        <v>958</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>17</v>
+        <v>128</v>
       </c>
       <c r="D253" t="s">
-        <v>926</v>
+        <v>881</v>
       </c>
       <c r="E253" t="s">
-        <v>927</v>
+        <v>882</v>
       </c>
       <c r="F253" t="s">
-        <v>111</v>
+        <v>883</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>928</v>
+        <v>959</v>
       </c>
       <c r="H253" t="s">
-        <v>929</v>
+        <v>951</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>930</v>
+        <v>960</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>21</v>
+        <v>132</v>
       </c>
       <c r="D254" t="s">
-        <v>926</v>
+        <v>881</v>
       </c>
       <c r="E254" t="s">
-        <v>927</v>
+        <v>882</v>
       </c>
       <c r="F254" t="s">
-        <v>89</v>
+        <v>883</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>931</v>
+        <v>961</v>
       </c>
       <c r="H254" t="s">
-        <v>932</v>
+        <v>948</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>933</v>
+        <v>962</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>25</v>
+        <v>136</v>
       </c>
       <c r="D255" t="s">
-        <v>926</v>
+        <v>881</v>
       </c>
       <c r="E255" t="s">
-        <v>927</v>
+        <v>882</v>
       </c>
       <c r="F255" t="s">
-        <v>124</v>
+        <v>883</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>934</v>
+        <v>963</v>
       </c>
       <c r="H255" t="s">
-        <v>935</v>
+        <v>964</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>936</v>
+        <v>965</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>30</v>
+        <v>140</v>
       </c>
       <c r="D256" t="s">
-        <v>926</v>
+        <v>881</v>
       </c>
       <c r="E256" t="s">
-        <v>927</v>
+        <v>882</v>
       </c>
       <c r="F256" t="s">
-        <v>13</v>
+        <v>966</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>937</v>
+        <v>967</v>
       </c>
       <c r="H256" t="s">
-        <v>938</v>
+        <v>968</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>939</v>
+        <v>969</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>17</v>
+        <v>144</v>
       </c>
       <c r="D257" t="s">
-        <v>940</v>
+        <v>881</v>
       </c>
       <c r="E257" t="s">
-        <v>941</v>
+        <v>882</v>
       </c>
       <c r="F257" t="s">
-        <v>720</v>
+        <v>966</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>942</v>
+        <v>970</v>
       </c>
       <c r="H257" t="s">
-        <v>943</v>
+        <v>964</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>944</v>
+        <v>971</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>17</v>
+        <v>149</v>
       </c>
       <c r="D258" t="s">
-        <v>945</v>
+        <v>881</v>
       </c>
       <c r="E258" t="s">
-        <v>946</v>
+        <v>882</v>
       </c>
       <c r="F258" t="s">
-        <v>947</v>
+        <v>966</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>948</v>
+        <v>972</v>
       </c>
       <c r="H258" t="s">
-        <v>949</v>
+        <v>973</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>950</v>
+        <v>974</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>25</v>
+        <v>153</v>
       </c>
       <c r="D259" t="s">
-        <v>945</v>
+        <v>881</v>
       </c>
       <c r="E259" t="s">
-        <v>946</v>
+        <v>882</v>
       </c>
       <c r="F259" t="s">
-        <v>36</v>
+        <v>966</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>951</v>
+        <v>975</v>
       </c>
       <c r="H259" t="s">
-        <v>952</v>
+        <v>976</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>953</v>
+        <v>977</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>30</v>
+        <v>161</v>
       </c>
       <c r="D260" t="s">
-        <v>945</v>
+        <v>881</v>
       </c>
       <c r="E260" t="s">
-        <v>946</v>
+        <v>882</v>
       </c>
       <c r="F260" t="s">
-        <v>31</v>
+        <v>966</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>954</v>
+        <v>978</v>
       </c>
       <c r="H260" t="s">
-        <v>955</v>
+        <v>979</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>956</v>
+        <v>980</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>35</v>
+        <v>165</v>
       </c>
       <c r="D261" t="s">
-        <v>945</v>
+        <v>881</v>
       </c>
       <c r="E261" t="s">
-        <v>946</v>
+        <v>882</v>
       </c>
       <c r="F261" t="s">
-        <v>569</v>
+        <v>966</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>957</v>
+        <v>981</v>
       </c>
       <c r="H261" t="s">
-        <v>958</v>
+        <v>982</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>959</v>
+        <v>983</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>40</v>
+        <v>169</v>
       </c>
       <c r="D262" t="s">
-        <v>945</v>
+        <v>881</v>
       </c>
       <c r="E262" t="s">
-        <v>946</v>
+        <v>882</v>
       </c>
       <c r="F262" t="s">
-        <v>569</v>
+        <v>966</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>960</v>
+        <v>984</v>
       </c>
       <c r="H262" t="s">
-        <v>961</v>
+        <v>964</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>962</v>
+        <v>985</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>45</v>
+        <v>173</v>
       </c>
       <c r="D263" t="s">
-        <v>945</v>
+        <v>881</v>
       </c>
       <c r="E263" t="s">
-        <v>946</v>
+        <v>882</v>
       </c>
       <c r="F263" t="s">
-        <v>963</v>
+        <v>966</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>964</v>
+        <v>986</v>
       </c>
       <c r="H263" t="s">
-        <v>965</v>
+        <v>987</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
+        <v>988</v>
+      </c>
+      <c r="B264" t="s">
+        <v>9</v>
+      </c>
+      <c r="C264" t="s">
+        <v>177</v>
+      </c>
+      <c r="D264" t="s">
+        <v>881</v>
+      </c>
+      <c r="E264" t="s">
+        <v>882</v>
+      </c>
+      <c r="F264" t="s">
         <v>966</v>
       </c>
-      <c r="B264" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G264" s="1" t="s">
-        <v>967</v>
+        <v>989</v>
       </c>
       <c r="H264" t="s">
-        <v>968</v>
+        <v>990</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>969</v>
+        <v>991</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>54</v>
+        <v>181</v>
       </c>
       <c r="D265" t="s">
-        <v>945</v>
+        <v>881</v>
       </c>
       <c r="E265" t="s">
-        <v>946</v>
+        <v>882</v>
       </c>
       <c r="F265" t="s">
-        <v>31</v>
+        <v>966</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>970</v>
+        <v>992</v>
       </c>
       <c r="H265" t="s">
-        <v>971</v>
+        <v>993</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>972</v>
+        <v>994</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>59</v>
+        <v>185</v>
       </c>
       <c r="D266" t="s">
-        <v>945</v>
+        <v>881</v>
       </c>
       <c r="E266" t="s">
-        <v>946</v>
+        <v>882</v>
       </c>
       <c r="F266" t="s">
-        <v>31</v>
+        <v>966</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>973</v>
+        <v>995</v>
       </c>
       <c r="H266" t="s">
-        <v>974</v>
+        <v>996</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>975</v>
+        <v>997</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>63</v>
+        <v>189</v>
       </c>
       <c r="D267" t="s">
-        <v>945</v>
+        <v>881</v>
       </c>
       <c r="E267" t="s">
-        <v>946</v>
+        <v>882</v>
       </c>
       <c r="F267" t="s">
-        <v>976</v>
+        <v>966</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>977</v>
+        <v>998</v>
       </c>
       <c r="H267" t="s">
-        <v>978</v>
+        <v>999</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>979</v>
+        <v>1000</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>68</v>
+        <v>193</v>
       </c>
       <c r="D268" t="s">
-        <v>945</v>
+        <v>881</v>
       </c>
       <c r="E268" t="s">
-        <v>946</v>
+        <v>882</v>
       </c>
       <c r="F268" t="s">
-        <v>976</v>
+        <v>966</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>980</v>
+        <v>1001</v>
       </c>
       <c r="H268" t="s">
-        <v>978</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>981</v>
+        <v>1003</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>72</v>
+        <v>197</v>
       </c>
       <c r="D269" t="s">
-        <v>945</v>
+        <v>881</v>
       </c>
       <c r="E269" t="s">
-        <v>946</v>
+        <v>882</v>
       </c>
       <c r="F269" t="s">
-        <v>947</v>
+        <v>966</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>982</v>
+        <v>1004</v>
       </c>
       <c r="H269" t="s">
-        <v>983</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>984</v>
+        <v>1006</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>76</v>
+        <v>201</v>
       </c>
       <c r="D270" t="s">
-        <v>945</v>
+        <v>881</v>
       </c>
       <c r="E270" t="s">
-        <v>946</v>
+        <v>882</v>
       </c>
       <c r="F270" t="s">
-        <v>976</v>
+        <v>966</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>985</v>
+        <v>1007</v>
       </c>
       <c r="H270" t="s">
-        <v>986</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>987</v>
+        <v>1009</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>17</v>
+        <v>205</v>
       </c>
       <c r="D271" t="s">
-        <v>988</v>
+        <v>881</v>
       </c>
       <c r="E271" t="s">
-        <v>989</v>
+        <v>882</v>
       </c>
       <c r="F271" t="s">
-        <v>803</v>
+        <v>966</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>990</v>
+        <v>1010</v>
       </c>
       <c r="H271" t="s">
-        <v>991</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>992</v>
+        <v>1012</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>21</v>
+        <v>209</v>
       </c>
       <c r="D272" t="s">
-        <v>988</v>
+        <v>881</v>
       </c>
       <c r="E272" t="s">
-        <v>989</v>
+        <v>882</v>
       </c>
       <c r="F272" t="s">
-        <v>803</v>
+        <v>966</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>993</v>
+        <v>1013</v>
       </c>
       <c r="H272" t="s">
-        <v>994</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>995</v>
+        <v>1015</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>17</v>
+        <v>213</v>
       </c>
       <c r="D273" t="s">
-        <v>996</v>
+        <v>881</v>
       </c>
       <c r="E273" t="s">
-        <v>997</v>
+        <v>882</v>
       </c>
       <c r="F273" t="s">
-        <v>89</v>
+        <v>966</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>998</v>
+        <v>1016</v>
       </c>
       <c r="H273" t="s">
-        <v>999</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>1000</v>
+        <v>1018</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>21</v>
+        <v>217</v>
       </c>
       <c r="D274" t="s">
-        <v>996</v>
+        <v>881</v>
       </c>
       <c r="E274" t="s">
-        <v>997</v>
+        <v>882</v>
       </c>
       <c r="F274" t="s">
-        <v>36</v>
+        <v>966</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>1001</v>
+        <v>1019</v>
       </c>
       <c r="H274" t="s">
-        <v>1002</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>1003</v>
+        <v>1021</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>25</v>
+        <v>221</v>
       </c>
       <c r="D275" t="s">
-        <v>996</v>
+        <v>881</v>
       </c>
       <c r="E275" t="s">
-        <v>997</v>
+        <v>882</v>
       </c>
       <c r="F275" t="s">
-        <v>1004</v>
+        <v>966</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>1005</v>
+        <v>1022</v>
       </c>
       <c r="H275" t="s">
-        <v>1006</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>1007</v>
+        <v>1024</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>30</v>
+        <v>226</v>
       </c>
       <c r="D276" t="s">
-        <v>996</v>
+        <v>881</v>
       </c>
       <c r="E276" t="s">
-        <v>997</v>
+        <v>882</v>
       </c>
       <c r="F276" t="s">
-        <v>1004</v>
+        <v>966</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>1008</v>
+        <v>1025</v>
       </c>
       <c r="H276" t="s">
-        <v>1009</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>1010</v>
+        <v>1027</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>35</v>
+        <v>230</v>
       </c>
       <c r="D277" t="s">
-        <v>996</v>
+        <v>881</v>
       </c>
       <c r="E277" t="s">
-        <v>997</v>
+        <v>882</v>
       </c>
       <c r="F277" t="s">
-        <v>1011</v>
+        <v>966</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>1012</v>
+        <v>1028</v>
       </c>
       <c r="H277" t="s">
-        <v>1013</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>1014</v>
+        <v>1030</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>40</v>
+        <v>234</v>
       </c>
       <c r="D278" t="s">
-        <v>996</v>
+        <v>881</v>
       </c>
       <c r="E278" t="s">
-        <v>997</v>
+        <v>882</v>
       </c>
       <c r="F278" t="s">
-        <v>89</v>
+        <v>966</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="H278" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>1017</v>
+        <v>1033</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>17</v>
+        <v>238</v>
       </c>
       <c r="D279" t="s">
-        <v>1018</v>
+        <v>881</v>
       </c>
       <c r="E279" t="s">
-        <v>1019</v>
+        <v>882</v>
       </c>
       <c r="F279" t="s">
-        <v>89</v>
+        <v>966</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>1020</v>
+        <v>1034</v>
       </c>
       <c r="H279" t="s">
-        <v>1021</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>1022</v>
+        <v>1036</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>25</v>
+        <v>242</v>
       </c>
       <c r="D280" t="s">
-        <v>1018</v>
+        <v>881</v>
       </c>
       <c r="E280" t="s">
-        <v>1019</v>
+        <v>882</v>
       </c>
       <c r="F280" t="s">
-        <v>31</v>
+        <v>966</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>1023</v>
+        <v>1037</v>
       </c>
       <c r="H280" t="s">
-        <v>1024</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>1025</v>
+        <v>1039</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>30</v>
+        <v>246</v>
       </c>
       <c r="D281" t="s">
-        <v>1018</v>
+        <v>881</v>
       </c>
       <c r="E281" t="s">
-        <v>1019</v>
+        <v>882</v>
       </c>
       <c r="F281" t="s">
-        <v>46</v>
+        <v>966</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>1026</v>
+        <v>1040</v>
       </c>
       <c r="H281" t="s">
-        <v>1027</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>1028</v>
+        <v>1042</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>35</v>
+        <v>250</v>
       </c>
       <c r="D282" t="s">
-        <v>1018</v>
+        <v>881</v>
       </c>
       <c r="E282" t="s">
-        <v>1019</v>
+        <v>882</v>
       </c>
       <c r="F282" t="s">
-        <v>111</v>
+        <v>966</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>1029</v>
+        <v>1043</v>
       </c>
       <c r="H282" t="s">
-        <v>1030</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>1031</v>
+        <v>1045</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>40</v>
+        <v>17</v>
       </c>
       <c r="D283" t="s">
-        <v>1018</v>
+        <v>881</v>
       </c>
       <c r="E283" t="s">
-        <v>1019</v>
+        <v>1046</v>
       </c>
       <c r="F283" t="s">
-        <v>1032</v>
+        <v>824</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>1033</v>
+        <v>1047</v>
       </c>
       <c r="H283" t="s">
-        <v>1034</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>1035</v>
+        <v>1049</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>45</v>
+        <v>21</v>
       </c>
       <c r="D284" t="s">
-        <v>1018</v>
+        <v>881</v>
       </c>
       <c r="E284" t="s">
-        <v>1019</v>
+        <v>1046</v>
       </c>
       <c r="F284" t="s">
-        <v>89</v>
+        <v>31</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>1036</v>
+        <v>1050</v>
       </c>
       <c r="H284" t="s">
-        <v>1037</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>1038</v>
+        <v>1052</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="D285" t="s">
-        <v>1018</v>
+        <v>881</v>
       </c>
       <c r="E285" t="s">
-        <v>1019</v>
+        <v>1046</v>
       </c>
       <c r="F285" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>1039</v>
+        <v>1053</v>
       </c>
       <c r="H285" t="s">
-        <v>1040</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>1041</v>
+        <v>1055</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>54</v>
+        <v>30</v>
       </c>
       <c r="D286" t="s">
-        <v>1018</v>
+        <v>881</v>
       </c>
       <c r="E286" t="s">
-        <v>1019</v>
+        <v>1046</v>
       </c>
       <c r="F286" t="s">
-        <v>1042</v>
+        <v>31</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>1043</v>
+        <v>1056</v>
       </c>
       <c r="H286" t="s">
-        <v>1044</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>1045</v>
+        <v>1058</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>59</v>
+        <v>35</v>
       </c>
       <c r="D287" t="s">
-        <v>1018</v>
+        <v>881</v>
       </c>
       <c r="E287" t="s">
-        <v>1019</v>
+        <v>1046</v>
       </c>
       <c r="F287" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>1046</v>
+        <v>1059</v>
       </c>
       <c r="H287" t="s">
-        <v>1047</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>1048</v>
+        <v>1061</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>63</v>
+        <v>40</v>
       </c>
       <c r="D288" t="s">
-        <v>1018</v>
+        <v>881</v>
       </c>
       <c r="E288" t="s">
-        <v>1019</v>
+        <v>1046</v>
       </c>
       <c r="F288" t="s">
         <v>36</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>1049</v>
+        <v>1062</v>
       </c>
       <c r="H288" t="s">
-        <v>1050</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>1051</v>
+        <v>1064</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="D289" t="s">
-        <v>1018</v>
+        <v>881</v>
       </c>
       <c r="E289" t="s">
-        <v>1019</v>
+        <v>1046</v>
       </c>
       <c r="F289" t="s">
-        <v>124</v>
+        <v>36</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>1052</v>
+        <v>1065</v>
       </c>
       <c r="H289" t="s">
-        <v>1053</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>1054</v>
+        <v>1067</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>72</v>
+        <v>50</v>
       </c>
       <c r="D290" t="s">
-        <v>1018</v>
+        <v>881</v>
       </c>
       <c r="E290" t="s">
-        <v>1019</v>
+        <v>1046</v>
       </c>
       <c r="F290" t="s">
-        <v>124</v>
+        <v>31</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>1055</v>
+        <v>1068</v>
       </c>
       <c r="H290" t="s">
-        <v>1056</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>1057</v>
+        <v>1070</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>76</v>
+        <v>54</v>
       </c>
       <c r="D291" t="s">
-        <v>1018</v>
+        <v>881</v>
       </c>
       <c r="E291" t="s">
-        <v>1019</v>
+        <v>1046</v>
       </c>
       <c r="F291" t="s">
         <v>111</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>1058</v>
+        <v>1071</v>
       </c>
       <c r="H291" t="s">
-        <v>1059</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>1060</v>
+        <v>1073</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>80</v>
+        <v>59</v>
       </c>
       <c r="D292" t="s">
-        <v>1018</v>
+        <v>881</v>
       </c>
       <c r="E292" t="s">
-        <v>1019</v>
+        <v>1046</v>
       </c>
       <c r="F292" t="s">
-        <v>1061</v>
+        <v>13</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>1062</v>
+        <v>1074</v>
       </c>
       <c r="H292" t="s">
-        <v>1063</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>1064</v>
+        <v>1076</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>84</v>
+        <v>63</v>
       </c>
       <c r="D293" t="s">
-        <v>1018</v>
+        <v>881</v>
       </c>
       <c r="E293" t="s">
-        <v>1019</v>
+        <v>1046</v>
       </c>
       <c r="F293" t="s">
-        <v>1065</v>
+        <v>31</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>1066</v>
+        <v>1077</v>
       </c>
       <c r="H293" t="s">
-        <v>1067</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>1068</v>
+        <v>1079</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>88</v>
+        <v>68</v>
       </c>
       <c r="D294" t="s">
-        <v>1018</v>
+        <v>881</v>
       </c>
       <c r="E294" t="s">
-        <v>1019</v>
+        <v>1046</v>
       </c>
       <c r="F294" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>1069</v>
+        <v>1080</v>
       </c>
       <c r="H294" t="s">
-        <v>1070</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>1071</v>
+        <v>1082</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>238</v>
+        <v>72</v>
       </c>
       <c r="D295" t="s">
-        <v>1072</v>
+        <v>881</v>
       </c>
       <c r="E295" t="s">
-        <v>1073</v>
+        <v>1046</v>
       </c>
       <c r="F295" t="s">
-        <v>46</v>
+        <v>781</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>1074</v>
+        <v>1083</v>
       </c>
       <c r="H295" t="s">
-        <v>1075</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>1076</v>
+        <v>1085</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>246</v>
+        <v>76</v>
       </c>
       <c r="D296" t="s">
-        <v>1072</v>
+        <v>881</v>
       </c>
       <c r="E296" t="s">
-        <v>1073</v>
+        <v>1046</v>
       </c>
       <c r="F296" t="s">
-        <v>41</v>
+        <v>89</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>1077</v>
+        <v>1086</v>
       </c>
       <c r="H296" t="s">
-        <v>1078</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>1079</v>
+        <v>1088</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>250</v>
+        <v>80</v>
       </c>
       <c r="D297" t="s">
-        <v>1072</v>
+        <v>881</v>
       </c>
       <c r="E297" t="s">
-        <v>1073</v>
+        <v>1046</v>
       </c>
       <c r="F297" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>1080</v>
+        <v>1089</v>
       </c>
       <c r="H297" t="s">
-        <v>1081</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>1082</v>
+        <v>1091</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>254</v>
+        <v>84</v>
       </c>
       <c r="D298" t="s">
-        <v>1072</v>
+        <v>881</v>
       </c>
       <c r="E298" t="s">
-        <v>1073</v>
+        <v>1046</v>
       </c>
       <c r="F298" t="s">
-        <v>13</v>
+        <v>89</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>1083</v>
+        <v>1092</v>
       </c>
       <c r="H298" t="s">
-        <v>1084</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>1085</v>
+        <v>1094</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>266</v>
+        <v>88</v>
       </c>
       <c r="D299" t="s">
-        <v>1072</v>
+        <v>881</v>
       </c>
       <c r="E299" t="s">
-        <v>1073</v>
+        <v>1046</v>
       </c>
       <c r="F299" t="s">
-        <v>26</v>
+        <v>111</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>1086</v>
+        <v>1095</v>
       </c>
       <c r="H299" t="s">
-        <v>1087</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>1088</v>
+        <v>1097</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>350</v>
+        <v>93</v>
       </c>
       <c r="D300" t="s">
-        <v>1072</v>
+        <v>881</v>
       </c>
       <c r="E300" t="s">
-        <v>1073</v>
+        <v>1046</v>
       </c>
       <c r="F300" t="s">
-        <v>720</v>
+        <v>31</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>1089</v>
+        <v>1098</v>
       </c>
       <c r="H300" t="s">
-        <v>1090</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>1091</v>
+        <v>1100</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>358</v>
+        <v>97</v>
       </c>
       <c r="D301" t="s">
-        <v>1072</v>
+        <v>881</v>
       </c>
       <c r="E301" t="s">
-        <v>1073</v>
+        <v>1046</v>
       </c>
       <c r="F301" t="s">
-        <v>803</v>
+        <v>26</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>1092</v>
+        <v>1101</v>
       </c>
       <c r="H301" t="s">
-        <v>1093</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>1094</v>
+        <v>1103</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>398</v>
+        <v>101</v>
       </c>
       <c r="D302" t="s">
-        <v>1072</v>
+        <v>881</v>
       </c>
       <c r="E302" t="s">
-        <v>1073</v>
+        <v>1046</v>
       </c>
       <c r="F302" t="s">
-        <v>720</v>
+        <v>124</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>1095</v>
+        <v>1104</v>
       </c>
       <c r="H302" t="s">
-        <v>1096</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>1097</v>
+        <v>1106</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>402</v>
+        <v>105</v>
       </c>
       <c r="D303" t="s">
-        <v>1072</v>
+        <v>881</v>
       </c>
       <c r="E303" t="s">
-        <v>1073</v>
+        <v>1046</v>
       </c>
       <c r="F303" t="s">
-        <v>720</v>
+        <v>46</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>1098</v>
+        <v>1107</v>
       </c>
       <c r="H303" t="s">
-        <v>1099</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>1100</v>
+        <v>1109</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>406</v>
+        <v>110</v>
       </c>
       <c r="D304" t="s">
-        <v>1072</v>
+        <v>881</v>
       </c>
       <c r="E304" t="s">
-        <v>1073</v>
+        <v>1046</v>
       </c>
       <c r="F304" t="s">
-        <v>720</v>
+        <v>781</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>1101</v>
+        <v>1110</v>
       </c>
       <c r="H304" t="s">
-        <v>1102</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>1103</v>
+        <v>1112</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>410</v>
+        <v>115</v>
       </c>
       <c r="D305" t="s">
-        <v>1072</v>
+        <v>881</v>
       </c>
       <c r="E305" t="s">
-        <v>1073</v>
+        <v>1046</v>
       </c>
       <c r="F305" t="s">
-        <v>720</v>
+        <v>569</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>1104</v>
+        <v>1113</v>
       </c>
       <c r="H305" t="s">
-        <v>1105</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>1106</v>
+        <v>1115</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>414</v>
+        <v>119</v>
       </c>
       <c r="D306" t="s">
-        <v>1072</v>
+        <v>881</v>
       </c>
       <c r="E306" t="s">
-        <v>1073</v>
+        <v>1046</v>
       </c>
       <c r="F306" t="s">
-        <v>720</v>
+        <v>26</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>1107</v>
+        <v>1116</v>
       </c>
       <c r="H306" t="s">
-        <v>1108</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>1109</v>
+        <v>1118</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>418</v>
+        <v>123</v>
       </c>
       <c r="D307" t="s">
-        <v>1072</v>
+        <v>881</v>
       </c>
       <c r="E307" t="s">
-        <v>1073</v>
+        <v>1046</v>
       </c>
       <c r="F307" t="s">
-        <v>720</v>
+        <v>111</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>1110</v>
+        <v>1119</v>
       </c>
       <c r="H307" t="s">
-        <v>1111</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>1112</v>
+        <v>1121</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>422</v>
+        <v>17</v>
       </c>
       <c r="D308" t="s">
-        <v>1072</v>
+        <v>1122</v>
       </c>
       <c r="E308" t="s">
-        <v>1073</v>
+        <v>1123</v>
       </c>
       <c r="F308" t="s">
-        <v>720</v>
+        <v>1124</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>1113</v>
+        <v>1125</v>
       </c>
       <c r="H308" t="s">
-        <v>1114</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>1115</v>
+        <v>1127</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>426</v>
+        <v>21</v>
       </c>
       <c r="D309" t="s">
-        <v>1072</v>
+        <v>1122</v>
       </c>
       <c r="E309" t="s">
-        <v>1073</v>
+        <v>1123</v>
       </c>
       <c r="F309" t="s">
-        <v>720</v>
+        <v>1124</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>1116</v>
+        <v>1128</v>
       </c>
       <c r="H309" t="s">
-        <v>1117</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>1118</v>
+        <v>1130</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>430</v>
+        <v>17</v>
       </c>
       <c r="D310" t="s">
-        <v>1072</v>
+        <v>1131</v>
       </c>
       <c r="E310" t="s">
-        <v>1073</v>
+        <v>1132</v>
       </c>
       <c r="F310" t="s">
-        <v>720</v>
+        <v>111</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>1119</v>
+        <v>1133</v>
       </c>
       <c r="H310" t="s">
-        <v>1120</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>1121</v>
+        <v>1135</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>434</v>
+        <v>21</v>
       </c>
       <c r="D311" t="s">
-        <v>1072</v>
+        <v>1131</v>
       </c>
       <c r="E311" t="s">
-        <v>1073</v>
+        <v>1132</v>
       </c>
       <c r="F311" t="s">
-        <v>720</v>
+        <v>89</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>1122</v>
+        <v>1136</v>
       </c>
       <c r="H311" t="s">
-        <v>1123</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>1124</v>
+        <v>1138</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>438</v>
+        <v>25</v>
       </c>
       <c r="D312" t="s">
-        <v>1072</v>
+        <v>1131</v>
       </c>
       <c r="E312" t="s">
-        <v>1073</v>
+        <v>1132</v>
       </c>
       <c r="F312" t="s">
-        <v>720</v>
+        <v>124</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>1122</v>
+        <v>1139</v>
       </c>
       <c r="H312" t="s">
-        <v>1125</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>1126</v>
+        <v>1141</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>442</v>
+        <v>30</v>
       </c>
       <c r="D313" t="s">
-        <v>1072</v>
+        <v>1131</v>
       </c>
       <c r="E313" t="s">
-        <v>1073</v>
+        <v>1132</v>
       </c>
       <c r="F313" t="s">
-        <v>720</v>
+        <v>13</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>1122</v>
+        <v>1142</v>
       </c>
       <c r="H313" t="s">
-        <v>1127</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>1128</v>
+        <v>1144</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>450</v>
+        <v>35</v>
       </c>
       <c r="D314" t="s">
-        <v>1072</v>
+        <v>1131</v>
       </c>
       <c r="E314" t="s">
-        <v>1073</v>
+        <v>1132</v>
       </c>
       <c r="F314" t="s">
-        <v>720</v>
+        <v>89</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>1129</v>
+        <v>1145</v>
       </c>
       <c r="H314" t="s">
-        <v>1130</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
+        <v>1147</v>
+      </c>
+      <c r="B315" t="s">
+        <v>9</v>
+      </c>
+      <c r="C315" t="s">
+        <v>40</v>
+      </c>
+      <c r="D315" t="s">
         <v>1131</v>
       </c>
-      <c r="B315" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E315" t="s">
-        <v>1073</v>
+        <v>1132</v>
       </c>
       <c r="F315" t="s">
-        <v>720</v>
+        <v>31</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>1132</v>
+        <v>1148</v>
       </c>
       <c r="H315" t="s">
-        <v>1133</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>1134</v>
+        <v>1150</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>459</v>
+        <v>45</v>
       </c>
       <c r="D316" t="s">
-        <v>1072</v>
+        <v>1131</v>
       </c>
       <c r="E316" t="s">
-        <v>1073</v>
+        <v>1132</v>
       </c>
       <c r="F316" t="s">
-        <v>720</v>
+        <v>64</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>1135</v>
+        <v>1151</v>
       </c>
       <c r="H316" t="s">
-        <v>1136</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>1137</v>
+        <v>1153</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>463</v>
+        <v>50</v>
       </c>
       <c r="D317" t="s">
-        <v>1072</v>
+        <v>1131</v>
       </c>
       <c r="E317" t="s">
-        <v>1073</v>
+        <v>1132</v>
       </c>
       <c r="F317" t="s">
-        <v>720</v>
+        <v>64</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>1138</v>
+        <v>1154</v>
       </c>
       <c r="H317" t="s">
-        <v>1139</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>1140</v>
+        <v>1156</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>467</v>
+        <v>54</v>
       </c>
       <c r="D318" t="s">
-        <v>1072</v>
+        <v>1131</v>
       </c>
       <c r="E318" t="s">
-        <v>1073</v>
+        <v>1132</v>
       </c>
       <c r="F318" t="s">
-        <v>720</v>
+        <v>106</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>1141</v>
+        <v>1157</v>
       </c>
       <c r="H318" t="s">
-        <v>1142</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>1143</v>
+        <v>1159</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>471</v>
+        <v>59</v>
       </c>
       <c r="D319" t="s">
-        <v>1072</v>
+        <v>1131</v>
       </c>
       <c r="E319" t="s">
-        <v>1073</v>
+        <v>1132</v>
       </c>
       <c r="F319" t="s">
-        <v>720</v>
+        <v>124</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>1144</v>
+        <v>1160</v>
       </c>
       <c r="H319" t="s">
-        <v>1145</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>1146</v>
+        <v>1162</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>475</v>
+        <v>63</v>
       </c>
       <c r="D320" t="s">
-        <v>1072</v>
+        <v>1131</v>
       </c>
       <c r="E320" t="s">
-        <v>1073</v>
+        <v>1132</v>
       </c>
       <c r="F320" t="s">
-        <v>720</v>
+        <v>106</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>1147</v>
+        <v>1163</v>
       </c>
       <c r="H320" t="s">
-        <v>1148</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>1149</v>
+        <v>1165</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>479</v>
+        <v>68</v>
       </c>
       <c r="D321" t="s">
-        <v>1072</v>
+        <v>1131</v>
       </c>
       <c r="E321" t="s">
-        <v>1073</v>
+        <v>1132</v>
       </c>
       <c r="F321" t="s">
-        <v>720</v>
+        <v>111</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>1150</v>
+        <v>1166</v>
       </c>
       <c r="H321" t="s">
-        <v>1151</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>1152</v>
+        <v>1168</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>483</v>
+        <v>72</v>
       </c>
       <c r="D322" t="s">
-        <v>1072</v>
+        <v>1131</v>
       </c>
       <c r="E322" t="s">
-        <v>1073</v>
+        <v>1132</v>
       </c>
       <c r="F322" t="s">
-        <v>720</v>
+        <v>36</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>1153</v>
+        <v>1169</v>
       </c>
       <c r="H322" t="s">
-        <v>1154</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>1155</v>
+        <v>1171</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>487</v>
+        <v>76</v>
       </c>
       <c r="D323" t="s">
-        <v>1072</v>
+        <v>1131</v>
       </c>
       <c r="E323" t="s">
-        <v>1073</v>
+        <v>1132</v>
       </c>
       <c r="F323" t="s">
-        <v>720</v>
+        <v>36</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>1156</v>
+        <v>1172</v>
       </c>
       <c r="H323" t="s">
-        <v>1157</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>1158</v>
+        <v>1174</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>491</v>
+        <v>80</v>
       </c>
       <c r="D324" t="s">
-        <v>1072</v>
+        <v>1131</v>
       </c>
       <c r="E324" t="s">
-        <v>1073</v>
+        <v>1132</v>
       </c>
       <c r="F324" t="s">
-        <v>720</v>
+        <v>89</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>1159</v>
+        <v>1175</v>
       </c>
       <c r="H324" t="s">
-        <v>1160</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>1161</v>
+        <v>1177</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>495</v>
+        <v>84</v>
       </c>
       <c r="D325" t="s">
-        <v>1072</v>
+        <v>1131</v>
       </c>
       <c r="E325" t="s">
-        <v>1073</v>
+        <v>1132</v>
       </c>
       <c r="F325" t="s">
-        <v>720</v>
+        <v>1178</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>1122</v>
+        <v>1179</v>
       </c>
       <c r="H325" t="s">
-        <v>1162</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>1163</v>
+        <v>1181</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>499</v>
+        <v>88</v>
       </c>
       <c r="D326" t="s">
-        <v>1072</v>
+        <v>1131</v>
       </c>
       <c r="E326" t="s">
-        <v>1073</v>
+        <v>1132</v>
       </c>
       <c r="F326" t="s">
-        <v>720</v>
+        <v>1182</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>1164</v>
+        <v>1183</v>
       </c>
       <c r="H326" t="s">
-        <v>1162</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>1165</v>
+        <v>1185</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>503</v>
+        <v>17</v>
       </c>
       <c r="D327" t="s">
-        <v>1072</v>
+        <v>1186</v>
       </c>
       <c r="E327" t="s">
-        <v>1073</v>
+        <v>1187</v>
       </c>
       <c r="F327" t="s">
-        <v>720</v>
+        <v>883</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>1166</v>
+        <v>1188</v>
       </c>
       <c r="H327" t="s">
-        <v>1167</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>1168</v>
+        <v>1190</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>507</v>
+        <v>21</v>
       </c>
       <c r="D328" t="s">
-        <v>1072</v>
+        <v>1186</v>
       </c>
       <c r="E328" t="s">
-        <v>1073</v>
+        <v>1187</v>
       </c>
       <c r="F328" t="s">
-        <v>720</v>
+        <v>966</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>1169</v>
+        <v>1191</v>
       </c>
       <c r="H328" t="s">
-        <v>1170</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>1171</v>
+        <v>1193</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>511</v>
+        <v>17</v>
       </c>
       <c r="D329" t="s">
-        <v>1072</v>
+        <v>1194</v>
       </c>
       <c r="E329" t="s">
-        <v>1073</v>
+        <v>1195</v>
       </c>
       <c r="F329" t="s">
-        <v>720</v>
+        <v>781</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>1172</v>
+        <v>1196</v>
       </c>
       <c r="H329" t="s">
-        <v>1173</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>1174</v>
+        <v>1198</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>515</v>
+        <v>17</v>
       </c>
       <c r="D330" t="s">
-        <v>1072</v>
+        <v>1199</v>
       </c>
       <c r="E330" t="s">
-        <v>1073</v>
+        <v>1200</v>
       </c>
       <c r="F330" t="s">
-        <v>720</v>
+        <v>1201</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>1175</v>
+        <v>1202</v>
       </c>
       <c r="H330" t="s">
-        <v>1176</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>1177</v>
+        <v>1204</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>519</v>
+        <v>25</v>
       </c>
       <c r="D331" t="s">
-        <v>1072</v>
+        <v>1199</v>
       </c>
       <c r="E331" t="s">
-        <v>1073</v>
+        <v>1200</v>
       </c>
       <c r="F331" t="s">
-        <v>720</v>
+        <v>36</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>1178</v>
+        <v>1205</v>
       </c>
       <c r="H331" t="s">
-        <v>1179</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>1180</v>
+        <v>1207</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>523</v>
+        <v>30</v>
       </c>
       <c r="D332" t="s">
-        <v>1072</v>
+        <v>1199</v>
       </c>
       <c r="E332" t="s">
-        <v>1073</v>
+        <v>1200</v>
       </c>
       <c r="F332" t="s">
-        <v>720</v>
+        <v>31</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>1181</v>
+        <v>1208</v>
       </c>
       <c r="H332" t="s">
-        <v>1182</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>1183</v>
+        <v>1210</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>527</v>
+        <v>35</v>
       </c>
       <c r="D333" t="s">
-        <v>1072</v>
+        <v>1199</v>
       </c>
       <c r="E333" t="s">
-        <v>1073</v>
+        <v>1200</v>
       </c>
       <c r="F333" t="s">
-        <v>720</v>
+        <v>695</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>1184</v>
+        <v>1211</v>
       </c>
       <c r="H333" t="s">
-        <v>1185</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>1186</v>
+        <v>1213</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>531</v>
+        <v>40</v>
       </c>
       <c r="D334" t="s">
-        <v>1072</v>
+        <v>1199</v>
       </c>
       <c r="E334" t="s">
-        <v>1073</v>
+        <v>1200</v>
       </c>
       <c r="F334" t="s">
-        <v>720</v>
+        <v>695</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>1187</v>
+        <v>1214</v>
       </c>
       <c r="H334" t="s">
-        <v>1188</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>1189</v>
+        <v>1216</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>535</v>
+        <v>45</v>
       </c>
       <c r="D335" t="s">
-        <v>1072</v>
+        <v>1199</v>
       </c>
       <c r="E335" t="s">
-        <v>1073</v>
+        <v>1200</v>
       </c>
       <c r="F335" t="s">
-        <v>720</v>
+        <v>1217</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>1190</v>
+        <v>1218</v>
       </c>
       <c r="H335" t="s">
-        <v>1191</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>1192</v>
+        <v>1220</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>539</v>
+        <v>50</v>
       </c>
       <c r="D336" t="s">
-        <v>1072</v>
+        <v>1199</v>
       </c>
       <c r="E336" t="s">
-        <v>1073</v>
+        <v>1200</v>
       </c>
       <c r="F336" t="s">
-        <v>720</v>
+        <v>31</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>1193</v>
+        <v>1221</v>
       </c>
       <c r="H336" t="s">
-        <v>1194</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>1195</v>
+        <v>1223</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>543</v>
+        <v>54</v>
       </c>
       <c r="D337" t="s">
-        <v>1072</v>
+        <v>1199</v>
       </c>
       <c r="E337" t="s">
-        <v>1073</v>
+        <v>1200</v>
       </c>
       <c r="F337" t="s">
-        <v>720</v>
+        <v>31</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>1196</v>
+        <v>1224</v>
       </c>
       <c r="H337" t="s">
-        <v>1197</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>1198</v>
+        <v>1226</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>547</v>
+        <v>59</v>
       </c>
       <c r="D338" t="s">
-        <v>1072</v>
+        <v>1199</v>
       </c>
       <c r="E338" t="s">
-        <v>1073</v>
+        <v>1200</v>
       </c>
       <c r="F338" t="s">
-        <v>720</v>
+        <v>31</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>1199</v>
+        <v>1227</v>
       </c>
       <c r="H338" t="s">
-        <v>1200</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>1201</v>
+        <v>1229</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>551</v>
+        <v>63</v>
       </c>
       <c r="D339" t="s">
-        <v>1072</v>
+        <v>1199</v>
       </c>
       <c r="E339" t="s">
-        <v>1073</v>
+        <v>1200</v>
       </c>
       <c r="F339" t="s">
-        <v>720</v>
+        <v>1230</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>1202</v>
+        <v>1231</v>
       </c>
       <c r="H339" t="s">
-        <v>1203</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>1204</v>
+        <v>1233</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>556</v>
+        <v>68</v>
       </c>
       <c r="D340" t="s">
-        <v>1072</v>
+        <v>1199</v>
       </c>
       <c r="E340" t="s">
-        <v>1073</v>
+        <v>1200</v>
       </c>
       <c r="F340" t="s">
-        <v>720</v>
+        <v>1230</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>1205</v>
+        <v>1234</v>
       </c>
       <c r="H340" t="s">
-        <v>1206</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>1207</v>
+        <v>1235</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>560</v>
+        <v>72</v>
       </c>
       <c r="D341" t="s">
-        <v>1072</v>
+        <v>1199</v>
       </c>
       <c r="E341" t="s">
-        <v>1073</v>
+        <v>1200</v>
+      </c>
+      <c r="F341" t="s">
+        <v>1201</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>1208</v>
+        <v>1236</v>
       </c>
       <c r="H341" t="s">
-        <v>1209</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>1210</v>
+        <v>1238</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>1211</v>
+        <v>76</v>
       </c>
       <c r="D342" t="s">
-        <v>1072</v>
+        <v>1199</v>
       </c>
       <c r="E342" t="s">
-        <v>1073</v>
+        <v>1200</v>
       </c>
       <c r="F342" t="s">
-        <v>720</v>
+        <v>1230</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>1212</v>
+        <v>1239</v>
       </c>
       <c r="H342" t="s">
-        <v>1213</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>1214</v>
+        <v>1241</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>1215</v>
+        <v>80</v>
       </c>
       <c r="D343" t="s">
-        <v>1072</v>
+        <v>1199</v>
       </c>
       <c r="E343" t="s">
-        <v>1073</v>
+        <v>1200</v>
       </c>
       <c r="F343" t="s">
-        <v>720</v>
+        <v>1201</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>1216</v>
+        <v>1242</v>
       </c>
       <c r="H343" t="s">
-        <v>1217</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>1218</v>
+        <v>1244</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>1219</v>
+        <v>84</v>
       </c>
       <c r="D344" t="s">
-        <v>1072</v>
+        <v>1199</v>
       </c>
       <c r="E344" t="s">
-        <v>1073</v>
+        <v>1200</v>
+      </c>
+      <c r="F344" t="s">
+        <v>1201</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>1220</v>
+        <v>1245</v>
       </c>
       <c r="H344" t="s">
-        <v>1221</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>1222</v>
+        <v>1247</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>1223</v>
+        <v>88</v>
       </c>
       <c r="D345" t="s">
-        <v>1072</v>
+        <v>1199</v>
       </c>
       <c r="E345" t="s">
-        <v>1073</v>
+        <v>1200</v>
       </c>
       <c r="F345" t="s">
-        <v>803</v>
+        <v>720</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>1224</v>
+        <v>1248</v>
       </c>
       <c r="H345" t="s">
-        <v>1225</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>1226</v>
+        <v>1250</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>1227</v>
+        <v>93</v>
       </c>
       <c r="D346" t="s">
-        <v>1072</v>
+        <v>1199</v>
       </c>
       <c r="E346" t="s">
-        <v>1073</v>
+        <v>1200</v>
       </c>
       <c r="F346" t="s">
         <v>720</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>1228</v>
+        <v>1251</v>
       </c>
       <c r="H346" t="s">
-        <v>1229</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>1230</v>
+        <v>1253</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>1231</v>
+        <v>97</v>
       </c>
       <c r="D347" t="s">
-        <v>1072</v>
+        <v>1199</v>
       </c>
       <c r="E347" t="s">
-        <v>1073</v>
+        <v>1200</v>
       </c>
       <c r="F347" t="s">
         <v>720</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>1232</v>
+        <v>1254</v>
       </c>
       <c r="H347" t="s">
-        <v>1233</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>1234</v>
+        <v>1256</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>1235</v>
+        <v>17</v>
       </c>
       <c r="D348" t="s">
-        <v>1072</v>
+        <v>1257</v>
       </c>
       <c r="E348" t="s">
-        <v>1073</v>
+        <v>1258</v>
       </c>
       <c r="F348" t="s">
-        <v>720</v>
+        <v>966</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>1236</v>
+        <v>1259</v>
       </c>
       <c r="H348" t="s">
-        <v>1237</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>1238</v>
+        <v>1261</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>1239</v>
+        <v>21</v>
       </c>
       <c r="D349" t="s">
-        <v>1072</v>
+        <v>1257</v>
       </c>
       <c r="E349" t="s">
-        <v>1073</v>
+        <v>1258</v>
       </c>
       <c r="F349" t="s">
-        <v>720</v>
+        <v>966</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>1240</v>
+        <v>1262</v>
       </c>
       <c r="H349" t="s">
-        <v>1241</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>1242</v>
+        <v>1264</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>1243</v>
+        <v>17</v>
       </c>
       <c r="D350" t="s">
-        <v>1072</v>
+        <v>1265</v>
       </c>
       <c r="E350" t="s">
-        <v>1073</v>
+        <v>1266</v>
       </c>
       <c r="F350" t="s">
-        <v>720</v>
+        <v>89</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>1244</v>
+        <v>1267</v>
       </c>
       <c r="H350" t="s">
-        <v>1245</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>1246</v>
+        <v>1269</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
-        <v>1247</v>
+        <v>21</v>
       </c>
       <c r="D351" t="s">
-        <v>1072</v>
+        <v>1265</v>
       </c>
       <c r="E351" t="s">
-        <v>1073</v>
+        <v>1266</v>
       </c>
       <c r="F351" t="s">
-        <v>720</v>
+        <v>36</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>1248</v>
+        <v>1270</v>
       </c>
       <c r="H351" t="s">
-        <v>1249</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>1250</v>
+        <v>1272</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>1251</v>
+        <v>25</v>
       </c>
       <c r="D352" t="s">
-        <v>1072</v>
+        <v>1265</v>
       </c>
       <c r="E352" t="s">
-        <v>1073</v>
+        <v>1266</v>
       </c>
       <c r="F352" t="s">
-        <v>720</v>
+        <v>1273</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>1252</v>
+        <v>1274</v>
       </c>
       <c r="H352" t="s">
-        <v>1253</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>1254</v>
+        <v>1276</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
-        <v>1255</v>
+        <v>30</v>
       </c>
       <c r="D353" t="s">
-        <v>1072</v>
+        <v>1265</v>
       </c>
       <c r="E353" t="s">
-        <v>1073</v>
+        <v>1266</v>
       </c>
       <c r="F353" t="s">
-        <v>803</v>
+        <v>1273</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>1256</v>
+        <v>1277</v>
       </c>
       <c r="H353" t="s">
-        <v>1257</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>1258</v>
+        <v>1279</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
-        <v>1259</v>
+        <v>35</v>
       </c>
       <c r="D354" t="s">
-        <v>1072</v>
+        <v>1265</v>
       </c>
       <c r="E354" t="s">
-        <v>1073</v>
+        <v>1266</v>
       </c>
       <c r="F354" t="s">
-        <v>803</v>
+        <v>1280</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>1260</v>
+        <v>1281</v>
       </c>
       <c r="H354" t="s">
-        <v>1261</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>1262</v>
+        <v>1283</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
-        <v>1263</v>
+        <v>40</v>
       </c>
       <c r="D355" t="s">
-        <v>1072</v>
+        <v>1265</v>
       </c>
       <c r="E355" t="s">
-        <v>1073</v>
+        <v>1266</v>
       </c>
       <c r="F355" t="s">
-        <v>803</v>
+        <v>89</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>1264</v>
+        <v>1284</v>
       </c>
       <c r="H355" t="s">
-        <v>1265</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>1266</v>
+        <v>1286</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
-        <v>1267</v>
+        <v>17</v>
       </c>
       <c r="D356" t="s">
-        <v>1072</v>
+        <v>1287</v>
       </c>
       <c r="E356" t="s">
-        <v>1073</v>
+        <v>1288</v>
       </c>
       <c r="F356" t="s">
-        <v>803</v>
+        <v>89</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>1268</v>
+        <v>1289</v>
       </c>
       <c r="H356" t="s">
-        <v>1269</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>1270</v>
+        <v>1291</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
-        <v>1271</v>
+        <v>25</v>
       </c>
       <c r="D357" t="s">
-        <v>1072</v>
+        <v>1287</v>
       </c>
       <c r="E357" t="s">
-        <v>1073</v>
+        <v>1288</v>
       </c>
       <c r="F357" t="s">
-        <v>803</v>
+        <v>31</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>1272</v>
+        <v>1292</v>
       </c>
       <c r="H357" t="s">
-        <v>1273</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>1274</v>
+        <v>1294</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
-        <v>1275</v>
+        <v>30</v>
       </c>
       <c r="D358" t="s">
-        <v>1072</v>
+        <v>1287</v>
       </c>
       <c r="E358" t="s">
-        <v>1073</v>
+        <v>1288</v>
       </c>
       <c r="F358" t="s">
-        <v>803</v>
+        <v>46</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>1276</v>
+        <v>1295</v>
       </c>
       <c r="H358" t="s">
-        <v>1277</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>1278</v>
+        <v>1297</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
-        <v>1279</v>
+        <v>35</v>
       </c>
       <c r="D359" t="s">
-        <v>1072</v>
+        <v>1287</v>
       </c>
       <c r="E359" t="s">
-        <v>1073</v>
+        <v>1288</v>
+      </c>
+      <c r="F359" t="s">
+        <v>111</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>1280</v>
+        <v>1298</v>
       </c>
       <c r="H359" t="s">
-        <v>1281</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>1282</v>
+        <v>1300</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
-        <v>1283</v>
+        <v>40</v>
       </c>
       <c r="D360" t="s">
-        <v>1072</v>
+        <v>1287</v>
       </c>
       <c r="E360" t="s">
-        <v>1073</v>
+        <v>1288</v>
       </c>
       <c r="F360" t="s">
-        <v>803</v>
+        <v>1301</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>1284</v>
+        <v>1302</v>
       </c>
       <c r="H360" t="s">
-        <v>1285</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>1286</v>
+        <v>1304</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
+        <v>45</v>
+      </c>
+      <c r="D361" t="s">
         <v>1287</v>
       </c>
-      <c r="D361" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E361" t="s">
-        <v>1073</v>
+        <v>1288</v>
+      </c>
+      <c r="F361" t="s">
+        <v>89</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>1288</v>
+        <v>1305</v>
       </c>
       <c r="H361" t="s">
-        <v>1289</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>1290</v>
+        <v>1307</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="D362" t="s">
-        <v>1291</v>
+        <v>1287</v>
       </c>
       <c r="E362" t="s">
-        <v>1292</v>
+        <v>1288</v>
       </c>
       <c r="F362" t="s">
-        <v>1293</v>
+        <v>36</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>1294</v>
+        <v>1308</v>
       </c>
       <c r="H362" t="s">
-        <v>1295</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>1296</v>
+        <v>1310</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
-        <v>21</v>
+        <v>54</v>
       </c>
       <c r="D363" t="s">
-        <v>1291</v>
+        <v>1287</v>
       </c>
       <c r="E363" t="s">
-        <v>1292</v>
+        <v>1288</v>
       </c>
       <c r="F363" t="s">
-        <v>1293</v>
+        <v>1311</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>1297</v>
+        <v>1312</v>
       </c>
       <c r="H363" t="s">
-        <v>1298</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>1299</v>
+        <v>1314</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="D364" t="s">
-        <v>1291</v>
+        <v>1287</v>
       </c>
       <c r="E364" t="s">
-        <v>1292</v>
+        <v>1288</v>
       </c>
       <c r="F364" t="s">
-        <v>1293</v>
+        <v>46</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>1300</v>
+        <v>1315</v>
       </c>
       <c r="H364" t="s">
-        <v>1298</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>1301</v>
+        <v>1317</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
-        <v>30</v>
+        <v>63</v>
       </c>
       <c r="D365" t="s">
-        <v>1291</v>
+        <v>1287</v>
       </c>
       <c r="E365" t="s">
-        <v>1292</v>
+        <v>1288</v>
       </c>
       <c r="F365" t="s">
-        <v>1293</v>
+        <v>36</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>1302</v>
+        <v>1318</v>
       </c>
       <c r="H365" t="s">
-        <v>1303</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>1304</v>
+        <v>1320</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
-        <v>40</v>
+        <v>68</v>
       </c>
       <c r="D366" t="s">
-        <v>1291</v>
+        <v>1287</v>
       </c>
       <c r="E366" t="s">
-        <v>1292</v>
+        <v>1288</v>
       </c>
       <c r="F366" t="s">
-        <v>1293</v>
+        <v>124</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>1305</v>
+        <v>1321</v>
       </c>
       <c r="H366" t="s">
-        <v>1306</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>1307</v>
+        <v>1323</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
-        <v>45</v>
+        <v>72</v>
       </c>
       <c r="D367" t="s">
-        <v>1291</v>
+        <v>1287</v>
       </c>
       <c r="E367" t="s">
-        <v>1292</v>
+        <v>1288</v>
       </c>
       <c r="F367" t="s">
-        <v>1293</v>
+        <v>124</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>1308</v>
+        <v>1324</v>
       </c>
       <c r="H367" t="s">
-        <v>1309</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>1310</v>
+        <v>1326</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
-        <v>50</v>
+        <v>76</v>
       </c>
       <c r="D368" t="s">
-        <v>1291</v>
+        <v>1287</v>
       </c>
       <c r="E368" t="s">
-        <v>1292</v>
+        <v>1288</v>
       </c>
       <c r="F368" t="s">
-        <v>1293</v>
+        <v>111</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>1311</v>
+        <v>1327</v>
       </c>
       <c r="H368" t="s">
-        <v>1312</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>1313</v>
+        <v>1329</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
-        <v>54</v>
+        <v>80</v>
       </c>
       <c r="D369" t="s">
-        <v>1291</v>
+        <v>1287</v>
       </c>
       <c r="E369" t="s">
-        <v>1292</v>
+        <v>1288</v>
       </c>
       <c r="F369" t="s">
-        <v>1293</v>
+        <v>1182</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>1314</v>
+        <v>1330</v>
       </c>
       <c r="H369" t="s">
-        <v>1315</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>1316</v>
+        <v>1332</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
-        <v>59</v>
+        <v>84</v>
       </c>
       <c r="D370" t="s">
-        <v>1291</v>
+        <v>1287</v>
       </c>
       <c r="E370" t="s">
-        <v>1292</v>
+        <v>1288</v>
       </c>
       <c r="F370" t="s">
-        <v>1293</v>
+        <v>1333</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>1317</v>
+        <v>1334</v>
       </c>
       <c r="H370" t="s">
-        <v>1318</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>1319</v>
+        <v>1336</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
-        <v>63</v>
+        <v>88</v>
       </c>
       <c r="D371" t="s">
-        <v>1291</v>
+        <v>1287</v>
       </c>
       <c r="E371" t="s">
-        <v>1292</v>
+        <v>1288</v>
       </c>
       <c r="F371" t="s">
-        <v>1293</v>
+        <v>13</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>1320</v>
+        <v>1337</v>
       </c>
       <c r="H371" t="s">
-        <v>1321</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>1322</v>
+        <v>1339</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
-        <v>68</v>
+        <v>93</v>
       </c>
       <c r="D372" t="s">
-        <v>1291</v>
+        <v>1287</v>
       </c>
       <c r="E372" t="s">
-        <v>1292</v>
+        <v>1288</v>
       </c>
       <c r="F372" t="s">
-        <v>1293</v>
+        <v>124</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>1323</v>
+        <v>1340</v>
       </c>
       <c r="H372" t="s">
-        <v>1324</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>1325</v>
+        <v>1342</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
-        <v>72</v>
+        <v>97</v>
       </c>
       <c r="D373" t="s">
-        <v>1291</v>
+        <v>1287</v>
       </c>
       <c r="E373" t="s">
-        <v>1292</v>
+        <v>1288</v>
       </c>
       <c r="F373" t="s">
-        <v>1293</v>
+        <v>13</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>1326</v>
+        <v>1343</v>
       </c>
       <c r="H373" t="s">
-        <v>1327</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>1328</v>
+        <v>1345</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
-        <v>76</v>
+        <v>101</v>
       </c>
       <c r="D374" t="s">
-        <v>1291</v>
+        <v>1287</v>
       </c>
       <c r="E374" t="s">
-        <v>1292</v>
+        <v>1288</v>
       </c>
       <c r="F374" t="s">
-        <v>1293</v>
+        <v>13</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>1329</v>
+        <v>1346</v>
       </c>
       <c r="H374" t="s">
-        <v>1330</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>1331</v>
+        <v>1348</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
-        <v>80</v>
+        <v>105</v>
       </c>
       <c r="D375" t="s">
-        <v>1291</v>
+        <v>1287</v>
       </c>
       <c r="E375" t="s">
-        <v>1292</v>
+        <v>1288</v>
       </c>
       <c r="F375" t="s">
-        <v>1293</v>
+        <v>36</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>1332</v>
+        <v>1349</v>
       </c>
       <c r="H375" t="s">
-        <v>1333</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>1334</v>
+        <v>1351</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
-        <v>84</v>
+        <v>110</v>
       </c>
       <c r="D376" t="s">
-        <v>1291</v>
+        <v>1287</v>
       </c>
       <c r="E376" t="s">
-        <v>1292</v>
+        <v>1288</v>
       </c>
       <c r="F376" t="s">
-        <v>1293</v>
+        <v>111</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>1335</v>
+        <v>1352</v>
       </c>
       <c r="H376" t="s">
-        <v>1336</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>1337</v>
+        <v>1354</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
-        <v>88</v>
+        <v>115</v>
       </c>
       <c r="D377" t="s">
-        <v>1291</v>
+        <v>1287</v>
       </c>
       <c r="E377" t="s">
-        <v>1292</v>
+        <v>1288</v>
       </c>
       <c r="F377" t="s">
-        <v>1293</v>
+        <v>111</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>1338</v>
+        <v>1355</v>
       </c>
       <c r="H377" t="s">
-        <v>1339</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>1340</v>
+        <v>1357</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
-        <v>17</v>
+        <v>119</v>
       </c>
       <c r="D378" t="s">
-        <v>1341</v>
+        <v>1287</v>
       </c>
       <c r="E378" t="s">
-        <v>1342</v>
+        <v>1288</v>
       </c>
       <c r="F378" t="s">
-        <v>1343</v>
+        <v>124</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>1344</v>
+        <v>1358</v>
       </c>
       <c r="H378" t="s">
-        <v>1345</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>1346</v>
+        <v>1360</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
-        <v>21</v>
+        <v>123</v>
       </c>
       <c r="D379" t="s">
-        <v>1341</v>
+        <v>1287</v>
       </c>
       <c r="E379" t="s">
-        <v>1342</v>
+        <v>1288</v>
       </c>
       <c r="F379" t="s">
-        <v>1343</v>
+        <v>124</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>1347</v>
+        <v>1361</v>
       </c>
       <c r="H379" t="s">
-        <v>1348</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>1349</v>
+        <v>1363</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
-        <v>25</v>
+        <v>128</v>
       </c>
       <c r="D380" t="s">
-        <v>1341</v>
+        <v>1287</v>
       </c>
       <c r="E380" t="s">
-        <v>1342</v>
+        <v>1288</v>
       </c>
       <c r="F380" t="s">
-        <v>1343</v>
+        <v>124</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>1350</v>
+        <v>1364</v>
       </c>
       <c r="H380" t="s">
-        <v>1351</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>1352</v>
+        <v>1366</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
-        <v>30</v>
+        <v>132</v>
       </c>
       <c r="D381" t="s">
-        <v>1341</v>
+        <v>1287</v>
       </c>
       <c r="E381" t="s">
-        <v>1342</v>
+        <v>1288</v>
       </c>
       <c r="F381" t="s">
-        <v>1343</v>
+        <v>46</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>1353</v>
+        <v>1367</v>
       </c>
       <c r="H381" t="s">
-        <v>1354</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>1355</v>
+        <v>1369</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
-        <v>35</v>
+        <v>136</v>
       </c>
       <c r="D382" t="s">
-        <v>1341</v>
+        <v>1287</v>
       </c>
       <c r="E382" t="s">
-        <v>1342</v>
+        <v>1288</v>
       </c>
       <c r="F382" t="s">
-        <v>1343</v>
+        <v>46</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>1356</v>
+        <v>1370</v>
       </c>
       <c r="H382" t="s">
-        <v>1357</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>1358</v>
+        <v>1372</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
-        <v>40</v>
+        <v>140</v>
       </c>
       <c r="D383" t="s">
-        <v>1341</v>
+        <v>1287</v>
       </c>
       <c r="E383" t="s">
-        <v>1342</v>
+        <v>1288</v>
       </c>
       <c r="F383" t="s">
-        <v>1343</v>
+        <v>46</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>1359</v>
+        <v>1373</v>
       </c>
       <c r="H383" t="s">
-        <v>1360</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>1361</v>
+        <v>1375</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="D384" t="s">
-        <v>1341</v>
+        <v>1287</v>
       </c>
       <c r="E384" t="s">
-        <v>1342</v>
+        <v>1288</v>
       </c>
       <c r="F384" t="s">
-        <v>1343</v>
+        <v>46</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>1362</v>
+        <v>1376</v>
       </c>
       <c r="H384" t="s">
-        <v>1363</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>1364</v>
+        <v>1378</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
-        <v>50</v>
+        <v>149</v>
       </c>
       <c r="D385" t="s">
-        <v>1341</v>
+        <v>1287</v>
       </c>
       <c r="E385" t="s">
-        <v>1342</v>
+        <v>1288</v>
       </c>
       <c r="F385" t="s">
-        <v>1343</v>
+        <v>46</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>1365</v>
+        <v>1379</v>
       </c>
       <c r="H385" t="s">
-        <v>1366</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>1367</v>
+        <v>1381</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
-        <v>54</v>
+        <v>153</v>
       </c>
       <c r="D386" t="s">
-        <v>1341</v>
+        <v>1287</v>
       </c>
       <c r="E386" t="s">
-        <v>1342</v>
+        <v>1288</v>
       </c>
       <c r="F386" t="s">
-        <v>1343</v>
+        <v>13</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>1368</v>
+        <v>1382</v>
       </c>
       <c r="H386" t="s">
-        <v>1369</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>1370</v>
+        <v>1384</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
-        <v>59</v>
+        <v>157</v>
       </c>
       <c r="D387" t="s">
-        <v>1341</v>
+        <v>1287</v>
       </c>
       <c r="E387" t="s">
-        <v>1342</v>
+        <v>1288</v>
       </c>
       <c r="F387" t="s">
-        <v>1343</v>
+        <v>111</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>1371</v>
+        <v>1385</v>
       </c>
       <c r="H387" t="s">
-        <v>1372</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>1373</v>
+        <v>1387</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
-        <v>63</v>
+        <v>161</v>
       </c>
       <c r="D388" t="s">
-        <v>1341</v>
+        <v>1287</v>
       </c>
       <c r="E388" t="s">
-        <v>1342</v>
+        <v>1288</v>
       </c>
       <c r="F388" t="s">
-        <v>1343</v>
+        <v>41</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>1374</v>
+        <v>1388</v>
       </c>
       <c r="H388" t="s">
-        <v>1375</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>1376</v>
+        <v>1390</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
-        <v>68</v>
+        <v>238</v>
       </c>
       <c r="D389" t="s">
-        <v>1341</v>
+        <v>1391</v>
       </c>
       <c r="E389" t="s">
-        <v>1342</v>
+        <v>1392</v>
       </c>
       <c r="F389" t="s">
-        <v>1343</v>
+        <v>46</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>1377</v>
+        <v>1393</v>
       </c>
       <c r="H389" t="s">
-        <v>1378</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>1379</v>
+        <v>1395</v>
       </c>
       <c r="B390" t="s">
         <v>9</v>
       </c>
       <c r="C390" t="s">
-        <v>21</v>
+        <v>246</v>
       </c>
       <c r="D390" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="E390" t="s">
-        <v>1381</v>
+        <v>1392</v>
       </c>
       <c r="F390" t="s">
-        <v>947</v>
+        <v>41</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>1382</v>
+        <v>1396</v>
       </c>
       <c r="H390" t="s">
-        <v>1383</v>
+        <v>1397</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>1384</v>
+        <v>1398</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
-        <v>30</v>
+        <v>250</v>
       </c>
       <c r="D391" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="E391" t="s">
-        <v>1381</v>
+        <v>1392</v>
       </c>
       <c r="F391" t="s">
-        <v>947</v>
+        <v>13</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>1385</v>
+        <v>1399</v>
       </c>
       <c r="H391" t="s">
-        <v>1386</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>1387</v>
+        <v>1401</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
-        <v>35</v>
+        <v>254</v>
       </c>
       <c r="D392" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="E392" t="s">
-        <v>1381</v>
+        <v>1392</v>
       </c>
       <c r="F392" t="s">
-        <v>947</v>
+        <v>13</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>1388</v>
+        <v>1402</v>
       </c>
       <c r="H392" t="s">
-        <v>1389</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
-        <v>1390</v>
+        <v>1404</v>
       </c>
       <c r="B393" t="s">
         <v>9</v>
       </c>
       <c r="C393" t="s">
-        <v>50</v>
+        <v>266</v>
       </c>
       <c r="D393" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="E393" t="s">
-        <v>1381</v>
+        <v>1392</v>
       </c>
       <c r="F393" t="s">
-        <v>947</v>
+        <v>26</v>
       </c>
       <c r="G393" s="1" t="s">
-        <v>1391</v>
+        <v>1405</v>
       </c>
       <c r="H393" t="s">
-        <v>1392</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
-        <v>1393</v>
+        <v>1407</v>
       </c>
       <c r="B394" t="s">
         <v>9</v>
       </c>
       <c r="C394" t="s">
-        <v>54</v>
+        <v>350</v>
       </c>
       <c r="D394" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="E394" t="s">
-        <v>1381</v>
+        <v>1392</v>
       </c>
       <c r="F394" t="s">
-        <v>947</v>
+        <v>883</v>
       </c>
       <c r="G394" s="1" t="s">
-        <v>1394</v>
+        <v>1408</v>
       </c>
       <c r="H394" t="s">
-        <v>1395</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
-        <v>1396</v>
+        <v>1410</v>
       </c>
       <c r="B395" t="s">
         <v>9</v>
       </c>
       <c r="C395" t="s">
-        <v>63</v>
+        <v>358</v>
       </c>
       <c r="D395" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="E395" t="s">
-        <v>1381</v>
+        <v>1392</v>
       </c>
       <c r="F395" t="s">
-        <v>947</v>
+        <v>966</v>
       </c>
       <c r="G395" s="1" t="s">
-        <v>1397</v>
+        <v>1411</v>
       </c>
       <c r="H395" t="s">
-        <v>1398</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
-        <v>1399</v>
+        <v>1413</v>
       </c>
       <c r="B396" t="s">
         <v>9</v>
       </c>
       <c r="C396" t="s">
-        <v>68</v>
+        <v>398</v>
       </c>
       <c r="D396" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="E396" t="s">
-        <v>1381</v>
+        <v>1392</v>
       </c>
       <c r="F396" t="s">
-        <v>947</v>
+        <v>883</v>
       </c>
       <c r="G396" s="1" t="s">
-        <v>1400</v>
+        <v>1414</v>
       </c>
       <c r="H396" t="s">
-        <v>1401</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
-        <v>1402</v>
+        <v>1416</v>
       </c>
       <c r="B397" t="s">
         <v>9</v>
       </c>
       <c r="C397" t="s">
-        <v>72</v>
+        <v>402</v>
       </c>
       <c r="D397" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="E397" t="s">
-        <v>1381</v>
+        <v>1392</v>
       </c>
       <c r="F397" t="s">
-        <v>947</v>
+        <v>883</v>
       </c>
       <c r="G397" s="1" t="s">
-        <v>1403</v>
+        <v>1417</v>
       </c>
       <c r="H397" t="s">
-        <v>1404</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
-        <v>1405</v>
+        <v>1419</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
-        <v>76</v>
+        <v>406</v>
       </c>
       <c r="D398" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="E398" t="s">
-        <v>1381</v>
+        <v>1392</v>
       </c>
       <c r="F398" t="s">
-        <v>947</v>
+        <v>883</v>
       </c>
       <c r="G398" s="1" t="s">
-        <v>1406</v>
+        <v>1420</v>
       </c>
       <c r="H398" t="s">
-        <v>1407</v>
+        <v>1421</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
-        <v>1408</v>
+        <v>1422</v>
       </c>
       <c r="B399" t="s">
         <v>9</v>
       </c>
       <c r="C399" t="s">
-        <v>80</v>
+        <v>410</v>
       </c>
       <c r="D399" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="E399" t="s">
-        <v>1381</v>
+        <v>1392</v>
       </c>
       <c r="F399" t="s">
-        <v>947</v>
+        <v>883</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>1409</v>
+        <v>1423</v>
       </c>
       <c r="H399" t="s">
-        <v>1410</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
-        <v>1411</v>
+        <v>1425</v>
       </c>
       <c r="B400" t="s">
         <v>9</v>
       </c>
       <c r="C400" t="s">
-        <v>84</v>
+        <v>414</v>
       </c>
       <c r="D400" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="E400" t="s">
-        <v>1381</v>
+        <v>1392</v>
       </c>
       <c r="F400" t="s">
-        <v>947</v>
+        <v>883</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>1412</v>
+        <v>1426</v>
       </c>
       <c r="H400" t="s">
-        <v>1413</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>1414</v>
+        <v>1428</v>
       </c>
       <c r="B401" t="s">
         <v>9</v>
       </c>
       <c r="C401" t="s">
-        <v>88</v>
+        <v>418</v>
       </c>
       <c r="D401" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="E401" t="s">
-        <v>1381</v>
+        <v>1392</v>
       </c>
       <c r="F401" t="s">
-        <v>947</v>
+        <v>883</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>1415</v>
+        <v>1429</v>
       </c>
       <c r="H401" t="s">
-        <v>1416</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
-        <v>1417</v>
+        <v>1431</v>
       </c>
       <c r="B402" t="s">
         <v>9</v>
       </c>
       <c r="C402" t="s">
-        <v>93</v>
+        <v>422</v>
       </c>
       <c r="D402" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="E402" t="s">
-        <v>1381</v>
+        <v>1392</v>
       </c>
       <c r="F402" t="s">
-        <v>947</v>
+        <v>883</v>
       </c>
       <c r="G402" s="1" t="s">
-        <v>1418</v>
+        <v>1432</v>
       </c>
       <c r="H402" t="s">
-        <v>1419</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
-        <v>1420</v>
+        <v>1434</v>
       </c>
       <c r="B403" t="s">
         <v>9</v>
       </c>
       <c r="C403" t="s">
-        <v>97</v>
+        <v>426</v>
       </c>
       <c r="D403" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="E403" t="s">
-        <v>1381</v>
+        <v>1392</v>
       </c>
       <c r="F403" t="s">
-        <v>947</v>
+        <v>883</v>
       </c>
       <c r="G403" s="1" t="s">
-        <v>1421</v>
+        <v>1435</v>
       </c>
       <c r="H403" t="s">
-        <v>1295</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
-        <v>1422</v>
+        <v>1437</v>
       </c>
       <c r="B404" t="s">
         <v>9</v>
       </c>
       <c r="C404" t="s">
-        <v>101</v>
+        <v>430</v>
       </c>
       <c r="D404" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="E404" t="s">
-        <v>1381</v>
+        <v>1392</v>
       </c>
       <c r="F404" t="s">
-        <v>947</v>
+        <v>883</v>
       </c>
       <c r="G404" s="1" t="s">
-        <v>1423</v>
+        <v>1438</v>
       </c>
       <c r="H404" t="s">
-        <v>1424</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
-        <v>1425</v>
+        <v>1440</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
-        <v>105</v>
+        <v>434</v>
       </c>
       <c r="D405" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="E405" t="s">
-        <v>1381</v>
+        <v>1392</v>
       </c>
       <c r="F405" t="s">
-        <v>947</v>
+        <v>883</v>
       </c>
       <c r="G405" s="1" t="s">
-        <v>1426</v>
+        <v>1441</v>
       </c>
       <c r="H405" t="s">
-        <v>1427</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
-        <v>1428</v>
+        <v>1443</v>
       </c>
       <c r="B406" t="s">
         <v>9</v>
       </c>
       <c r="C406" t="s">
-        <v>110</v>
+        <v>438</v>
       </c>
       <c r="D406" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="E406" t="s">
-        <v>1381</v>
+        <v>1392</v>
       </c>
       <c r="F406" t="s">
-        <v>947</v>
+        <v>883</v>
       </c>
       <c r="G406" s="1" t="s">
-        <v>1429</v>
+        <v>1441</v>
       </c>
       <c r="H406" t="s">
-        <v>1430</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
-        <v>1431</v>
+        <v>1445</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
-        <v>115</v>
+        <v>442</v>
       </c>
       <c r="D407" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="E407" t="s">
-        <v>1381</v>
+        <v>1392</v>
       </c>
       <c r="F407" t="s">
-        <v>947</v>
+        <v>883</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>1432</v>
+        <v>1441</v>
       </c>
       <c r="H407" t="s">
-        <v>1433</v>
+        <v>1446</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
-        <v>1434</v>
+        <v>1447</v>
       </c>
       <c r="B408" t="s">
         <v>9</v>
       </c>
       <c r="C408" t="s">
-        <v>119</v>
+        <v>450</v>
       </c>
       <c r="D408" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="E408" t="s">
-        <v>1381</v>
+        <v>1392</v>
       </c>
       <c r="F408" t="s">
-        <v>947</v>
+        <v>883</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>1435</v>
+        <v>1448</v>
       </c>
       <c r="H408" t="s">
-        <v>1436</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
-        <v>1437</v>
+        <v>1450</v>
       </c>
       <c r="B409" t="s">
         <v>9</v>
       </c>
       <c r="C409" t="s">
-        <v>123</v>
+        <v>454</v>
       </c>
       <c r="D409" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="E409" t="s">
-        <v>1381</v>
+        <v>1392</v>
       </c>
       <c r="F409" t="s">
-        <v>947</v>
+        <v>883</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>1438</v>
+        <v>1451</v>
       </c>
       <c r="H409" t="s">
-        <v>1439</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
-        <v>1440</v>
+        <v>1453</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="C410" t="s">
-        <v>128</v>
+        <v>459</v>
       </c>
       <c r="D410" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="E410" t="s">
-        <v>1381</v>
+        <v>1392</v>
       </c>
       <c r="F410" t="s">
-        <v>947</v>
+        <v>883</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>1441</v>
+        <v>1454</v>
       </c>
       <c r="H410" t="s">
-        <v>1442</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>1443</v>
+        <v>1456</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
-        <v>132</v>
+        <v>463</v>
       </c>
       <c r="D411" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="E411" t="s">
-        <v>1381</v>
+        <v>1392</v>
       </c>
       <c r="F411" t="s">
-        <v>947</v>
+        <v>883</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>1444</v>
+        <v>1457</v>
       </c>
       <c r="H411" t="s">
-        <v>1327</v>
+        <v>1458</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>1445</v>
+        <v>1459</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
-        <v>136</v>
+        <v>467</v>
       </c>
       <c r="D412" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="E412" t="s">
-        <v>1381</v>
+        <v>1392</v>
       </c>
       <c r="F412" t="s">
-        <v>947</v>
+        <v>883</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>1446</v>
+        <v>1460</v>
       </c>
       <c r="H412" t="s">
-        <v>1447</v>
+        <v>1461</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
-        <v>1448</v>
+        <v>1462</v>
       </c>
       <c r="B413" t="s">
         <v>9</v>
       </c>
       <c r="C413" t="s">
-        <v>140</v>
+        <v>471</v>
       </c>
       <c r="D413" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="E413" t="s">
-        <v>1381</v>
+        <v>1392</v>
       </c>
       <c r="F413" t="s">
-        <v>947</v>
+        <v>883</v>
       </c>
       <c r="G413" s="1" t="s">
-        <v>1449</v>
+        <v>1463</v>
       </c>
       <c r="H413" t="s">
-        <v>1450</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
-        <v>1451</v>
+        <v>1465</v>
       </c>
       <c r="B414" t="s">
         <v>9</v>
       </c>
       <c r="C414" t="s">
-        <v>144</v>
+        <v>475</v>
       </c>
       <c r="D414" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="E414" t="s">
-        <v>1381</v>
+        <v>1392</v>
       </c>
       <c r="F414" t="s">
-        <v>947</v>
+        <v>883</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>1452</v>
+        <v>1466</v>
       </c>
       <c r="H414" t="s">
-        <v>1453</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
-        <v>1454</v>
+        <v>1468</v>
       </c>
       <c r="B415" t="s">
         <v>9</v>
       </c>
       <c r="C415" t="s">
-        <v>149</v>
+        <v>479</v>
       </c>
       <c r="D415" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="E415" t="s">
-        <v>1381</v>
+        <v>1392</v>
       </c>
       <c r="F415" t="s">
-        <v>947</v>
+        <v>883</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>1455</v>
+        <v>1469</v>
       </c>
       <c r="H415" t="s">
-        <v>1456</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
-        <v>1457</v>
+        <v>1471</v>
       </c>
       <c r="B416" t="s">
         <v>9</v>
       </c>
       <c r="C416" t="s">
-        <v>153</v>
+        <v>483</v>
       </c>
       <c r="D416" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="E416" t="s">
-        <v>1381</v>
+        <v>1392</v>
       </c>
       <c r="F416" t="s">
-        <v>947</v>
+        <v>883</v>
       </c>
       <c r="G416" s="1" t="s">
-        <v>1458</v>
+        <v>1472</v>
       </c>
       <c r="H416" t="s">
-        <v>1459</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>1460</v>
+        <v>1474</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
-        <v>157</v>
+        <v>487</v>
       </c>
       <c r="D417" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="E417" t="s">
-        <v>1381</v>
+        <v>1392</v>
       </c>
       <c r="F417" t="s">
-        <v>947</v>
+        <v>883</v>
       </c>
       <c r="G417" s="1" t="s">
-        <v>1461</v>
+        <v>1475</v>
       </c>
       <c r="H417" t="s">
-        <v>1333</v>
+        <v>1476</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
-        <v>1462</v>
+        <v>1477</v>
       </c>
       <c r="B418" t="s">
         <v>9</v>
       </c>
       <c r="C418" t="s">
-        <v>161</v>
+        <v>491</v>
       </c>
       <c r="D418" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="E418" t="s">
-        <v>1381</v>
+        <v>1392</v>
       </c>
       <c r="F418" t="s">
-        <v>947</v>
+        <v>883</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>1463</v>
+        <v>1478</v>
       </c>
       <c r="H418" t="s">
-        <v>1464</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
-        <v>1465</v>
+        <v>1480</v>
       </c>
       <c r="B419" t="s">
         <v>9</v>
       </c>
       <c r="C419" t="s">
-        <v>165</v>
+        <v>495</v>
       </c>
       <c r="D419" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="E419" t="s">
-        <v>1381</v>
+        <v>1392</v>
       </c>
       <c r="F419" t="s">
-        <v>947</v>
+        <v>883</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>1466</v>
+        <v>1441</v>
       </c>
       <c r="H419" t="s">
-        <v>1333</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
-        <v>1467</v>
+        <v>1482</v>
       </c>
       <c r="B420" t="s">
         <v>9</v>
       </c>
       <c r="C420" t="s">
-        <v>169</v>
+        <v>499</v>
       </c>
       <c r="D420" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="E420" t="s">
-        <v>1381</v>
+        <v>1392</v>
       </c>
       <c r="F420" t="s">
-        <v>947</v>
+        <v>883</v>
       </c>
       <c r="G420" s="1" t="s">
-        <v>1468</v>
+        <v>1483</v>
       </c>
       <c r="H420" t="s">
-        <v>1469</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
-        <v>1470</v>
+        <v>1484</v>
       </c>
       <c r="B421" t="s">
         <v>9</v>
       </c>
       <c r="C421" t="s">
-        <v>173</v>
+        <v>503</v>
       </c>
       <c r="D421" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="E421" t="s">
-        <v>1381</v>
+        <v>1392</v>
       </c>
       <c r="F421" t="s">
-        <v>947</v>
+        <v>883</v>
       </c>
       <c r="G421" s="1" t="s">
-        <v>1471</v>
+        <v>1485</v>
       </c>
       <c r="H421" t="s">
-        <v>1472</v>
+        <v>1486</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
-        <v>1473</v>
+        <v>1487</v>
       </c>
       <c r="B422" t="s">
         <v>9</v>
       </c>
       <c r="C422" t="s">
-        <v>181</v>
+        <v>507</v>
       </c>
       <c r="D422" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="E422" t="s">
-        <v>1381</v>
+        <v>1392</v>
       </c>
       <c r="F422" t="s">
-        <v>947</v>
+        <v>883</v>
       </c>
       <c r="G422" s="1" t="s">
-        <v>1474</v>
+        <v>1488</v>
       </c>
       <c r="H422" t="s">
-        <v>1475</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
-        <v>1476</v>
+        <v>1490</v>
       </c>
       <c r="B423" t="s">
         <v>9</v>
       </c>
       <c r="C423" t="s">
-        <v>185</v>
+        <v>511</v>
       </c>
       <c r="D423" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="E423" t="s">
-        <v>1381</v>
+        <v>1392</v>
       </c>
       <c r="F423" t="s">
-        <v>947</v>
+        <v>883</v>
       </c>
       <c r="G423" s="1" t="s">
-        <v>1477</v>
+        <v>1491</v>
       </c>
       <c r="H423" t="s">
-        <v>1336</v>
+        <v>1492</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
-        <v>1478</v>
+        <v>1493</v>
       </c>
       <c r="B424" t="s">
         <v>9</v>
       </c>
       <c r="C424" t="s">
-        <v>189</v>
+        <v>515</v>
       </c>
       <c r="D424" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="E424" t="s">
-        <v>1381</v>
+        <v>1392</v>
+      </c>
+      <c r="F424" t="s">
+        <v>883</v>
       </c>
       <c r="G424" s="1" t="s">
-        <v>1479</v>
+        <v>1494</v>
       </c>
       <c r="H424" t="s">
-        <v>1480</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
-        <v>1481</v>
+        <v>1496</v>
       </c>
       <c r="B425" t="s">
         <v>9</v>
       </c>
       <c r="C425" t="s">
-        <v>193</v>
+        <v>519</v>
       </c>
       <c r="D425" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="E425" t="s">
-        <v>1381</v>
+        <v>1392</v>
+      </c>
+      <c r="F425" t="s">
+        <v>883</v>
       </c>
       <c r="G425" s="1" t="s">
-        <v>1482</v>
+        <v>1497</v>
       </c>
       <c r="H425" t="s">
-        <v>1483</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
-        <v>1484</v>
+        <v>1499</v>
       </c>
       <c r="B426" t="s">
         <v>9</v>
       </c>
       <c r="C426" t="s">
-        <v>197</v>
+        <v>523</v>
       </c>
       <c r="D426" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="E426" t="s">
-        <v>1381</v>
+        <v>1392</v>
       </c>
       <c r="F426" t="s">
-        <v>947</v>
+        <v>883</v>
       </c>
       <c r="G426" s="1" t="s">
-        <v>1485</v>
+        <v>1500</v>
       </c>
       <c r="H426" t="s">
-        <v>1486</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
-        <v>1487</v>
+        <v>1502</v>
       </c>
       <c r="B427" t="s">
         <v>9</v>
       </c>
       <c r="C427" t="s">
-        <v>201</v>
+        <v>527</v>
       </c>
       <c r="D427" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="E427" t="s">
-        <v>1381</v>
+        <v>1392</v>
       </c>
       <c r="F427" t="s">
-        <v>947</v>
+        <v>883</v>
       </c>
       <c r="G427" s="1" t="s">
-        <v>1488</v>
+        <v>1503</v>
       </c>
       <c r="H427" t="s">
-        <v>1489</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
-        <v>1490</v>
+        <v>1505</v>
       </c>
       <c r="B428" t="s">
         <v>9</v>
       </c>
       <c r="C428" t="s">
-        <v>205</v>
+        <v>531</v>
       </c>
       <c r="D428" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="E428" t="s">
-        <v>1381</v>
+        <v>1392</v>
       </c>
       <c r="F428" t="s">
-        <v>947</v>
+        <v>883</v>
       </c>
       <c r="G428" s="1" t="s">
-        <v>1491</v>
+        <v>1506</v>
       </c>
       <c r="H428" t="s">
-        <v>1492</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
-        <v>1493</v>
+        <v>1508</v>
       </c>
       <c r="B429" t="s">
         <v>9</v>
       </c>
       <c r="C429" t="s">
-        <v>209</v>
+        <v>535</v>
       </c>
       <c r="D429" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="E429" t="s">
-        <v>1381</v>
+        <v>1392</v>
       </c>
       <c r="F429" t="s">
-        <v>947</v>
+        <v>883</v>
       </c>
       <c r="G429" s="1" t="s">
-        <v>1494</v>
+        <v>1509</v>
       </c>
       <c r="H429" t="s">
-        <v>1372</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
-        <v>1495</v>
+        <v>1511</v>
       </c>
       <c r="B430" t="s">
         <v>9</v>
       </c>
       <c r="C430" t="s">
-        <v>213</v>
+        <v>539</v>
       </c>
       <c r="D430" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="E430" t="s">
-        <v>1381</v>
+        <v>1392</v>
       </c>
       <c r="F430" t="s">
-        <v>947</v>
+        <v>883</v>
       </c>
       <c r="G430" s="1" t="s">
-        <v>1496</v>
+        <v>1512</v>
       </c>
       <c r="H430" t="s">
-        <v>1497</v>
+        <v>1513</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
-        <v>1498</v>
+        <v>1514</v>
       </c>
       <c r="B431" t="s">
         <v>9</v>
       </c>
       <c r="C431" t="s">
-        <v>217</v>
+        <v>543</v>
       </c>
       <c r="D431" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="E431" t="s">
-        <v>1381</v>
+        <v>1392</v>
       </c>
       <c r="F431" t="s">
-        <v>947</v>
+        <v>883</v>
       </c>
       <c r="G431" s="1" t="s">
-        <v>1499</v>
+        <v>1515</v>
       </c>
       <c r="H431" t="s">
-        <v>1500</v>
+        <v>1516</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
-        <v>1501</v>
+        <v>1517</v>
       </c>
       <c r="B432" t="s">
         <v>9</v>
       </c>
       <c r="C432" t="s">
-        <v>221</v>
+        <v>547</v>
       </c>
       <c r="D432" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="E432" t="s">
-        <v>1381</v>
+        <v>1392</v>
       </c>
       <c r="F432" t="s">
-        <v>947</v>
+        <v>883</v>
       </c>
       <c r="G432" s="1" t="s">
-        <v>1502</v>
+        <v>1518</v>
       </c>
       <c r="H432" t="s">
-        <v>1503</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
-        <v>1504</v>
+        <v>1520</v>
       </c>
       <c r="B433" t="s">
         <v>9</v>
       </c>
       <c r="C433" t="s">
-        <v>226</v>
+        <v>551</v>
       </c>
       <c r="D433" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="E433" t="s">
-        <v>1381</v>
+        <v>1392</v>
       </c>
       <c r="F433" t="s">
-        <v>947</v>
+        <v>883</v>
       </c>
       <c r="G433" s="1" t="s">
-        <v>1505</v>
+        <v>1521</v>
       </c>
       <c r="H433" t="s">
-        <v>1506</v>
+        <v>1522</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
-        <v>1507</v>
+        <v>1523</v>
       </c>
       <c r="B434" t="s">
         <v>9</v>
       </c>
       <c r="C434" t="s">
-        <v>230</v>
+        <v>556</v>
       </c>
       <c r="D434" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="E434" t="s">
-        <v>1381</v>
+        <v>1392</v>
       </c>
       <c r="F434" t="s">
-        <v>947</v>
+        <v>883</v>
       </c>
       <c r="G434" s="1" t="s">
-        <v>1508</v>
+        <v>1524</v>
       </c>
       <c r="H434" t="s">
-        <v>1375</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
-        <v>1509</v>
+        <v>1526</v>
       </c>
       <c r="B435" t="s">
         <v>9</v>
       </c>
       <c r="C435" t="s">
-        <v>234</v>
+        <v>560</v>
       </c>
       <c r="D435" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="E435" t="s">
-        <v>1381</v>
+        <v>1392</v>
       </c>
       <c r="G435" s="1" t="s">
-        <v>1510</v>
+        <v>1527</v>
       </c>
       <c r="H435" t="s">
-        <v>1378</v>
+        <v>1528</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
-        <v>1511</v>
+        <v>1529</v>
       </c>
       <c r="B436" t="s">
         <v>9</v>
       </c>
       <c r="C436" t="s">
-        <v>238</v>
+        <v>564</v>
       </c>
       <c r="D436" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="E436" t="s">
-        <v>1381</v>
+        <v>1392</v>
+      </c>
+      <c r="F436" t="s">
+        <v>883</v>
       </c>
       <c r="G436" s="1" t="s">
-        <v>1512</v>
+        <v>1530</v>
       </c>
       <c r="H436" t="s">
-        <v>1513</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
-        <v>1514</v>
+        <v>1532</v>
       </c>
       <c r="B437" t="s">
         <v>9</v>
       </c>
       <c r="C437" t="s">
-        <v>242</v>
+        <v>568</v>
       </c>
       <c r="D437" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="E437" t="s">
-        <v>1381</v>
+        <v>1392</v>
+      </c>
+      <c r="F437" t="s">
+        <v>883</v>
       </c>
       <c r="G437" s="1" t="s">
-        <v>1515</v>
+        <v>1533</v>
       </c>
       <c r="H437" t="s">
-        <v>1516</v>
+        <v>1534</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
-        <v>1517</v>
+        <v>1535</v>
       </c>
       <c r="B438" t="s">
         <v>9</v>
       </c>
       <c r="C438" t="s">
-        <v>246</v>
+        <v>573</v>
       </c>
       <c r="D438" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="E438" t="s">
-        <v>1381</v>
-[...2 lines deleted...]
-        <v>947</v>
+        <v>1392</v>
       </c>
       <c r="G438" s="1" t="s">
-        <v>1518</v>
+        <v>1536</v>
       </c>
       <c r="H438" t="s">
-        <v>1519</v>
+        <v>1537</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
-        <v>1520</v>
+        <v>1538</v>
       </c>
       <c r="B439" t="s">
         <v>9</v>
       </c>
       <c r="C439" t="s">
-        <v>250</v>
+        <v>577</v>
       </c>
       <c r="D439" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="E439" t="s">
-        <v>1381</v>
+        <v>1392</v>
       </c>
       <c r="F439" t="s">
-        <v>947</v>
+        <v>966</v>
       </c>
       <c r="G439" s="1" t="s">
-        <v>1521</v>
+        <v>1539</v>
       </c>
       <c r="H439" t="s">
-        <v>1522</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
-        <v>1523</v>
+        <v>1541</v>
       </c>
       <c r="B440" t="s">
         <v>9</v>
       </c>
       <c r="C440" t="s">
-        <v>254</v>
+        <v>581</v>
       </c>
       <c r="D440" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="E440" t="s">
-        <v>1381</v>
+        <v>1392</v>
       </c>
       <c r="F440" t="s">
-        <v>947</v>
+        <v>883</v>
       </c>
       <c r="G440" s="1" t="s">
-        <v>1524</v>
+        <v>1542</v>
       </c>
       <c r="H440" t="s">
-        <v>1525</v>
+        <v>1543</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
-        <v>1526</v>
+        <v>1544</v>
       </c>
       <c r="B441" t="s">
         <v>9</v>
       </c>
       <c r="C441" t="s">
-        <v>258</v>
+        <v>585</v>
       </c>
       <c r="D441" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="E441" t="s">
-        <v>1381</v>
+        <v>1392</v>
       </c>
       <c r="F441" t="s">
-        <v>947</v>
+        <v>883</v>
       </c>
       <c r="G441" s="1" t="s">
-        <v>1527</v>
+        <v>1545</v>
       </c>
       <c r="H441" t="s">
-        <v>1528</v>
+        <v>1546</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
-        <v>1529</v>
+        <v>1547</v>
       </c>
       <c r="B442" t="s">
         <v>9</v>
       </c>
       <c r="C442" t="s">
+        <v>589</v>
+      </c>
+      <c r="D442" t="s">
+        <v>1391</v>
+      </c>
+      <c r="E442" t="s">
+        <v>1392</v>
+      </c>
+      <c r="F442" t="s">
+        <v>883</v>
+      </c>
+      <c r="G442" s="1" t="s">
+        <v>1548</v>
+      </c>
+      <c r="H442" t="s">
+        <v>1549</v>
+      </c>
+    </row>
+    <row r="443" spans="1:8">
+      <c r="A443" t="s">
+        <v>1550</v>
+      </c>
+      <c r="B443" t="s">
+        <v>9</v>
+      </c>
+      <c r="C443" t="s">
+        <v>597</v>
+      </c>
+      <c r="D443" t="s">
+        <v>1391</v>
+      </c>
+      <c r="E443" t="s">
+        <v>1392</v>
+      </c>
+      <c r="F443" t="s">
+        <v>883</v>
+      </c>
+      <c r="G443" s="1" t="s">
+        <v>1551</v>
+      </c>
+      <c r="H443" t="s">
+        <v>1552</v>
+      </c>
+    </row>
+    <row r="444" spans="1:8">
+      <c r="A444" t="s">
+        <v>1553</v>
+      </c>
+      <c r="B444" t="s">
+        <v>9</v>
+      </c>
+      <c r="C444" t="s">
+        <v>601</v>
+      </c>
+      <c r="D444" t="s">
+        <v>1391</v>
+      </c>
+      <c r="E444" t="s">
+        <v>1392</v>
+      </c>
+      <c r="F444" t="s">
+        <v>883</v>
+      </c>
+      <c r="G444" s="1" t="s">
+        <v>1554</v>
+      </c>
+      <c r="H444" t="s">
+        <v>1555</v>
+      </c>
+    </row>
+    <row r="445" spans="1:8">
+      <c r="A445" t="s">
+        <v>1556</v>
+      </c>
+      <c r="B445" t="s">
+        <v>9</v>
+      </c>
+      <c r="C445" t="s">
+        <v>605</v>
+      </c>
+      <c r="D445" t="s">
+        <v>1391</v>
+      </c>
+      <c r="E445" t="s">
+        <v>1392</v>
+      </c>
+      <c r="F445" t="s">
+        <v>883</v>
+      </c>
+      <c r="G445" s="1" t="s">
+        <v>1557</v>
+      </c>
+      <c r="H445" t="s">
+        <v>1558</v>
+      </c>
+    </row>
+    <row r="446" spans="1:8">
+      <c r="A446" t="s">
+        <v>1559</v>
+      </c>
+      <c r="B446" t="s">
+        <v>9</v>
+      </c>
+      <c r="C446" t="s">
+        <v>609</v>
+      </c>
+      <c r="D446" t="s">
+        <v>1391</v>
+      </c>
+      <c r="E446" t="s">
+        <v>1392</v>
+      </c>
+      <c r="F446" t="s">
+        <v>883</v>
+      </c>
+      <c r="G446" s="1" t="s">
+        <v>1560</v>
+      </c>
+      <c r="H446" t="s">
+        <v>1561</v>
+      </c>
+    </row>
+    <row r="447" spans="1:8">
+      <c r="A447" t="s">
+        <v>1562</v>
+      </c>
+      <c r="B447" t="s">
+        <v>9</v>
+      </c>
+      <c r="C447" t="s">
+        <v>613</v>
+      </c>
+      <c r="D447" t="s">
+        <v>1391</v>
+      </c>
+      <c r="E447" t="s">
+        <v>1392</v>
+      </c>
+      <c r="F447" t="s">
+        <v>966</v>
+      </c>
+      <c r="G447" s="1" t="s">
+        <v>1563</v>
+      </c>
+      <c r="H447" t="s">
+        <v>1564</v>
+      </c>
+    </row>
+    <row r="448" spans="1:8">
+      <c r="A448" t="s">
+        <v>1565</v>
+      </c>
+      <c r="B448" t="s">
+        <v>9</v>
+      </c>
+      <c r="C448" t="s">
+        <v>618</v>
+      </c>
+      <c r="D448" t="s">
+        <v>1391</v>
+      </c>
+      <c r="E448" t="s">
+        <v>1392</v>
+      </c>
+      <c r="F448" t="s">
+        <v>966</v>
+      </c>
+      <c r="G448" s="1" t="s">
+        <v>1566</v>
+      </c>
+      <c r="H448" t="s">
+        <v>1567</v>
+      </c>
+    </row>
+    <row r="449" spans="1:8">
+      <c r="A449" t="s">
+        <v>1568</v>
+      </c>
+      <c r="B449" t="s">
+        <v>9</v>
+      </c>
+      <c r="C449" t="s">
+        <v>622</v>
+      </c>
+      <c r="D449" t="s">
+        <v>1391</v>
+      </c>
+      <c r="E449" t="s">
+        <v>1392</v>
+      </c>
+      <c r="F449" t="s">
+        <v>966</v>
+      </c>
+      <c r="G449" s="1" t="s">
+        <v>1569</v>
+      </c>
+      <c r="H449" t="s">
+        <v>1570</v>
+      </c>
+    </row>
+    <row r="450" spans="1:8">
+      <c r="A450" t="s">
+        <v>1571</v>
+      </c>
+      <c r="B450" t="s">
+        <v>9</v>
+      </c>
+      <c r="C450" t="s">
+        <v>626</v>
+      </c>
+      <c r="D450" t="s">
+        <v>1391</v>
+      </c>
+      <c r="E450" t="s">
+        <v>1392</v>
+      </c>
+      <c r="F450" t="s">
+        <v>966</v>
+      </c>
+      <c r="G450" s="1" t="s">
+        <v>1572</v>
+      </c>
+      <c r="H450" t="s">
+        <v>1573</v>
+      </c>
+    </row>
+    <row r="451" spans="1:8">
+      <c r="A451" t="s">
+        <v>1574</v>
+      </c>
+      <c r="B451" t="s">
+        <v>9</v>
+      </c>
+      <c r="C451" t="s">
+        <v>630</v>
+      </c>
+      <c r="D451" t="s">
+        <v>1391</v>
+      </c>
+      <c r="E451" t="s">
+        <v>1392</v>
+      </c>
+      <c r="F451" t="s">
+        <v>966</v>
+      </c>
+      <c r="G451" s="1" t="s">
+        <v>1575</v>
+      </c>
+      <c r="H451" t="s">
+        <v>1576</v>
+      </c>
+    </row>
+    <row r="452" spans="1:8">
+      <c r="A452" t="s">
+        <v>1577</v>
+      </c>
+      <c r="B452" t="s">
+        <v>9</v>
+      </c>
+      <c r="C452" t="s">
+        <v>634</v>
+      </c>
+      <c r="D452" t="s">
+        <v>1391</v>
+      </c>
+      <c r="E452" t="s">
+        <v>1392</v>
+      </c>
+      <c r="F452" t="s">
+        <v>966</v>
+      </c>
+      <c r="G452" s="1" t="s">
+        <v>1578</v>
+      </c>
+      <c r="H452" t="s">
+        <v>1579</v>
+      </c>
+    </row>
+    <row r="453" spans="1:8">
+      <c r="A453" t="s">
+        <v>1580</v>
+      </c>
+      <c r="B453" t="s">
+        <v>9</v>
+      </c>
+      <c r="C453" t="s">
+        <v>638</v>
+      </c>
+      <c r="D453" t="s">
+        <v>1391</v>
+      </c>
+      <c r="E453" t="s">
+        <v>1392</v>
+      </c>
+      <c r="G453" s="1" t="s">
+        <v>1581</v>
+      </c>
+      <c r="H453" t="s">
+        <v>1582</v>
+      </c>
+    </row>
+    <row r="454" spans="1:8">
+      <c r="A454" t="s">
+        <v>1583</v>
+      </c>
+      <c r="B454" t="s">
+        <v>9</v>
+      </c>
+      <c r="C454" t="s">
+        <v>642</v>
+      </c>
+      <c r="D454" t="s">
+        <v>1391</v>
+      </c>
+      <c r="E454" t="s">
+        <v>1392</v>
+      </c>
+      <c r="F454" t="s">
+        <v>966</v>
+      </c>
+      <c r="G454" s="1" t="s">
+        <v>1584</v>
+      </c>
+      <c r="H454" t="s">
+        <v>1585</v>
+      </c>
+    </row>
+    <row r="455" spans="1:8">
+      <c r="A455" t="s">
+        <v>1586</v>
+      </c>
+      <c r="B455" t="s">
+        <v>9</v>
+      </c>
+      <c r="C455" t="s">
+        <v>646</v>
+      </c>
+      <c r="D455" t="s">
+        <v>1391</v>
+      </c>
+      <c r="E455" t="s">
+        <v>1392</v>
+      </c>
+      <c r="G455" s="1" t="s">
+        <v>1587</v>
+      </c>
+      <c r="H455" t="s">
+        <v>1588</v>
+      </c>
+    </row>
+    <row r="456" spans="1:8">
+      <c r="A456" t="s">
+        <v>1589</v>
+      </c>
+      <c r="B456" t="s">
+        <v>9</v>
+      </c>
+      <c r="C456" t="s">
+        <v>650</v>
+      </c>
+      <c r="D456" t="s">
+        <v>1391</v>
+      </c>
+      <c r="E456" t="s">
+        <v>1392</v>
+      </c>
+      <c r="F456" t="s">
+        <v>966</v>
+      </c>
+      <c r="G456" s="1" t="s">
+        <v>1590</v>
+      </c>
+      <c r="H456" t="s">
+        <v>1591</v>
+      </c>
+    </row>
+    <row r="457" spans="1:8">
+      <c r="A457" t="s">
+        <v>1592</v>
+      </c>
+      <c r="B457" t="s">
+        <v>9</v>
+      </c>
+      <c r="C457" t="s">
+        <v>654</v>
+      </c>
+      <c r="D457" t="s">
+        <v>1391</v>
+      </c>
+      <c r="E457" t="s">
+        <v>1392</v>
+      </c>
+      <c r="F457" t="s">
+        <v>966</v>
+      </c>
+      <c r="G457" s="1" t="s">
+        <v>1593</v>
+      </c>
+      <c r="H457" t="s">
+        <v>1594</v>
+      </c>
+    </row>
+    <row r="458" spans="1:8">
+      <c r="A458" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B458" t="s">
+        <v>9</v>
+      </c>
+      <c r="C458" t="s">
+        <v>658</v>
+      </c>
+      <c r="D458" t="s">
+        <v>1391</v>
+      </c>
+      <c r="E458" t="s">
+        <v>1392</v>
+      </c>
+      <c r="F458" t="s">
+        <v>966</v>
+      </c>
+      <c r="G458" s="1" t="s">
+        <v>1596</v>
+      </c>
+      <c r="H458" t="s">
+        <v>1597</v>
+      </c>
+    </row>
+    <row r="459" spans="1:8">
+      <c r="A459" t="s">
+        <v>1598</v>
+      </c>
+      <c r="B459" t="s">
+        <v>9</v>
+      </c>
+      <c r="C459" t="s">
+        <v>662</v>
+      </c>
+      <c r="D459" t="s">
+        <v>1391</v>
+      </c>
+      <c r="E459" t="s">
+        <v>1392</v>
+      </c>
+      <c r="F459" t="s">
+        <v>966</v>
+      </c>
+      <c r="G459" s="1" t="s">
+        <v>1599</v>
+      </c>
+      <c r="H459" t="s">
+        <v>1600</v>
+      </c>
+    </row>
+    <row r="460" spans="1:8">
+      <c r="A460" t="s">
+        <v>1601</v>
+      </c>
+      <c r="B460" t="s">
+        <v>9</v>
+      </c>
+      <c r="C460" t="s">
+        <v>666</v>
+      </c>
+      <c r="D460" t="s">
+        <v>1391</v>
+      </c>
+      <c r="E460" t="s">
+        <v>1392</v>
+      </c>
+      <c r="F460" t="s">
+        <v>966</v>
+      </c>
+      <c r="G460" s="1" t="s">
+        <v>1602</v>
+      </c>
+      <c r="H460" t="s">
+        <v>1603</v>
+      </c>
+    </row>
+    <row r="461" spans="1:8">
+      <c r="A461" t="s">
+        <v>1604</v>
+      </c>
+      <c r="B461" t="s">
+        <v>9</v>
+      </c>
+      <c r="C461" t="s">
+        <v>670</v>
+      </c>
+      <c r="D461" t="s">
+        <v>1391</v>
+      </c>
+      <c r="E461" t="s">
+        <v>1392</v>
+      </c>
+      <c r="G461" s="1" t="s">
+        <v>1605</v>
+      </c>
+      <c r="H461" t="s">
+        <v>1606</v>
+      </c>
+    </row>
+    <row r="462" spans="1:8">
+      <c r="A462" t="s">
+        <v>1607</v>
+      </c>
+      <c r="B462" t="s">
+        <v>9</v>
+      </c>
+      <c r="C462" t="s">
+        <v>674</v>
+      </c>
+      <c r="D462" t="s">
+        <v>1391</v>
+      </c>
+      <c r="E462" t="s">
+        <v>1392</v>
+      </c>
+      <c r="G462" s="1" t="s">
+        <v>1608</v>
+      </c>
+      <c r="H462" t="s">
+        <v>1609</v>
+      </c>
+    </row>
+    <row r="463" spans="1:8">
+      <c r="A463" t="s">
+        <v>1610</v>
+      </c>
+      <c r="B463" t="s">
+        <v>9</v>
+      </c>
+      <c r="C463" t="s">
+        <v>678</v>
+      </c>
+      <c r="D463" t="s">
+        <v>1391</v>
+      </c>
+      <c r="E463" t="s">
+        <v>1392</v>
+      </c>
+      <c r="G463" s="1" t="s">
+        <v>1441</v>
+      </c>
+      <c r="H463" t="s">
+        <v>1611</v>
+      </c>
+    </row>
+    <row r="464" spans="1:8">
+      <c r="A464" t="s">
+        <v>1612</v>
+      </c>
+      <c r="B464" t="s">
+        <v>9</v>
+      </c>
+      <c r="C464" t="s">
+        <v>682</v>
+      </c>
+      <c r="D464" t="s">
+        <v>1391</v>
+      </c>
+      <c r="E464" t="s">
+        <v>1392</v>
+      </c>
+      <c r="G464" s="1" t="s">
+        <v>1613</v>
+      </c>
+      <c r="H464" t="s">
+        <v>1614</v>
+      </c>
+    </row>
+    <row r="465" spans="1:8">
+      <c r="A465" t="s">
+        <v>1615</v>
+      </c>
+      <c r="B465" t="s">
+        <v>9</v>
+      </c>
+      <c r="C465" t="s">
+        <v>686</v>
+      </c>
+      <c r="D465" t="s">
+        <v>1391</v>
+      </c>
+      <c r="E465" t="s">
+        <v>1392</v>
+      </c>
+      <c r="F465" t="s">
+        <v>966</v>
+      </c>
+      <c r="G465" s="1" t="s">
+        <v>1616</v>
+      </c>
+      <c r="H465" t="s">
+        <v>1617</v>
+      </c>
+    </row>
+    <row r="466" spans="1:8">
+      <c r="A466" t="s">
+        <v>1618</v>
+      </c>
+      <c r="B466" t="s">
+        <v>9</v>
+      </c>
+      <c r="C466" t="s">
+        <v>1619</v>
+      </c>
+      <c r="D466" t="s">
+        <v>1391</v>
+      </c>
+      <c r="E466" t="s">
+        <v>1392</v>
+      </c>
+      <c r="F466" t="s">
+        <v>966</v>
+      </c>
+      <c r="G466" s="1" t="s">
+        <v>1620</v>
+      </c>
+      <c r="H466" t="s">
+        <v>1621</v>
+      </c>
+    </row>
+    <row r="467" spans="1:8">
+      <c r="A467" t="s">
+        <v>1622</v>
+      </c>
+      <c r="B467" t="s">
+        <v>9</v>
+      </c>
+      <c r="C467" t="s">
+        <v>1623</v>
+      </c>
+      <c r="D467" t="s">
+        <v>1391</v>
+      </c>
+      <c r="E467" t="s">
+        <v>1392</v>
+      </c>
+      <c r="F467" t="s">
+        <v>966</v>
+      </c>
+      <c r="G467" s="1" t="s">
+        <v>1624</v>
+      </c>
+      <c r="H467" t="s">
+        <v>1625</v>
+      </c>
+    </row>
+    <row r="468" spans="1:8">
+      <c r="A468" t="s">
+        <v>1626</v>
+      </c>
+      <c r="B468" t="s">
+        <v>9</v>
+      </c>
+      <c r="C468" t="s">
+        <v>1627</v>
+      </c>
+      <c r="D468" t="s">
+        <v>1391</v>
+      </c>
+      <c r="E468" t="s">
+        <v>1392</v>
+      </c>
+      <c r="F468" t="s">
+        <v>966</v>
+      </c>
+      <c r="G468" s="1" t="s">
+        <v>1628</v>
+      </c>
+      <c r="H468" t="s">
+        <v>1629</v>
+      </c>
+    </row>
+    <row r="469" spans="1:8">
+      <c r="A469" t="s">
+        <v>1630</v>
+      </c>
+      <c r="B469" t="s">
+        <v>9</v>
+      </c>
+      <c r="C469" t="s">
+        <v>1631</v>
+      </c>
+      <c r="D469" t="s">
+        <v>1391</v>
+      </c>
+      <c r="E469" t="s">
+        <v>1392</v>
+      </c>
+      <c r="F469" t="s">
+        <v>966</v>
+      </c>
+      <c r="G469" s="1" t="s">
+        <v>1632</v>
+      </c>
+      <c r="H469" t="s">
+        <v>1633</v>
+      </c>
+    </row>
+    <row r="470" spans="1:8">
+      <c r="A470" t="s">
+        <v>1634</v>
+      </c>
+      <c r="B470" t="s">
+        <v>9</v>
+      </c>
+      <c r="C470" t="s">
+        <v>1635</v>
+      </c>
+      <c r="D470" t="s">
+        <v>1391</v>
+      </c>
+      <c r="E470" t="s">
+        <v>1392</v>
+      </c>
+      <c r="F470" t="s">
+        <v>966</v>
+      </c>
+      <c r="G470" s="1" t="s">
+        <v>1636</v>
+      </c>
+      <c r="H470" t="s">
+        <v>1637</v>
+      </c>
+    </row>
+    <row r="471" spans="1:8">
+      <c r="A471" t="s">
+        <v>1638</v>
+      </c>
+      <c r="B471" t="s">
+        <v>9</v>
+      </c>
+      <c r="C471" t="s">
+        <v>1639</v>
+      </c>
+      <c r="D471" t="s">
+        <v>1391</v>
+      </c>
+      <c r="E471" t="s">
+        <v>1392</v>
+      </c>
+      <c r="F471" t="s">
+        <v>883</v>
+      </c>
+      <c r="G471" s="1" t="s">
+        <v>1640</v>
+      </c>
+      <c r="H471" t="s">
+        <v>1641</v>
+      </c>
+    </row>
+    <row r="472" spans="1:8">
+      <c r="A472" t="s">
+        <v>1642</v>
+      </c>
+      <c r="B472" t="s">
+        <v>9</v>
+      </c>
+      <c r="C472" t="s">
+        <v>1643</v>
+      </c>
+      <c r="D472" t="s">
+        <v>1391</v>
+      </c>
+      <c r="E472" t="s">
+        <v>1392</v>
+      </c>
+      <c r="F472" t="s">
+        <v>966</v>
+      </c>
+      <c r="G472" s="1" t="s">
+        <v>1644</v>
+      </c>
+      <c r="H472" t="s">
+        <v>1645</v>
+      </c>
+    </row>
+    <row r="473" spans="1:8">
+      <c r="A473" t="s">
+        <v>1646</v>
+      </c>
+      <c r="B473" t="s">
+        <v>9</v>
+      </c>
+      <c r="C473" t="s">
+        <v>1647</v>
+      </c>
+      <c r="D473" t="s">
+        <v>1391</v>
+      </c>
+      <c r="E473" t="s">
+        <v>1392</v>
+      </c>
+      <c r="F473" t="s">
+        <v>883</v>
+      </c>
+      <c r="G473" s="1" t="s">
+        <v>1648</v>
+      </c>
+      <c r="H473" t="s">
+        <v>1649</v>
+      </c>
+    </row>
+    <row r="474" spans="1:8">
+      <c r="A474" t="s">
+        <v>1650</v>
+      </c>
+      <c r="B474" t="s">
+        <v>9</v>
+      </c>
+      <c r="C474" t="s">
+        <v>1651</v>
+      </c>
+      <c r="D474" t="s">
+        <v>1391</v>
+      </c>
+      <c r="E474" t="s">
+        <v>1392</v>
+      </c>
+      <c r="F474" t="s">
+        <v>883</v>
+      </c>
+      <c r="G474" s="1" t="s">
+        <v>1652</v>
+      </c>
+      <c r="H474" t="s">
+        <v>1653</v>
+      </c>
+    </row>
+    <row r="475" spans="1:8">
+      <c r="A475" t="s">
+        <v>1654</v>
+      </c>
+      <c r="B475" t="s">
+        <v>9</v>
+      </c>
+      <c r="C475" t="s">
+        <v>1655</v>
+      </c>
+      <c r="D475" t="s">
+        <v>1391</v>
+      </c>
+      <c r="E475" t="s">
+        <v>1392</v>
+      </c>
+      <c r="F475" t="s">
+        <v>966</v>
+      </c>
+      <c r="G475" s="1" t="s">
+        <v>1656</v>
+      </c>
+      <c r="H475" t="s">
+        <v>1657</v>
+      </c>
+    </row>
+    <row r="476" spans="1:8">
+      <c r="A476" t="s">
+        <v>1658</v>
+      </c>
+      <c r="B476" t="s">
+        <v>9</v>
+      </c>
+      <c r="C476" t="s">
         <v>17</v>
       </c>
-      <c r="D442" t="s">
-[...12 lines deleted...]
-        <v>1492</v>
+      <c r="D476" t="s">
+        <v>1659</v>
+      </c>
+      <c r="E476" t="s">
+        <v>1660</v>
+      </c>
+      <c r="F476" t="s">
+        <v>1661</v>
+      </c>
+      <c r="G476" s="1" t="s">
+        <v>1662</v>
+      </c>
+      <c r="H476" t="s">
+        <v>1663</v>
+      </c>
+    </row>
+    <row r="477" spans="1:8">
+      <c r="A477" t="s">
+        <v>1664</v>
+      </c>
+      <c r="B477" t="s">
+        <v>9</v>
+      </c>
+      <c r="C477" t="s">
+        <v>21</v>
+      </c>
+      <c r="D477" t="s">
+        <v>1659</v>
+      </c>
+      <c r="E477" t="s">
+        <v>1660</v>
+      </c>
+      <c r="F477" t="s">
+        <v>1661</v>
+      </c>
+      <c r="G477" s="1" t="s">
+        <v>1665</v>
+      </c>
+      <c r="H477" t="s">
+        <v>1666</v>
+      </c>
+    </row>
+    <row r="478" spans="1:8">
+      <c r="A478" t="s">
+        <v>1667</v>
+      </c>
+      <c r="B478" t="s">
+        <v>9</v>
+      </c>
+      <c r="C478" t="s">
+        <v>25</v>
+      </c>
+      <c r="D478" t="s">
+        <v>1659</v>
+      </c>
+      <c r="E478" t="s">
+        <v>1660</v>
+      </c>
+      <c r="F478" t="s">
+        <v>1661</v>
+      </c>
+      <c r="G478" s="1" t="s">
+        <v>1668</v>
+      </c>
+      <c r="H478" t="s">
+        <v>1666</v>
+      </c>
+    </row>
+    <row r="479" spans="1:8">
+      <c r="A479" t="s">
+        <v>1669</v>
+      </c>
+      <c r="B479" t="s">
+        <v>9</v>
+      </c>
+      <c r="C479" t="s">
+        <v>30</v>
+      </c>
+      <c r="D479" t="s">
+        <v>1659</v>
+      </c>
+      <c r="E479" t="s">
+        <v>1660</v>
+      </c>
+      <c r="F479" t="s">
+        <v>1661</v>
+      </c>
+      <c r="G479" s="1" t="s">
+        <v>1670</v>
+      </c>
+      <c r="H479" t="s">
+        <v>1671</v>
+      </c>
+    </row>
+    <row r="480" spans="1:8">
+      <c r="A480" t="s">
+        <v>1672</v>
+      </c>
+      <c r="B480" t="s">
+        <v>9</v>
+      </c>
+      <c r="C480" t="s">
+        <v>40</v>
+      </c>
+      <c r="D480" t="s">
+        <v>1659</v>
+      </c>
+      <c r="E480" t="s">
+        <v>1660</v>
+      </c>
+      <c r="F480" t="s">
+        <v>1661</v>
+      </c>
+      <c r="G480" s="1" t="s">
+        <v>1673</v>
+      </c>
+      <c r="H480" t="s">
+        <v>1674</v>
+      </c>
+    </row>
+    <row r="481" spans="1:8">
+      <c r="A481" t="s">
+        <v>1675</v>
+      </c>
+      <c r="B481" t="s">
+        <v>9</v>
+      </c>
+      <c r="C481" t="s">
+        <v>45</v>
+      </c>
+      <c r="D481" t="s">
+        <v>1659</v>
+      </c>
+      <c r="E481" t="s">
+        <v>1660</v>
+      </c>
+      <c r="F481" t="s">
+        <v>1661</v>
+      </c>
+      <c r="G481" s="1" t="s">
+        <v>1676</v>
+      </c>
+      <c r="H481" t="s">
+        <v>1677</v>
+      </c>
+    </row>
+    <row r="482" spans="1:8">
+      <c r="A482" t="s">
+        <v>1678</v>
+      </c>
+      <c r="B482" t="s">
+        <v>9</v>
+      </c>
+      <c r="C482" t="s">
+        <v>50</v>
+      </c>
+      <c r="D482" t="s">
+        <v>1659</v>
+      </c>
+      <c r="E482" t="s">
+        <v>1660</v>
+      </c>
+      <c r="F482" t="s">
+        <v>1661</v>
+      </c>
+      <c r="G482" s="1" t="s">
+        <v>1679</v>
+      </c>
+      <c r="H482" t="s">
+        <v>1680</v>
+      </c>
+    </row>
+    <row r="483" spans="1:8">
+      <c r="A483" t="s">
+        <v>1681</v>
+      </c>
+      <c r="B483" t="s">
+        <v>9</v>
+      </c>
+      <c r="C483" t="s">
+        <v>54</v>
+      </c>
+      <c r="D483" t="s">
+        <v>1659</v>
+      </c>
+      <c r="E483" t="s">
+        <v>1660</v>
+      </c>
+      <c r="F483" t="s">
+        <v>1661</v>
+      </c>
+      <c r="G483" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="H483" t="s">
+        <v>1683</v>
+      </c>
+    </row>
+    <row r="484" spans="1:8">
+      <c r="A484" t="s">
+        <v>1684</v>
+      </c>
+      <c r="B484" t="s">
+        <v>9</v>
+      </c>
+      <c r="C484" t="s">
+        <v>59</v>
+      </c>
+      <c r="D484" t="s">
+        <v>1659</v>
+      </c>
+      <c r="E484" t="s">
+        <v>1660</v>
+      </c>
+      <c r="F484" t="s">
+        <v>1661</v>
+      </c>
+      <c r="G484" s="1" t="s">
+        <v>1685</v>
+      </c>
+      <c r="H484" t="s">
+        <v>1686</v>
+      </c>
+    </row>
+    <row r="485" spans="1:8">
+      <c r="A485" t="s">
+        <v>1687</v>
+      </c>
+      <c r="B485" t="s">
+        <v>9</v>
+      </c>
+      <c r="C485" t="s">
+        <v>63</v>
+      </c>
+      <c r="D485" t="s">
+        <v>1659</v>
+      </c>
+      <c r="E485" t="s">
+        <v>1660</v>
+      </c>
+      <c r="F485" t="s">
+        <v>1661</v>
+      </c>
+      <c r="G485" s="1" t="s">
+        <v>1688</v>
+      </c>
+      <c r="H485" t="s">
+        <v>1689</v>
+      </c>
+    </row>
+    <row r="486" spans="1:8">
+      <c r="A486" t="s">
+        <v>1690</v>
+      </c>
+      <c r="B486" t="s">
+        <v>9</v>
+      </c>
+      <c r="C486" t="s">
+        <v>68</v>
+      </c>
+      <c r="D486" t="s">
+        <v>1659</v>
+      </c>
+      <c r="E486" t="s">
+        <v>1660</v>
+      </c>
+      <c r="F486" t="s">
+        <v>1661</v>
+      </c>
+      <c r="G486" s="1" t="s">
+        <v>1691</v>
+      </c>
+      <c r="H486" t="s">
+        <v>1692</v>
+      </c>
+    </row>
+    <row r="487" spans="1:8">
+      <c r="A487" t="s">
+        <v>1693</v>
+      </c>
+      <c r="B487" t="s">
+        <v>9</v>
+      </c>
+      <c r="C487" t="s">
+        <v>72</v>
+      </c>
+      <c r="D487" t="s">
+        <v>1659</v>
+      </c>
+      <c r="E487" t="s">
+        <v>1660</v>
+      </c>
+      <c r="F487" t="s">
+        <v>1661</v>
+      </c>
+      <c r="G487" s="1" t="s">
+        <v>1694</v>
+      </c>
+      <c r="H487" t="s">
+        <v>1695</v>
+      </c>
+    </row>
+    <row r="488" spans="1:8">
+      <c r="A488" t="s">
+        <v>1696</v>
+      </c>
+      <c r="B488" t="s">
+        <v>9</v>
+      </c>
+      <c r="C488" t="s">
+        <v>76</v>
+      </c>
+      <c r="D488" t="s">
+        <v>1659</v>
+      </c>
+      <c r="E488" t="s">
+        <v>1660</v>
+      </c>
+      <c r="F488" t="s">
+        <v>1661</v>
+      </c>
+      <c r="G488" s="1" t="s">
+        <v>1697</v>
+      </c>
+      <c r="H488" t="s">
+        <v>1698</v>
+      </c>
+    </row>
+    <row r="489" spans="1:8">
+      <c r="A489" t="s">
+        <v>1699</v>
+      </c>
+      <c r="B489" t="s">
+        <v>9</v>
+      </c>
+      <c r="C489" t="s">
+        <v>80</v>
+      </c>
+      <c r="D489" t="s">
+        <v>1659</v>
+      </c>
+      <c r="E489" t="s">
+        <v>1660</v>
+      </c>
+      <c r="F489" t="s">
+        <v>1661</v>
+      </c>
+      <c r="G489" s="1" t="s">
+        <v>1700</v>
+      </c>
+      <c r="H489" t="s">
+        <v>1701</v>
+      </c>
+    </row>
+    <row r="490" spans="1:8">
+      <c r="A490" t="s">
+        <v>1702</v>
+      </c>
+      <c r="B490" t="s">
+        <v>9</v>
+      </c>
+      <c r="C490" t="s">
+        <v>84</v>
+      </c>
+      <c r="D490" t="s">
+        <v>1659</v>
+      </c>
+      <c r="E490" t="s">
+        <v>1660</v>
+      </c>
+      <c r="F490" t="s">
+        <v>1661</v>
+      </c>
+      <c r="G490" s="1" t="s">
+        <v>1703</v>
+      </c>
+      <c r="H490" t="s">
+        <v>1704</v>
+      </c>
+    </row>
+    <row r="491" spans="1:8">
+      <c r="A491" t="s">
+        <v>1705</v>
+      </c>
+      <c r="B491" t="s">
+        <v>9</v>
+      </c>
+      <c r="C491" t="s">
+        <v>88</v>
+      </c>
+      <c r="D491" t="s">
+        <v>1659</v>
+      </c>
+      <c r="E491" t="s">
+        <v>1660</v>
+      </c>
+      <c r="F491" t="s">
+        <v>1661</v>
+      </c>
+      <c r="G491" s="1" t="s">
+        <v>1706</v>
+      </c>
+      <c r="H491" t="s">
+        <v>1707</v>
+      </c>
+    </row>
+    <row r="492" spans="1:8">
+      <c r="A492" t="s">
+        <v>1708</v>
+      </c>
+      <c r="B492" t="s">
+        <v>9</v>
+      </c>
+      <c r="C492" t="s">
+        <v>93</v>
+      </c>
+      <c r="D492" t="s">
+        <v>1659</v>
+      </c>
+      <c r="E492" t="s">
+        <v>1660</v>
+      </c>
+      <c r="F492" t="s">
+        <v>1661</v>
+      </c>
+      <c r="G492" s="1" t="s">
+        <v>1709</v>
+      </c>
+      <c r="H492" t="s">
+        <v>1710</v>
+      </c>
+    </row>
+    <row r="493" spans="1:8">
+      <c r="A493" t="s">
+        <v>1711</v>
+      </c>
+      <c r="B493" t="s">
+        <v>9</v>
+      </c>
+      <c r="C493" t="s">
+        <v>97</v>
+      </c>
+      <c r="D493" t="s">
+        <v>1659</v>
+      </c>
+      <c r="E493" t="s">
+        <v>1660</v>
+      </c>
+      <c r="F493" t="s">
+        <v>1661</v>
+      </c>
+      <c r="G493" s="1" t="s">
+        <v>1712</v>
+      </c>
+      <c r="H493" t="s">
+        <v>1713</v>
+      </c>
+    </row>
+    <row r="494" spans="1:8">
+      <c r="A494" t="s">
+        <v>1714</v>
+      </c>
+      <c r="B494" t="s">
+        <v>9</v>
+      </c>
+      <c r="C494" t="s">
+        <v>101</v>
+      </c>
+      <c r="D494" t="s">
+        <v>1659</v>
+      </c>
+      <c r="E494" t="s">
+        <v>1660</v>
+      </c>
+      <c r="F494" t="s">
+        <v>1661</v>
+      </c>
+      <c r="G494" s="1" t="s">
+        <v>1715</v>
+      </c>
+      <c r="H494" t="s">
+        <v>1716</v>
+      </c>
+    </row>
+    <row r="495" spans="1:8">
+      <c r="A495" t="s">
+        <v>1717</v>
+      </c>
+      <c r="B495" t="s">
+        <v>9</v>
+      </c>
+      <c r="C495" t="s">
+        <v>105</v>
+      </c>
+      <c r="D495" t="s">
+        <v>1659</v>
+      </c>
+      <c r="E495" t="s">
+        <v>1660</v>
+      </c>
+      <c r="F495" t="s">
+        <v>1661</v>
+      </c>
+      <c r="G495" s="1" t="s">
+        <v>1718</v>
+      </c>
+      <c r="H495" t="s">
+        <v>1719</v>
+      </c>
+    </row>
+    <row r="496" spans="1:8">
+      <c r="A496" t="s">
+        <v>1720</v>
+      </c>
+      <c r="B496" t="s">
+        <v>9</v>
+      </c>
+      <c r="C496" t="s">
+        <v>110</v>
+      </c>
+      <c r="D496" t="s">
+        <v>1659</v>
+      </c>
+      <c r="E496" t="s">
+        <v>1660</v>
+      </c>
+      <c r="F496" t="s">
+        <v>1661</v>
+      </c>
+      <c r="G496" s="1" t="s">
+        <v>1721</v>
+      </c>
+      <c r="H496" t="s">
+        <v>1722</v>
+      </c>
+    </row>
+    <row r="497" spans="1:8">
+      <c r="A497" t="s">
+        <v>1723</v>
+      </c>
+      <c r="B497" t="s">
+        <v>9</v>
+      </c>
+      <c r="C497" t="s">
+        <v>115</v>
+      </c>
+      <c r="D497" t="s">
+        <v>1659</v>
+      </c>
+      <c r="E497" t="s">
+        <v>1660</v>
+      </c>
+      <c r="F497" t="s">
+        <v>1661</v>
+      </c>
+      <c r="G497" s="1" t="s">
+        <v>1724</v>
+      </c>
+      <c r="H497" t="s">
+        <v>1725</v>
+      </c>
+    </row>
+    <row r="498" spans="1:8">
+      <c r="A498" t="s">
+        <v>1726</v>
+      </c>
+      <c r="B498" t="s">
+        <v>9</v>
+      </c>
+      <c r="C498" t="s">
+        <v>119</v>
+      </c>
+      <c r="D498" t="s">
+        <v>1659</v>
+      </c>
+      <c r="E498" t="s">
+        <v>1660</v>
+      </c>
+      <c r="F498" t="s">
+        <v>1661</v>
+      </c>
+      <c r="G498" s="1" t="s">
+        <v>1727</v>
+      </c>
+      <c r="H498" t="s">
+        <v>1728</v>
+      </c>
+    </row>
+    <row r="499" spans="1:8">
+      <c r="A499" t="s">
+        <v>1729</v>
+      </c>
+      <c r="B499" t="s">
+        <v>9</v>
+      </c>
+      <c r="C499" t="s">
+        <v>123</v>
+      </c>
+      <c r="D499" t="s">
+        <v>1659</v>
+      </c>
+      <c r="E499" t="s">
+        <v>1660</v>
+      </c>
+      <c r="F499" t="s">
+        <v>1661</v>
+      </c>
+      <c r="G499" s="1" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H499" t="s">
+        <v>1731</v>
+      </c>
+    </row>
+    <row r="500" spans="1:8">
+      <c r="A500" t="s">
+        <v>1732</v>
+      </c>
+      <c r="B500" t="s">
+        <v>9</v>
+      </c>
+      <c r="C500" t="s">
+        <v>17</v>
+      </c>
+      <c r="D500" t="s">
+        <v>1733</v>
+      </c>
+      <c r="E500" t="s">
+        <v>1734</v>
+      </c>
+      <c r="F500" t="s">
+        <v>1178</v>
+      </c>
+      <c r="G500" s="1" t="s">
+        <v>1735</v>
+      </c>
+      <c r="H500" t="s">
+        <v>1736</v>
+      </c>
+    </row>
+    <row r="501" spans="1:8">
+      <c r="A501" t="s">
+        <v>1737</v>
+      </c>
+      <c r="B501" t="s">
+        <v>9</v>
+      </c>
+      <c r="C501" t="s">
+        <v>21</v>
+      </c>
+      <c r="D501" t="s">
+        <v>1733</v>
+      </c>
+      <c r="E501" t="s">
+        <v>1734</v>
+      </c>
+      <c r="F501" t="s">
+        <v>1178</v>
+      </c>
+      <c r="G501" s="1" t="s">
+        <v>1738</v>
+      </c>
+      <c r="H501" t="s">
+        <v>1739</v>
+      </c>
+    </row>
+    <row r="502" spans="1:8">
+      <c r="A502" t="s">
+        <v>1740</v>
+      </c>
+      <c r="B502" t="s">
+        <v>9</v>
+      </c>
+      <c r="C502" t="s">
+        <v>25</v>
+      </c>
+      <c r="D502" t="s">
+        <v>1733</v>
+      </c>
+      <c r="E502" t="s">
+        <v>1734</v>
+      </c>
+      <c r="F502" t="s">
+        <v>1178</v>
+      </c>
+      <c r="G502" s="1" t="s">
+        <v>1741</v>
+      </c>
+      <c r="H502" t="s">
+        <v>1742</v>
+      </c>
+    </row>
+    <row r="503" spans="1:8">
+      <c r="A503" t="s">
+        <v>1743</v>
+      </c>
+      <c r="B503" t="s">
+        <v>9</v>
+      </c>
+      <c r="C503" t="s">
+        <v>30</v>
+      </c>
+      <c r="D503" t="s">
+        <v>1733</v>
+      </c>
+      <c r="E503" t="s">
+        <v>1734</v>
+      </c>
+      <c r="F503" t="s">
+        <v>1178</v>
+      </c>
+      <c r="G503" s="1" t="s">
+        <v>1744</v>
+      </c>
+      <c r="H503" t="s">
+        <v>1745</v>
+      </c>
+    </row>
+    <row r="504" spans="1:8">
+      <c r="A504" t="s">
+        <v>1746</v>
+      </c>
+      <c r="B504" t="s">
+        <v>9</v>
+      </c>
+      <c r="C504" t="s">
+        <v>35</v>
+      </c>
+      <c r="D504" t="s">
+        <v>1733</v>
+      </c>
+      <c r="E504" t="s">
+        <v>1734</v>
+      </c>
+      <c r="F504" t="s">
+        <v>1178</v>
+      </c>
+      <c r="G504" s="1" t="s">
+        <v>1747</v>
+      </c>
+      <c r="H504" t="s">
+        <v>1748</v>
+      </c>
+    </row>
+    <row r="505" spans="1:8">
+      <c r="A505" t="s">
+        <v>1749</v>
+      </c>
+      <c r="B505" t="s">
+        <v>9</v>
+      </c>
+      <c r="C505" t="s">
+        <v>40</v>
+      </c>
+      <c r="D505" t="s">
+        <v>1733</v>
+      </c>
+      <c r="E505" t="s">
+        <v>1734</v>
+      </c>
+      <c r="F505" t="s">
+        <v>1178</v>
+      </c>
+      <c r="G505" s="1" t="s">
+        <v>1750</v>
+      </c>
+      <c r="H505" t="s">
+        <v>1751</v>
+      </c>
+    </row>
+    <row r="506" spans="1:8">
+      <c r="A506" t="s">
+        <v>1752</v>
+      </c>
+      <c r="B506" t="s">
+        <v>9</v>
+      </c>
+      <c r="C506" t="s">
+        <v>45</v>
+      </c>
+      <c r="D506" t="s">
+        <v>1733</v>
+      </c>
+      <c r="E506" t="s">
+        <v>1734</v>
+      </c>
+      <c r="F506" t="s">
+        <v>1178</v>
+      </c>
+      <c r="G506" s="1" t="s">
+        <v>1753</v>
+      </c>
+      <c r="H506" t="s">
+        <v>1754</v>
+      </c>
+    </row>
+    <row r="507" spans="1:8">
+      <c r="A507" t="s">
+        <v>1755</v>
+      </c>
+      <c r="B507" t="s">
+        <v>9</v>
+      </c>
+      <c r="C507" t="s">
+        <v>50</v>
+      </c>
+      <c r="D507" t="s">
+        <v>1733</v>
+      </c>
+      <c r="E507" t="s">
+        <v>1734</v>
+      </c>
+      <c r="F507" t="s">
+        <v>1178</v>
+      </c>
+      <c r="G507" s="1" t="s">
+        <v>1756</v>
+      </c>
+      <c r="H507" t="s">
+        <v>1757</v>
+      </c>
+    </row>
+    <row r="508" spans="1:8">
+      <c r="A508" t="s">
+        <v>1758</v>
+      </c>
+      <c r="B508" t="s">
+        <v>9</v>
+      </c>
+      <c r="C508" t="s">
+        <v>54</v>
+      </c>
+      <c r="D508" t="s">
+        <v>1733</v>
+      </c>
+      <c r="E508" t="s">
+        <v>1734</v>
+      </c>
+      <c r="F508" t="s">
+        <v>1178</v>
+      </c>
+      <c r="G508" s="1" t="s">
+        <v>1759</v>
+      </c>
+      <c r="H508" t="s">
+        <v>1760</v>
+      </c>
+    </row>
+    <row r="509" spans="1:8">
+      <c r="A509" t="s">
+        <v>1761</v>
+      </c>
+      <c r="B509" t="s">
+        <v>9</v>
+      </c>
+      <c r="C509" t="s">
+        <v>59</v>
+      </c>
+      <c r="D509" t="s">
+        <v>1733</v>
+      </c>
+      <c r="E509" t="s">
+        <v>1734</v>
+      </c>
+      <c r="F509" t="s">
+        <v>1178</v>
+      </c>
+      <c r="G509" s="1" t="s">
+        <v>1762</v>
+      </c>
+      <c r="H509" t="s">
+        <v>1763</v>
+      </c>
+    </row>
+    <row r="510" spans="1:8">
+      <c r="A510" t="s">
+        <v>1764</v>
+      </c>
+      <c r="B510" t="s">
+        <v>9</v>
+      </c>
+      <c r="C510" t="s">
+        <v>63</v>
+      </c>
+      <c r="D510" t="s">
+        <v>1733</v>
+      </c>
+      <c r="E510" t="s">
+        <v>1734</v>
+      </c>
+      <c r="F510" t="s">
+        <v>1178</v>
+      </c>
+      <c r="G510" s="1" t="s">
+        <v>1765</v>
+      </c>
+      <c r="H510" t="s">
+        <v>1766</v>
+      </c>
+    </row>
+    <row r="511" spans="1:8">
+      <c r="A511" t="s">
+        <v>1767</v>
+      </c>
+      <c r="B511" t="s">
+        <v>9</v>
+      </c>
+      <c r="C511" t="s">
+        <v>68</v>
+      </c>
+      <c r="D511" t="s">
+        <v>1733</v>
+      </c>
+      <c r="E511" t="s">
+        <v>1734</v>
+      </c>
+      <c r="F511" t="s">
+        <v>1178</v>
+      </c>
+      <c r="G511" s="1" t="s">
+        <v>1768</v>
+      </c>
+      <c r="H511" t="s">
+        <v>1769</v>
+      </c>
+    </row>
+    <row r="512" spans="1:8">
+      <c r="A512" t="s">
+        <v>1770</v>
+      </c>
+      <c r="B512" t="s">
+        <v>9</v>
+      </c>
+      <c r="C512" t="s">
+        <v>72</v>
+      </c>
+      <c r="D512" t="s">
+        <v>1733</v>
+      </c>
+      <c r="E512" t="s">
+        <v>1734</v>
+      </c>
+      <c r="F512" t="s">
+        <v>1178</v>
+      </c>
+      <c r="G512" s="1" t="s">
+        <v>1771</v>
+      </c>
+      <c r="H512" t="s">
+        <v>1772</v>
+      </c>
+    </row>
+    <row r="513" spans="1:8">
+      <c r="A513" t="s">
+        <v>1773</v>
+      </c>
+      <c r="B513" t="s">
+        <v>9</v>
+      </c>
+      <c r="C513" t="s">
+        <v>217</v>
+      </c>
+      <c r="D513" t="s">
+        <v>1733</v>
+      </c>
+      <c r="E513" t="s">
+        <v>1734</v>
+      </c>
+      <c r="F513" t="s">
+        <v>1178</v>
+      </c>
+      <c r="G513" s="1" t="s">
+        <v>1774</v>
+      </c>
+      <c r="H513" t="s">
+        <v>1775</v>
+      </c>
+    </row>
+    <row r="514" spans="1:8">
+      <c r="A514" t="s">
+        <v>1776</v>
+      </c>
+      <c r="B514" t="s">
+        <v>9</v>
+      </c>
+      <c r="C514" t="s">
+        <v>221</v>
+      </c>
+      <c r="D514" t="s">
+        <v>1733</v>
+      </c>
+      <c r="E514" t="s">
+        <v>1734</v>
+      </c>
+      <c r="F514" t="s">
+        <v>1178</v>
+      </c>
+      <c r="G514" s="1" t="s">
+        <v>1777</v>
+      </c>
+      <c r="H514" t="s">
+        <v>1778</v>
+      </c>
+    </row>
+    <row r="515" spans="1:8">
+      <c r="A515" t="s">
+        <v>1779</v>
+      </c>
+      <c r="B515" t="s">
+        <v>9</v>
+      </c>
+      <c r="C515" t="s">
+        <v>226</v>
+      </c>
+      <c r="D515" t="s">
+        <v>1733</v>
+      </c>
+      <c r="E515" t="s">
+        <v>1734</v>
+      </c>
+      <c r="F515" t="s">
+        <v>1178</v>
+      </c>
+      <c r="G515" s="1" t="s">
+        <v>1780</v>
+      </c>
+      <c r="H515" t="s">
+        <v>1781</v>
+      </c>
+    </row>
+    <row r="516" spans="1:8">
+      <c r="A516" t="s">
+        <v>1782</v>
+      </c>
+      <c r="B516" t="s">
+        <v>9</v>
+      </c>
+      <c r="C516" t="s">
+        <v>230</v>
+      </c>
+      <c r="D516" t="s">
+        <v>1733</v>
+      </c>
+      <c r="E516" t="s">
+        <v>1734</v>
+      </c>
+      <c r="F516" t="s">
+        <v>1178</v>
+      </c>
+      <c r="G516" s="1" t="s">
+        <v>1783</v>
+      </c>
+      <c r="H516" t="s">
+        <v>1784</v>
+      </c>
+    </row>
+    <row r="517" spans="1:8">
+      <c r="A517" t="s">
+        <v>1785</v>
+      </c>
+      <c r="B517" t="s">
+        <v>9</v>
+      </c>
+      <c r="C517" t="s">
+        <v>234</v>
+      </c>
+      <c r="D517" t="s">
+        <v>1733</v>
+      </c>
+      <c r="E517" t="s">
+        <v>1734</v>
+      </c>
+      <c r="F517" t="s">
+        <v>1178</v>
+      </c>
+      <c r="G517" s="1" t="s">
+        <v>1786</v>
+      </c>
+      <c r="H517" t="s">
+        <v>1725</v>
+      </c>
+    </row>
+    <row r="518" spans="1:8">
+      <c r="A518" t="s">
+        <v>1787</v>
+      </c>
+      <c r="B518" t="s">
+        <v>9</v>
+      </c>
+      <c r="C518" t="s">
+        <v>238</v>
+      </c>
+      <c r="D518" t="s">
+        <v>1733</v>
+      </c>
+      <c r="E518" t="s">
+        <v>1734</v>
+      </c>
+      <c r="F518" t="s">
+        <v>1178</v>
+      </c>
+      <c r="G518" s="1" t="s">
+        <v>1788</v>
+      </c>
+      <c r="H518" t="s">
+        <v>1789</v>
+      </c>
+    </row>
+    <row r="519" spans="1:8">
+      <c r="A519" t="s">
+        <v>1790</v>
+      </c>
+      <c r="B519" t="s">
+        <v>9</v>
+      </c>
+      <c r="C519" t="s">
+        <v>242</v>
+      </c>
+      <c r="D519" t="s">
+        <v>1733</v>
+      </c>
+      <c r="E519" t="s">
+        <v>1734</v>
+      </c>
+      <c r="F519" t="s">
+        <v>1178</v>
+      </c>
+      <c r="G519" s="1" t="s">
+        <v>1791</v>
+      </c>
+      <c r="H519" t="s">
+        <v>1792</v>
+      </c>
+    </row>
+    <row r="520" spans="1:8">
+      <c r="A520" t="s">
+        <v>1793</v>
+      </c>
+      <c r="B520" t="s">
+        <v>9</v>
+      </c>
+      <c r="C520" t="s">
+        <v>246</v>
+      </c>
+      <c r="D520" t="s">
+        <v>1733</v>
+      </c>
+      <c r="E520" t="s">
+        <v>1734</v>
+      </c>
+      <c r="F520" t="s">
+        <v>1178</v>
+      </c>
+      <c r="G520" s="1" t="s">
+        <v>1794</v>
+      </c>
+      <c r="H520" t="s">
+        <v>1795</v>
+      </c>
+    </row>
+    <row r="521" spans="1:8">
+      <c r="A521" t="s">
+        <v>1796</v>
+      </c>
+      <c r="B521" t="s">
+        <v>9</v>
+      </c>
+      <c r="C521" t="s">
+        <v>250</v>
+      </c>
+      <c r="D521" t="s">
+        <v>1733</v>
+      </c>
+      <c r="E521" t="s">
+        <v>1734</v>
+      </c>
+      <c r="F521" t="s">
+        <v>1178</v>
+      </c>
+      <c r="G521" s="1" t="s">
+        <v>1797</v>
+      </c>
+      <c r="H521" t="s">
+        <v>1798</v>
+      </c>
+    </row>
+    <row r="522" spans="1:8">
+      <c r="A522" t="s">
+        <v>1799</v>
+      </c>
+      <c r="B522" t="s">
+        <v>9</v>
+      </c>
+      <c r="C522" t="s">
+        <v>21</v>
+      </c>
+      <c r="D522" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E522" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F522" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G522" s="1" t="s">
+        <v>1802</v>
+      </c>
+      <c r="H522" t="s">
+        <v>1803</v>
+      </c>
+    </row>
+    <row r="523" spans="1:8">
+      <c r="A523" t="s">
+        <v>1804</v>
+      </c>
+      <c r="B523" t="s">
+        <v>9</v>
+      </c>
+      <c r="C523" t="s">
+        <v>30</v>
+      </c>
+      <c r="D523" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E523" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F523" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G523" s="1" t="s">
+        <v>1805</v>
+      </c>
+      <c r="H523" t="s">
+        <v>1806</v>
+      </c>
+    </row>
+    <row r="524" spans="1:8">
+      <c r="A524" t="s">
+        <v>1807</v>
+      </c>
+      <c r="B524" t="s">
+        <v>9</v>
+      </c>
+      <c r="C524" t="s">
+        <v>35</v>
+      </c>
+      <c r="D524" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E524" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F524" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G524" s="1" t="s">
+        <v>1808</v>
+      </c>
+      <c r="H524" t="s">
+        <v>1809</v>
+      </c>
+    </row>
+    <row r="525" spans="1:8">
+      <c r="A525" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B525" t="s">
+        <v>9</v>
+      </c>
+      <c r="C525" t="s">
+        <v>50</v>
+      </c>
+      <c r="D525" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E525" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F525" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G525" s="1" t="s">
+        <v>1811</v>
+      </c>
+      <c r="H525" t="s">
+        <v>1812</v>
+      </c>
+    </row>
+    <row r="526" spans="1:8">
+      <c r="A526" t="s">
+        <v>1813</v>
+      </c>
+      <c r="B526" t="s">
+        <v>9</v>
+      </c>
+      <c r="C526" t="s">
+        <v>54</v>
+      </c>
+      <c r="D526" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E526" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F526" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G526" s="1" t="s">
+        <v>1814</v>
+      </c>
+      <c r="H526" t="s">
+        <v>1815</v>
+      </c>
+    </row>
+    <row r="527" spans="1:8">
+      <c r="A527" t="s">
+        <v>1816</v>
+      </c>
+      <c r="B527" t="s">
+        <v>9</v>
+      </c>
+      <c r="C527" t="s">
+        <v>63</v>
+      </c>
+      <c r="D527" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E527" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F527" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G527" s="1" t="s">
+        <v>1817</v>
+      </c>
+      <c r="H527" t="s">
+        <v>1818</v>
+      </c>
+    </row>
+    <row r="528" spans="1:8">
+      <c r="A528" t="s">
+        <v>1819</v>
+      </c>
+      <c r="B528" t="s">
+        <v>9</v>
+      </c>
+      <c r="C528" t="s">
+        <v>68</v>
+      </c>
+      <c r="D528" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E528" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F528" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G528" s="1" t="s">
+        <v>1820</v>
+      </c>
+      <c r="H528" t="s">
+        <v>1821</v>
+      </c>
+    </row>
+    <row r="529" spans="1:8">
+      <c r="A529" t="s">
+        <v>1822</v>
+      </c>
+      <c r="B529" t="s">
+        <v>9</v>
+      </c>
+      <c r="C529" t="s">
+        <v>72</v>
+      </c>
+      <c r="D529" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E529" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F529" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G529" s="1" t="s">
+        <v>1823</v>
+      </c>
+      <c r="H529" t="s">
+        <v>1824</v>
+      </c>
+    </row>
+    <row r="530" spans="1:8">
+      <c r="A530" t="s">
+        <v>1825</v>
+      </c>
+      <c r="B530" t="s">
+        <v>9</v>
+      </c>
+      <c r="C530" t="s">
+        <v>76</v>
+      </c>
+      <c r="D530" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E530" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F530" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G530" s="1" t="s">
+        <v>1826</v>
+      </c>
+      <c r="H530" t="s">
+        <v>1827</v>
+      </c>
+    </row>
+    <row r="531" spans="1:8">
+      <c r="A531" t="s">
+        <v>1828</v>
+      </c>
+      <c r="B531" t="s">
+        <v>9</v>
+      </c>
+      <c r="C531" t="s">
+        <v>80</v>
+      </c>
+      <c r="D531" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E531" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F531" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G531" s="1" t="s">
+        <v>1829</v>
+      </c>
+      <c r="H531" t="s">
+        <v>1830</v>
+      </c>
+    </row>
+    <row r="532" spans="1:8">
+      <c r="A532" t="s">
+        <v>1831</v>
+      </c>
+      <c r="B532" t="s">
+        <v>9</v>
+      </c>
+      <c r="C532" t="s">
+        <v>84</v>
+      </c>
+      <c r="D532" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E532" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F532" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G532" s="1" t="s">
+        <v>1832</v>
+      </c>
+      <c r="H532" t="s">
+        <v>1833</v>
+      </c>
+    </row>
+    <row r="533" spans="1:8">
+      <c r="A533" t="s">
+        <v>1834</v>
+      </c>
+      <c r="B533" t="s">
+        <v>9</v>
+      </c>
+      <c r="C533" t="s">
+        <v>88</v>
+      </c>
+      <c r="D533" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E533" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F533" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G533" s="1" t="s">
+        <v>1835</v>
+      </c>
+      <c r="H533" t="s">
+        <v>1836</v>
+      </c>
+    </row>
+    <row r="534" spans="1:8">
+      <c r="A534" t="s">
+        <v>1837</v>
+      </c>
+      <c r="B534" t="s">
+        <v>9</v>
+      </c>
+      <c r="C534" t="s">
+        <v>93</v>
+      </c>
+      <c r="D534" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E534" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F534" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G534" s="1" t="s">
+        <v>1838</v>
+      </c>
+      <c r="H534" t="s">
+        <v>1839</v>
+      </c>
+    </row>
+    <row r="535" spans="1:8">
+      <c r="A535" t="s">
+        <v>1840</v>
+      </c>
+      <c r="B535" t="s">
+        <v>9</v>
+      </c>
+      <c r="C535" t="s">
+        <v>97</v>
+      </c>
+      <c r="D535" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E535" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F535" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G535" s="1" t="s">
+        <v>1841</v>
+      </c>
+      <c r="H535" t="s">
+        <v>1663</v>
+      </c>
+    </row>
+    <row r="536" spans="1:8">
+      <c r="A536" t="s">
+        <v>1842</v>
+      </c>
+      <c r="B536" t="s">
+        <v>9</v>
+      </c>
+      <c r="C536" t="s">
+        <v>101</v>
+      </c>
+      <c r="D536" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E536" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F536" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G536" s="1" t="s">
+        <v>1843</v>
+      </c>
+      <c r="H536" t="s">
+        <v>1844</v>
+      </c>
+    </row>
+    <row r="537" spans="1:8">
+      <c r="A537" t="s">
+        <v>1845</v>
+      </c>
+      <c r="B537" t="s">
+        <v>9</v>
+      </c>
+      <c r="C537" t="s">
+        <v>105</v>
+      </c>
+      <c r="D537" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E537" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F537" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G537" s="1" t="s">
+        <v>1846</v>
+      </c>
+      <c r="H537" t="s">
+        <v>1847</v>
+      </c>
+    </row>
+    <row r="538" spans="1:8">
+      <c r="A538" t="s">
+        <v>1848</v>
+      </c>
+      <c r="B538" t="s">
+        <v>9</v>
+      </c>
+      <c r="C538" t="s">
+        <v>110</v>
+      </c>
+      <c r="D538" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E538" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F538" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G538" s="1" t="s">
+        <v>1849</v>
+      </c>
+      <c r="H538" t="s">
+        <v>1850</v>
+      </c>
+    </row>
+    <row r="539" spans="1:8">
+      <c r="A539" t="s">
+        <v>1851</v>
+      </c>
+      <c r="B539" t="s">
+        <v>9</v>
+      </c>
+      <c r="C539" t="s">
+        <v>115</v>
+      </c>
+      <c r="D539" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E539" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F539" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G539" s="1" t="s">
+        <v>1852</v>
+      </c>
+      <c r="H539" t="s">
+        <v>1853</v>
+      </c>
+    </row>
+    <row r="540" spans="1:8">
+      <c r="A540" t="s">
+        <v>1854</v>
+      </c>
+      <c r="B540" t="s">
+        <v>9</v>
+      </c>
+      <c r="C540" t="s">
+        <v>119</v>
+      </c>
+      <c r="D540" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E540" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F540" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G540" s="1" t="s">
+        <v>1855</v>
+      </c>
+      <c r="H540" t="s">
+        <v>1856</v>
+      </c>
+    </row>
+    <row r="541" spans="1:8">
+      <c r="A541" t="s">
+        <v>1857</v>
+      </c>
+      <c r="B541" t="s">
+        <v>9</v>
+      </c>
+      <c r="C541" t="s">
+        <v>123</v>
+      </c>
+      <c r="D541" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E541" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F541" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G541" s="1" t="s">
+        <v>1858</v>
+      </c>
+      <c r="H541" t="s">
+        <v>1859</v>
+      </c>
+    </row>
+    <row r="542" spans="1:8">
+      <c r="A542" t="s">
+        <v>1860</v>
+      </c>
+      <c r="B542" t="s">
+        <v>9</v>
+      </c>
+      <c r="C542" t="s">
+        <v>128</v>
+      </c>
+      <c r="D542" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E542" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F542" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G542" s="1" t="s">
+        <v>1861</v>
+      </c>
+      <c r="H542" t="s">
+        <v>1862</v>
+      </c>
+    </row>
+    <row r="543" spans="1:8">
+      <c r="A543" t="s">
+        <v>1863</v>
+      </c>
+      <c r="B543" t="s">
+        <v>9</v>
+      </c>
+      <c r="C543" t="s">
+        <v>132</v>
+      </c>
+      <c r="D543" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E543" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F543" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G543" s="1" t="s">
+        <v>1864</v>
+      </c>
+      <c r="H543" t="s">
+        <v>1695</v>
+      </c>
+    </row>
+    <row r="544" spans="1:8">
+      <c r="A544" t="s">
+        <v>1865</v>
+      </c>
+      <c r="B544" t="s">
+        <v>9</v>
+      </c>
+      <c r="C544" t="s">
+        <v>136</v>
+      </c>
+      <c r="D544" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E544" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F544" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G544" s="1" t="s">
+        <v>1866</v>
+      </c>
+      <c r="H544" t="s">
+        <v>1867</v>
+      </c>
+    </row>
+    <row r="545" spans="1:8">
+      <c r="A545" t="s">
+        <v>1868</v>
+      </c>
+      <c r="B545" t="s">
+        <v>9</v>
+      </c>
+      <c r="C545" t="s">
+        <v>140</v>
+      </c>
+      <c r="D545" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E545" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F545" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G545" s="1" t="s">
+        <v>1869</v>
+      </c>
+      <c r="H545" t="s">
+        <v>1870</v>
+      </c>
+    </row>
+    <row r="546" spans="1:8">
+      <c r="A546" t="s">
+        <v>1871</v>
+      </c>
+      <c r="B546" t="s">
+        <v>9</v>
+      </c>
+      <c r="C546" t="s">
+        <v>144</v>
+      </c>
+      <c r="D546" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E546" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F546" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G546" s="1" t="s">
+        <v>1872</v>
+      </c>
+      <c r="H546" t="s">
+        <v>1873</v>
+      </c>
+    </row>
+    <row r="547" spans="1:8">
+      <c r="A547" t="s">
+        <v>1874</v>
+      </c>
+      <c r="B547" t="s">
+        <v>9</v>
+      </c>
+      <c r="C547" t="s">
+        <v>149</v>
+      </c>
+      <c r="D547" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E547" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F547" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G547" s="1" t="s">
+        <v>1875</v>
+      </c>
+      <c r="H547" t="s">
+        <v>1876</v>
+      </c>
+    </row>
+    <row r="548" spans="1:8">
+      <c r="A548" t="s">
+        <v>1877</v>
+      </c>
+      <c r="B548" t="s">
+        <v>9</v>
+      </c>
+      <c r="C548" t="s">
+        <v>153</v>
+      </c>
+      <c r="D548" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E548" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F548" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G548" s="1" t="s">
+        <v>1878</v>
+      </c>
+      <c r="H548" t="s">
+        <v>1879</v>
+      </c>
+    </row>
+    <row r="549" spans="1:8">
+      <c r="A549" t="s">
+        <v>1880</v>
+      </c>
+      <c r="B549" t="s">
+        <v>9</v>
+      </c>
+      <c r="C549" t="s">
+        <v>157</v>
+      </c>
+      <c r="D549" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E549" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F549" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G549" s="1" t="s">
+        <v>1881</v>
+      </c>
+      <c r="H549" t="s">
+        <v>1701</v>
+      </c>
+    </row>
+    <row r="550" spans="1:8">
+      <c r="A550" t="s">
+        <v>1882</v>
+      </c>
+      <c r="B550" t="s">
+        <v>9</v>
+      </c>
+      <c r="C550" t="s">
+        <v>161</v>
+      </c>
+      <c r="D550" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E550" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F550" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G550" s="1" t="s">
+        <v>1883</v>
+      </c>
+      <c r="H550" t="s">
+        <v>1884</v>
+      </c>
+    </row>
+    <row r="551" spans="1:8">
+      <c r="A551" t="s">
+        <v>1885</v>
+      </c>
+      <c r="B551" t="s">
+        <v>9</v>
+      </c>
+      <c r="C551" t="s">
+        <v>165</v>
+      </c>
+      <c r="D551" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E551" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F551" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G551" s="1" t="s">
+        <v>1886</v>
+      </c>
+      <c r="H551" t="s">
+        <v>1701</v>
+      </c>
+    </row>
+    <row r="552" spans="1:8">
+      <c r="A552" t="s">
+        <v>1887</v>
+      </c>
+      <c r="B552" t="s">
+        <v>9</v>
+      </c>
+      <c r="C552" t="s">
+        <v>169</v>
+      </c>
+      <c r="D552" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E552" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F552" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G552" s="1" t="s">
+        <v>1888</v>
+      </c>
+      <c r="H552" t="s">
+        <v>1889</v>
+      </c>
+    </row>
+    <row r="553" spans="1:8">
+      <c r="A553" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B553" t="s">
+        <v>9</v>
+      </c>
+      <c r="C553" t="s">
+        <v>173</v>
+      </c>
+      <c r="D553" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E553" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F553" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G553" s="1" t="s">
+        <v>1891</v>
+      </c>
+      <c r="H553" t="s">
+        <v>1892</v>
+      </c>
+    </row>
+    <row r="554" spans="1:8">
+      <c r="A554" t="s">
+        <v>1893</v>
+      </c>
+      <c r="B554" t="s">
+        <v>9</v>
+      </c>
+      <c r="C554" t="s">
+        <v>181</v>
+      </c>
+      <c r="D554" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E554" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F554" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G554" s="1" t="s">
+        <v>1894</v>
+      </c>
+      <c r="H554" t="s">
+        <v>1895</v>
+      </c>
+    </row>
+    <row r="555" spans="1:8">
+      <c r="A555" t="s">
+        <v>1896</v>
+      </c>
+      <c r="B555" t="s">
+        <v>9</v>
+      </c>
+      <c r="C555" t="s">
+        <v>185</v>
+      </c>
+      <c r="D555" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E555" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F555" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G555" s="1" t="s">
+        <v>1897</v>
+      </c>
+      <c r="H555" t="s">
+        <v>1704</v>
+      </c>
+    </row>
+    <row r="556" spans="1:8">
+      <c r="A556" t="s">
+        <v>1898</v>
+      </c>
+      <c r="B556" t="s">
+        <v>9</v>
+      </c>
+      <c r="C556" t="s">
+        <v>189</v>
+      </c>
+      <c r="D556" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E556" t="s">
+        <v>1801</v>
+      </c>
+      <c r="G556" s="1" t="s">
+        <v>1899</v>
+      </c>
+      <c r="H556" t="s">
+        <v>1900</v>
+      </c>
+    </row>
+    <row r="557" spans="1:8">
+      <c r="A557" t="s">
+        <v>1901</v>
+      </c>
+      <c r="B557" t="s">
+        <v>9</v>
+      </c>
+      <c r="C557" t="s">
+        <v>193</v>
+      </c>
+      <c r="D557" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E557" t="s">
+        <v>1801</v>
+      </c>
+      <c r="G557" s="1" t="s">
+        <v>1902</v>
+      </c>
+      <c r="H557" t="s">
+        <v>1903</v>
+      </c>
+    </row>
+    <row r="558" spans="1:8">
+      <c r="A558" t="s">
+        <v>1904</v>
+      </c>
+      <c r="B558" t="s">
+        <v>9</v>
+      </c>
+      <c r="C558" t="s">
+        <v>197</v>
+      </c>
+      <c r="D558" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E558" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F558" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G558" s="1" t="s">
+        <v>1905</v>
+      </c>
+      <c r="H558" t="s">
+        <v>1906</v>
+      </c>
+    </row>
+    <row r="559" spans="1:8">
+      <c r="A559" t="s">
+        <v>1907</v>
+      </c>
+      <c r="B559" t="s">
+        <v>9</v>
+      </c>
+      <c r="C559" t="s">
+        <v>201</v>
+      </c>
+      <c r="D559" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E559" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F559" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G559" s="1" t="s">
+        <v>1908</v>
+      </c>
+      <c r="H559" t="s">
+        <v>1909</v>
+      </c>
+    </row>
+    <row r="560" spans="1:8">
+      <c r="A560" t="s">
+        <v>1910</v>
+      </c>
+      <c r="B560" t="s">
+        <v>9</v>
+      </c>
+      <c r="C560" t="s">
+        <v>205</v>
+      </c>
+      <c r="D560" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E560" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F560" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G560" s="1" t="s">
+        <v>1911</v>
+      </c>
+      <c r="H560" t="s">
+        <v>1912</v>
+      </c>
+    </row>
+    <row r="561" spans="1:8">
+      <c r="A561" t="s">
+        <v>1913</v>
+      </c>
+      <c r="B561" t="s">
+        <v>9</v>
+      </c>
+      <c r="C561" t="s">
+        <v>209</v>
+      </c>
+      <c r="D561" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E561" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F561" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G561" s="1" t="s">
+        <v>1914</v>
+      </c>
+      <c r="H561" t="s">
+        <v>1763</v>
+      </c>
+    </row>
+    <row r="562" spans="1:8">
+      <c r="A562" t="s">
+        <v>1915</v>
+      </c>
+      <c r="B562" t="s">
+        <v>9</v>
+      </c>
+      <c r="C562" t="s">
+        <v>213</v>
+      </c>
+      <c r="D562" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E562" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F562" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G562" s="1" t="s">
+        <v>1916</v>
+      </c>
+      <c r="H562" t="s">
+        <v>1917</v>
+      </c>
+    </row>
+    <row r="563" spans="1:8">
+      <c r="A563" t="s">
+        <v>1918</v>
+      </c>
+      <c r="B563" t="s">
+        <v>9</v>
+      </c>
+      <c r="C563" t="s">
+        <v>217</v>
+      </c>
+      <c r="D563" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E563" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F563" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G563" s="1" t="s">
+        <v>1919</v>
+      </c>
+      <c r="H563" t="s">
+        <v>1920</v>
+      </c>
+    </row>
+    <row r="564" spans="1:8">
+      <c r="A564" t="s">
+        <v>1921</v>
+      </c>
+      <c r="B564" t="s">
+        <v>9</v>
+      </c>
+      <c r="C564" t="s">
+        <v>221</v>
+      </c>
+      <c r="D564" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E564" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F564" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G564" s="1" t="s">
+        <v>1922</v>
+      </c>
+      <c r="H564" t="s">
+        <v>1923</v>
+      </c>
+    </row>
+    <row r="565" spans="1:8">
+      <c r="A565" t="s">
+        <v>1924</v>
+      </c>
+      <c r="B565" t="s">
+        <v>9</v>
+      </c>
+      <c r="C565" t="s">
+        <v>226</v>
+      </c>
+      <c r="D565" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E565" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F565" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G565" s="1" t="s">
+        <v>1925</v>
+      </c>
+      <c r="H565" t="s">
+        <v>1926</v>
+      </c>
+    </row>
+    <row r="566" spans="1:8">
+      <c r="A566" t="s">
+        <v>1927</v>
+      </c>
+      <c r="B566" t="s">
+        <v>9</v>
+      </c>
+      <c r="C566" t="s">
+        <v>230</v>
+      </c>
+      <c r="D566" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E566" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F566" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G566" s="1" t="s">
+        <v>1928</v>
+      </c>
+      <c r="H566" t="s">
+        <v>1766</v>
+      </c>
+    </row>
+    <row r="567" spans="1:8">
+      <c r="A567" t="s">
+        <v>1929</v>
+      </c>
+      <c r="B567" t="s">
+        <v>9</v>
+      </c>
+      <c r="C567" t="s">
+        <v>234</v>
+      </c>
+      <c r="D567" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E567" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F567" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G567" s="1" t="s">
+        <v>1930</v>
+      </c>
+      <c r="H567" t="s">
+        <v>1769</v>
+      </c>
+    </row>
+    <row r="568" spans="1:8">
+      <c r="A568" t="s">
+        <v>1931</v>
+      </c>
+      <c r="B568" t="s">
+        <v>9</v>
+      </c>
+      <c r="C568" t="s">
+        <v>238</v>
+      </c>
+      <c r="D568" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E568" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F568" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G568" s="1" t="s">
+        <v>1932</v>
+      </c>
+      <c r="H568" t="s">
+        <v>1933</v>
+      </c>
+    </row>
+    <row r="569" spans="1:8">
+      <c r="A569" t="s">
+        <v>1934</v>
+      </c>
+      <c r="B569" t="s">
+        <v>9</v>
+      </c>
+      <c r="C569" t="s">
+        <v>242</v>
+      </c>
+      <c r="D569" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E569" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F569" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G569" s="1" t="s">
+        <v>1935</v>
+      </c>
+      <c r="H569" t="s">
+        <v>1936</v>
+      </c>
+    </row>
+    <row r="570" spans="1:8">
+      <c r="A570" t="s">
+        <v>1937</v>
+      </c>
+      <c r="B570" t="s">
+        <v>9</v>
+      </c>
+      <c r="C570" t="s">
+        <v>246</v>
+      </c>
+      <c r="D570" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E570" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F570" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G570" s="1" t="s">
+        <v>1938</v>
+      </c>
+      <c r="H570" t="s">
+        <v>1939</v>
+      </c>
+    </row>
+    <row r="571" spans="1:8">
+      <c r="A571" t="s">
+        <v>1940</v>
+      </c>
+      <c r="B571" t="s">
+        <v>9</v>
+      </c>
+      <c r="C571" t="s">
+        <v>250</v>
+      </c>
+      <c r="D571" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E571" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F571" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G571" s="1" t="s">
+        <v>1941</v>
+      </c>
+      <c r="H571" t="s">
+        <v>1942</v>
+      </c>
+    </row>
+    <row r="572" spans="1:8">
+      <c r="A572" t="s">
+        <v>1943</v>
+      </c>
+      <c r="B572" t="s">
+        <v>9</v>
+      </c>
+      <c r="C572" t="s">
+        <v>254</v>
+      </c>
+      <c r="D572" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E572" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F572" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G572" s="1" t="s">
+        <v>1944</v>
+      </c>
+      <c r="H572" t="s">
+        <v>1945</v>
+      </c>
+    </row>
+    <row r="573" spans="1:8">
+      <c r="A573" t="s">
+        <v>1946</v>
+      </c>
+      <c r="B573" t="s">
+        <v>9</v>
+      </c>
+      <c r="C573" t="s">
+        <v>258</v>
+      </c>
+      <c r="D573" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E573" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F573" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G573" s="1" t="s">
+        <v>1947</v>
+      </c>
+      <c r="H573" t="s">
+        <v>1948</v>
+      </c>
+    </row>
+    <row r="574" spans="1:8">
+      <c r="A574" t="s">
+        <v>1949</v>
+      </c>
+      <c r="B574" t="s">
+        <v>9</v>
+      </c>
+      <c r="C574" t="s">
+        <v>262</v>
+      </c>
+      <c r="D574" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E574" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F574" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G574" s="1" t="s">
+        <v>1950</v>
+      </c>
+      <c r="H574" t="s">
+        <v>1951</v>
+      </c>
+    </row>
+    <row r="575" spans="1:8">
+      <c r="A575" t="s">
+        <v>1952</v>
+      </c>
+      <c r="B575" t="s">
+        <v>9</v>
+      </c>
+      <c r="C575" t="s">
+        <v>266</v>
+      </c>
+      <c r="D575" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E575" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F575" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G575" s="1" t="s">
+        <v>1953</v>
+      </c>
+      <c r="H575" t="s">
+        <v>1954</v>
+      </c>
+    </row>
+    <row r="576" spans="1:8">
+      <c r="A576" t="s">
+        <v>1955</v>
+      </c>
+      <c r="B576" t="s">
+        <v>9</v>
+      </c>
+      <c r="C576" t="s">
+        <v>270</v>
+      </c>
+      <c r="D576" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E576" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F576" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G576" s="1" t="s">
+        <v>1956</v>
+      </c>
+      <c r="H576" t="s">
+        <v>1957</v>
+      </c>
+    </row>
+    <row r="577" spans="1:8">
+      <c r="A577" t="s">
+        <v>1958</v>
+      </c>
+      <c r="B577" t="s">
+        <v>9</v>
+      </c>
+      <c r="C577" t="s">
+        <v>274</v>
+      </c>
+      <c r="D577" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E577" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F577" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G577" s="1" t="s">
+        <v>1959</v>
+      </c>
+      <c r="H577" t="s">
+        <v>1960</v>
+      </c>
+    </row>
+    <row r="578" spans="1:8">
+      <c r="A578" t="s">
+        <v>1961</v>
+      </c>
+      <c r="B578" t="s">
+        <v>9</v>
+      </c>
+      <c r="C578" t="s">
+        <v>278</v>
+      </c>
+      <c r="D578" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E578" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F578" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G578" s="1" t="s">
+        <v>1962</v>
+      </c>
+      <c r="H578" t="s">
+        <v>1963</v>
+      </c>
+    </row>
+    <row r="579" spans="1:8">
+      <c r="A579" t="s">
+        <v>1964</v>
+      </c>
+      <c r="B579" t="s">
+        <v>9</v>
+      </c>
+      <c r="C579" t="s">
+        <v>282</v>
+      </c>
+      <c r="D579" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E579" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F579" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G579" s="1" t="s">
+        <v>1965</v>
+      </c>
+      <c r="H579" t="s">
+        <v>1966</v>
+      </c>
+    </row>
+    <row r="580" spans="1:8">
+      <c r="A580" t="s">
+        <v>1967</v>
+      </c>
+      <c r="B580" t="s">
+        <v>9</v>
+      </c>
+      <c r="C580" t="s">
+        <v>286</v>
+      </c>
+      <c r="D580" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E580" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F580" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G580" s="1" t="s">
+        <v>1968</v>
+      </c>
+      <c r="H580" t="s">
+        <v>1969</v>
+      </c>
+    </row>
+    <row r="581" spans="1:8">
+      <c r="A581" t="s">
+        <v>1970</v>
+      </c>
+      <c r="B581" t="s">
+        <v>9</v>
+      </c>
+      <c r="C581" t="s">
+        <v>290</v>
+      </c>
+      <c r="D581" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E581" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F581" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G581" s="1" t="s">
+        <v>1971</v>
+      </c>
+      <c r="H581" t="s">
+        <v>1772</v>
+      </c>
+    </row>
+    <row r="582" spans="1:8">
+      <c r="A582" t="s">
+        <v>1972</v>
+      </c>
+      <c r="B582" t="s">
+        <v>9</v>
+      </c>
+      <c r="C582" t="s">
+        <v>294</v>
+      </c>
+      <c r="D582" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E582" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F582" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G582" s="1" t="s">
+        <v>1973</v>
+      </c>
+      <c r="H582" t="s">
+        <v>1974</v>
+      </c>
+    </row>
+    <row r="583" spans="1:8">
+      <c r="A583" t="s">
+        <v>1975</v>
+      </c>
+      <c r="B583" t="s">
+        <v>9</v>
+      </c>
+      <c r="C583" t="s">
+        <v>298</v>
+      </c>
+      <c r="D583" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E583" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F583" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G583" s="1" t="s">
+        <v>1976</v>
+      </c>
+      <c r="H583" t="s">
+        <v>1778</v>
+      </c>
+    </row>
+    <row r="584" spans="1:8">
+      <c r="A584" t="s">
+        <v>1977</v>
+      </c>
+      <c r="B584" t="s">
+        <v>9</v>
+      </c>
+      <c r="C584" t="s">
+        <v>302</v>
+      </c>
+      <c r="D584" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E584" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F584" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G584" s="1" t="s">
+        <v>1978</v>
+      </c>
+      <c r="H584" t="s">
+        <v>1979</v>
+      </c>
+    </row>
+    <row r="585" spans="1:8">
+      <c r="A585" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B585" t="s">
+        <v>9</v>
+      </c>
+      <c r="C585" t="s">
+        <v>306</v>
+      </c>
+      <c r="D585" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E585" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F585" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G585" s="1" t="s">
+        <v>1981</v>
+      </c>
+      <c r="H585" t="s">
+        <v>1982</v>
+      </c>
+    </row>
+    <row r="586" spans="1:8">
+      <c r="A586" t="s">
+        <v>1983</v>
+      </c>
+      <c r="B586" t="s">
+        <v>9</v>
+      </c>
+      <c r="C586" t="s">
+        <v>310</v>
+      </c>
+      <c r="D586" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E586" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F586" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G586" s="1" t="s">
+        <v>1984</v>
+      </c>
+      <c r="H586" t="s">
+        <v>1719</v>
+      </c>
+    </row>
+    <row r="587" spans="1:8">
+      <c r="A587" t="s">
+        <v>1985</v>
+      </c>
+      <c r="B587" t="s">
+        <v>9</v>
+      </c>
+      <c r="C587" t="s">
+        <v>314</v>
+      </c>
+      <c r="D587" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E587" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F587" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G587" s="1" t="s">
+        <v>1986</v>
+      </c>
+      <c r="H587" t="s">
+        <v>1987</v>
+      </c>
+    </row>
+    <row r="588" spans="1:8">
+      <c r="A588" t="s">
+        <v>1988</v>
+      </c>
+      <c r="B588" t="s">
+        <v>9</v>
+      </c>
+      <c r="C588" t="s">
+        <v>318</v>
+      </c>
+      <c r="D588" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E588" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F588" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G588" s="1" t="s">
+        <v>1989</v>
+      </c>
+      <c r="H588" t="s">
+        <v>1990</v>
+      </c>
+    </row>
+    <row r="589" spans="1:8">
+      <c r="A589" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B589" t="s">
+        <v>9</v>
+      </c>
+      <c r="C589" t="s">
+        <v>322</v>
+      </c>
+      <c r="D589" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E589" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F589" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G589" s="1" t="s">
+        <v>1992</v>
+      </c>
+      <c r="H589" t="s">
+        <v>1993</v>
+      </c>
+    </row>
+    <row r="590" spans="1:8">
+      <c r="A590" t="s">
+        <v>1994</v>
+      </c>
+      <c r="B590" t="s">
+        <v>9</v>
+      </c>
+      <c r="C590" t="s">
+        <v>326</v>
+      </c>
+      <c r="D590" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E590" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F590" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G590" s="1" t="s">
+        <v>1995</v>
+      </c>
+      <c r="H590" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="591" spans="1:8">
+      <c r="A591" t="s">
+        <v>1997</v>
+      </c>
+      <c r="B591" t="s">
+        <v>9</v>
+      </c>
+      <c r="C591" t="s">
+        <v>330</v>
+      </c>
+      <c r="D591" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E591" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F591" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G591" s="1" t="s">
+        <v>1998</v>
+      </c>
+      <c r="H591" t="s">
+        <v>1999</v>
+      </c>
+    </row>
+    <row r="592" spans="1:8">
+      <c r="A592" t="s">
+        <v>2000</v>
+      </c>
+      <c r="B592" t="s">
+        <v>9</v>
+      </c>
+      <c r="C592" t="s">
+        <v>334</v>
+      </c>
+      <c r="D592" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E592" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F592" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G592" s="1" t="s">
+        <v>2001</v>
+      </c>
+      <c r="H592" t="s">
+        <v>2002</v>
+      </c>
+    </row>
+    <row r="593" spans="1:8">
+      <c r="A593" t="s">
+        <v>2003</v>
+      </c>
+      <c r="B593" t="s">
+        <v>9</v>
+      </c>
+      <c r="C593" t="s">
+        <v>338</v>
+      </c>
+      <c r="D593" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E593" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F593" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G593" s="1" t="s">
+        <v>2004</v>
+      </c>
+      <c r="H593" t="s">
+        <v>1731</v>
+      </c>
+    </row>
+    <row r="594" spans="1:8">
+      <c r="A594" t="s">
+        <v>2005</v>
+      </c>
+      <c r="B594" t="s">
+        <v>9</v>
+      </c>
+      <c r="C594" t="s">
+        <v>342</v>
+      </c>
+      <c r="D594" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E594" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F594" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G594" s="1" t="s">
+        <v>2006</v>
+      </c>
+      <c r="H594" t="s">
+        <v>1784</v>
+      </c>
+    </row>
+    <row r="595" spans="1:8">
+      <c r="A595" t="s">
+        <v>2007</v>
+      </c>
+      <c r="B595" t="s">
+        <v>9</v>
+      </c>
+      <c r="C595" t="s">
+        <v>346</v>
+      </c>
+      <c r="D595" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E595" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F595" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G595" s="1" t="s">
+        <v>2008</v>
+      </c>
+      <c r="H595" t="s">
+        <v>1725</v>
+      </c>
+    </row>
+    <row r="596" spans="1:8">
+      <c r="A596" t="s">
+        <v>2009</v>
+      </c>
+      <c r="B596" t="s">
+        <v>9</v>
+      </c>
+      <c r="C596" t="s">
+        <v>350</v>
+      </c>
+      <c r="D596" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E596" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F596" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G596" s="1" t="s">
+        <v>2010</v>
+      </c>
+      <c r="H596" t="s">
+        <v>1728</v>
+      </c>
+    </row>
+    <row r="597" spans="1:8">
+      <c r="A597" t="s">
+        <v>2011</v>
+      </c>
+      <c r="B597" t="s">
+        <v>9</v>
+      </c>
+      <c r="C597" t="s">
+        <v>354</v>
+      </c>
+      <c r="D597" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E597" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F597" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G597" s="1" t="s">
+        <v>2012</v>
+      </c>
+      <c r="H597" t="s">
+        <v>2013</v>
+      </c>
+    </row>
+    <row r="598" spans="1:8">
+      <c r="A598" t="s">
+        <v>2014</v>
+      </c>
+      <c r="B598" t="s">
+        <v>9</v>
+      </c>
+      <c r="C598" t="s">
+        <v>358</v>
+      </c>
+      <c r="D598" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E598" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F598" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G598" s="1" t="s">
+        <v>2015</v>
+      </c>
+      <c r="H598" t="s">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="599" spans="1:8">
+      <c r="A599" t="s">
+        <v>2017</v>
+      </c>
+      <c r="B599" t="s">
+        <v>9</v>
+      </c>
+      <c r="C599" t="s">
+        <v>362</v>
+      </c>
+      <c r="D599" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E599" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F599" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G599" s="1" t="s">
+        <v>2018</v>
+      </c>
+      <c r="H599" t="s">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="600" spans="1:8">
+      <c r="A600" t="s">
+        <v>2020</v>
+      </c>
+      <c r="B600" t="s">
+        <v>9</v>
+      </c>
+      <c r="C600" t="s">
+        <v>366</v>
+      </c>
+      <c r="D600" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E600" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F600" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G600" s="1" t="s">
+        <v>2021</v>
+      </c>
+      <c r="H600" t="s">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="601" spans="1:8">
+      <c r="A601" t="s">
+        <v>2023</v>
+      </c>
+      <c r="B601" t="s">
+        <v>9</v>
+      </c>
+      <c r="C601" t="s">
+        <v>370</v>
+      </c>
+      <c r="D601" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E601" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F601" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G601" s="1" t="s">
+        <v>2024</v>
+      </c>
+      <c r="H601" t="s">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="602" spans="1:8">
+      <c r="A602" t="s">
+        <v>2026</v>
+      </c>
+      <c r="B602" t="s">
+        <v>9</v>
+      </c>
+      <c r="C602" t="s">
+        <v>374</v>
+      </c>
+      <c r="D602" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E602" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F602" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G602" s="1" t="s">
+        <v>2027</v>
+      </c>
+      <c r="H602" t="s">
+        <v>2028</v>
+      </c>
+    </row>
+    <row r="603" spans="1:8">
+      <c r="A603" t="s">
+        <v>2029</v>
+      </c>
+      <c r="B603" t="s">
+        <v>9</v>
+      </c>
+      <c r="C603" t="s">
+        <v>382</v>
+      </c>
+      <c r="D603" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E603" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F603" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G603" s="1" t="s">
+        <v>2030</v>
+      </c>
+      <c r="H603" t="s">
+        <v>2031</v>
+      </c>
+    </row>
+    <row r="604" spans="1:8">
+      <c r="A604" t="s">
+        <v>2032</v>
+      </c>
+      <c r="B604" t="s">
+        <v>9</v>
+      </c>
+      <c r="C604" t="s">
+        <v>386</v>
+      </c>
+      <c r="D604" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E604" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F604" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G604" s="1" t="s">
+        <v>2033</v>
+      </c>
+      <c r="H604" t="s">
+        <v>2034</v>
+      </c>
+    </row>
+    <row r="605" spans="1:8">
+      <c r="A605" t="s">
+        <v>2035</v>
+      </c>
+      <c r="B605" t="s">
+        <v>9</v>
+      </c>
+      <c r="C605" t="s">
+        <v>17</v>
+      </c>
+      <c r="D605" t="s">
+        <v>2036</v>
+      </c>
+      <c r="E605" t="s">
+        <v>2037</v>
+      </c>
+      <c r="F605" t="s">
+        <v>2038</v>
+      </c>
+      <c r="G605" s="1" t="s">
+        <v>2039</v>
+      </c>
+      <c r="H605" t="s">
+        <v>1912</v>
+      </c>
+    </row>
+    <row r="606" spans="1:8">
+      <c r="A606" t="s">
+        <v>2040</v>
+      </c>
+      <c r="B606" t="s">
+        <v>9</v>
+      </c>
+      <c r="C606" t="s">
+        <v>21</v>
+      </c>
+      <c r="D606" t="s">
+        <v>2036</v>
+      </c>
+      <c r="E606" t="s">
+        <v>2037</v>
+      </c>
+      <c r="F606" t="s">
+        <v>2038</v>
+      </c>
+      <c r="G606" s="1" t="s">
+        <v>1441</v>
+      </c>
+      <c r="H606" t="s">
+        <v>2034</v>
+      </c>
+    </row>
+    <row r="607" spans="1:8">
+      <c r="A607" t="s">
+        <v>2041</v>
+      </c>
+      <c r="B607" t="s">
+        <v>9</v>
+      </c>
+      <c r="C607" t="s">
+        <v>17</v>
+      </c>
+      <c r="D607" t="s">
+        <v>2042</v>
+      </c>
+      <c r="E607" t="s">
+        <v>2043</v>
+      </c>
+      <c r="F607" t="s">
+        <v>31</v>
+      </c>
+      <c r="G607" s="1" t="s">
+        <v>2044</v>
+      </c>
+      <c r="H607" t="s">
+        <v>2045</v>
+      </c>
+    </row>
+    <row r="608" spans="1:8">
+      <c r="A608" t="s">
+        <v>2046</v>
+      </c>
+      <c r="B608" t="s">
+        <v>9</v>
+      </c>
+      <c r="C608" t="s">
+        <v>21</v>
+      </c>
+      <c r="D608" t="s">
+        <v>2042</v>
+      </c>
+      <c r="E608" t="s">
+        <v>2043</v>
+      </c>
+      <c r="F608" t="s">
+        <v>89</v>
+      </c>
+      <c r="G608" s="1" t="s">
+        <v>2047</v>
+      </c>
+      <c r="H608" t="s">
+        <v>2045</v>
+      </c>
+    </row>
+    <row r="609" spans="1:8">
+      <c r="A609" t="s">
+        <v>2048</v>
+      </c>
+      <c r="B609" t="s">
+        <v>9</v>
+      </c>
+      <c r="C609" t="s">
+        <v>25</v>
+      </c>
+      <c r="D609" t="s">
+        <v>2042</v>
+      </c>
+      <c r="E609" t="s">
+        <v>2043</v>
+      </c>
+      <c r="F609" t="s">
+        <v>64</v>
+      </c>
+      <c r="G609" s="1" t="s">
+        <v>2049</v>
+      </c>
+      <c r="H609" t="s">
+        <v>2045</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -16951,50 +22842,217 @@
     <hyperlink ref="G418" r:id="rId417"/>
     <hyperlink ref="G419" r:id="rId418"/>
     <hyperlink ref="G420" r:id="rId419"/>
     <hyperlink ref="G421" r:id="rId420"/>
     <hyperlink ref="G422" r:id="rId421"/>
     <hyperlink ref="G423" r:id="rId422"/>
     <hyperlink ref="G424" r:id="rId423"/>
     <hyperlink ref="G425" r:id="rId424"/>
     <hyperlink ref="G426" r:id="rId425"/>
     <hyperlink ref="G427" r:id="rId426"/>
     <hyperlink ref="G428" r:id="rId427"/>
     <hyperlink ref="G429" r:id="rId428"/>
     <hyperlink ref="G430" r:id="rId429"/>
     <hyperlink ref="G431" r:id="rId430"/>
     <hyperlink ref="G432" r:id="rId431"/>
     <hyperlink ref="G433" r:id="rId432"/>
     <hyperlink ref="G434" r:id="rId433"/>
     <hyperlink ref="G435" r:id="rId434"/>
     <hyperlink ref="G436" r:id="rId435"/>
     <hyperlink ref="G437" r:id="rId436"/>
     <hyperlink ref="G438" r:id="rId437"/>
     <hyperlink ref="G439" r:id="rId438"/>
     <hyperlink ref="G440" r:id="rId439"/>
     <hyperlink ref="G441" r:id="rId440"/>
     <hyperlink ref="G442" r:id="rId441"/>
+    <hyperlink ref="G443" r:id="rId442"/>
+    <hyperlink ref="G444" r:id="rId443"/>
+    <hyperlink ref="G445" r:id="rId444"/>
+    <hyperlink ref="G446" r:id="rId445"/>
+    <hyperlink ref="G447" r:id="rId446"/>
+    <hyperlink ref="G448" r:id="rId447"/>
+    <hyperlink ref="G449" r:id="rId448"/>
+    <hyperlink ref="G450" r:id="rId449"/>
+    <hyperlink ref="G451" r:id="rId450"/>
+    <hyperlink ref="G452" r:id="rId451"/>
+    <hyperlink ref="G453" r:id="rId452"/>
+    <hyperlink ref="G454" r:id="rId453"/>
+    <hyperlink ref="G455" r:id="rId454"/>
+    <hyperlink ref="G456" r:id="rId455"/>
+    <hyperlink ref="G457" r:id="rId456"/>
+    <hyperlink ref="G458" r:id="rId457"/>
+    <hyperlink ref="G459" r:id="rId458"/>
+    <hyperlink ref="G460" r:id="rId459"/>
+    <hyperlink ref="G461" r:id="rId460"/>
+    <hyperlink ref="G462" r:id="rId461"/>
+    <hyperlink ref="G463" r:id="rId462"/>
+    <hyperlink ref="G464" r:id="rId463"/>
+    <hyperlink ref="G465" r:id="rId464"/>
+    <hyperlink ref="G466" r:id="rId465"/>
+    <hyperlink ref="G467" r:id="rId466"/>
+    <hyperlink ref="G468" r:id="rId467"/>
+    <hyperlink ref="G469" r:id="rId468"/>
+    <hyperlink ref="G470" r:id="rId469"/>
+    <hyperlink ref="G471" r:id="rId470"/>
+    <hyperlink ref="G472" r:id="rId471"/>
+    <hyperlink ref="G473" r:id="rId472"/>
+    <hyperlink ref="G474" r:id="rId473"/>
+    <hyperlink ref="G475" r:id="rId474"/>
+    <hyperlink ref="G476" r:id="rId475"/>
+    <hyperlink ref="G477" r:id="rId476"/>
+    <hyperlink ref="G478" r:id="rId477"/>
+    <hyperlink ref="G479" r:id="rId478"/>
+    <hyperlink ref="G480" r:id="rId479"/>
+    <hyperlink ref="G481" r:id="rId480"/>
+    <hyperlink ref="G482" r:id="rId481"/>
+    <hyperlink ref="G483" r:id="rId482"/>
+    <hyperlink ref="G484" r:id="rId483"/>
+    <hyperlink ref="G485" r:id="rId484"/>
+    <hyperlink ref="G486" r:id="rId485"/>
+    <hyperlink ref="G487" r:id="rId486"/>
+    <hyperlink ref="G488" r:id="rId487"/>
+    <hyperlink ref="G489" r:id="rId488"/>
+    <hyperlink ref="G490" r:id="rId489"/>
+    <hyperlink ref="G491" r:id="rId490"/>
+    <hyperlink ref="G492" r:id="rId491"/>
+    <hyperlink ref="G493" r:id="rId492"/>
+    <hyperlink ref="G494" r:id="rId493"/>
+    <hyperlink ref="G495" r:id="rId494"/>
+    <hyperlink ref="G496" r:id="rId495"/>
+    <hyperlink ref="G497" r:id="rId496"/>
+    <hyperlink ref="G498" r:id="rId497"/>
+    <hyperlink ref="G499" r:id="rId498"/>
+    <hyperlink ref="G500" r:id="rId499"/>
+    <hyperlink ref="G501" r:id="rId500"/>
+    <hyperlink ref="G502" r:id="rId501"/>
+    <hyperlink ref="G503" r:id="rId502"/>
+    <hyperlink ref="G504" r:id="rId503"/>
+    <hyperlink ref="G505" r:id="rId504"/>
+    <hyperlink ref="G506" r:id="rId505"/>
+    <hyperlink ref="G507" r:id="rId506"/>
+    <hyperlink ref="G508" r:id="rId507"/>
+    <hyperlink ref="G509" r:id="rId508"/>
+    <hyperlink ref="G510" r:id="rId509"/>
+    <hyperlink ref="G511" r:id="rId510"/>
+    <hyperlink ref="G512" r:id="rId511"/>
+    <hyperlink ref="G513" r:id="rId512"/>
+    <hyperlink ref="G514" r:id="rId513"/>
+    <hyperlink ref="G515" r:id="rId514"/>
+    <hyperlink ref="G516" r:id="rId515"/>
+    <hyperlink ref="G517" r:id="rId516"/>
+    <hyperlink ref="G518" r:id="rId517"/>
+    <hyperlink ref="G519" r:id="rId518"/>
+    <hyperlink ref="G520" r:id="rId519"/>
+    <hyperlink ref="G521" r:id="rId520"/>
+    <hyperlink ref="G522" r:id="rId521"/>
+    <hyperlink ref="G523" r:id="rId522"/>
+    <hyperlink ref="G524" r:id="rId523"/>
+    <hyperlink ref="G525" r:id="rId524"/>
+    <hyperlink ref="G526" r:id="rId525"/>
+    <hyperlink ref="G527" r:id="rId526"/>
+    <hyperlink ref="G528" r:id="rId527"/>
+    <hyperlink ref="G529" r:id="rId528"/>
+    <hyperlink ref="G530" r:id="rId529"/>
+    <hyperlink ref="G531" r:id="rId530"/>
+    <hyperlink ref="G532" r:id="rId531"/>
+    <hyperlink ref="G533" r:id="rId532"/>
+    <hyperlink ref="G534" r:id="rId533"/>
+    <hyperlink ref="G535" r:id="rId534"/>
+    <hyperlink ref="G536" r:id="rId535"/>
+    <hyperlink ref="G537" r:id="rId536"/>
+    <hyperlink ref="G538" r:id="rId537"/>
+    <hyperlink ref="G539" r:id="rId538"/>
+    <hyperlink ref="G540" r:id="rId539"/>
+    <hyperlink ref="G541" r:id="rId540"/>
+    <hyperlink ref="G542" r:id="rId541"/>
+    <hyperlink ref="G543" r:id="rId542"/>
+    <hyperlink ref="G544" r:id="rId543"/>
+    <hyperlink ref="G545" r:id="rId544"/>
+    <hyperlink ref="G546" r:id="rId545"/>
+    <hyperlink ref="G547" r:id="rId546"/>
+    <hyperlink ref="G548" r:id="rId547"/>
+    <hyperlink ref="G549" r:id="rId548"/>
+    <hyperlink ref="G550" r:id="rId549"/>
+    <hyperlink ref="G551" r:id="rId550"/>
+    <hyperlink ref="G552" r:id="rId551"/>
+    <hyperlink ref="G553" r:id="rId552"/>
+    <hyperlink ref="G554" r:id="rId553"/>
+    <hyperlink ref="G555" r:id="rId554"/>
+    <hyperlink ref="G556" r:id="rId555"/>
+    <hyperlink ref="G557" r:id="rId556"/>
+    <hyperlink ref="G558" r:id="rId557"/>
+    <hyperlink ref="G559" r:id="rId558"/>
+    <hyperlink ref="G560" r:id="rId559"/>
+    <hyperlink ref="G561" r:id="rId560"/>
+    <hyperlink ref="G562" r:id="rId561"/>
+    <hyperlink ref="G563" r:id="rId562"/>
+    <hyperlink ref="G564" r:id="rId563"/>
+    <hyperlink ref="G565" r:id="rId564"/>
+    <hyperlink ref="G566" r:id="rId565"/>
+    <hyperlink ref="G567" r:id="rId566"/>
+    <hyperlink ref="G568" r:id="rId567"/>
+    <hyperlink ref="G569" r:id="rId568"/>
+    <hyperlink ref="G570" r:id="rId569"/>
+    <hyperlink ref="G571" r:id="rId570"/>
+    <hyperlink ref="G572" r:id="rId571"/>
+    <hyperlink ref="G573" r:id="rId572"/>
+    <hyperlink ref="G574" r:id="rId573"/>
+    <hyperlink ref="G575" r:id="rId574"/>
+    <hyperlink ref="G576" r:id="rId575"/>
+    <hyperlink ref="G577" r:id="rId576"/>
+    <hyperlink ref="G578" r:id="rId577"/>
+    <hyperlink ref="G579" r:id="rId578"/>
+    <hyperlink ref="G580" r:id="rId579"/>
+    <hyperlink ref="G581" r:id="rId580"/>
+    <hyperlink ref="G582" r:id="rId581"/>
+    <hyperlink ref="G583" r:id="rId582"/>
+    <hyperlink ref="G584" r:id="rId583"/>
+    <hyperlink ref="G585" r:id="rId584"/>
+    <hyperlink ref="G586" r:id="rId585"/>
+    <hyperlink ref="G587" r:id="rId586"/>
+    <hyperlink ref="G588" r:id="rId587"/>
+    <hyperlink ref="G589" r:id="rId588"/>
+    <hyperlink ref="G590" r:id="rId589"/>
+    <hyperlink ref="G591" r:id="rId590"/>
+    <hyperlink ref="G592" r:id="rId591"/>
+    <hyperlink ref="G593" r:id="rId592"/>
+    <hyperlink ref="G594" r:id="rId593"/>
+    <hyperlink ref="G595" r:id="rId594"/>
+    <hyperlink ref="G596" r:id="rId595"/>
+    <hyperlink ref="G597" r:id="rId596"/>
+    <hyperlink ref="G598" r:id="rId597"/>
+    <hyperlink ref="G599" r:id="rId598"/>
+    <hyperlink ref="G600" r:id="rId599"/>
+    <hyperlink ref="G601" r:id="rId600"/>
+    <hyperlink ref="G602" r:id="rId601"/>
+    <hyperlink ref="G603" r:id="rId602"/>
+    <hyperlink ref="G604" r:id="rId603"/>
+    <hyperlink ref="G605" r:id="rId604"/>
+    <hyperlink ref="G606" r:id="rId605"/>
+    <hyperlink ref="G607" r:id="rId606"/>
+    <hyperlink ref="G608" r:id="rId607"/>
+    <hyperlink ref="G609" r:id="rId608"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>