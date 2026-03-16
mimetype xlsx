--- v1 (2026-01-29)
+++ v2 (2026-03-16)
@@ -54,6224 +54,6224 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2151</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Marcos Nunes</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2151/marcos_nunes_-_indicacao_troca_de_lampadas.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2151/marcos_nunes_-_indicacao_troca_de_lampadas.pdf</t>
   </si>
   <si>
     <t>“sugiro que seja feito um levamento dos postes com lâmpadas queimadas do município e que seja feita a substituição das mesmas por lâmpadas novas.”</t>
   </si>
   <si>
     <t>2150</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2150/001_-_marcos.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2150/001_-_marcos.pdf</t>
   </si>
   <si>
     <t>sugiro que seja feito recapeamento asfáltico em todos os bairros onde houver necessidade. Devido ao período chuvoso e desvios feitos pelas carretas e caminhões bairros como o Centro, Vila Aeroporto, Gabiroba entre outros, encontram-se em situação crítica em relação ao asfalto.</t>
   </si>
   <si>
     <t>2154</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2154/002_-_marcos_2.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2154/002_-_marcos_2.pdf</t>
   </si>
   <si>
     <t>“solicitando o envio de um médico para atender na Equipe da Saúde da Família no Jardim Novo Araguaia, em razão dos constantes pedidos dos munícipes da região que necessitam de atendimento médico diariamente.”</t>
   </si>
   <si>
     <t>2161</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Regis Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2161/003_-_regis.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2161/003_-_regis.pdf</t>
   </si>
   <si>
     <t>“indicando a necessidade realização de seletivo para o Cargo de Agente Comunitário De Endemias”.</t>
   </si>
   <si>
     <t>2171</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Martha Maia</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2171/indicacao_n_004.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2171/indicacao_n_004.pdf</t>
   </si>
   <si>
     <t>Seja realizada a manutenção da quadra sintética localizada na Praça Antônio _x000D_
 Silvério da Costa.”</t>
   </si>
   <si>
     <t>2163</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Polleyka Fraga</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2163/indicacao_n_005.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2163/indicacao_n_005.pdf</t>
   </si>
   <si>
     <t>“A solicitação da manutenção da ponte na estrada rural MU-74 localizada na região do barro preto, onde a tráfego de transporte escolar.”</t>
   </si>
   <si>
     <t>2175</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Renato Lopes</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2175/indicacao_n_006.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2175/indicacao_n_006.pdf</t>
   </si>
   <si>
     <t>Sugerindo necessidade de instalação de internet  Starlink nos veículos escolares _x000D_
 rurais”.</t>
   </si>
   <si>
     <t>2167</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Bruno Peron</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2167/indicacao_n_007.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2167/indicacao_n_007.pdf</t>
   </si>
   <si>
     <t>Indicando que seja disponibilizado um veículo de _x000D_
 uso exclusivo para a vigilancia sanitária.</t>
   </si>
   <si>
     <t>2180</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2180/indicacao_8.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2180/indicacao_8.pdf</t>
   </si>
   <si>
     <t>Indicando a necessidade de encaminhar para esta casa projeto de lei para a criação do Fundo Municipal de Esportes.</t>
   </si>
   <si>
     <t>2181</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Bruno Peron, Marcos Nunes</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2181/indicacao_9.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2181/indicacao_9.pdf</t>
   </si>
   <si>
     <t>“necessidade de Reforma geral da Quadra Esportiva da  Praça Audinor Germano Rosa, tais como  troca do gramado sintético,  reforma dos banheiros,  construção de alambrado e  troca da iluminação”.</t>
   </si>
   <si>
     <t>2179</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2179/indicacao_10.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2179/indicacao_10.pdf</t>
   </si>
   <si>
     <t>“Sugerindo que seja providenciada uma nova bomba dosadora de cloro de 3 cabeças para o Departamento de Divisão de Água e Esgoto do Município de Alto Araguaia – MT.”</t>
   </si>
   <si>
     <t>2182</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Adão da Madeireira</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2182/indicacao_11.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2182/indicacao_11.pdf</t>
   </si>
   <si>
     <t>“seja realizada a sinalização vertical e horizontal, no cruzamento entre Avenida Vereadora Maria da Glória Fávero e rua Benedito José da Costa indicando qual é preferencial.</t>
   </si>
   <si>
     <t>2183</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2183/indicacao_12.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2183/indicacao_12.pdf</t>
   </si>
   <si>
     <t>“Sugerindo que seja realizada a limpeza do Parque Ecológico Municipal Atanael Farias Da Costa”.</t>
   </si>
   <si>
     <t>2184</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2184/indicacao_13.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2184/indicacao_13.pdf</t>
   </si>
   <si>
     <t>“seja realizada a reformar de uma ponte sobre o córrego do Rancho MU-74, fazendo a troca do assoalho, roda pneu e guarda pó.</t>
   </si>
   <si>
     <t>2185</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2185/indicacao_14.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2185/indicacao_14.pdf</t>
   </si>
   <si>
     <t>Indicação de manutenção do Parque Ecológico Atanael Farias da Costa. Além disso, solicita-se a retomada das aulas de dança e zumba que anteriormente ocorriam no local, promovendo assim o bem-estar e a qualidade de vida da população.</t>
   </si>
   <si>
     <t>2187</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2187/indicacao_15.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2187/indicacao_15.pdf</t>
   </si>
   <si>
     <t>solicitar que a Prefeitura em parceria com a Via Brasil possa: Aumentar o número já existente de carros cadastrados que são isentos do pedágio para os sitiantes daquela proximidade, que seja feito um estudo para implementação de pedágio social aos familiares que tenham mais de um veículo.</t>
   </si>
   <si>
     <t>2190</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2190/indicacao_16.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2190/indicacao_16.pdf</t>
   </si>
   <si>
     <t>Indicação a necessidade de instalação de cobertura na Área de Lazer da Creche Izoldina de Castro Maia.</t>
   </si>
   <si>
     <t>2191</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Fabiano do Gás</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2191/indicacao_17.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2191/indicacao_17.pdf</t>
   </si>
   <si>
     <t>“Sugerindo a aquisição de uma linha de celular para o Centro de Regulação viabilizando a comunicação por meio do WhatsApp”.</t>
   </si>
   <si>
     <t>2192</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2192/indicacao_18.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2192/indicacao_18.pdf</t>
   </si>
   <si>
     <t>“Solicitando o rebaixamento do canteiro central na direção da faixa de pedestre em frente ao Banco do Brasil”.</t>
   </si>
   <si>
     <t>2195</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2195/19.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2195/19.pdf</t>
   </si>
   <si>
     <t>“Solicitando o planejamento e a construção de um refeitório na escola Municipal Lourença Afonso de Melo”.</t>
   </si>
   <si>
     <t>2196</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2196/indicacao_20.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2196/indicacao_20.pdf</t>
   </si>
   <si>
     <t>Indicando  que a necessidade de reforma e de troca de piso do Ginasio Jerônimo Samita Maia (Samitão), e da pintura  na parte externa do mesmo.</t>
   </si>
   <si>
     <t>2197</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Clodoaldo</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2197/21.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2197/21.pdf</t>
   </si>
   <si>
     <t>“Sugerindo a instalação de 1 (um) quebra-molas para redução de velocidade na MT-100 – Trecho no sentido Alto Taquari a Alto Araguaia, próximo ao local conhecido como “Mangueiras”.</t>
   </si>
   <si>
     <t>2199</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Ricardo Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2199/22.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2199/22.pdf</t>
   </si>
   <si>
     <t>“Sugerindo a criação de uma Casa Mortuária”</t>
   </si>
   <si>
     <t>2201</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2201/indicacao_23.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2201/indicacao_23.pdf</t>
   </si>
   <si>
     <t>“Solicitando a instalação de ar-condicionado na sala de medicação da UBS Francisca Flávio no Parque do Cerrado”.</t>
   </si>
   <si>
     <t>2202</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2202/indicacao_24.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2202/indicacao_24.pdf</t>
   </si>
   <si>
     <t>“Solicitar que junto a Via Brasil realize melhorias nas vias que dá acesso da MT-100 a entrada da cidade e aos bairros Maria das Graças e Parque do Cerrado”.</t>
   </si>
   <si>
     <t>2207</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Paulinho</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2207/indicacao_25.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2207/indicacao_25.pdf</t>
   </si>
   <si>
     <t>Sugerindo a instalação de manilhas, para canalização das águas pluviais no Setor Castro.</t>
   </si>
   <si>
     <t>2211</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2211/indicacao_26.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2211/indicacao_26.pdf</t>
   </si>
   <si>
     <t>Para que seja realizada a sinalização indicando qual é a preferencial entre o cruzamento da Rua Silvio José de Castro Maia com a Rua Heróis da FEB, localizada no Bairro Boiadeiro, bem como a pintura do quebra-molas que está apagado e a sinalização de uma faixa de pedestre.</t>
   </si>
   <si>
     <t>2214</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2214/indicacao_27.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2214/indicacao_27.pdf</t>
   </si>
   <si>
     <t>"Sugerindo que seja feita uma vistoria na “Rede Média Tensão” de energia dos Bairros Professora Maria da Graça De Souza Pinto e Parque do Cerrado no Município de Alto Araguaia – MT.”</t>
   </si>
   <si>
     <t>2218</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2218/indicacao_28.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2218/indicacao_28.pdf</t>
   </si>
   <si>
     <t>“Sugerindo a aquisição da tecnologia do ‘Aedes do Bem’, que é um programa de solução biológica inovadora e segura para o combate ao mosquito Aedes aegypti e na prevenção da dengue em áreas endêmicas”</t>
   </si>
   <si>
     <t>2219</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2219/indicacao_29.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2219/indicacao_29.pdf</t>
   </si>
   <si>
     <t>Indicação para realização de uma vistoria e averiguação, pelo setor de engenharia competente, nas condições da Rua João II, localizada próximo à Delegacia de Polícia Civil, no bairro Alvorada.</t>
   </si>
   <si>
     <t>2220</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Bruno Peron, Marcos Nunes, Paulinho, Polleyka Fraga</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2220/indicacao_30.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2220/indicacao_30.pdf</t>
   </si>
   <si>
     <t>“Solicitando a concessão de notebooks para todos os professores da Rede Municipal de Ensino.”</t>
   </si>
   <si>
     <t>2221</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2221/indicacao_31.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2221/indicacao_31.pdf</t>
   </si>
   <si>
     <t>"Colocar placas de sinalização “proibido entrada de caminhões com cargas pesadas” na Rua Antônio Aires Fávero que dá acesso ao bairro Boiadeiro e na Rua 24 de Fevereiro que dá acesso a subida do quartel”</t>
   </si>
   <si>
     <t>2222</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2222/indicacao_32.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2222/indicacao_32.pdf</t>
   </si>
   <si>
     <t>“Seja realizada a sinalização da Serra Preta na região do Buriti, a fim de colocar placas indicando a aproximação da serra, de 300 metros, 200 e 100 metros, bem como a manutenção da estrada com implementação de cascalhos ou rachão, bueiros e manilhas onde se fizer necessário até o distrito do Buriti. Sugerindo também uma parceria com a prefeitura de Alto Taquari-MT para a manutenção destas estradas.</t>
   </si>
   <si>
     <t>2223</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2223/indicacao_33.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2223/indicacao_33.pdf</t>
   </si>
   <si>
     <t>"Solicitando demarcações de estacionamentos para motocicletas a cada 100 metros na AV. Carlos Hugueney, Trecho da BR 364, no município de Alto-Araguaia-MT"</t>
   </si>
   <si>
     <t>2227</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2227/indicacao_34.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2227/indicacao_34.pdf</t>
   </si>
   <si>
     <t>Indicando a necessidade de reajuste_x000D_
 nos valores das diárias de viagens dos servidores.</t>
   </si>
   <si>
     <t>2232</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2232/035_-_polleyka.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2232/035_-_polleyka.pdf</t>
   </si>
   <si>
     <t>“Solicitando a implementação de braços de iluminação, nos postes localizados nas ruas que permitem o acesso ao bairro maria das graças, no parque do cerrado”</t>
   </si>
   <si>
     <t>2233</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2233/036_-_polleyka.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2233/036_-_polleyka.pdf</t>
   </si>
   <si>
     <t>“Solicitando a isenção do alvará de funcionamento das instituições filantrópicas, APAE e o LAR TIA NEGA.</t>
   </si>
   <si>
     <t>2234</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2234/037_-_fabiano.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2234/037_-_fabiano.pdf</t>
   </si>
   <si>
     <t>“Solicitar que o poder executivo entre em contato com o DNIT para que seja realizado um projeto orçamentário, afim de buscar emendas para apoio na execução, com a finalidade que seja realizado a implantação do semáforo no cruzamento da Avenida Carlos Hugueney com a Rua Jerônimo Samita Maia”.</t>
   </si>
   <si>
     <t>2235</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2235/038_-_fabiano.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2235/038_-_fabiano.pdf</t>
   </si>
   <si>
     <t>“Sugerindo aquisição de um drone pulverizador para atuar no combate à dengue”.</t>
   </si>
   <si>
     <t>2236</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2236/039_-_renato.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2236/039_-_renato.pdf</t>
   </si>
   <si>
     <t>Sugerindo a necessidade de estender até o bairro Jardim Novo Araguaia, práticas esportivas para crianças e adolescente do bairro.</t>
   </si>
   <si>
     <t>2237</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2237/040_-_adao.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2237/040_-_adao.pdf</t>
   </si>
   <si>
     <t>Indicar a construção de pista de ciclovia, localizada ao fim da Rua Jerônimo Samita Maia (sentido saída para Alto Taquari-MT) até o parque de exposição de Alto Araguaia.</t>
   </si>
   <si>
     <t>2243</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2243/indicacao_041.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2243/indicacao_041.pdf</t>
   </si>
   <si>
     <t>“Sugerindo que conceda isenção aos moradores residentes nas regiões limítrofes ao pedágio, em especial a comunidade de agricultores, familiares e moradores do Recanto do Boiadeiro”</t>
   </si>
   <si>
     <t>2245</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2245/indicacao_42.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2245/indicacao_42.pdf</t>
   </si>
   <si>
     <t>“Solicitando a implementação de uma balança pediátrica no PSF Francisca, do bairro Maria das graças”</t>
   </si>
   <si>
     <t>2246</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2246/indicacao_43.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2246/indicacao_43.pdf</t>
   </si>
   <si>
     <t>“Sugerindo que seja feita uma limpeza na Escola Municipal Anibal Pereira Junior, na Rodovia MT 481 / KM 30 – Região Gato Preto – Zona Rural – Alto Araguaia - MT”</t>
   </si>
   <si>
     <t>2253</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2253/indicacao_44.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2253/indicacao_44.pdf</t>
   </si>
   <si>
     <t>Solicitando a limpeza do terreno baldio localizado na Rua Leocádio Ribeiro Teles no Setor Aeroporto.</t>
   </si>
   <si>
     <t>2254</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2254/indicacao_45.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2254/indicacao_45.pdf</t>
   </si>
   <si>
     <t>A reforma do ponto de ônibus na Rua 21 / João Fraga</t>
   </si>
   <si>
     <t>2255</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2255/indicacao_46.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2255/indicacao_46.pdf</t>
   </si>
   <si>
     <t>Seja realizada a reforma do asfalto no trecho da MT 299, saindo da rotatória KM 13, BR 364 até a entrada da  empresa Louis Dreyfus, em torno de 300 a 400 metros.</t>
   </si>
   <si>
     <t>2262</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2262/indicacao_47.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2262/indicacao_47.pdf</t>
   </si>
   <si>
     <t>Indica a necessidade urgente de manutenção e reparo na iluminação da quadra poliesportiva localizada no bairro Jardim Novo Araguaia.</t>
   </si>
   <si>
     <t>2272</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2272/indicacao_48.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2272/indicacao_48.pdf</t>
   </si>
   <si>
     <t>“Que disponibilizem alimentação para os pacientes que necessitam se deslocar para a cidade de Rondonópolis a fim de realizar consultas, exames ou tratamentos médicos por meio do transporte disponibilizado pela Secretaria Municipal de Saúde.”</t>
   </si>
   <si>
     <t>2273</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>Fabiano do Gás, Regis Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2273/indicacao_49.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2273/indicacao_49.pdf</t>
   </si>
   <si>
     <t>“ Solicitar que seja analisada a possibilidade de formalização de novo convênio com o Programa MT Iluminado, visando a instalação de iluminação pública nos locais que ainda não dispõem de iluminação, bem como a realização da manutenção nas áreas que já estão iluminadas, mas que necessitam de reparos".</t>
   </si>
   <si>
     <t>2274</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2274/indicacao_50.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2274/indicacao_50.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja enviado máquinas para o assentamento do Córrego Rico e produtores próximos a região para que sejam construídos tanques de peixes para os sitiantes daquela localidade.</t>
   </si>
   <si>
     <t>2275</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2275/indicacao_51.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2275/indicacao_51.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizado um policiamento no Distrito do Buriti, assegurando a segurança pública dos munícipes daquela região.</t>
   </si>
   <si>
     <t>2276</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2276/indicacao_52.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2276/indicacao_52.pdf</t>
   </si>
   <si>
     <t>sugerindo que seja realizada a implementação de uma farmácia no posto de saúde Vanessa Walter, localizado na rua R. Benedito José da Costa - Aeroporto, a fim de atender a comunidade dos quatro bairros, Vila Aeroporto, bairro Nossa Senhora Aparecida, bairro Maria das Graças e bairro Parque do Serrado.</t>
   </si>
   <si>
     <t>2280</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2280/053_-_martha.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2280/053_-_martha.pdf</t>
   </si>
   <si>
     <t>Indica que interceda junto a OS - Instituto Santa Rosa, para que seja providenciada uma impressora de Raio X.</t>
   </si>
   <si>
     <t>2281</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2281/054.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2281/054.pdf</t>
   </si>
   <si>
     <t>“Sugerindo que seja feita uma divisão na equipe de limpeza, destinando um grupo exclusivamente para manutenção dos espaços públicos, como exemplo: quadras de esportes, parque ecológicos e lugares turísticos do munícipio de  Alto Araguaia - MT”.</t>
   </si>
   <si>
     <t>2283</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2283/055_-_fabiano.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2283/055_-_fabiano.pdf</t>
   </si>
   <si>
     <t>“Solicitar instalação de postes de iluminação pública na travessia do Caminho das Águas”.</t>
   </si>
   <si>
     <t>2284</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2284/056_-_fabiano.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2284/056_-_fabiano.pdf</t>
   </si>
   <si>
     <t>“Solicitar que seja realizado a manutenção na quadra de areia e no campo sintético da quadra poliesportiva localizada na Praça Tiradentes (Praça do Boiadeiro)”.</t>
   </si>
   <si>
     <t>2287</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2287/057_-_polleyka.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2287/057_-_polleyka.pdf</t>
   </si>
   <si>
     <t>¨Solicitando a demarcação de faixas de pedestres em frente a empresa Vapt Vupt gás e ao Banco do Brasil, na AV. Carlos Hugueney, Trecho da BR 364, no município de Alto-Araguaia-MT"</t>
   </si>
   <si>
     <t>2289</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2289/058_-_burno.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2289/058_-_burno.pdf</t>
   </si>
   <si>
     <t>"Solicitar a implementação e cumprimento da Lei Municipal nº 2.838/2011, que estabelece o regime de mão única para o tráfego de Veículos nas vias situadas nas proximidades de estabelecimentos de Ensino, visando a melhoria da segurança no trânsito e a preservação da integridade física de alunos, professores e demais membros da comunidade escolar.’’</t>
   </si>
   <si>
     <t>2301</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2301/ind_59.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2301/ind_59.pdf</t>
   </si>
   <si>
     <t>' Seja realizada a troca das lâmpadas nos postes da Rua Laura Vicunã, no bairro São Francisco.</t>
   </si>
   <si>
     <t>2302</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2302/ind_60.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2302/ind_60.pdf</t>
   </si>
   <si>
     <t>Solicitando o apoio para Divulgação do Projeto “EquoAmigos” nas Mídias Oficiais da Prefeitura de Alto Araguaia-MT”.</t>
   </si>
   <si>
     <t>2344</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2344/ind_61.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2344/ind_61.pdf</t>
   </si>
   <si>
     <t>que sejam trocadas todas as carteiras da Escola Municipal Anibal Pereira Júnior no distrito do Gato Preto”</t>
   </si>
   <si>
     <t>2374</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2374/ind_62.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2374/ind_62.pdf</t>
   </si>
   <si>
     <t>"Solicitando um climatizador industrial para o centro de convivência da terceira idade”</t>
   </si>
   <si>
     <t>2376</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2376/ind_63.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2376/ind_63.pdf</t>
   </si>
   <si>
     <t>Que seja realizada, com a máxima urgência, a reforma da quadra sintética e do parquinho localizados na Praça Antônio Silvério da Costa conhecida como Praça do Boiadeiro.</t>
   </si>
   <si>
     <t>2377</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2377/ind_64.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2377/ind_64.pdf</t>
   </si>
   <si>
     <t>“Solicitando a recuperação na estrutura da passarela da ponte sobre o rio boiadeiro na Br 364 km 03, saída de Alto Araguaia sentido Rondonópolis - Cuiabá”</t>
   </si>
   <si>
     <t>2386</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2386/ind_65.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2386/ind_65.pdf</t>
   </si>
   <si>
     <t>“Solicitando a recuperação urgente da fiação elétrica dos postes de iluminação pública da Rua Marechal Rondon, no trecho compreendido entre a MT-100 e a Rua Agostinho Demellas”.</t>
   </si>
   <si>
     <t>2384</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2384/ind_66.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2384/ind_66.pdf</t>
   </si>
   <si>
     <t>“Solicitando a demarcação das faixas de pedestres em frente às escolas municipais e estaduais do município de Alto Araguaia-MT”</t>
   </si>
   <si>
     <t>2382</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2382/067_-_renato.docx</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2382/067_-_renato.docx</t>
   </si>
   <si>
     <t>Sugerindo que solicite de todo o seu secretariado que apresentem um levantamento das principais necessidades de cada pasta e junto com este levantamento que sejam anexadas planilhas de custo, projetos e demais documentos necessários, e encaminhe a esta Casa,  para que os vereadores ao irem em busca de recursos estejam munidos desta documentação.</t>
   </si>
   <si>
     <t>2385</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2385/ind_68.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2385/ind_68.pdf</t>
   </si>
   <si>
     <t>Que sejam tomadas as providências necessárias para a realização de manutenção na ponte sobre o córrego "Às Pontinhas", localizada na zona rural, na via MT-100, neste Município de Alto Araguaia- MT.</t>
   </si>
   <si>
     <t>2389</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2389/ind_69.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2389/ind_69.pdf</t>
   </si>
   <si>
     <t>“Solicitando a manutenção na Estação de Tratamento de Esgoto (ETE) localizada no Bairro Gabiroba”</t>
   </si>
   <si>
     <t>2390</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2390/ind_70.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2390/ind_70.pdf</t>
   </si>
   <si>
     <t>“Solicitando a manutenção do Terminal Rodoviário de Alto Araguaia e a designação de um vigilante fixo para o local”.</t>
   </si>
   <si>
     <t>2391</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2391/ind_71.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2391/ind_71.pdf</t>
   </si>
   <si>
     <t>“Solicitando que sejam adotadas, em caráter de urgência, medidas para solucionar o recorrente problema de falta de abastecimento de água no Distrito do Buriti.”</t>
   </si>
   <si>
     <t>2393</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2393/ind_72.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2393/ind_72.pdf</t>
   </si>
   <si>
     <t>“Sugerindo que seja feito uma reparação da ponte sobre o córrego encalho na região do baus MU-14 e também uma reparação na estrada MU-14 na região do baus no munícipio de Alto Araguaia-MT ”</t>
   </si>
   <si>
     <t>2395</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2395/ind_73.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2395/ind_73.pdf</t>
   </si>
   <si>
     <t>“Sugerindo que seja feita uma tela de proteção na quadra de campo sintético, e no parque infantil, na praça Antônio Silvério Da Costa – Bairro Boiadeiro no munícipio de Alto Araguaia-MT ”</t>
   </si>
   <si>
     <t>2397</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2397/ind_74.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2397/ind_74.pdf</t>
   </si>
   <si>
     <t>“Solicitando que sejam adotadas medidas cabíveis, ou seja, realização de uma auditoria ou tomada de contas especial (TCE) em todos os contratos firmados com as empresas ALIANÇA CONSTRUTORA E LOCAÇÃO DE EQUIPAMENTOS LTDA e MILOCA LOCAÇÃO DE EQUIPAMENTOS E PAVIMENTAÇÃO EIRELI, para apurar os eventuais prejuízos ao erário municipal em razão da execução inadequada dos serviços contratados”.</t>
   </si>
   <si>
     <t>2398</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2398/ind_75.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2398/ind_75.pdf</t>
   </si>
   <si>
     <t>A realização de operação tapa-buracos e serviços de limpeza no Distrito do Buriti.</t>
   </si>
   <si>
     <t>2402</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2402/ind_76.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2402/ind_76.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja implementado o  projeto de lei que visa presentear o servidor público municipal possibilitando um dia de folga anual no dia do seu aniversário, o que já é uma prática em diversos municípios do país.</t>
   </si>
   <si>
     <t>2405</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2405/ind_77.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2405/ind_77.pdf</t>
   </si>
   <si>
     <t>“Solicitando a reforma da ponte do arrependido na região do Rio do Peixe, na MT 465 KM 72,1”.</t>
   </si>
   <si>
     <t>2409</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2409/ind_78.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2409/ind_78.pdf</t>
   </si>
   <si>
     <t>"Solicito a criação de ações para viabilizar a implantação de coletas móveis de sangue no município, com o objetivo de ampliar o acesso à doação e fortalecer os estoques dos hemocentros.”</t>
   </si>
   <si>
     <t>2411</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2411/ind_79.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2411/ind_79.pdf</t>
   </si>
   <si>
     <t>"Solicitando a recuperação urgente da fiação elétrica dos postes de iluminação pública do canteiro central da Rua Dr. José Morbeck (subida da rodoviária)”.</t>
   </si>
   <si>
     <t>2422</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2422/ind_80.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2422/ind_80.pdf</t>
   </si>
   <si>
     <t>Que seja promovido um Mutirão Social no distrito do Buriti, por meio da articulação com os órgãos competentes, secretarias municipais e demais parceiros institucionais, com o objetivo de ampliar o acesso da população local a direitos fundamentais e fortalecer a presença do poder público nas comunidades rurais.</t>
   </si>
   <si>
     <t>2431</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2431/ind_81.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2431/ind_81.pdf</t>
   </si>
   <si>
     <t>Que seja realizada uma reforma completa no PSF Amélio Firmino de Oliveira, no Distrito do Buriti”.</t>
   </si>
   <si>
     <t>2447</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2447/ind_82.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2447/ind_82.pdf</t>
   </si>
   <si>
     <t>“Elabore e encaminhe a esta Câmara um projeto de lei que estabeleça a obrigatoriedade de cursos de capacitação, reciclagem e atualização profissional para os motoristas do município, especialmente aqueles que atuam no transporte de passageiros, veículos de emergência, transporte escolar, entre outros”.</t>
   </si>
   <si>
     <t>2443</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2443/ind_83.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2443/ind_83.pdf</t>
   </si>
   <si>
     <t>Que seja realizada com urgência a limpeza e manutenção da área pertencente à Prefeitura Municipal de Alto Araguaia, localizada onde funcionava a extinta Escola do Jardim Novo Araguaia.</t>
   </si>
   <si>
     <t>2442</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2442/ind_84.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2442/ind_84.pdf</t>
   </si>
   <si>
     <t>“Solicitando que seja construído um alambrado de proteção às margens do rio Araguaia, próximo ao fundo da Escola Estadual Maria Auxiliadora”.</t>
   </si>
   <si>
     <t>2457</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2457/ind_85.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2457/ind_85.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a cobrança das multas de limpeza e conservações dos terrenos baldios via SMS ou Whatsapp no munícipio de Alto Araguaia-MT</t>
   </si>
   <si>
     <t>2458</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2458/ind_86.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2458/ind_86.pdf</t>
   </si>
   <si>
     <t>“Que sejam realizados, com urgência, os devidos reparos e manutenção no alambrado e na grama sintética do parquinho localizado na Praça da Matriz”.</t>
   </si>
   <si>
     <t>2462</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2462/ind_87.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2462/ind_87.pdf</t>
   </si>
   <si>
     <t>“solicitando a reforma da Feira Municipal, bem como a construção de um vagas de estacionamento na Avenida Jerônimo Samita Maia, em frente ao referido espaço.”.</t>
   </si>
   <si>
     <t>2461</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2461/ind_88.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2461/ind_88.pdf</t>
   </si>
   <si>
     <t>Sugerindo a proposição de um Projeto de Lei que institua no âmbito de nosso Município uma Gratificação por Desempenho e Qualidade para as Equipes de Atenção Primária à Saúde e Saúde Bucal.</t>
   </si>
   <si>
     <t>2460</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2460/ind_89.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2460/ind_89.pdf</t>
   </si>
   <si>
     <t>"Solicitando mutirão de tapa-buracos nas ruas Santa Rita e Quintino Bocaiúva, vias de acesso ao bairro Gabiroba e à Escola Maria Auxiliadora.”</t>
   </si>
   <si>
     <t>2464</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2464/ind_90.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2464/ind_90.pdf</t>
   </si>
   <si>
     <t>Sugerindo ao Executivo que o reservatório de água de 15.000  litros que foi retirado da escola estadual  Arlinda Pessoa Morbeck   seja transferida  para a escola do Gato Preto (zona rural) Escola Municipal  Anibal Pereira Junior.</t>
   </si>
   <si>
     <t>2479</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2479/ind_91.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2479/ind_91.pdf</t>
   </si>
   <si>
     <t>Sugerindo a instalação de lixeiras de grande porte em pontos estratégicos dos bairros da cidade, com o objetivo de dar suporte ao trabalho dos garis e contribuir para a limpeza e organização dos espaços públicos.</t>
   </si>
   <si>
     <t>2478</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2478/ind_92.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2478/ind_92.pdf</t>
   </si>
   <si>
     <t>Sugerindo que o Poder Executivo  tome as devidas providências no sentido de viabilizar a aquisição dos bloquetes que estão sendo descartados em razão da reforma do pátio do Posto Fiscal Henrique Peixoto, localizado no município de Alto Araguaia</t>
   </si>
   <si>
     <t>2483</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2483/ind_093.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2483/ind_093.pdf</t>
   </si>
   <si>
     <t>“Solicitando que seja disponibilizado uma linha de celular para a Secretaria de Saúde e todas as Unidades Básica de Saúde, de modo que viabilize ligações e atendimento para agendamento via WhatsApp”.</t>
   </si>
   <si>
     <t>2484</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2484/ind_94.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2484/ind_94.pdf</t>
   </si>
   <si>
     <t>Solicita a realização do Baile da Melhor Idade semanalmente e, uma vez ao mês, com programação especial em final de semana, utilizando local já existente no município.</t>
   </si>
   <si>
     <t>2493</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2493/ind_95.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2493/ind_95.pdf</t>
   </si>
   <si>
     <t>Solicitamos a possibilidade de destinar para as Mulheres e Filhas Vítimas de Violência Doméstica deste Município, "VAGAS NAS ATIVIDADES DE LUTA E DEFESA” oferecidas pela Secretaria.</t>
   </si>
   <si>
     <t>2492</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2492/ind_96.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2492/ind_96.pdf</t>
   </si>
   <si>
     <t>Solicitamos a Manutenção das Estradas no KM45, sentindo ao Município de Araguainha. Sendo, as MU´S 27 e 75 na entrada para os Ranchos do Araguaia”.</t>
   </si>
   <si>
     <t>2491</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2491/ind_98.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2491/ind_98.pdf</t>
   </si>
   <si>
     <t>Inidica a necessidade urgente de envidar esforços para a atração e disponibilização de médicos especialistas, notadamente reumatologistas e cardiologistas, para atendimento à população de Alto Araguaia, por meio da rede pública de saúde.</t>
   </si>
   <si>
     <t>2489</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2489/ind_98.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2489/ind_98.pdf</t>
   </si>
   <si>
     <t>, que seja realizada ao menos uma vez por semana a coleta regular de lixo no bairro Cinturão Verde.</t>
   </si>
   <si>
     <t>2490</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2490/ind_99.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2490/ind_99.pdf</t>
   </si>
   <si>
     <t>“que tomem medidas legais para que seja proibida definitivamente a entrada de veículos pesados no cruzamento da Rodovia Juscelino Kubitscheck (BR 364) com a Rua Antônio Aires Favero, no Bairro Boiadeiro”</t>
   </si>
   <si>
     <t>2488</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2488/ind_100.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2488/ind_100.pdf</t>
   </si>
   <si>
     <t>“solicitando manutenção estrutural, higienização e controle sanitário na sala de atendimento odontológico do PSF da Cohab, em razão de condições insalubres identificadas no local”.</t>
   </si>
   <si>
     <t>2501</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2501/ind_101.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2501/ind_101.pdf</t>
   </si>
   <si>
     <t>“sugerindo que seja feita uma limpeza no ecoponto na MT- 100 saída sentido a Alto Taquari - MT próximo ao antigo posto Dois Mil no munícipio de Alto Araguaia-MT ”</t>
   </si>
   <si>
     <t>2503</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2503/ind_102.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2503/ind_102.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizado o serviço de molhamento/irrigação das ruas do Bairro Jardim Novo Araguaia.</t>
   </si>
   <si>
     <t>2504</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2504/ind_103.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2504/ind_103.pdf</t>
   </si>
   <si>
     <t>Solicitamos a possibilidade de incluir as aulas do Projeto de Música da Cadeia Pública local, na grade com o Professor de Música através do Projeto de Música desta secretaria pelo mesmo Professor.</t>
   </si>
   <si>
     <t>2505</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2505/nd_104.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2505/nd_104.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizado, com urgência, o serviço de tapa-buraco na Rua Laura Vicuña, no Bairro São Francisco.</t>
   </si>
   <si>
     <t>2506</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2506/ind_105.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2506/ind_105.pdf</t>
   </si>
   <si>
     <t>“Solicitamos a possibilidade do fornecimento de uma refeição aos pacientes em situação de vulnerabilidade que utiliza o atendimento do SUS fora do nosso Município, buscando um atendimento humanitário aos nossos munícipes que busca atendimento médico”.</t>
   </si>
   <si>
     <t>2512</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2512/ind_106.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2512/ind_106.pdf</t>
   </si>
   <si>
     <t>Serviço de manutenção urgente na sinalização de trânsito da Av. Carlos Hugueney, trecho da BR 364, no município de Alto Araguaia.</t>
   </si>
   <si>
     <t>2517</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>Regis Oliveira, Bruno Peron</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2517/ind_107.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2517/ind_107.pdf</t>
   </si>
   <si>
     <t>“sugerindo que seja feita melhorias (Solda nas traves, colocar redes e fazer a sinalização do campo com cal virgem) em um campo de futebol de terra na Rua Mangabeira – Bairro Parque do Cerrado no munícipio de Alto Araguaia-MT ”</t>
   </si>
   <si>
     <t>2518</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2518/ind_108.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2518/ind_108.pdf</t>
   </si>
   <si>
     <t>"Indico a Secretaria Municipal de Saúde, a possibilidade da realização de ações com o carro FUMACÊ no Bairro Maria das Graças  e demais bairros que se fizerem necessários. Pois, tais medidas se fazem necessárias no combate por parte dos mosquitos transmissores de doenças.”</t>
   </si>
   <si>
     <t>2519</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2519/ind_109.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2519/ind_109.pdf</t>
   </si>
   <si>
     <t>Indicação para que sejam tomadas as devidas providências quanto à substituição das lâmpadas dos postes localizados na parte central da Rua Marechal Rondon, nas proximidades do Centro de Tratamento Mané Falado.</t>
   </si>
   <si>
     <t>2526</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2526/ind_110.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2526/ind_110.pdf</t>
   </si>
   <si>
     <t>Sugerindo a criação de uma horta municipal, a qual deverá utilizar prioritariamente a da mão de obra de reenducandos, com supervisão adequada. A produção da horta terá como destino atender famílias beneficiárias de programas socias e às escolas da rede municipal, creches , APAE e ao asilo.</t>
   </si>
   <si>
     <t>2539</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2539/ind_111.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2539/ind_111.pdf</t>
   </si>
   <si>
     <t>Solicitando que estude a viabilidade de implantação de atendimento do CRAS (Centro de Referência de Assistência Social) nas dependências do prédio da Assistência Social, em dias alternados da semana, ou, alternativamente, a abertura de uma sala com atendimento diário no local.</t>
   </si>
   <si>
     <t>2541</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2541/ind_112.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2541/ind_112.pdf</t>
   </si>
   <si>
     <t>Solicitando providências quanto à necessidade de reforma e revitalização da quadra poliesportiva coberta situada no Bairro Jardim Novo Araguaia.</t>
   </si>
   <si>
     <t>2542</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2542/ind_113.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2542/ind_113.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizada a manutenção da iluminação pública no Cemitério Municipal e a instalação de uma rede de energia na parte mais recente do cemitério de Alto Araguaia/MT.</t>
   </si>
   <si>
     <t>2544</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2544/ind_114.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2544/ind_114.pdf</t>
   </si>
   <si>
     <t>Solicitamos a possibilidade de disponibilizar aos cuidados da Direção da Cadeia Pública local, a MAQUINA DE FRALDAS desta Secretaria para uso dos Reeducandos da Cadeia Pública para a Fabricação de Fraldas Geriátricas, com o objetivo de ampliar e qualificar os Reeducandos inseridos nos Projetos de Ressocialização realizados na Cadeia Pública.</t>
   </si>
   <si>
     <t>2547</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2547/ind_115.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2547/ind_115.pdf</t>
   </si>
   <si>
     <t>Que disponibilizem alimentação após exames, tratamentos e consultas para os pacientes que precisam se descolocar para Rondonópolis.</t>
   </si>
   <si>
     <t>2546</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2546/ind_116.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2546/ind_116.pdf</t>
   </si>
   <si>
     <t>A instalação de parques infantis em todas as Escolas Municipais de Alto Araguaia.</t>
   </si>
   <si>
     <t>2554</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2554/ind_117.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2554/ind_117.pdf</t>
   </si>
   <si>
     <t>sugerindo ao Poder executivo Municipal que sejam adotadas as devidas providências para a aquisição de novos uniformes e instrumentos musicais para a Fanafarra Municipal, de modo que estejam disponíveis para a comemoração do aniversário da cidade, próximo 26 de outubro de 2025.</t>
   </si>
   <si>
     <t>2561</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2561/ind_118.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2561/ind_118.pdf</t>
   </si>
   <si>
     <t>“sugerindo que seja viabilizada a seguinte proposição:_x000D_
  Art. 1º É denominada Tarifa Social de Água e Esgoto a categoria tarifária social dos serviços de abastecimento de água e esgoto destinada a grupos familiares de baixa renda que atenda às diretrizes previstas na Lei Federal n° 14.898, de 13 de junho de 2024.”</t>
   </si>
   <si>
     <t>2562</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2562/ind_119.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2562/ind_119.pdf</t>
   </si>
   <si>
     <t>“sugerindo que seja feita uma instalação de bancos nos pontos de ônibus na região do Cinturão Verde em Alto Araguaia - MT.”</t>
   </si>
   <si>
     <t>2563</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2563/ind_120.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2563/ind_120.pdf</t>
   </si>
   <si>
     <t>“que seja realizado mutirão de limpeza e manutenção mensal no Cemitério Municipal Januário Fraga de Faria”.</t>
   </si>
   <si>
     <t>2565</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2565/ind_121.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2565/ind_121.pdf</t>
   </si>
   <si>
     <t>Indica que sejam tomadas providências urgentes para a realização de reforma ou intervenção adequada que sane definitivamente as infiltrações presentes nas paredes da unidade da Estratégia Saúde da Família (ESF) Vanessa Welter Rodrigues, localizada em nosso município.</t>
   </si>
   <si>
     <t>2578</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2578/ind_122.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2578/ind_122.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizada a  instalação de uma caixa d’água com capacidade de 50.000 (cinquenta mil) litros no Bairro São Francisco, neste município.</t>
   </si>
   <si>
     <t>2579</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2579/ind_123.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2579/ind_123.pdf</t>
   </si>
   <si>
     <t>“A possibilidade da Realização mensal ou semestral da Feira Gastronômica e de Artesanato na Praça Municipal ou no Parque Municipal, com o objetivo de valorizar os pequenos empreendedores, artesãos, cozinheiros e produtores locais”.</t>
   </si>
   <si>
     <t>2580</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2580/ind_124.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2580/ind_124.pdf</t>
   </si>
   <si>
     <t>“A possibilidade de promover um Campeonato de Pesca Esportiva às margens do Rio Araguaia, em parceria com ranchos locais, associações e comerciantes da região”, atendendo dentro das conformidades o Calendário de Pesca em águas doces em 2025 varia conforme a legislação de cada estado e região, e respeitando o período de Piracema (a época de defeso para reprodução dos peixes) em nossa Região”.</t>
   </si>
   <si>
     <t>2581</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2581/ind_125.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2581/ind_125.pdf</t>
   </si>
   <si>
     <t>“Sugere ao Poder Executivo que elabore Projeto de Lei para instituir remuneração aos associados da Casa do Mel pela prestação do serviço de retirada de abelhas no município Alto Araguaia - MT.”</t>
   </si>
   <si>
     <t>2584</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2584/ind_126.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2584/ind_126.pdf</t>
   </si>
   <si>
     <t>Sugerindo ao Poder Executivo Municipal que seja realizada a troca dos bancos da Praça da Matriz, atualmente de madeira, por bancos de concreto, visando oferecer maior durabilidade e resistência. Para que sejam apresentados à  população com  mais segurança e conforto.</t>
   </si>
   <si>
     <t>2585</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2585/ind_127.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2585/ind_127.pdf</t>
   </si>
   <si>
     <t>“Solicito a possibilidade de promover a substituição da Fiação e das Lâmpadas de Led, na Orla do Bilinão, as margens do Rio Araguaia”.</t>
   </si>
   <si>
     <t>2587</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2587/ind_128.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2587/ind_128.pdf</t>
   </si>
   <si>
     <t>Solicitando a reforma urgente e completa do Terminal Rodoviário de Alto Araguaia.</t>
   </si>
   <si>
     <t>2589</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2589/ind_129.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2589/ind_129.pdf</t>
   </si>
   <si>
     <t>Sugerindo a necessidade da realização de levantamento e cascalhamento da segunda travessia que faz ligação entre o Bairro Nossa Senhora Aparecida e o Bairro Maria das Graças.</t>
   </si>
   <si>
     <t>2593</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2593/ind_130.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2593/ind_130.pdf</t>
   </si>
   <si>
     <t>Que seja providenciada a reforma ou construção de uma nova ponte sobre o córrego do Rio Barreiro, localizada na Colônia do Ariranha, MU 10.</t>
   </si>
   <si>
     <t>2594</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>Polleyka Fraga, Paulinho</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2594/ind_131.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2594/ind_131.pdf</t>
   </si>
   <si>
     <t>A possibilidade da Construção de uma Cobertura na área externa do Centro de Convivência da Melhor Idade – LUZIA RIBEIRO. Tendo em vista que a Cobertura atual, por ser no modelo Barraca, já está desgastada pelo tempo de uso.</t>
   </si>
   <si>
     <t>2597</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2597/ind_132.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2597/ind_132.pdf</t>
   </si>
   <si>
     <t>Sugerindo a necessidade da instalação de mais um poço artesiano na região do córrego rico.</t>
   </si>
   <si>
     <t>2598</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2598/ind_133.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2598/ind_133.pdf</t>
   </si>
   <si>
     <t>Sugerindo a necessidade da instalação de um poço artesiano na Comunidade Novo Horizonte, localizada na MT-100, entre os km 28 e 30, região do Córrego do Sapo.</t>
   </si>
   <si>
     <t>2617</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2617/ind_134.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2617/ind_134.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Poder Executivo Municipal  a limpeza da área pública no Bairro Demellas, a qual  foi destinada para a construção de uma  praça  para os  moradores daquela comunidade.</t>
   </si>
   <si>
     <t>2618</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>Martha Maia, Regis Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2618/ind_135.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2618/ind_135.pdf</t>
   </si>
   <si>
     <t>Indicação para realizar orçamento e posterior contratação de locação de um novo veículo (ônibus) adequado para o transporte de pacientes, visando substituir o atualmente utilizado</t>
   </si>
   <si>
     <t>2619</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2619/ind_136.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2619/ind_136.pdf</t>
   </si>
   <si>
     <t>Que seja encaminhado expediente indicatório com a necessidade da implantação de um Centro de Atenção Psicossocial (CAPS) no município de Alto Araguaia- MT.</t>
   </si>
   <si>
     <t>2620</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2620/ind_137.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2620/ind_137.pdf</t>
   </si>
   <si>
     <t>“solicitando que seja elaborado e implantado um Projeto Municipal de Arborização e Replantio de Árvores em praças, canteiros e demais espaços públicos de Alto Araguaia, especialmente nas áreas que passaram por reformas e tiveram árvores suprimidas, de modo a promover a compensação ambiental, o sombreamento e a qualidade de vida urbana.”</t>
   </si>
   <si>
     <t>2624</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2624/ind_138.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2624/ind_138.pdf</t>
   </si>
   <si>
     <t>solicitando a conclusão das obras de pavimentação nas ruas que ainda não foram finalizadas: Rua Nossa Senhora Aparecida, nº 35, e Rua da Vila Aeroporto, nº 23.</t>
   </si>
   <si>
     <t>2638</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2638/ind_139.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2638/ind_139.pdf</t>
   </si>
   <si>
     <t>“Solicito a possibilidade de viabilizar a construção de Cestas Metálicas ou Gaiolas Metálicas, para serem colocadas dentro das conhecidas Bocas de Lobo dos Bueiros da Avenida Carlos Hugueney da BR364 e demais bairros que se fizerem necessário, evitando assim os alagamentos nos períodos chuvosos”.</t>
   </si>
   <si>
     <t>2639</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2639/ind_140.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2639/ind_140.pdf</t>
   </si>
   <si>
     <t>“Solicito a possibilidade de viabilizar a criação de um Programa de REFIS Social, visando a anistia de juros e multa e parcelamento das contas de água para as famílias em vulnerabilidade social, que se encontrem atrasadas”.</t>
   </si>
   <si>
     <t>2641</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2641/ind_141.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2641/ind_141.pdf</t>
   </si>
   <si>
     <t>Indica para que seja urgentemente providenciada a aquisição e instalação de câmaras frias específicas para o armazenamento e refrigeramento adequado de vacinas nas Unidades Básicas de Saúde (UBS) ESF Ondino Rodrigues de Lima e UBS ESF Vanessa Welter Rodrigues. Adicionalmente, requer-se a aquisição e instalação de um aparelho de ar condicionado para a sala de curativos e medicação da UBS ESF Ondino Rodrigues de Lima.</t>
   </si>
   <si>
     <t>2656</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2656/ind_142.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2656/ind_142.pdf</t>
   </si>
   <si>
     <t>Que seja feita a revitalização, manutenção e limpeza periódica da Orla do Praia, localizada nas margens do Rio Araguaia.</t>
   </si>
   <si>
     <t>2657</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2657/ind_143.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2657/ind_143.pdf</t>
   </si>
   <si>
     <t>Solicito a possibilidade das Secretarias viabilizarem Campanhas destinadas a conscientização da população contra o Abandono de Animais em nossa cidade, bem como outras Campanhas, como Adoção Conscientizada. Pois, o abandono é a principal causa do grande número de animais nas ruas de Alto Araguaia. O foco é conscientizar a população sobre a posse e as obrigações do responsável, e que abandono de animais e maus tratos gera crime previsto em Lei.</t>
   </si>
   <si>
     <t>2658</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2658/ind_144.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2658/ind_144.pdf</t>
   </si>
   <si>
     <t>Solicito a possibilidade de viabilizar um novo Portão no Parquinho Infantil da Cohab, uma vez que o mesmo sempre teve um portão para evitar que animais defecassem na caixa de areia do parque.</t>
   </si>
   <si>
     <t>2677</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2677/ind_145.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2677/ind_145.pdf</t>
   </si>
   <si>
     <t>Indicando a necessidade da manutenção da iluminação pública do parque da Praça Antônio Silvério da Costa (praça do boiadeiro).</t>
   </si>
   <si>
     <t>2679</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>Marcos Nunes, Bruno Peron, Fabiano do Gás, Regis Oliveira, Renato Lopes, Ricardo Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2679/ind_146.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2679/ind_146.pdf</t>
   </si>
   <si>
     <t>“A destinação de um caminhão-pipa para atender as necessidades do município de Alto Araguaia-MT”</t>
   </si>
   <si>
     <t>2680</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2680/ind_147.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2680/ind_147.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo Municipal para que seja disponibilizado um ônibus confortável destinado ao transporte da melhor idade, garantindo segurança, acessibilidade e qualidade nos deslocamentos para eventos e atividades sociais, culturais e recreativas.</t>
   </si>
   <si>
     <t>2684</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2684/ind_148.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2684/ind_148.pdf</t>
   </si>
   <si>
     <t>Sugerindo a adoção de medidas para o funcionamento da Estação de Tratamento de Água (ETA) e o devido tratamento da água distribuída à população.</t>
   </si>
   <si>
     <t>2703</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2703/indicacao_149.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2703/indicacao_149.pdf</t>
   </si>
   <si>
     <t>“sugerindo que seja feita a reinstalação de uma academia popular no Distrito do Buriti, Município de Alto Araguaia-MT ”</t>
   </si>
   <si>
     <t>2705</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2705/indicacao_150.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2705/indicacao_150.pdf</t>
   </si>
   <si>
     <t>“Solicito a possibilidade de viabilizar Iluminação no Parque Municipal - Atanel Farias da Costa, visto que muitos frequentadores tem realizado atividades físicas após o expediente de trabalho. E a iluminação além de tornar o lugar mais acolhedor, o torna também mais seguro”.</t>
   </si>
   <si>
     <t>2706</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2706/151-_clodoaldo.docx</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2706/151-_clodoaldo.docx</t>
   </si>
   <si>
     <t>“Solicitando a pavimentação asfáltica no trecho da Rua Buriti, compreendido entre a Rua Benjamim Constat e a Rua Guilherme Gonçalves Berigo, localizada no Bairro Gabiroba”.</t>
   </si>
   <si>
     <t>2709</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2709/indicacao_152.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2709/indicacao_152.pdf</t>
   </si>
   <si>
     <t>Solicito a instalação de um refletor na parede da Quadra Poliesportiva Paulo Gomes de Rezende, no bairro Gabiroba, voltado para a rua que dá acesso à quadra e ao Asilo Tia Nega</t>
   </si>
   <si>
     <t>2715</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2715/indicacao_153.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2715/indicacao_153.pdf</t>
   </si>
   <si>
     <t>Indica imediata atenção e as providências cabíveis quanto à situação crítica da piscina pública localizada ao lado do Ginásio Jerônimo Samita Maia (Samitão).</t>
   </si>
   <si>
     <t>2737</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2737/indicacao_154-2025_-_quadra_e_academia_samitao.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2737/indicacao_154-2025_-_quadra_e_academia_samitao.pdf</t>
   </si>
   <si>
     <t>Indica a imediata realização de reforma e revitalização completa do Ginásio de Esportes Jerônimo Samita Maia (SAMITÃO), bem como a reforma, pintura e instalação de tenda na academia ao ar livre localizada ao lado do referido ginásio.</t>
   </si>
   <si>
     <t>2738</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2738/indicacao_155-2025_-_rua_que_liga_parque_do_cerrado_a_vila.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2738/indicacao_155-2025_-_rua_que_liga_parque_do_cerrado_a_vila.pdf</t>
   </si>
   <si>
     <t>Indica a adoção de medidas para a implantação de sinalização horizontal e vertical, bem como a nomeação oficial da rua que corre paralela à MT-100, responsável por interligar os bairros Vila Aeroporto e Parque do Cerrado (Professora Maria das Graças).</t>
   </si>
   <si>
     <t>2739</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2739/indicacao_156-2025_-_rua_da_aninha.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2739/indicacao_156-2025_-_rua_da_aninha.pdf</t>
   </si>
   <si>
     <t>Indica a adoção de medidas urgentes para a recuperação da pavimentação asfáltica da Rua Abílio Siqueira, que dá acesso à Ponte da Aninha, bem como a realização de uma auditoria na obra recentemente executada.</t>
   </si>
   <si>
     <t>2741</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2741/doc_-11-12.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2741/doc_-11-12.pdf</t>
   </si>
   <si>
     <t>“Solicito a possibilidade de viabilizar a Reestruturação adequada de uma parte do PARQUE MUNICIPAL, a onde está instalado o Parque Infantil, transformando-o em Parque Infantil Sensorial Natural, visando a estimulação através de Elementos naturais que criam sons, como o som do vento nas folhas, em um espaço com troncos, galhos e pedras que incentivam a movimentação, o equilíbrio e a exploração do corpo, com cores vibrantes de plantas, flores e até o uso de mobiliário e estruturas feitas com materiais naturais”.</t>
   </si>
   <si>
     <t>2742</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2742/doc_jeff-10.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2742/doc_jeff-10.pdf</t>
   </si>
   <si>
     <t>sugerindo a necessidade de construção de um banheiro e de um bebedouro com água filtrada no Cemitério Municipal.</t>
   </si>
   <si>
     <t>2749</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2749/doc_16.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2749/doc_16.pdf</t>
   </si>
   <si>
     <t>Possibilidade de instalar um monumento em formato de queijo cabacinha na entrada de Alto Araguaia/MT, ou em outro ponto estratégico da cidade, como forma de valorizar esta importante tradição local.</t>
   </si>
   <si>
     <t>2762</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2762/ind160.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2762/ind160.pdf</t>
   </si>
   <si>
     <t>Indica para que seja estudada a viabilidade de implantação de um ponto de coleta para exames laboratoriais nos bairros localizados na parte alta do Município de Alto Araguaia, compreendendo, especificamente, as comunidades da Vila Aeroporto, Maria das Graças e Parque do Cerrado.</t>
   </si>
   <si>
     <t>2765</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2765/ind161.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2765/ind161.pdf</t>
   </si>
   <si>
     <t>a adoção das medidas administrativas necessárias à contratação formal de profissionais para atuarem nas funções de motorista, monitor, professor, cozinheira e limpeza, de modo a assegurar a continuidade e eficiência dos serviços públicos municipais..</t>
   </si>
   <si>
     <t>2768</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2768/ind162.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2768/ind162.pdf</t>
   </si>
   <si>
     <t>“Solicito a possibilidade de viabilizar a instalação de uma nova ACADEMIA AO AR LIVRE.” proporcionando levar a todas os nossos munícipes uma opção de poderem praticar diariamente atividades físicas e contribuindo para uma qualidade de vida melhor e, consequentemente da saúde”.</t>
   </si>
   <si>
     <t>2766</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2766/ind163.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2766/ind163.pdf</t>
   </si>
   <si>
     <t>Solicito a possibilidade de viabilizar a instalação de um PARQUE INFANTIL AO AR LIVRE, proporcionando levar alegria, entretenimento e saúde as nossas crianças”.</t>
   </si>
   <si>
     <t>2767</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2767/164-_regis.docx</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2767/164-_regis.docx</t>
   </si>
   <si>
     <t>“sugerindo que seja feita aquisição de tubos e conexões para o Divaes no Município de Alto Araguaia-MT”</t>
   </si>
   <si>
     <t>2160</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2160/001_-_requerimento_martha.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2160/001_-_requerimento_martha.pdf</t>
   </si>
   <si>
     <t>Requeiro o questionamento da não aplicação dos devidos aumentos do Reajuste Geral Anual (RGA) nos salários dos professores municipais no mês de janeiro de 2025.</t>
   </si>
   <si>
     <t>2172</t>
   </si>
   <si>
     <t>Fabiano do Gás, Martha Maia</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2172/requerimento_n_002.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2172/requerimento_n_002.pdf</t>
   </si>
   <si>
     <t>Requerendo informações referente aos empenhos _x000D_
 liquidados e anulados.</t>
   </si>
   <si>
     <t>2170</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2170/requerimento_n_003.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2170/requerimento_n_003.pdf</t>
   </si>
   <si>
     <t>Requerendo as informações sobre o cumprimento do Contrato 137/2022 (Instituto de Saúde Santa Rosa x Município de Alto Araguaia).</t>
   </si>
   <si>
     <t>2166</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2166/requerimento_n_004.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2166/requerimento_n_004.pdf</t>
   </si>
   <si>
     <t>Requerendo a volta dos atendimentos no Posto da Receita Federal, na Sede _x000D_
 da Prefeitura.</t>
   </si>
   <si>
     <t>2169</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2169/requerimento_n_005.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2169/requerimento_n_005.pdf</t>
   </si>
   <si>
     <t>Requerendo todos os empenhos orçamentários do ano de 2024 que foram _x000D_
 liquidados e pagos realizados com as farmácias e com os postos de combustíveis locais e todos os anexos que _x000D_
 os acompanham:</t>
   </si>
   <si>
     <t>2178</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2178/requerimento_6.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2178/requerimento_6.pdf</t>
   </si>
   <si>
     <t>“Para que seja feita uma manutenção da passarela da ponte sobre sob o Córrego Boiadeiro, BR 364, Município de Alto Araguaia-MT”</t>
   </si>
   <si>
     <t>2198</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2198/requerimento_7.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2198/requerimento_7.pdf</t>
   </si>
   <si>
     <t>Requer informações detalhadas sobre os encaminhamentos para consultas, exames e cirurgias realizados pela Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>2200</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2200/requerimento_8.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2200/requerimento_8.pdf</t>
   </si>
   <si>
     <t>Requer à Prefeitura Municipal de Alto Araguaia, que, sempre que for encaminhado à Câmara Municipal de Alto Araguaia um projeto de lei que vise alterar dispositivos de uma lei existente, seja enviado, em anexo, uma cópia da lei que está sendo alterada</t>
   </si>
   <si>
     <t>2204</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2204/requerimento_9.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2204/requerimento_9.pdf</t>
   </si>
   <si>
     <t>Para que o DNIT (Departamento Nacional de Infraestrutura e transporte) tome providências e faça um serviço de drenagem de água no período de chuvas na BR 364 – Nas duas entradas para o bairro Jardim Novo Araguaia.</t>
   </si>
   <si>
     <t>2205</t>
   </si>
   <si>
     <t>Adão da Madeireira, Bruno Peron, Clodoaldo, Fabiano do Gás, Marcos Nunes, Martha Maia, Paulinho, Polleyka Fraga, Regis Oliveira, Renato Lopes, Ricardo Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2205/requerimento_10.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2205/requerimento_10.pdf</t>
   </si>
   <si>
     <t>Solicitando, apreciação e decisão do Plenário, para antecipação da data da sessão ordinária do dia 05 de março de 2025 para o dia 27 de fevereiro de 2025, (quinta-feira), às 19 h (Brasília).</t>
   </si>
   <si>
     <t>2208</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2208/requerimento_11.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2208/requerimento_11.pdf</t>
   </si>
   <si>
     <t>Requerendo informações referente ao cumprimento da Lei nº 4302/2021, que dispõe sobre a publicação em meio eletrônico da lista de espera de consultas comuns ou especializadas, exames, cirurgias e quaisquer outros procedimentos ou ações de saúde agendada pelos cidadãos no município.</t>
   </si>
   <si>
     <t>2209</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2209/requerimento_12.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2209/requerimento_12.pdf</t>
   </si>
   <si>
     <t>Requerendo informações referente ao cumprimento da Lei nº 4254/2021, que estabelece a possibilidade do agendamento telefônico de consultas para pacientes idosos e para pessoas com deficiências já cadastradas nas unidades de saúde do município e dá outras providências”</t>
   </si>
   <si>
     <t>2224</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2224/requerimento_13.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2224/requerimento_13.pdf</t>
   </si>
   <si>
     <t>Requerimento para convocação ao senhor Secretário Municipal de Administração, Sr. Paulo Roberto Berlim Peres, ao Secretário Municipal de Finanças e Planejamento, Sr.  Hugo Borges de Oliveira Lemos, para que compareçam na Câmara Municipal de Alto Araguaia, no dia 17/03/2025, às 19h (Brasília) para prestar informações relevantes afetas a sua secretaria e sobre as quais tem o poder e o dever de esclarecimento a este Poder Legislativo e a toda população</t>
   </si>
   <si>
     <t>2229</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2229/014_-_martha.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2229/014_-_martha.pdf</t>
   </si>
   <si>
     <t>Requer informações detalhadas sobre o estado e a utilização de veículos e equipamentos pertencentes à Prefeitura Municipal de Alto Araguaia.</t>
   </si>
   <si>
     <t>2230</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2230/015_-_martha.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2230/015_-_martha.pdf</t>
   </si>
   <si>
     <t>Requer a  lista completa e informações detalhadas acerca dos veículos alugados pela Prefeitura Municipal no ano de 2024 até a presente data.</t>
   </si>
   <si>
     <t>2244</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2244/016_-_martha.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2244/016_-_martha.pdf</t>
   </si>
   <si>
     <t>Requer que seja solicitado ao Executivo Municipal informações detalhadas sobre as reformas das seguintes escolas: E. E. Arlinda Pessoa Morbeck, E. E. Plena Carlos Hugueney e Escola Municipal Adalcy Da Conceição Rodrigues.</t>
   </si>
   <si>
     <t>2263</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2263/requerimento_17_-_convertido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2263/requerimento_17_-_convertido.pdf</t>
   </si>
   <si>
     <t>Requer informações detalhadas acerca dos pagamentos de empréstimos consignados descontados diretamente da folha salarial dos servidores públicos municipais durante o exercício de 2024.</t>
   </si>
   <si>
     <t>2300</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2300/req_18.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2300/req_18.pdf</t>
   </si>
   <si>
     <t>Solicita informações detalhadas e documentos comprobatórios sobre a constituição, estrutura, funcionamento e atuação da Comissão de Controle de Infecção Hospitalar (CCIH) e do Núcleo de Segurança do Paciente (NSP) no Hospital Municipal de Alto Araguaia.</t>
   </si>
   <si>
     <t>2343</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2343/req_19.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2343/req_19.pdf</t>
   </si>
   <si>
     <t>"Requerendo as seguintes informações relativas ao Contrato nº 172/2022, celebrado com a empresa ALIANÇA CONSTRUTORA E LOCAÇÃO DE EQUIPAMENTOS LTDA, para a pavimentação asfáltica do Bairro Demellas.</t>
   </si>
   <si>
     <t>2361</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2361/req_20.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2361/req_20.pdf</t>
   </si>
   <si>
     <t>“Requerendo as seguintes informações relativas as realizações de cirurgias ortopédicas do município de Alto Araguaia – MT”</t>
   </si>
   <si>
     <t>2375</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2375/req_21.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2375/req_21.pdf</t>
   </si>
   <si>
     <t>Solicita informações detalhadas sobre os repasses financeiros realizados pelo Município ao Consórcio Regional de Saúde Sul Mato-Grossense (CORESS), à empresa PRIME MEDICINA LTDA, inscrita no CNPJ sob o nº 29.219.038/0001-31 e ao Instituto de Saúde Santa Rosa, organização de saúde responsável pelo gerenciamento pelo Hospital Público Municipal.</t>
   </si>
   <si>
     <t>2387</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2387/req_22.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2387/req_22.pdf</t>
   </si>
   <si>
     <t>Requerendo informações detalhadas sobre a destinação da verba de R$ 300.000,00 (trezentos mil reais) recebida pelo Município de Alto Araguaia através do Programa Estadual IMUNIZA MAIS MT.</t>
   </si>
   <si>
     <t>2388</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2388/req_23.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2388/req_23.pdf</t>
   </si>
   <si>
     <t>Solicitando informações acerca da realização de serviços de reparo asfáltico no Bairro Demellas, realizado pela ALIANÇA CONSTRUTORA E LOCAÇÃO DE EQUIPAMENTOS LTDA.</t>
   </si>
   <si>
     <t>2396</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2396/requerimento_n024_-_2025_-_regis_oliveira__informacoes_alinhamento_de_fios.docx</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2396/requerimento_n024_-_2025_-_regis_oliveira__informacoes_alinhamento_de_fios.docx</t>
   </si>
   <si>
     <t>“Requerendo as seguintes informações relativas as realizações do projeto de lei de alinhamentos de fios no município de Alto Araguaia – MT”</t>
   </si>
   <si>
     <t>2413</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2413/req_25.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2413/req_25.pdf</t>
   </si>
   <si>
     <t>Requerendo informações do Instituto Santa Rosa com a empresa PRIME MEDICINA LTDA, inscrita no CNPJ sob o nº 29.219.038/0001-31.</t>
   </si>
   <si>
     <t>2424</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2424/req_26.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2424/req_26.pdf</t>
   </si>
   <si>
     <t>Solicitando informações e esclarecimentos acerca de pontos cruciais contidos no Ofício nº 075/2025/GP/PREF, de 10 de junho de 2025, encaminhado ao Secretário Municipal de Saúde, Senhor Cacildo da Cruz Bandeira Filho.</t>
   </si>
   <si>
     <t>2459</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2459/req_27.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2459/req_27.pdf</t>
   </si>
   <si>
     <t>“Requerendo as seguintes informações relativas a ponte localizada na região do Gato Preto, sentido Colônia do Ariranha, na rodovia MT-481 no município de Alto Araguaia – MT”</t>
   </si>
   <si>
     <t>2480</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2480/req_028.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2480/req_028.pdf</t>
   </si>
   <si>
     <t>Solicitando informações e esclarecimentos relacionados abaixo acerca da Lei Nº 4.634, de 25 de março de 2025, publicado no Diário Oficial de Contas do TCE/MT Nº 3583, de 04 de abril de 2025.</t>
   </si>
   <si>
     <t>2481</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2481/req_29.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2481/req_29.pdf</t>
   </si>
   <si>
     <t>Solicitando informações e esclarecimentos pormenorizados acerca da destinação e aplicação da verba de R$ 600.000,00 (seiscentos mil reais) repassada pelo Fundo Nacional de Saúde (FNS), referente à "Emenda - incremento temporário ao custeio de serviços de atenção primária em saúde".</t>
   </si>
   <si>
     <t>2485</t>
   </si>
   <si>
     <t>Mesa Diretora, Marcos Nunes, Paulinho, Polleyka Fraga, Ricardo Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2485/req_30.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2485/req_30.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora faz uso do presente para encaminhar, REQUERIMENTO LEGISLATIVO, solicitando, apreciação e decisão do Plenário, para antecipação do horário da sessão ordinária do dia 11 de agosto de 2025 para às 17 h (Brasília).</t>
   </si>
   <si>
     <t>2494</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2494/req_31.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2494/req_31.pdf</t>
   </si>
   <si>
     <t>"requerendo informações referente aos empenhos liquidados e anulados".</t>
   </si>
   <si>
     <t>2498</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2498/req_32.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2498/req_32.pdf</t>
   </si>
   <si>
     <t>Solicitando informações formais e pormenorizadas acerca das Indicações nº 004/2025, nº 056/2025, nº 063/2025 e nº 073/2025, por tratarem do mesmo tema, qual seja, a reforma da quadra sintética da Praça Antônio Silvério da Costa – Praça do Boiadeiro.</t>
   </si>
   <si>
     <t>2499</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2499/req_033.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2499/req_033.pdf</t>
   </si>
   <si>
     <t>“requerendo as seguintes informações relativas sobre estrutura de alimentação na Escola Lourença Afonso de Melo município de Alto Araguaia – MT”</t>
   </si>
   <si>
     <t>2500</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2500/req_034.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2500/req_034.pdf</t>
   </si>
   <si>
     <t>Requer que seja solicitado ao Executivo Municipal informações detalhadas acerca da Portaria de nº 391/2025 da Prefeitura de Alto Taquari, que dispõe sobre a cessão de servidora enfermeira com ônus para a Prefeitura Municipal de Alto Araguaia.</t>
   </si>
   <si>
     <t>2502</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2502/req_035.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2502/req_035.pdf</t>
   </si>
   <si>
     <t>Requer, com caráter de urgência e advertência formal, que seja providenciada, de imediato, a resposta aos Requerimentos protocolados por esta vereadora, todos com prazo legal para resposta já exaurido.</t>
   </si>
   <si>
     <t>2507</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2507/req_036.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2507/req_036.pdf</t>
   </si>
   <si>
     <t>Considerando as inúmeras denúncias e o estado precário das casas populares recém-construídas no bairro Jardim Novo Araguaia; REQUER a imediata realização de uma Auditoria Técnica abrangente e detalhada nas obras das casas populares localizadas no bairro Jardim Novo Araguaia.</t>
   </si>
   <si>
     <t>2508</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2508/req_037.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2508/req_037.pdf</t>
   </si>
   <si>
     <t>solicito a disponibilização de um ônibus para transporte do Grupo da Melhor Idade de Alto Araguaia, destinado à viagem até Chapadão do Sul, no dia 31 de agosto de 2025, para participação no evento anual da Melhor Idade.</t>
   </si>
   <si>
     <t>2509</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2509/req_038.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2509/req_038.pdf</t>
   </si>
   <si>
     <t>Solicitando informações detalhadas e justificativas sobre a decisão de contratar uma empresa externa para a prestação de serviços de engenharia, em detrimento da utilização de recursos humanos próprios do Município. Questionando enfaticamente o motivo pelo qual o Município optou por essa contratação externa, em vez de utilizar os engenheiros concursados e contratados aptos em seu quadro, para a realização do serviço objeto deste contrato.</t>
   </si>
   <si>
     <t>2516</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2516/req_39.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2516/req_39.pdf</t>
   </si>
   <si>
     <t>Solicitando informações formais e pormenorizadas acerca da Indicação nº 065/2025, que solicita a recuperação urgente da fiação elétrica dos postes de iluminação pública da Rua Marechal Rondon, no trecho compreendido entre a MT-100 e a Rua Agostinho Demellas e da Indicação nº 079/2025, que solicita a recuperação urgente da fiação elétrica dos postes de iluminação pública do canteiro central da Rua Dr. José Morbeck (subida da rodoviária).</t>
   </si>
   <si>
     <t>2520</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2520/req_40.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2520/req_40.pdf</t>
   </si>
   <si>
     <t>Requer informações detalhadas e as imediatas providências quanto à não aplicação do valor mensal corrigido do Programa Feijão no Fogo, instituído pela Lei Municipal nº 1.547, de 14 de outubro de 2003, e alterado pela Lei Municipal nº 4.644, de 02 de julho de 2025.</t>
   </si>
   <si>
     <t>2540</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2540/044-_mesa.docx</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2540/044-_mesa.docx</t>
   </si>
   <si>
     <t>A Mesa Diretora faz uso do presente para encaminhar, REQUERIMENTO LEGISLATIVO, solicitando, apreciação e decisão do Plenário, para antecipação do horário da sessão ordinária do dia 22 de Setembro de 2025 para às 9 h (Brasília).</t>
   </si>
   <si>
     <t>2543</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2543/req_42.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2543/req_42.pdf</t>
   </si>
   <si>
     <t>Requer que sejam prestadas as informações e providências da Secretaria Municipal de Saúde ao não encaminhar pacientes de Alto Araguaia para consultas e exames cardiológicos e tomografias na Clínica Saúde Mais.</t>
   </si>
   <si>
     <t>2564</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2564/req_43.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2564/req_43.pdf</t>
   </si>
   <si>
     <t>Requer que sejam prestados dados detalhados referentes aos serviços de cardiologia no município de Alto Araguaia e região, referentes ao ano de 2025, com a especificação dos períodos de realização.</t>
   </si>
   <si>
     <t>2567</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2567/req_44.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2567/req_44.pdf</t>
   </si>
   <si>
     <t>Solicitando apreciação e decisão do Plenário, para antecipação do horário da sessão ordinária do dia 22 de Setembro de 2025 para às 9 horas (Brasília)</t>
   </si>
   <si>
     <t>2582</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2582/req_45.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2582/req_45.pdf</t>
   </si>
   <si>
     <t>“Requer informações sobre a substituição do ônibus de 60 lugares por uma van no transporte escolar do bairro Parque Do Cerrado no município de Alto Araguaia – MT</t>
   </si>
   <si>
     <t>2595</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2595/req_46.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2595/req_46.pdf</t>
   </si>
   <si>
     <t>Solicitar informações detalhadas acerca da previsão e do cronograma de manutenção das academias populares instaladas em diversos pontos do município.</t>
   </si>
   <si>
     <t>2599</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2599/req_47.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2599/req_47.pdf</t>
   </si>
   <si>
     <t>Solicitando informações acerca da obra da Escola Municipal Adalcy da Conceição Rodrigues, bem como sobre seu mobiliário.</t>
   </si>
   <si>
     <t>2601</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2601/req_48.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2601/req_48.pdf</t>
   </si>
   <si>
     <t>Solicitando informações quanto ao cronograma de execução dos serviços de substituição das lâmpadas nas praças e quadras públicas do município.</t>
   </si>
   <si>
     <t>2602</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2602/req_49.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2602/req_49.pdf</t>
   </si>
   <si>
     <t>Solicitando a aquisição de um ônibus confortável, com banheiro e assentos adequados, voltado ao transporte de pacientes que realizam exames e atendimentos médicos na cidade de Rondonópolis/MT.</t>
   </si>
   <si>
     <t>2623</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2623/req_50.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2623/req_50.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal e ao Secretário Municipal de Infraestrutura a instalação de placa de identificação do Conjunto Habitacional Aurora Zaiden Lima, em conformidade com a Lei Municipal nº 4.912/1985.</t>
   </si>
   <si>
     <t>2645</t>
   </si>
   <si>
     <t>Fabiano do Gás, Adão da Madeireira, Bruno Peron, Marcos Nunes, Martha Maia, Paulinho, Polleyka Fraga, Regis Oliveira, Renato Lopes</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2645/req_51.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2645/req_51.pdf</t>
   </si>
   <si>
     <t>"para que prestem informações detalhadas acerca da inexecução das seguintes leis municipais".</t>
   </si>
   <si>
     <t>2647</t>
   </si>
   <si>
     <t>Marcos Nunes, Polleyka Fraga</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2647/req_52.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2647/req_52.pdf</t>
   </si>
   <si>
     <t>requer informações detalhadas acerca da emenda parlamentar federal no valor de R$ 3.000.000,00 (três milhões de reais), destinada à área da saúde pública municipal, permanecendo, contudo, retida nas contas públicas desde o exercício de 2024.</t>
   </si>
   <si>
     <t>2654</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2654/req_053.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2654/req_053.pdf</t>
   </si>
   <si>
     <t>Requer informações e esclarecimentos acerca da formalização e da publicidade da ata de adesão mencionada no Ofício nº 306/2025/SMS, em face de sua ausência no Portal da Transparência do Município, para fins de controle social e legislativo.</t>
   </si>
   <si>
     <t>2675</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2675/req_54.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2675/req_54.pdf</t>
   </si>
   <si>
     <t>Requer informações detalhadas sobre a execução da Campanha Outubro Rosa no município de Alto Araguaia.</t>
   </si>
   <si>
     <t>2676</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2676/req_55.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2676/req_55.pdf</t>
   </si>
   <si>
     <t>Requerimento com INTIMAÇÃO FORMAL E SOLENE ADVERTÊNCIA, a fim de que seja providenciada, SEM MAIS DELONGAS E IMPRETERIVELMENTE, a resposta aos Requerimentos protocolados por esta vereadora, todos com o prazo legal para resposta IRREMEDIAVELMENTE EXAURIDO.</t>
   </si>
   <si>
     <t>2683</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2683/req_56.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2683/req_56.pdf</t>
   </si>
   <si>
     <t>Com fundamento nos princípios da eficiência e da economicidade, para que sejam adotadas as providências necessárias à ampliação e modernização da rede elétrica do Hospital Municipal de Alto Araguaia, de modo a assegurar:_x000D_
 •	O pleno funcionamento do setor de Raio-X;_x000D_
 •	O adequado desempenho dos equipamentos do Laboratório;_x000D_
 •	A adequação da infraestrutura para a instalação de novos equipamentos, especialmente o mamógrafo._x000D_
 A modernização proposta visa garantir o funcionamento seguro e contínuo dos aparelhos, prevenindo danos decorrentes de oscilações elétricas, reduzindo gastos com manutenção, aumentando a vida útil dos equipamentos e assegurando a regular prestação dos serviços públicos de saúde à população araguaiense.</t>
   </si>
   <si>
     <t>2704</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2704/requerimento_57.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2704/requerimento_57.pdf</t>
   </si>
   <si>
     <t>“Requer informações sobre a falta de geladeira para armazenamento de vacinas e medicamentos no PSF do bairro Parque Do Cerrado no município de Alto Araguaia – MT”</t>
   </si>
   <si>
     <t>2713</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2713/requerimento_58.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2713/requerimento_58.pdf</t>
   </si>
   <si>
     <t>Solicitando informações detalhadas acerca dos contratos de financiamento ativos celebrados entre o Município de Alto Araguaia e a Caixa Econômica Federal.</t>
   </si>
   <si>
     <t>2714</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2714/requerimento_59.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2714/requerimento_59.pdf</t>
   </si>
   <si>
     <t>Requer informações da Secretaria Municipal de Saúde para reduzir o tempo de espera e solucionar os atrasos nos atendimentos médicos, incluindo os serviços prestados pelo Centro de Reabilitação.</t>
   </si>
   <si>
     <t>2717</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2717/requerimento_60.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2717/requerimento_60.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO LEGISLATIVO, solicitando, apreciação e decisão do Plenário, para antecipação  da 45ª ordinária, que seria dia 22/12/2025 para dia 18/12/2025, para às 19 h (Brasília).</t>
   </si>
   <si>
     <t>2743</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2743/doc-13-15.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2743/doc-13-15.pdf</t>
   </si>
   <si>
     <t>“Requer informações sobre máquinas do município que são para fazer fraldas e também máquinas de costura que estão paradas no município de Alto Araguaia – MT”</t>
   </si>
   <si>
     <t>2139</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária (Origem Executivo)</t>
   </si>
   <si>
     <t>JACSON NIEDERMEIER</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2139/of082.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2139/of082.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 4.605, de 22 de novembro de 2024.</t>
   </si>
   <si>
     <t>2140</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2140/projeto_de_lei_02.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2140/projeto_de_lei_02.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei municipal nº 2.742/2010, e dá outras providências.</t>
   </si>
   <si>
     <t>2141</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2141/projeto_de_lei_03.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2141/projeto_de_lei_03.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei municipal nº 4.102, de 20 de janeiro de 2018.</t>
   </si>
   <si>
     <t>2142</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2142/projeto_de_lei_04.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2142/projeto_de_lei_04.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei municipal nº 2.704, de 30 de agosto de 2010.</t>
   </si>
   <si>
     <t>2143</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2143/projeto_de_lei_005.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2143/projeto_de_lei_005.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a utilização das cores da Bandeira do Município na pintura e identificação dos bens públicos municipais, utilização do Brasão Municipal nos documentos oficiais, bem como estabelece critérios a respeito de publicidade governamental.</t>
   </si>
   <si>
     <t>2144</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2144/projeto_de_lei_006.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2144/projeto_de_lei_006.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão da revisão geral de subsídios dos servidores públicos efetivos dos poderes e órgãos autônomos do município de Alto Araguaia e dá outras providências.</t>
   </si>
   <si>
     <t>2162</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2162/projeto_de_lei_007.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2162/projeto_de_lei_007.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a garantia do piso remuneratório para o ano de 2025, para os Professores, Agentes Comunitários de Saúde e Agente de Combate</t>
   </si>
   <si>
     <t>2188</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2188/projeto_08_-_convertido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2188/projeto_08_-_convertido.pdf</t>
   </si>
   <si>
     <t>Altera	dispositivos	da	Lei	municipal	nº 2.772/2011.</t>
   </si>
   <si>
     <t>2189</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2189/projeto_09_-_convertido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2189/projeto_09_-_convertido.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 4.611, de 26 de novembro de 2024, e autoriza a abertura de Crédito Adicional Suplementar no orçamento vigente.</t>
   </si>
   <si>
     <t>2193</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2193/projeto_10_-_convertido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2193/projeto_10_-_convertido.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Alto Araguaia a celebrar convênio com a Paróquia Nossa Senhora Auxiliadora.</t>
   </si>
   <si>
     <t>2194</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2194/projeto_-_convertido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2194/projeto_-_convertido.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 2.743, de 23 de dezembro de 2010.</t>
   </si>
   <si>
     <t>2206</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2206/projeto_-_convertido_1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2206/projeto_-_convertido_1.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a instituição do programa de _x000D_
 recuperação fiscal (REFIS/2025), conforme _x000D_
 especifica e dá outras providências.”</t>
   </si>
   <si>
     <t>2242</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2242/projeto_de_lei.013_ass.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2242/projeto_de_lei.013_ass.pdf</t>
   </si>
   <si>
     <t>Institui o Conselho Municipal de Esporte e _x000D_
 Lazer e cria o Fundo Municipal de Esporte e _x000D_
 Lazer, e dá outras providências.</t>
   </si>
   <si>
     <t>2238</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2238/projeto_de_lei.014_ass.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2238/projeto_de_lei.014_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o parcelamento/reparcelamento _x000D_
 de débitos do Município de Alto Araguaia _x000D_
 com seu Regime Próprio de Previdência _x000D_
 Social – RPPS.</t>
   </si>
   <si>
     <t>2239</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2239/projeto_de_lei.015_ass.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2239/projeto_de_lei.015_ass.pdf</t>
   </si>
   <si>
     <t>Regulamenta o regime de plantão das Farmácias e _x000D_
 Drogarias no âmbito do município de Alto Araguaia - _x000D_
 MT.</t>
   </si>
   <si>
     <t>2240</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2240/projeto_de_lei.016_ass.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2240/projeto_de_lei.016_ass.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei municipal nº _x000D_
 2.742/2010.</t>
   </si>
   <si>
     <t>2241</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2241/projeto_de_lei.017_ass.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2241/projeto_de_lei.017_ass.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Alto Araguaia a aderir ao _x000D_
 Consórcio Interfederativo de Compras Públicas do _x000D_
 Estado de Mato Grosso e dá outras providências.</t>
   </si>
   <si>
     <t>2256</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2256/projeto_de_lei.018_ass.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2256/projeto_de_lei.018_ass.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 1.839, de 21 de junho de 2005.</t>
   </si>
   <si>
     <t>2257</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2257/projeto_de_lei.019_ass.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2257/projeto_de_lei.019_ass.pdf</t>
   </si>
   <si>
     <t>Revoga dispositivo da Lei Municipal nº 288, de 30 de novembro de 1978.</t>
   </si>
   <si>
     <t>2258</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2258/projeto_de_lei.020_ass.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2258/projeto_de_lei.020_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a política tarifária de água e esgoto e coleta de lixo do município de Alto Araguaia - MT e dá outras providências.</t>
   </si>
   <si>
     <t>2403</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2403/projeto_de_lei.021.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2403/projeto_de_lei.021.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 4.612, de_x000D_
 17 de dezembro de 2024, que dispõe sobre_x000D_
 atualização do Sistema Único de Assistência_x000D_
 Social do Município de Alto Araguaia/MT.</t>
   </si>
   <si>
     <t>2414</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2414/projeto_de_lei.022_2.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2414/projeto_de_lei.022_2.pdf</t>
   </si>
   <si>
     <t>Altera a redação da Lei Municipal n.º 2.575, de 20 de outubro de 2009, que reestrutura o Regime Próprio de Previdência Social do Município de Alto Araguaia/MT e, dá outras providências.</t>
   </si>
   <si>
     <t>2404</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2404/projeto_de_lei.022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2404/projeto_de_lei.022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da lei orçamentária de 2026.</t>
   </si>
   <si>
     <t>2415</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2415/projeto_de_lei.024.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2415/projeto_de_lei.024.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal nº 1.547, de 14 de outubro de 2003, corrigindo o valor do benefício do Programa Feijão no Fogo.</t>
   </si>
   <si>
     <t>2425</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2425/projeto_de_lei.025.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2425/projeto_de_lei.025.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal nº 1.478, de 11 de março de 2003, a qual dispõe sobre criação do Conselho Municipal de Educação.</t>
   </si>
   <si>
     <t>2426</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2426/projeto_de_lei.026_ass_1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2426/projeto_de_lei.026_ass_1.pdf</t>
   </si>
   <si>
     <t>2427</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2427/projeto_de_lei.027.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2427/projeto_de_lei.027.pdf</t>
   </si>
   <si>
     <t>2433</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2433/projeto_de_lei.028_1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2433/projeto_de_lei.028_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Especial no Orçamento do Exercício de 2025, lei nº 4611 de 04 de dezembro de 2024.</t>
   </si>
   <si>
     <t>2451</t>
   </si>
   <si>
     <t>EXECUTIVO MUNICIPAL - EM</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2451/projeto_de_lei.029_ass.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2451/projeto_de_lei.029_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o sistema de repasse de recursos financeiros às unidades educacionais públicas municipais.</t>
   </si>
   <si>
     <t>2452</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2452/projeto_de_lei.030_ass.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2452/projeto_de_lei.030_ass.pdf</t>
   </si>
   <si>
     <t>2466</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2466/projeto_de_lei.031.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2466/projeto_de_lei.031.pdf</t>
   </si>
   <si>
     <t>Autoriza repasse financeiro à Instituição que menciona, para fins de aquisição de aparelho de mamografia.</t>
   </si>
   <si>
     <t>2467</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2467/projeto_de_lei.032.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2467/projeto_de_lei.032.pdf</t>
   </si>
   <si>
     <t>Autoriza a celebração de Convênio de Colaboração Educacional entre o Município de Alto Araguaia e a Fundação Universidade do Estado de Mato Grosso e a Fundação de Apoio ao Ensino, Pesquisa e Extensão do Norte do Estado de Mato Grosso- FAEPEN/MT, para execução do curso de Ciências Contábeis.</t>
   </si>
   <si>
     <t>2495</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2495/projeto_de_lei.034_ass_1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2495/projeto_de_lei.034_ass_1.pdf</t>
   </si>
   <si>
     <t>Altera DISPOSITIVOS da Lei Municipal nº 3.451, de 17 de junho de 2014, atualizando a malha viária que compõe o Sistema de Transportes do Município de Alto Araguaia</t>
   </si>
   <si>
     <t>2496</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2496/projeto_de_lei.035_ass_2.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2496/projeto_de_lei.035_ass_2.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Suplementar no Orçamento do Exercício de 2025, Lei nº 4611 de 26 de novembro de 2024.</t>
   </si>
   <si>
     <t>2510</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2510/projeto_de_lei.036.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2510/projeto_de_lei.036.pdf</t>
   </si>
   <si>
     <t>2511</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2511/projeto_de_lei.37.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2511/projeto_de_lei.37.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal nº 4.620, de 10 de fevereiro de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>2523</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2523/projeto_de_lei.38.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2523/projeto_de_lei.38.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de bens inservíveis do Patrimônio Público Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>2522</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2522/projeto_de_lei.39.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2522/projeto_de_lei.39.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 1.969, de 12 de abril de 2006.</t>
   </si>
   <si>
     <t>2521</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2521/projeto_de_lei.040..pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2521/projeto_de_lei.040..pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal nº 3.279, de 03 de dezembro de 2013, que dispõe sobre a responsabilidade por valores referentes às multas de trânsito decorrentes de infrações cometidas por funcionário público na condução de veículo oficial.</t>
   </si>
   <si>
     <t>2545</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2545/projeto_de_lei.041.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2545/projeto_de_lei.041.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do município de Alto Araguaia, Estado de Mato Grosso, para o exercício de 2026.</t>
   </si>
   <si>
     <t>2566</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2566/projeto_de_lei.42.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2566/projeto_de_lei.42.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 4.642, de 22 de maio de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>2606</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2606/projeto_de_lei.43.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2606/projeto_de_lei.43.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o processo de escolha dos gestores das instituições de ensino da rede pública municipal de Alto Araguaia.</t>
   </si>
   <si>
     <t>2607</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2607/projeto_de_lei.44.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2607/projeto_de_lei.44.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 2742/2010.</t>
   </si>
   <si>
     <t>2604</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2604/projeto_de_lei.45.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2604/projeto_de_lei.45.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a firmar Termo de Cooperação com o Sindicato Rural de Alto Araguaia, para o custeio de despesas com a organização das festividades de aniversário deste município.</t>
   </si>
   <si>
     <t>2605</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2605/projeto_de_lei.46.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2605/projeto_de_lei.46.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a firmar Termo de Cooperação com a Associação Comercial e Empresarial de Alto Araguaia – MT – ACEAIA.</t>
   </si>
   <si>
     <t>2626</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2626/projeto_de_lei.47.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2626/projeto_de_lei.47.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a realizar pagamentos de premiações às equipes participantes do III Olimbairros.</t>
   </si>
   <si>
     <t>2648</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2648/projeto_de_lei.48_ass.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2648/projeto_de_lei.48_ass.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal nº 4.071, de 03 de outubro de 2018.</t>
   </si>
   <si>
     <t>2652</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2652/projeto_de_lei.49_ass_.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2652/projeto_de_lei.49_ass_.pdf</t>
   </si>
   <si>
     <t>Regulamenta a comercialização e regularização de posse áreas do Distrito Industrial, objeto da Matrícula nº 4.573, do Cartório de Registro de Imóveis da Comarca de Alto Araguaia.</t>
   </si>
   <si>
     <t>2664</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2664/projeto_de_lei.050.ass.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2664/projeto_de_lei.050.ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual do Município de Alto Araguaia – MT, para o quadriênio 2026/2029.</t>
   </si>
   <si>
     <t>2665</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2665/projeto_de_lei.051.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2665/projeto_de_lei.051.pdf</t>
   </si>
   <si>
     <t>Autoriza a celebração de convênio com o Rotary Clube de Santa Rita do Araguaia/Alto Araguaia, para a fabricação de lixeiras comunitárias de grande porte.</t>
   </si>
   <si>
     <t>2688</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2688/projeto_de_lei.052.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2688/projeto_de_lei.052.pdf</t>
   </si>
   <si>
     <t>Altera e revoga dispositivos à Lei Municipal nº 4.667, de 21 de outubro de 2025.</t>
   </si>
   <si>
     <t>2707</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2707/projeto_de_lei.53_ass_.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2707/projeto_de_lei.53_ass_.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM O CONSELHO DA COMUNIDADE DE ALTO ARAGUAIA E A PROMOVER A CESSÃO DE USO DE ÁREA PÚBLICA PARA FINS DE RESSOCIALIZAÇÃO E IMPLANTAÇÃO DE HORTA COMUNITÁRIA.</t>
   </si>
   <si>
     <t>2724</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2724/projeto_de_lei.54.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2724/projeto_de_lei.54.pdf</t>
   </si>
   <si>
     <t>Autoriza a celebração de convênio junto ao Sindicato Rural de Alto Araguaia, para custeio de parte das despesas com a realização do 9º Leilão Direito de Viver.</t>
   </si>
   <si>
     <t>2740</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2740/projeto_de_lei.55.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2740/projeto_de_lei.55.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de Segurança Alimentar e Nutricional de Alto Araguaia – CONSEA, e dá outras providências.</t>
   </si>
   <si>
     <t>2771</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2771/projeto_de_lei.56.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2771/projeto_de_lei.56.pdf</t>
   </si>
   <si>
     <t>Institui o Plano Municipal de Agricultura Familiar de Alto Araguaia – PMAF, aprova suas ações prioritárias, cria o Fundo Municipal da Agricultura Familiar e dá outras providências.</t>
   </si>
   <si>
     <t>2147</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária (Origem Legislativo)</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2147/001.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2147/001.pdf</t>
   </si>
   <si>
     <t>DISPÕE ALTERAÇÃO NA LEI MUNICIPAL Nº   4.604/2024 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2155</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2155/002.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2155/002.pdf</t>
   </si>
   <si>
     <t>Institui diretrizes, estratégias e ações para o programa de atenção e orientação às mães atípicas.</t>
   </si>
   <si>
     <t>2156</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2156/003.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2156/003.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre política pública municipal para garantia, proteção e ampliação dos direitos das pessoas com Transtorno do Espectro Autista (TEA) e seus familiares.</t>
   </si>
   <si>
     <t>2186</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2186/004.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2186/004.pdf</t>
   </si>
   <si>
     <t>Institui a Política de Atenção à Saúde da Mulher, garantindo assistência integral, exames preventivos e educação em saúde, visando à melhoria das condições de vida das mulheres.</t>
   </si>
   <si>
     <t>2203</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2203/005.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2203/005.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a criação da Carteira de Identificação para Portadores de Fibromialgia no município de Alto Araguaia-MT.”</t>
   </si>
   <si>
     <t>2260</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2260/projeto_decreto_06_-_convertido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2260/projeto_decreto_06_-_convertido.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento de débitos públicos, taxas, tarifas e demais despesas por meio de cartão de débito, crédito e pix.</t>
   </si>
   <si>
     <t>2261</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2261/projeto07_-_convertido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2261/projeto07_-_convertido.pdf</t>
   </si>
   <si>
     <t>Institui a política de prevenção à violência contra os educadores do município de alto araguaia.</t>
   </si>
   <si>
     <t>2264</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2264/projeto08_-_convertido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2264/projeto08_-_convertido.pdf</t>
   </si>
   <si>
     <t>Institui o Programa “Saúde Bucal nas Escolas” no município de Alto Araguaia e dá outras providências.</t>
   </si>
   <si>
     <t>2279</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2279/projeto09_-_convertido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2279/projeto09_-_convertido.pdf</t>
   </si>
   <si>
     <t>Institui o Programa " ADOTE UMA LIXEIRA", no município de Alto Araguaia e dá outras providências.</t>
   </si>
   <si>
     <t>2341</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2341/projeto_10_l.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2341/projeto_10_l.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a implementação do Programa educacional sobre proteção animal e a conscientização sobre a preservação de espécies nativas e Fauna Silvestre.”</t>
   </si>
   <si>
     <t>2383</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2383/projeto_de_lei_011-2025_-_alinhamentos_de_fios.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2383/projeto_de_lei_011-2025_-_alinhamentos_de_fios.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o alinhamento e a retirada de fios em desuso e desordenados existentes em postes de energia elétrica, no âmbito do Município de Alto Araguaia, e dá outras providências.</t>
   </si>
   <si>
     <t>2394</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2394/projeto_de_012-2025_corrigindo_-_altera_dispostivos_da_lei_de_alinhamentos_de_fios.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2394/projeto_de_012-2025_corrigindo_-_altera_dispostivos_da_lei_de_alinhamentos_de_fios.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei nº 4.432, de 16 de agosto de 2022, que cria regras para a instalação e manutenção de fios e cabos fixados nos postes da rede elétrica existentes na zona urbana e rural do município de Alto Araguaia – MT, e dá outras providências.</t>
   </si>
   <si>
     <t>2406</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2406/pl_013_-_marcos_nunes_-_altera_lei_aluno_nota_10.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2406/pl_013_-_marcos_nunes_-_altera_lei_aluno_nota_10.pdf</t>
   </si>
   <si>
     <t>“Altera a Lei nº 4.255, de 11 de março de 2021 e dá outras providências.”</t>
   </si>
   <si>
     <t>2407</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2407/projeto_de_lei_do_legislativo_no014-2025.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2407/projeto_de_lei_do_legislativo_no014-2025.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a prevenção e o combate aos maus-tratos contra animais no Município de Alto Araguaia e dá outras providências”.</t>
   </si>
   <si>
     <t>2423</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2423/projeto_de_015-2025_-_priorizando_epp_e_me.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2423/projeto_de_015-2025_-_priorizando_epp_e_me.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 3.955, de 20 de junho de 2017, que "Dispõe sobre o tratamento favorecido, diferenciado e simplificado para as microempresas e empresas de pequeno porte sediadas no município de Alto Araguaia, nas contratações públicas de bens, serviços e obras, no âmbito da administração pública", para adequá-la e aprimorá-la conforme as diretrizes da Lei Complementar Federal nº 123/2006, com as alterações promovidas pela Lei Complementar Federal nº 147/2014, e da Lei Federal nº 14.133/2021, e dá outras providências.</t>
   </si>
   <si>
     <t>2444</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2444/projeto_de_lei_do_legislativo_no_015_-_2025_-_utilidade_publica_-aaf.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2444/projeto_de_lei_do_legislativo_no_015_-_2025_-_utilidade_publica_-aaf.pdf</t>
   </si>
   <si>
     <t>“Declara de utilidade pública a Associação Araguaiense de Futsal - AAF e dá outras providencias”.</t>
   </si>
   <si>
     <t>2446</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2446/projeto_de_lei_-_agua_saudavel1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2446/projeto_de_lei_-_agua_saudavel1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a distribuição gratuita de filtros de barro para famílias de baixa renda no município de Alto Araguaia – MT e dá outras providências.</t>
   </si>
   <si>
     <t>2583</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2583/018_-_martha.docx</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2583/018_-_martha.docx</t>
   </si>
   <si>
     <t>Institui a Política Municipal de Apoio Integral a Mulheres em Situação de Violência Doméstica e Familiar no Município de Alto Araguaia e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>2591</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2591/projeto_de_lei_018_-_regis_oliveira_sayo.docx</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2591/projeto_de_lei_018_-_regis_oliveira_sayo.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação de câmeras de monitoramento nos veículos utilizados no transporte escolar da rede pública municipal no Município de Alto Araguaia - MT, e dá outras providências.</t>
   </si>
   <si>
     <t>2592</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2592/newimage_dec_09_2025_16_04_59_676__1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2592/newimage_dec_09_2025_16_04_59_676__1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a declaração de utilidade pública do Rotary Clube de Santa Rita do Araguaia e Alto Araguaia e da outras providências.</t>
   </si>
   <si>
     <t>2596</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2596/projeto_de_lei_020-2025.docx</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2596/projeto_de_lei_020-2025.docx</t>
   </si>
   <si>
     <t>Altera o nome da Rua Avenida do Futuro, Localizada no Bairro vista Araguaia, para Rua Dr. Fabrício Martins Campos Freitas.</t>
   </si>
   <si>
     <t>2625</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2625/022-_mesa_diretora.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2625/022-_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>"Altera dispositivos e anexos da Lei municipal nº 4.604/2024 e dá outras providências."</t>
   </si>
   <si>
     <t>2642</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2642/projeto_de_lei_023-2025_-_vaqueijada.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2642/projeto_de_lei_023-2025_-_vaqueijada.pdf</t>
   </si>
   <si>
     <t>DECLARA AS CAVALGADAS, O TROPEIRISMO E DEMAIS TRADIÇÕES CULTURAIS LIGADAS AO MEIO RURAL, COMO PATRIMÔNIO HISTÓRICO E CULTURAL DE NATUREZA IMATERIAL DA CIDADE DE ALTO ARAGUAIA/MT, PARA FINS DO DISPOSTO NO ART. 225, § 7º, ART. 215, § 1º E ART. 30, INC. IX, DA CONSTITUIÇÃO FEDERAL.</t>
   </si>
   <si>
     <t>2655</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2655/projeto_de_lei_024_-_regis_oliveira_abandono_de_veiculossayo.docx</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2655/projeto_de_lei_024_-_regis_oliveira_abandono_de_veiculossayo.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição do abandono de veículos em vias públicas no Município de Alto Araguaia - MT, e dá outras providências.</t>
   </si>
   <si>
     <t>2748</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2748/projeto_de_lei_-_alteracao_nome_da_rua.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2748/projeto_de_lei_-_alteracao_nome_da_rua.pdf</t>
   </si>
   <si>
     <t>“Altera o nome da Rua do Jasmim, Localizada no Bairro vista Araguaia, para Rua Pedro Damião dos Santos”.</t>
   </si>
   <si>
     <t>2146</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Marcos Nunes, Paulinho, Polleyka Fraga, Ricardo Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2146/1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2146/1.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a revisão geral anual prevista no art. 37, X da CRFB/88 e complementação remuneratória aos Servidores Comissionados do Legislativo e dá outras providências”.</t>
   </si>
   <si>
     <t>2145</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2145/2.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2145/2.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual prevista no art. 37, X da CRFB/88 aos vereadores”.</t>
   </si>
   <si>
     <t>2285</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2285/titulo_01-2025-1-4_1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2285/titulo_01-2025-1-4_1.pdf</t>
   </si>
   <si>
     <t>“Concede título de cidadão Araguaiense ao TENENTE-CORONEL PM WILLYAM BECKER DEMARTINI”</t>
   </si>
   <si>
     <t>2360</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2360/projeto_de_decreto_legislativo_no_002-2025__-.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2360/projeto_de_decreto_legislativo_no_002-2025__-.pdf</t>
   </si>
   <si>
     <t>“Concede Título de Cidadã Araguaiense a Sra. Cymara Neubern Osorio”</t>
   </si>
   <si>
     <t>2463</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2463/titulo_de_cidadao_03_025.docx</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2463/titulo_de_cidadao_03_025.docx</t>
   </si>
   <si>
     <t>“Concede Título de Cidadão Araguaienseao Dr. Silvio José Silva"</t>
   </si>
   <si>
     <t>2600</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2600/004-_titulo_cidadao_tatiana_-_marcos_nunes.docx</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2600/004-_titulo_cidadao_tatiana_-_marcos_nunes.docx</t>
   </si>
   <si>
     <t>Concede título de cidadã Araguaiense a PROFESSORA MUNICIPAL TATIANA CARVALHO SILVA.</t>
   </si>
   <si>
     <t>2621</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2621/projeto_de_decreto_legislativo_-_05-2025_-_honraria.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2621/projeto_de_decreto_legislativo_-_05-2025_-_honraria.pdf</t>
   </si>
   <si>
     <t>Concede medalha do mérito Cláudia Azevedo a Sra. Maria Noeli Adams.</t>
   </si>
   <si>
     <t>2622</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2622/projeto_de_decreto_legislativo_006-2025.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2622/projeto_de_decreto_legislativo_006-2025.pdf</t>
   </si>
   <si>
     <t>Susta os efeitos do Decreto nº 056, de 04 de junho de 2025, do Poder Executivo Municipal de Alto Araguaia, que declara a extinção do incentivo de que trata a Lei Municipal nº 3.255, de 31 de outubro de 2013.</t>
   </si>
   <si>
     <t>2643</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2643/007-_titulo_cidadao_eumides-adao.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2643/007-_titulo_cidadao_eumides-adao.pdf</t>
   </si>
   <si>
     <t>“Concede título de Cidadão Araguaiense ao senhor  EUMIDES FERREIRA”.</t>
   </si>
   <si>
     <t>2653</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2653/008-_titulo_cidadao_joao_katsuyama_adao.docx.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2653/008-_titulo_cidadao_joao_katsuyama_adao.docx.pdf</t>
   </si>
   <si>
     <t>Concede título de Cidadão Araguaiense ao senhor  JOÃO TATSURO KATSUYAMA.</t>
   </si>
   <si>
     <t>2678</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2678/osmar_queiroz.docx</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2678/osmar_queiroz.docx</t>
   </si>
   <si>
     <t>Concede título de cidadão Araguaiense ao Sr. Osmar Alves de Queiroz</t>
   </si>
   <si>
     <t>2691</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2691/010-_paulinho_1.docx</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2691/010-_paulinho_1.docx</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Araguaiense Sr. Thiago Jose de Lirio Leite.</t>
   </si>
   <si>
     <t>2686</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2686/011-_clodoaldo.docx</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2686/011-_clodoaldo.docx</t>
   </si>
   <si>
     <t>Concede título de cidadão Araguaiense ao Sr. RODRIGO VAZ ITACARAMBI</t>
   </si>
   <si>
     <t>2702</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2702/012-_titulo_cidadao_toninho_pintor.docx</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2702/012-_titulo_cidadao_toninho_pintor.docx</t>
   </si>
   <si>
     <t>“Concede título de cidadão Araguaiense ao Senhor ANTONIO DE PÁDUA TEIXEIRA”</t>
   </si>
   <si>
     <t>2745</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2745/newimage_dec_09_2025_16_04_59_676__3_1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2745/newimage_dec_09_2025_16_04_59_676__3_1.pdf</t>
   </si>
   <si>
     <t>Concede título de Cidadão Araguaiense ao Dr. NEY PEREIRA DE SOUSA”</t>
   </si>
   <si>
     <t>2747</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2747/newimage_dec_09_2025_16_04_59_676__2_1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2747/newimage_dec_09_2025_16_04_59_676__2_1.pdf</t>
   </si>
   <si>
     <t>“Concede título de Cidadão Araguaiense ao Sra. KARLA CRISTINA COELHO”</t>
   </si>
   <si>
     <t>2744</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2744/42a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2744/42a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>“Concede Título de Cidadão Araguaiense ao Sr. Sebastião José Nogueira”</t>
   </si>
   <si>
     <t>2764</t>
   </si>
   <si>
     <t>CFOF - Comissão de Finanças, Orçamento e Fiscalização</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2764/015-_projeto_de_decreto_legislativo_contas_de_governo_2024.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2764/gislati_120240.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre as Contas Anuais de Governo da Prefeitura Municipal de Alto Araguaia-MT, relativas ao exercício financeiro de 2024.”</t>
   </si>
   <si>
     <t>2769</t>
   </si>
   <si>
     <t>Marcos Nunes, Bruno Peron</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2769/017_-_titulo_cidadao_-_max_russi.docx</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2769/017_-_titulo_cidadao_-_max_russi.docx</t>
   </si>
   <si>
     <t>“Concede Título de Cidadão Araguaiense ao DEPUTADO ESTADUAL MAX JOEL RUSSI”.</t>
   </si>
   <si>
     <t>2428</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2428/projeto.de.lei.complementar.001_ass.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2428/projeto.de.lei.complementar.001_ass.pdf</t>
   </si>
   <si>
     <t>Institui o Novo Código Tributário do Município de Alto Araguaia – MT e dá outras providências.</t>
   </si>
   <si>
     <t>2660</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2660/projeto_de_lei_complementar.002_1_ass1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2660/projeto_de_lei_complementar.002_1_ass1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reestruturação do Regime Próprio de Previdência Social do Município de Alto Araguaia - MT.</t>
   </si>
   <si>
     <t>2710</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Proposta de Emenda a Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2710/newimage_dec_09_2025_16_04_59_676__5-paginas-excluidas.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2710/newimage_dec_09_2025_16_04_59_676__5-paginas-excluidas.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 64 da Lei Orgânica do Município de Alto Araguaia-MT.</t>
   </si>
   <si>
     <t>2345</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>CLJR - Comissão da Legislação, Justiça e Redação Final</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2345/emenda_ao_pl_015_do_executivo_-_plantoes.docx</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2345/emenda_ao_pl_015_do_executivo_-_plantoes.docx</t>
   </si>
   <si>
     <t>Emenda Modificativa e aditiva ao Projeto de Lei de nº 015/2025, de autoria do Executivo, que “Regulamenta o regime de plantão das Farmácias e Drogarias no âmbito do município de Alto Araguaia - MT.</t>
   </si>
   <si>
     <t>2342</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2342/emenda_aditiva_do_projeto_de_lei_n_006-2025.docx</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2342/emenda_aditiva_do_projeto_de_lei_n_006-2025.docx</t>
   </si>
   <si>
     <t>Adiciona-se parágrafo único ao Projeto de Lei nº 006, de 24 de Março de 2025, que dispõe sobre o pagamento de débitos públicos, taxas, tarifas e demais despesas por meio de cartão de débito, crédito e pix.</t>
   </si>
   <si>
     <t>2226</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2226/emenda_modificativa_005-2025_-_ao_projeto_de_lei_012-2025.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2226/emenda_modificativa_005-2025_-_ao_projeto_de_lei_012-2025.pdf</t>
   </si>
   <si>
     <t>Modifica o inciso I do art. 2º do Projeto de Lei nº 012, de 17 de fevereiro de 2025, que dispõe sobre a instituição do programa de recuperação fiscal (REFIS/2025), conforme especifica e dá outras providências.</t>
   </si>
   <si>
     <t>2149</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2149/emenda_4_-_convertido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2149/emenda_4_-_convertido.pdf</t>
   </si>
   <si>
     <t>Modifica o dispositivo do Projeto de lei nº 004/2025, que pretende alterar dispositivos da Lei municipal nº 2.704. de 30 de agosto de 2010.</t>
   </si>
   <si>
     <t>2148</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2148/substitutiva_da_emenda_1_-_convertido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2148/substitutiva_da_emenda_1_-_convertido.pdf</t>
   </si>
   <si>
     <t>Substitui o dispositivo do Projeto de nº 001/2025, que pretende alterar dispositivo da nº 4.605, de 22 de novembro de 2024.</t>
   </si>
   <si>
     <t>2465</t>
   </si>
   <si>
     <t>Marcos Nunes, Adão da Madeireira, Bruno Peron, Clodoaldo, Fabiano do Gás, Martha Maia, Paulinho, Polleyka Fraga, Regis Oliveira, Renato Lopes, Ricardo Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2465/emenda_modificativa_ldo.docx</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2465/emenda_modificativa_ldo.docx</t>
   </si>
   <si>
     <t>Os Vereadores que a subscrevem, no exercício das atribuições que lhes confere o art. 256, § 2º, do Regimento Interno, propõem a seguinte Emenda Modificativa ao Projeto de Lei nº 026, de 12 de junho de 2025, de autoria do Poder Executivo.</t>
   </si>
   <si>
     <t>2513</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2513/emenda_008.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2513/emenda_008.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos relacionados às taxas de licença, fiscalização e expediente, para dispensar atos públicos de liberação e as respectivas cobranças para atividades de baixo risco, em conformidade com a Lei Federal nº 13.874/2019 (Lei da Liberdade Econômica).</t>
   </si>
   <si>
     <t>2514</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2514/emenda_009.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2514/emenda_009.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos relacionados à base de cálculo e alíquota do Imposto Sobre Serviços de Qualquer Natureza (ISSQN) para profissionais liberais e sociedades uniprofissionais, estabelecendo alíquota de 2% (dois por cento) sobre a base de cálculo presumida.</t>
   </si>
   <si>
     <t>2515</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2515/emenda_10.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2515/emenda_10.pdf</t>
   </si>
   <si>
     <t>Altera as alíquotas da Contribuição para o Custeio do Serviço de Iluminação Pública (CIP) no Anexo XV do Projeto de Lei Complementar nº 001, de 11 de junho de 2025, a fim de ajustar a carga tributária à real necessidade de custeio do serviço, promovendo maior justiça fiscal e estímulo à atividade econômica.</t>
   </si>
   <si>
     <t>2548</t>
   </si>
   <si>
     <t>Adão da Madeireira, Bruno Peron, Clodoaldo, Fabiano do Gás, Marcos Nunes, Paulinho, Polleyka Fraga, Regis Oliveira, Renato Lopes, Ricardo Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2548/emenda_011.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2548/emenda_011.pdf</t>
   </si>
   <si>
     <t>Aditiva o texto do PLC 001/2025 que institui o novo Código Tributário Municipal de Alto Araguaia – MT.</t>
   </si>
   <si>
     <t>2549</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2549/emenda_12.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2549/emenda_12.pdf</t>
   </si>
   <si>
     <t>2568</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2568/emenda_13.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2568/emenda_13.pdf</t>
   </si>
   <si>
     <t>Modifica o texto do PLC 001/2025 que institui o novo Código Tributário Municipal de Alto Araguaia – MT.</t>
   </si>
   <si>
     <t>2569</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2569/emenda_14.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2569/emenda_14.pdf</t>
   </si>
   <si>
     <t>Modifica o anexo XIII, do PLC 001/2025 que institui o novo Código Tributário Municipal de Alto Araguaia – MT.</t>
   </si>
   <si>
     <t>2711</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2711/emenda_plo_023.docx</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2711/emenda_plo_023.docx</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA E SUPRESSIVA Nº 015 AO PROJETO DE LEI Nº 023, DE 15 DE OUTUBRO DE 2025. Modifica o Art. 3º e o Art. 10º e suprime o Art. 4º e Art. 9º do Projeto de Lei Nº 023 de origem do Poder Legislativo.</t>
   </si>
   <si>
     <t>2712</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2712/emenda_plo_024.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2712/emenda_plo_024.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 016 AO PROJETO DE LEI Nº 024, DE 23 DE OUTUBRO DE 2025. Modifica o Art. 2º Inciso II, suprimindo o Inciso III do mesmo artigo e ainda modifica o Art. 6º º do Projeto de Lei Nº 024 de origem do Poder Legislativo.</t>
   </si>
   <si>
     <t>2753</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2753/digitalizacao_43-paginas-1-5.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2753/digitalizacao_43-paginas-1-5.pdf</t>
   </si>
   <si>
     <t>Os Vereadores signatários, em cumprimento às atribuições conferidas pelo art. 256, § 2º, do Regimento Interno propõem a Emenda Impositiva Modificativa Nº 01 ao Projeto de Lei nº 041, de 29 de agosto de 2025, de autoria do Poder Executivo.</t>
   </si>
   <si>
     <t>2754</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2754/emenda_2.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2754/emenda_2.pdf</t>
   </si>
   <si>
     <t>Os Vereadores signatários, em cumprimento às atribuições conferidas pelo art. 256, § 2º, do Regimento Interno propõem a Emenda Modificativa Nº 02/2025 ao Projeto de Lei nº 041, de 29 de agosto de 2025, de autoria do Poder Executivo.</t>
   </si>
   <si>
     <t>2755</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2755/emenda_3.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2755/emenda_3.pdf</t>
   </si>
   <si>
     <t>Os Vereadores signatários, em cumprimento às atribuições conferidas pelo art. 256, § 2º, do Regimento Interno propõem a Emenda Modificativa Nº 03 ao Projeto de Lei nº 041, de 29 de agosto de 2025, de autoria do Poder Executivo.</t>
   </si>
   <si>
     <t>2471</t>
   </si>
   <si>
     <t>VT</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2471/veto001-2025..pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2471/veto001-2025..pdf</t>
   </si>
   <si>
     <t>Veto ao Projeto de Lei do Legislativo nº 012/2025</t>
   </si>
   <si>
     <t>2472</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2472/veto002-2025..pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2472/veto002-2025..pdf</t>
   </si>
   <si>
     <t>Veto Integral ao Projeto de Lei do Legislativo nº 015/2025</t>
   </si>
   <si>
     <t>2159</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Moção de Apoio</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2159/mocao_de_apoio_01_-_convertido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2159/mocao_de_apoio_01_-_convertido.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento de Rinaldo Coelho Cardoso.</t>
   </si>
   <si>
     <t>2176</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2176/mocao_002_polleyka.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2176/mocao_002_polleyka.pdf</t>
   </si>
   <si>
     <t>Moção de Apoio pelo falecimento do Pe. Danilo Rinaldi.</t>
   </si>
   <si>
     <t>2290</t>
   </si>
   <si>
     <t>Polleyka Fraga, Adão da Madeireira, Bruno Peron, Clodoaldo, Fabiano do Gás, Marcos Nunes, Martha Maia, Paulinho, Regis Oliveira, Renato Lopes, Ricardo Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2290/003_-_polleyka.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2290/003_-_polleyka.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO pelo falecimento de Everton OTT.</t>
   </si>
   <si>
     <t>2291</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2291/004_-_polleyka.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2291/004_-_polleyka.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO pelo falecimento de Lara Cristina Rezende Saraiva.</t>
   </si>
   <si>
     <t>2299</t>
   </si>
   <si>
     <t>Bruno Peron, Adão da Madeireira, Clodoaldo, Fabiano do Gás, Marcos Nunes, Martha Maia, Paulinho, Polleyka Fraga, Regis Oliveira, Renato Lopes, Ricardo Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2299/005_-_bruno.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2299/005_-_bruno.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO pelo falecimento do Dr. Fabrício Martins Campos Freitas, dentista de carreira do município desde 09 de maio de 2013.</t>
   </si>
   <si>
     <t>2448</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2448/mocao_apoio_06.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2448/mocao_apoio_06.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO pelo falecimento de Wilbram Divino Borges dos Santos.</t>
   </si>
   <si>
     <t>2157</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção de Congratulações e Aplausos.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2157/001-_mocao_de_aplauso.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2157/001-_mocao_de_aplauso.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos à Equipe de Servidores que atuaram na linha frente ao combate a um incêndio de grandes proporções em uma carreta-tanque carregada de etanol anidro em Alto Araguaia-MT, na manhã de domingo (26.01).</t>
   </si>
   <si>
     <t>2228</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2228/mocao_de_aplausos_03.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2228/mocao_de_aplausos_03.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos ao Padre Jhonatha Almeida da Silva e aos 180 voluntários que auxiliaram no evento do Acampamento FAC – Formação para Adolescentes Cristãos que aconteceu nos dias 28 de fevereiro e 3 de março de 2025.</t>
   </si>
   <si>
     <t>2259</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2259/mocao_de_aplausos_04.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2259/mocao_de_aplausos_04.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos a equipe de policiais do 15° BMP de Alto Araguaia-MT e 46º BPM de Santa Rita do Araguaia-GO que atuaram na linha frente na captura dos foragidos do Presidio de Mineiros GO.</t>
   </si>
   <si>
     <t>2286</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2286/mocao_de_aplausos_05.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2286/mocao_de_aplausos_05.pdf</t>
   </si>
   <si>
     <t>“Moção de Aplausos e Congratulações ao Tenente Coronel PM Willyam Becker Demartini que atua como Comandante da 15° BPM de Alto Araguaia-MT”</t>
   </si>
   <si>
     <t>2288</t>
   </si>
   <si>
     <t>Martha Maia, Adão da Madeireira, Bruno Peron, Clodoaldo, Fabiano do Gás, Marcos Nunes, Paulinho, Polleyka Fraga, Regis Oliveira, Renato Lopes, Ricardo Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2288/mocao_de_aplauso_006.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2288/mocao_de_aplauso_006.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos ao Dr. Marcelo Barbosa Luckmeyer Melo, pelos relevantes serviços prestados à comunidade de Alto Araguaia na área da saúde, em especial pela instalação de modernos equipamentos de Densitometria óssea e tomografia.</t>
   </si>
   <si>
     <t>2358</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2358/mocao.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2358/mocao.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos aos proprietários da escola Centro Educacional Eholim e Centro Educacional Elohim- Unidade Kadosh pelo relevante investimento no município de Alto Araguaia com a construção de um novo prédio para melhor instalação da Escola, representando um marco de avanço na educação do município de Alto Araguaia.</t>
   </si>
   <si>
     <t>2412</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2412/mocao_de_congratulacao_e_aplausos_n_009.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2412/mocao_de_congratulacao_e_aplausos_n_009.pdf</t>
   </si>
   <si>
     <t>“Moção de Aplausos e Congratulações ao_x000D_
 Sr. Carlinho Viana de Sousa”</t>
   </si>
   <si>
     <t>2408</t>
   </si>
   <si>
     <t>Paulinho, Marcos Nunes</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2408/008_-_paulinho_e_marcos.docx</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2408/008_-_paulinho_e_marcos.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO ao trabalho desenvolvido pelo Grêmio Estudantil nas Escolas Estaduais de Alto Araguaia.</t>
   </si>
   <si>
     <t>2441</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2441/mocao_apl._010.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2441/mocao_apl._010.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS à ESCOLA MUNICIPAL JOSÉ INÁCIO FRAGA e à ESCOLA MUNICIPAL MARIA JÚLIA DE ALMEIDA, por sua destacada atuação no cenário educacional do Estado de Mato Grosso.</t>
   </si>
   <si>
     <t>2445</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2445/mocao_apl._011.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2445/mocao_apl._011.pdf</t>
   </si>
   <si>
     <t>“Moção de Aplausos e Congratulações a Sra. Maria Severina de Rezende de Souza”</t>
   </si>
   <si>
     <t>2449</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2449/mocao_de_apl._012.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2449/mocao_de_apl._012.pdf</t>
   </si>
   <si>
     <t>Homenagem à Sra. Juçania dos Santos Bastos, por sua valiosa contribuição ao município de Alto Araguaia</t>
   </si>
   <si>
     <t>2450</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2450/mocao_de_apl._013.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2450/mocao_de_apl._013.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao trabalho desenvolvido pela Jussara dos Santos Bastos.</t>
   </si>
   <si>
     <t>2482</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2482/mocao_014.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2482/mocao_014.pdf</t>
   </si>
   <si>
     <t>“Moção de Congratulações e Aplausos ao Sr. Jerônimo Marques Bispo”</t>
   </si>
   <si>
     <t>2486</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2486/mocao_apl._015.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2486/mocao_apl._015.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS aos 50 anos da Augusta e Respeitável Loja Maçônica União do Araguaia nº 13.</t>
   </si>
   <si>
     <t>2524</t>
   </si>
   <si>
     <t>Adão da Madeireira, Bruno Peron, Clodoaldo, Marcos Nunes, Paulinho, Polleyka Fraga, Regis Oliveira, Renato Lopes, Ricardo Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2524/mocao_16.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2524/mocao_16.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao senhor Gilvane da Silva pelos seus serviços prestados na gestão do Hospital Municipal de Alto Araguaia.</t>
   </si>
   <si>
     <t>2590</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2590/mocao_apl_17.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2590/mocao_apl_17.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS a senhora LILIAN PEREIRA CARRIJO pelos seus serviços prestados na educação de Alto Araguaia-MT.</t>
   </si>
   <si>
     <t>2640</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2640/mocao_de_congradulacoes_e_aplausos_017.docx</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2640/mocao_de_congradulacoes_e_aplausos_017.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao trabalho desenvolvido pelo Sr. Luzimar Inocêncio da Costa.</t>
   </si>
   <si>
     <t>2644</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2644/018_-_mocao_de_aplausos_rejane.doc</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2644/018_-_mocao_de_aplausos_rejane.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS a senhora REJANE DE SOUZA MACHADO pelos seus serviços prestados na saúde do município de Alto Araguaia-MT.</t>
   </si>
   <si>
     <t>2646</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2646/mocao_de_apl_20.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2646/mocao_de_apl_20.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS a senhora Vágna Silva de Matos pelos seus serviços prestados na Educação do município de Alto Araguaia.</t>
   </si>
   <si>
     <t>2659</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2659/mocao_apl._021.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2659/mocao_apl._021.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações a Senhora Manoela Nunes de Souza”. Em reconhecimento a sua trajetória de valor, diante da entrada em seu processo de aposentadoria junto a PREVIMAR – Fundo Municipal de Previdência dos Servidores de Alto Araguaia.</t>
   </si>
   <si>
     <t>2673</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2673/mocao_022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2673/mocao_022.pdf</t>
   </si>
   <si>
     <t>“Moção de Congratulações e Aplausos ao Sr. Eleomar Alexandre de Souza”</t>
   </si>
   <si>
     <t>2674</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2674/mocao_023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2674/mocao_023.pdf</t>
   </si>
   <si>
     <t>“Moção de Congratulações e Aplausos à Sra. Patrícia Verediana Rezende Paniago”</t>
   </si>
   <si>
     <t>2681</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2681/mocao_apl_24.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2681/mocao_apl_24.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Aplausos à Sra. Nelci Andrea dos Santos Andreotti, em reconhecimento à sua exemplar trajetória profissional como advogada, ao seu compromisso com a justiça social e à sua dedicação em prol das causas humanitárias e comunitárias no município de Alto Araguaia.</t>
   </si>
   <si>
     <t>2682</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2682/mocao_de_apl_25.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2682/mocao_de_apl_25.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Aplausos à Sra. Raquel Borges Alves, em reconhecimento à sua trajetória de mais de 34 anos dedicados à evangelização infantil, à solidariedade e às ações sociais em prol das comunidades de Alto Araguaia e Santa Rita do Araguaia, pautada pela fé, amor ao próximo e compromisso com o bem comum.</t>
   </si>
   <si>
     <t>2685</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2685/mocao_de_apl_26.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2685/mocao_de_apl_26.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Aplausos ao Sr. Fábio Júnior Pereira Silva, em reconhecimento à sua relevante contribuição para o desenvolvimento do município de Alto Araguaia, por meio de seu engajamento comunitário, conquistas de recursos públicos, exemplo de superação pessoal e dedicação ao bem comum.</t>
   </si>
   <si>
     <t>2687</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2687/mocao_de_apl_27.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2687/mocao_de_apl_27.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações ao Sra. Dila Fernandes .</t>
   </si>
   <si>
     <t>2689</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2689/mocao_de_apl_28.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2689/mocao_de_apl_28.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações ao Sr. Adriano Barbosa Cardoso.</t>
   </si>
   <si>
     <t>2690</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2690/mocao_apl_029.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2690/mocao_apl_029.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações ao Sr. Carlos Henrique Rezende Carvalho.</t>
   </si>
   <si>
     <t>2692</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2692/mocao_apl_30.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2692/mocao_apl_30.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações ao Sr. Idelfonso Alves de Oliveira.</t>
   </si>
   <si>
     <t>2693</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2693/mocao_apl_031.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2693/mocao_apl_031.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações ao Sr. José Carlos Barbosa Junior (Junior Barbosa).</t>
   </si>
   <si>
     <t>2694</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2694/mocao_apl_032.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2694/mocao_apl_032.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao servidor público RODRIGO MANZALE DE MACEDO pelos seus serviços prestados.</t>
   </si>
   <si>
     <t>2695</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2695/mocao_apl_33.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2695/mocao_apl_33.pdf</t>
   </si>
   <si>
     <t>“Moção de Congratulações e Aplausos à Sra. Ana Paula Oliveira”</t>
   </si>
   <si>
     <t>2696</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2696/mocao_apl_34.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2696/mocao_apl_34.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Aplausos José de Oliveira Lopes.</t>
   </si>
   <si>
     <t>2210</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>Resposta às Proposições, Oficio</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2210/9.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2210/9.pdf</t>
   </si>
   <si>
     <t>Indicação nº. 007/2025 de um veículo para uso exclusivo da Vigilância Sanitária.</t>
   </si>
   <si>
     <t>2212</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2212/10.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2212/10.pdf</t>
   </si>
   <si>
     <t>Resposta a Indicação nº. 006/2025 instalação de internet Starlink nos veículos do poder _x000D_
 executivo que prestam serviços na zona rural.</t>
   </si>
   <si>
     <t>2213</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2213/11.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2213/11.pdf</t>
   </si>
   <si>
     <t>Resposta a  Indicação nº. 002/2025 de solicitação de um médico para atender na ESF _x000D_
 (Equipe de Saúde da Família) no Bairro Jardim Novo Araguaia.</t>
   </si>
   <si>
     <t>2215</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2215/12.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2215/12.pdf</t>
   </si>
   <si>
     <t>Indicação nº. 001/2025 de recapeamento asfáltico em diversos bairros da cidade.</t>
   </si>
   <si>
     <t>2217</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2217/13.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2217/13.pdf</t>
   </si>
   <si>
     <t>Resposta ao Ofício 028/2025 da Câmara Municipal de Alto Araguaia</t>
   </si>
   <si>
     <t>2231</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2231/estado_de_mato_grosso_2.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2231/estado_de_mato_grosso_2.pdf</t>
   </si>
   <si>
     <t>Em resposta a indicação Nº030/2025</t>
   </si>
   <si>
     <t>2440</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2440/oficio.083_ass.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2440/oficio.083_ass.pdf</t>
   </si>
   <si>
     <t>Ofício nº 083/2025, em resposta ao Requerimento nº 026/2025</t>
   </si>
   <si>
     <t>2266</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2266/scanner_20250325_4.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2266/scanner_20250325_4.pdf</t>
   </si>
   <si>
     <t>Resposta ao requerimento nº014/2025</t>
   </si>
   <si>
     <t>2265</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2265/scanner_20250325_6.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2265/scanner_20250325_6.pdf</t>
   </si>
   <si>
     <t>Resposta a indicação nº35/2025</t>
   </si>
   <si>
     <t>2268</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2268/estado_de_mato_grosso_3_-_convertido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2268/estado_de_mato_grosso_3_-_convertido.pdf</t>
   </si>
   <si>
     <t>Resposta a indicação n° 043/2025</t>
   </si>
   <si>
     <t>2303</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2303/oficio.106_-_ind._046_-reforma_asfalto_mt-299_ass.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2303/oficio.106_-_ind._046_-reforma_asfalto_mt-299_ass.pdf</t>
   </si>
   <si>
     <t>Ofício n° 106/2025 - Resposta a indicação n° 046/2025._x000D_
 Autor: Adão Marcos Batista Rezende.</t>
   </si>
   <si>
     <t>2304</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2304/oficio_107.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2304/oficio_107.pdf</t>
   </si>
   <si>
     <t>Ofício n° 107/2025 - Resposta a indicação n° 041/2025._x000D_
 Autor: Regis Oliveira</t>
   </si>
   <si>
     <t>2305</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2305/oficio.108_-_ind._045_-reforma_ponto_de_omibus_r._21_ass.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2305/oficio.108_-_ind._045_-reforma_ponto_de_omibus_r._21_ass.pdf</t>
   </si>
   <si>
     <t>Ofício n° 108/2025. - Resposta a indicação n° 045/2025._x000D_
 Autor: Paulo Lopes Rodrigues.</t>
   </si>
   <si>
     <t>2306</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2306/oficio.109_-_ind._044_-limpeza_de_terreno_baldio_ass.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2306/oficio.109_-_ind._044_-limpeza_de_terreno_baldio_ass.pdf</t>
   </si>
   <si>
     <t>Ofício n° 109/2025. - Resposta a indicação n° 044/2025._x000D_
 Autor: Marcos Nunes.</t>
   </si>
   <si>
     <t>2307</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2307/oficio.110_-_req._009_-dnit_drenagem_de_agua_j._n._araguaia_ass.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2307/oficio.110_-_req._009_-dnit_drenagem_de_agua_j._n._araguaia_ass.pdf</t>
   </si>
   <si>
     <t>Ofício n° 110/2025. - Resposta ao Requerimento n° 009/2025._x000D_
 Autor: Renato de Oliveira Lopes.</t>
   </si>
   <si>
     <t>2308</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2308/oficio.111_-_ind._019_-refeitorio_escola_lourenca_ass.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2308/oficio.111_-_ind._019_-refeitorio_escola_lourenca_ass.pdf</t>
   </si>
   <si>
     <t>Ofício n° 111/2025. - Resposta a Indicação n° 019/2025._x000D_
 Autor: José Fabiano Dias de Souza.</t>
   </si>
   <si>
     <t>2309</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/</t>
   </si>
   <si>
     <t>Ofício n° 112/2025. - Resposta a indicação n° 024/2025._x000D_
 Autor: José Fabiano Dias de Souza.</t>
   </si>
   <si>
     <t>2310</t>
   </si>
   <si>
     <t>Ofício n° 113/2025. - Resposta a Indicação n° 038/2025._x000D_
 Autor: José Fabiano Dias de Souza.</t>
   </si>
   <si>
     <t>2311</t>
   </si>
   <si>
     <t>Ofício n° 114/2025. - Resposta a Indicação n° 037/2025._x000D_
 Autor: José Fabiano Dias de Souza.</t>
   </si>
   <si>
     <t>2313</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2313/oficio.115_-_ind._020_-reforma_ginasio_esportes_ass.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2313/oficio.115_-_ind._020_-reforma_ginasio_esportes_ass.pdf</t>
   </si>
   <si>
     <t>Ofício n° 115/2025. - Resposta a Indicação n° 020/2025._x000D_
 Autor: Bruno Pio Peron.</t>
   </si>
   <si>
     <t>2314</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2314/oficio.116_-_ind._034_-reajustes_diarias_ass.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2314/oficio.116_-_ind._034_-reajustes_diarias_ass.pdf</t>
   </si>
   <si>
     <t>Ofício n° 116/2025. - Resposta a Indicação n° 034/2025._x000D_
 Autor: Bruno Pio Peron.</t>
   </si>
   <si>
     <t>2315</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2315/oficio.117_-_ind._021_-solicita_quebra_mola_mt-100_ass.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2315/oficio.117_-_ind._021_-solicita_quebra_mola_mt-100_ass.pdf</t>
   </si>
   <si>
     <t>Ofício n° 117/2025. Resposta a Indicação n° 021/2025._x000D_
 Autor: Clodoaldo José Fernandes.</t>
   </si>
   <si>
     <t>2316</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2316/oficio.118_-_ind._022_-capela_mortuaria_ass.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2316/oficio.118_-_ind._022_-capela_mortuaria_ass.pdf</t>
   </si>
   <si>
     <t>Ofício n° 118/2025. - Resposta a indicação n° 022/2025._x000D_
 Autor: Ricardo Barbosa dos Santos.</t>
   </si>
   <si>
     <t>2317</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2317/oficio.119_-_ind._028_-tecnologia_aedes_do_bem_ass.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2317/oficio.119_-_ind._028_-tecnologia_aedes_do_bem_ass.pdf</t>
   </si>
   <si>
     <t>Ofício n° 119/2025. - Resposta a Indicação n° 028/2025._x000D_
 Autor: Ricardo Barbosa dos Santos.</t>
   </si>
   <si>
     <t>2318</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2318/oficio.120_-_ind._040_-ciclovia_saida_p._taquari_ass_1_1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2318/oficio.120_-_ind._040_-ciclovia_saida_p._taquari_ass_1_1.pdf</t>
   </si>
   <si>
     <t>Ofício n° 120/2025. - Resposta a Indicação n° 040/2025._x000D_
 Autor: Adão Marcos Batista</t>
   </si>
   <si>
     <t>2319</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2319/oficio.121_-_ind._035_-bracos_de_iluminacao_em_postes_ass.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2319/oficio.121_-_ind._035_-bracos_de_iluminacao_em_postes_ass.pdf</t>
   </si>
   <si>
     <t>Ofício n° 121/2025. - Resposta da Indicação n° 035/2025._x000D_
 Autor: Polleyka Fraga dos Santos.</t>
   </si>
   <si>
     <t>2320</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2320/oficio.122_-_ind._036_-isencao_de_alvara_apae_e_asilo_ass.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2320/oficio.122_-_ind._036_-isencao_de_alvara_apae_e_asilo_ass.pdf</t>
   </si>
   <si>
     <t>Ofício n° 122/2025. - Resposta a Indicação n° 036/2025._x000D_
 Autor: Polleyka Fraga dos Santos.</t>
   </si>
   <si>
     <t>2321</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2321/oficio.123_-_ind._033_-estacionamentos_para_motocicletas_ass.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2321/oficio.123_-_ind._033_-estacionamentos_para_motocicletas_ass.pdf</t>
   </si>
   <si>
     <t>Ofício n° 123/2025. - Resposta a Indicação n° 033/2025._x000D_
 Autor: Polleyka Fraga dos Santos.</t>
   </si>
   <si>
     <t>2322</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2322/oficio.124_-_ind._029_-ver_condicoes_r._joao_ii_ass.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2322/oficio.124_-_ind._029_-ver_condicoes_r._joao_ii_ass.pdf</t>
   </si>
   <si>
     <t>Ofício n°124/2025. - Resposta a Indicação n° 029/2025._x000D_
 Autor: Martha Silva Zaiden Maia Brandão.</t>
   </si>
   <si>
     <t>2323</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2323/oficio.125_-_ind._025_-canalizacao_agua_de_chuva_setor_castro_ass.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2323/oficio.125_-_ind._025_-canalizacao_agua_de_chuva_setor_castro_ass.pdf</t>
   </si>
   <si>
     <t>Ofício n° 125/2025. - Resposta a Indicação n° 025/2025._x000D_
 Autor: Paulo Lopes.</t>
   </si>
   <si>
     <t>2324</t>
   </si>
   <si>
     <t>Ofício n° 126/2025. - Resposta a Indicação n° 027/2025._x000D_
 Autor: Regis Oliveira.</t>
   </si>
   <si>
     <t>2325</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2325/oficio.126_-_ind._027_-rede_de_energia_bairros_ass.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2325/oficio.126_-_ind._027_-rede_de_energia_bairros_ass.pdf</t>
   </si>
   <si>
     <t>2326</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2326/oficio.137_-_ind._053_-impressora_de_raio_x_ass.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2326/oficio.137_-_ind._053_-impressora_de_raio_x_ass.pdf</t>
   </si>
   <si>
     <t>Ofício n° 137/2025. Resposta a indicação n° 053/2025._x000D_
 Autor: Martha Silvia Zaiden Maia Brandão.</t>
   </si>
   <si>
     <t>2327</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2327/oficio.138_-_ind._047_-manutencao_quadra_j.n._araguaia_ass.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2327/oficio.138_-_ind._047_-manutencao_quadra_j.n._araguaia_ass.pdf</t>
   </si>
   <si>
     <t>Ofício n° 138/2025. - Resposta a Indicação n° 047/2025._x000D_
 Autor: Martha Silvia Zaiden Maia Brandão.</t>
   </si>
   <si>
     <t>2328</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2328/oficio.139_-_ind._054_-grupo_so_p._limpeza_publica_ass.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2328/oficio.139_-_ind._054_-grupo_so_p._limpeza_publica_ass.pdf</t>
   </si>
   <si>
     <t>Ofício n° 139/2025. - Resposta a Indicação n° 054/2025._x000D_
 Autor: Regis Oliveira.</t>
   </si>
   <si>
     <t>2329</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2329/oficio.140_-_ind._049_-mt_iluminado_ass.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2329/oficio.140_-_ind._049_-mt_iluminado_ass.pdf</t>
   </si>
   <si>
     <t>Ofício n° 140/2025. - Resposta a Indicação n° 049/2025._x000D_
 Autor: Regis Oliveira e José Fabiano</t>
   </si>
   <si>
     <t>2330</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2330/oficio.141_-_ind._055_-poste_ilum._caminho_das_aguas_ass.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2330/oficio.141_-_ind._055_-poste_ilum._caminho_das_aguas_ass.pdf</t>
   </si>
   <si>
     <t>Ofício n° 141/2025. - Resposta a Indicação n° 055/2025._x000D_
 Autor: José Fabiano Dias de Souza.</t>
   </si>
   <si>
     <t>2331</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2331/oficio.142_-_ind._056_-manut._quadras_praca_do_boiadeiro_ass.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2331/oficio.142_-_ind._056_-manut._quadras_praca_do_boiadeiro_ass.pdf</t>
   </si>
   <si>
     <t>Ofício n° 142/2025. - Resposta a Indicação n° 056/2025._x000D_
 Autor: José Fabiano Dias de Souza.</t>
   </si>
   <si>
     <t>2332</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2332/oficio.143_-_ind._058_-mao_unica_perto_de_escolas_ass.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2332/oficio.143_-_ind._058_-mao_unica_perto_de_escolas_ass.pdf</t>
   </si>
   <si>
     <t>Ofício n° 143/2025. - Resposta a Indicação n° 058/2025._x000D_
 Autor: Bruno Pio Peron.</t>
   </si>
   <si>
     <t>2333</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2333/oficio.144_-_ind._048_-_alimento_pacientes_fora_da_cidade_ass.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2333/oficio.144_-_ind._048_-_alimento_pacientes_fora_da_cidade_ass.pdf</t>
   </si>
   <si>
     <t>Ofício n° 144/2025. - Resposta a Indicação n° 048/2025._x000D_
 Autor: Marcos Nunes Gomes.</t>
   </si>
   <si>
     <t>2334</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2334/oficio.145_-_ind._050_-_encam._maquinas_para_o_corrego_rico_ass.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2334/oficio.145_-_ind._050_-_encam._maquinas_para_o_corrego_rico_ass.pdf</t>
   </si>
   <si>
     <t>Ofício n° 145/2025. Resposta a Indicação n° 050/2025._x000D_
 Autor: Adão Marcos Batista Rezende.</t>
   </si>
   <si>
     <t>2335</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2335/oficio.146_-_ind._051_-_policiamento_no_d._buriti_ass.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2335/oficio.146_-_ind._051_-_policiamento_no_d._buriti_ass.pdf</t>
   </si>
   <si>
     <t>Ofício n° 146/2025. - Resposta a Indicação n° 051/2025._x000D_
 Autor: Adão Marcos Batista Rezende.</t>
   </si>
   <si>
     <t>2336</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2336/oficio.147_-_ind._052_-_famacia_no_psf_vanessa_ass.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2336/oficio.147_-_ind._052_-_famacia_no_psf_vanessa_ass.pdf</t>
   </si>
   <si>
     <t>Ofício n° 147/2025. - Resposta a Indicação n° 052/2025._x000D_
 Autor: Adão Marcos Batista Rezende.</t>
   </si>
   <si>
     <t>2373</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2373/oficio.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2373/oficio.pdf</t>
   </si>
   <si>
     <t>Ofício n° 131/2025. - Resposta a Indicação n° 061/2025. Autor: Marcos Nunes e Régis Oliveira</t>
   </si>
   <si>
     <t>2392</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2392/oficio_no_015-2025_-_camara_muncipal_-_audiencia_publica_rreo.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2392/oficio_no_015-2025_-_camara_muncipal_-_audiencia_publica_rreo.pdf</t>
   </si>
   <si>
     <t>OFÍCIO N° 173/2025_x000D_
 Assunto: Requerimento no. 019/2025 – Informações quanto ao Contrato 172/2022</t>
   </si>
   <si>
     <t>2399</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2399/carta_no_1019-2025-mt100_-_prefeitura_alto_taquari_-_indicacao_15_r01.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2399/carta_no_1019-2025-mt100_-_prefeitura_alto_taquari_-_indicacao_15_r01.pdf</t>
   </si>
   <si>
     <t>Carta N° 1019/2025-mt100 _x000D_
 Assunto: Resposta a Indicação n° 015/2025 - Solicitação de Isenção</t>
   </si>
   <si>
     <t>2400</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2400/carta_no_1020-2025-mt100_-_prefeitura_alto_taquari_-_indicacao_41.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2400/carta_no_1020-2025-mt100_-_prefeitura_alto_taquari_-_indicacao_41.pdf</t>
   </si>
   <si>
     <t>Carta N° 1020/2025 - MT-100 _x000D_
 Assunto: Resposta a Indicação n° 041/2025 - Solicitação de Isenção.</t>
   </si>
   <si>
     <t>2401</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2401/carta_no_1021-2025-mt100_-_prefeitura_alto_taquari_-_indicacao_40.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2401/carta_no_1021-2025-mt100_-_prefeitura_alto_taquari_-_indicacao_40.pdf</t>
   </si>
   <si>
     <t>Carta N° 1021/2025-mt100 _x000D_
 Assunto: Resposta a Indicação n° 040/2025 - Solicitação de Implantação de Ciclovia.</t>
   </si>
   <si>
     <t>2438</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2438/estado_de_mato_grosso_1_-_convertido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2438/estado_de_mato_grosso_1_-_convertido.pdf</t>
   </si>
   <si>
     <t>Oficio nº 204/202025 Resposta a Indicação n° 040/2025</t>
   </si>
   <si>
     <t>2468</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2468/ofiio_184.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2468/ofiio_184.pdf</t>
   </si>
   <si>
     <t>Oficio n° 184/2025. Resposta ao Oficio n° 008/2025.</t>
   </si>
   <si>
     <t>2525</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2525/307_resposta_req_221.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2525/307_resposta_req_221.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento nº 22/2025</t>
   </si>
   <si>
     <t>2527</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2527/requerimento_011_e_012_-_indicacao_28.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2527/requerimento_011_e_012_-_indicacao_28.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento nº 11 e 12 e indicação n° 028</t>
   </si>
   <si>
     <t>2528</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2528/indicacao_48_e_52.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2528/indicacao_48_e_52.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento nº 048 e 052.</t>
   </si>
   <si>
     <t>2529</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2529/indicacao_42.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2529/indicacao_42.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento nº 042/2025.</t>
   </si>
   <si>
     <t>2531</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2531/indicacao_53.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2531/indicacao_53.pdf</t>
   </si>
   <si>
     <t>Resposta ao Indicação nº 053/2025</t>
   </si>
   <si>
     <t>2532</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2532/indicacao_93_e_17.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2532/indicacao_93_e_17.pdf</t>
   </si>
   <si>
     <t>Resposta ao Indicação 093/2025 e 017/2025.</t>
   </si>
   <si>
     <t>2533</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2533/indicacao_97_e_100.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2533/indicacao_97_e_100.pdf</t>
   </si>
   <si>
     <t>Resposta as Indicações 097 e 100/2025.</t>
   </si>
   <si>
     <t>2534</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2534/requerimento_07_-_indicacao_23.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2534/requerimento_07_-_indicacao_23.pdf</t>
   </si>
   <si>
     <t>Resposta a Indicação 023 e requerimento 007/2025.</t>
   </si>
   <si>
     <t>2550</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2550/oficio.300_ass.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2550/oficio.300_ass.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento 021</t>
   </si>
   <si>
     <t>2551</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2551/oficio.302_ass.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2551/oficio.302_ass.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento nº 027/2025</t>
   </si>
   <si>
     <t>2552</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2552/oficio.301_ass.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2552/oficio.301_ass.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento 024</t>
   </si>
   <si>
     <t>2553</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2553/oficio.303_ass.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2553/oficio.303_ass.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento 028</t>
   </si>
   <si>
     <t>2555</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2555/oficio.311.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2555/oficio.311.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento nº 018/2025</t>
   </si>
   <si>
     <t>2556</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2556/oficio.310.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2556/oficio.310.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento nº 025/2025</t>
   </si>
   <si>
     <t>2586</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2586/oficio_polleyka.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2586/oficio_polleyka.pdf</t>
   </si>
   <si>
     <t>Ofício n° 0263/2025 - Resposta ao Ofício n° 028/2025. de autoria de Polleyka Fraga.</t>
   </si>
   <si>
     <t>2608</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2608/oficio.361.req-43_resposta_consultas_martha_maia_-_sms1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2608/oficio.361.req-43_resposta_consultas_martha_maia_-_sms1.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento nº 043/2025</t>
   </si>
   <si>
     <t>2609</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2609/oficiooo.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2609/oficiooo.pdf</t>
   </si>
   <si>
     <t>Resposta ao Ofício  nº 188/2025/CMAA.</t>
   </si>
   <si>
     <t>2612</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2612/oficio.356.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2612/oficio.356.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento nº 029/2025</t>
   </si>
   <si>
     <t>2613</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2613/oficio.357.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2613/oficio.357.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento nº 040/2025</t>
   </si>
   <si>
     <t>2614</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2614/oficio.358.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2614/oficio.358.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento nº 035/2025</t>
   </si>
   <si>
     <t>2615</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2615/oficio.359.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2615/oficio.359.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento nº 038/2025</t>
   </si>
   <si>
     <t>2616</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2616/oficio.360.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2616/oficio.360.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento nº 031/2025</t>
   </si>
   <si>
     <t>2627</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2627/oficio_48_resposta.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2627/oficio_48_resposta.pdf</t>
   </si>
   <si>
     <t>Resposta a Indicação Nº107/2025.</t>
   </si>
   <si>
     <t>2637</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2637/oficio_276.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2637/oficio_276.pdf</t>
   </si>
   <si>
     <t>Ofício n° 276/2025. Resposta aao ofício n° 198/2025.</t>
   </si>
   <si>
     <t>2662</t>
   </si>
   <si>
     <t>Oficio n° 209/2025 - Resposta a indicação 131/2025</t>
   </si>
   <si>
     <t>2663</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2663/rresposstasa_-_of_206.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2663/rresposstasa_-_of_206.pdf</t>
   </si>
   <si>
     <t>Oficio 206/2025 - Resposta a Indicação 123/2025.</t>
   </si>
   <si>
     <t>2697</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2697/oficio.405.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2697/oficio.405.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento nº 052/2025.</t>
   </si>
   <si>
     <t>2698</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2698/oficio.403.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2698/oficio.403.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento nº 034/2025.</t>
   </si>
   <si>
     <t>2699</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2699/oficio.53_-_martha_req_42..pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2699/oficio.53_-_martha_req_42..pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento 042/2025</t>
   </si>
   <si>
     <t>2700</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2700/oficio_370-_fabiano_req_46.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2700/oficio_370-_fabiano_req_46.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento nº 046/2025</t>
   </si>
   <si>
     <t>2701</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2701/oficio.406.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2701/oficio.406.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento nº 036/2025</t>
   </si>
   <si>
     <t>2708</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2708/oficio.413.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2708/oficio.413.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento nº 055/2025</t>
   </si>
   <si>
     <t>2736</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2736/oficio_238.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2736/oficio_238.pdf</t>
   </si>
   <si>
     <t>Resposta a indicação nº147/2025</t>
   </si>
   <si>
     <t>2746</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2746/oficio.441.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2746/oficio.441.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento nº 057/2025</t>
   </si>
   <si>
     <t>2751</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2751/ofico_63.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2751/ofico_63.pdf</t>
   </si>
   <si>
     <t>esposta a indicação nº149/2025</t>
   </si>
   <si>
     <t>2752</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2752/oficio_064.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2752/oficio_064.pdf</t>
   </si>
   <si>
     <t>esposta a indicação nº153/2025</t>
   </si>
   <si>
     <t>2781</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2781/oficio.493_1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2781/oficio.493_1.pdf</t>
   </si>
   <si>
     <t>Resposta à  Indicação nº 161/2025</t>
   </si>
   <si>
     <t>2340</t>
   </si>
   <si>
     <t>PCESA</t>
   </si>
   <si>
     <t>Parecer Comissão Educação Saúde Assistência Social</t>
   </si>
   <si>
     <t>CESAS - Comissão de Educação, Saúde e Assistência Social</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2340/projeto_de_decreto_001.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2340/projeto_de_decreto_001.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Decreto n° 001, de 02 de abril de 2025.</t>
   </si>
   <si>
     <t>2354</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2354/pl_02_-_comissao_de_educacao.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2354/pl_02_-_comissao_de_educacao.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Decreto n° 002 e 003/2025.</t>
   </si>
   <si>
     <t>2355</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2355/pl_02_-_comissao_de_educacao.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2355/pl_02_-_comissao_de_educacao.pdf</t>
   </si>
   <si>
     <t>2356</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2356/2_3_-_convertido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2356/2_3_-_convertido.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de lei do legislativo n° 02 e 03/2025.</t>
   </si>
   <si>
     <t>2363</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2363/013_executivo_educacao.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2363/013_executivo_educacao.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de lei do Executivo n° 013/2025.</t>
   </si>
   <si>
     <t>2364</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2364/018_executivo_educacao.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2364/018_executivo_educacao.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei do Executivo n° 018/2025.</t>
   </si>
   <si>
     <t>2365</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2365/004_-legislativo_educacao.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2365/004_-legislativo_educacao.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei do Legislativo n° 004/2025.</t>
   </si>
   <si>
     <t>2366</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2366/005_-_legislativo_educacao.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2366/005_-_legislativo_educacao.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de lei do Legislativo n° 005/2025.</t>
   </si>
   <si>
     <t>2368</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2368/007_-_educacao.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2368/007_-_educacao.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de lei do Legislativo n° 007/2025.</t>
   </si>
   <si>
     <t>2369</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2369/008_-_educacao.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2369/008_-_educacao.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de lei do Legislativo n° 008/2025.</t>
   </si>
   <si>
     <t>2370</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2370/009_-_educacao.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2370/009_-_educacao.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de lei do Legislativo n° 009/2025.</t>
   </si>
   <si>
     <t>2372</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2372/010_-_educacao.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2372/010_-_educacao.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de lei do Legislativo n° 010/2025.</t>
   </si>
   <si>
     <t>2418</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2418/parecer_ao_projeto_21_educacao.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2418/parecer_ao_projeto_21_educacao.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de lei do Executivo n° 021/2025.</t>
   </si>
   <si>
     <t>2434</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2434/parecer_educa_25.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2434/parecer_educa_25.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de lei do Executivo n° 025/2025.</t>
   </si>
   <si>
     <t>2473</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2473/parecer_-_pl_016_-_edu.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2473/parecer_-_pl_016_-_edu.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de lei do Executivo n° 016/2025.</t>
   </si>
   <si>
     <t>2559</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2559/parecer_39_edu.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2559/parecer_39_edu.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei Municipal n° 039/2025.</t>
   </si>
   <si>
     <t>2649</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2649/parecer_educacao_018.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2649/parecer_educacao_018.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei Legislativo n°018/2025.</t>
   </si>
   <si>
     <t>2650</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2650/parecer_43_educacao.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2650/parecer_43_educacao.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei do  Executivo n° 043/2025.</t>
   </si>
   <si>
     <t>2651</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2651/parecer_44_educacao.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2651/parecer_44_educacao.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei Do Executivo n° 044/2025.</t>
   </si>
   <si>
     <t>2672</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2672/parecer_educacao_23_legislativo.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2672/parecer_educacao_23_legislativo.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei Municipal do Legislativo n° 023/2025.</t>
   </si>
   <si>
     <t>2725</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2725/parecer-3.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2725/parecer-3.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei Do Executivo n° 50/2025.</t>
   </si>
   <si>
     <t>2726</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2726/parecer_educacao_projeto_53.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2726/parecer_educacao_projeto_53.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei Do Executivo n° 053/2025.</t>
   </si>
   <si>
     <t>2727</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2727/_parecer-5.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2727/_parecer-5.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei Do Executivo n° 054/2025.</t>
   </si>
   <si>
     <t>2728</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2728/parecer-6.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2728/parecer-6.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei Complementar n° 02/2025.</t>
   </si>
   <si>
     <t>2267</t>
   </si>
   <si>
     <t>PCFOF</t>
   </si>
   <si>
     <t>Parecer Comissão Finanças, Orçamento  Fiscalização</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2267/parecer.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2267/parecer.pdf</t>
   </si>
   <si>
     <t>Parecer Favorável das Comissões ao projeto 14</t>
   </si>
   <si>
     <t>2351</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2351/parecer_008_-_financas_2_arquivos_mesclados.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2351/parecer_008_-_financas_2_arquivos_mesclados.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Decreto n° 008/2025.</t>
   </si>
   <si>
     <t>2378</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2378/parecer_-_financas.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2378/parecer_-_financas.pdf</t>
   </si>
   <si>
     <t>Parecer de Finanças do projeto 020/2025 do executivo.</t>
   </si>
   <si>
     <t>2419</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2419/parecer_07.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2419/parecer_07.pdf</t>
   </si>
   <si>
     <t>Parecer de Finanças do projeto 007/2025 do executivo.</t>
   </si>
   <si>
     <t>2420</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2420/parecer_de_financas_10.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2420/parecer_de_financas_10.pdf</t>
   </si>
   <si>
     <t>Parecer de Finanças do projeto 010/2025 do executivo.</t>
   </si>
   <si>
     <t>2421</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2421/parecer_finacas_12.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2421/parecer_finacas_12.pdf</t>
   </si>
   <si>
     <t>Parecer de Finanças do projeto 012/2025 do executivo.</t>
   </si>
   <si>
     <t>2439</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2439/parecer.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2439/parecer.pdf</t>
   </si>
   <si>
     <t>Parecer de Finanças do projeto 024/2025 do executivo.</t>
   </si>
   <si>
     <t>2453</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2453/parecer_justica_27_-_convertido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2453/parecer_justica_27_-_convertido.pdf</t>
   </si>
   <si>
     <t>Parecer de Finanças do projeto 027/2025 do executivo.</t>
   </si>
   <si>
     <t>2456</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2456/parecer_ao_projeto_28.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2456/parecer_ao_projeto_28.pdf</t>
   </si>
   <si>
     <t>Parecer de Finanças do projeto 028/2025 do executivo.</t>
   </si>
   <si>
     <t>2538</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2538/017_-_financas.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2538/017_-_financas.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de lei do Legislativo n° 017/2025.</t>
   </si>
   <si>
     <t>2575</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2575/parecer_emenda_no09-2025_financas.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2575/parecer_emenda_no09-2025_financas.pdf</t>
   </si>
   <si>
     <t>Parecer  Técnico a Emenda Modificativa nº09/2025 ao Projeto de Lei Complementar nº001/2025.</t>
   </si>
   <si>
     <t>2576</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2576/parecer_emenda_no10-2025_financas.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2576/parecer_emenda_no10-2025_financas.pdf</t>
   </si>
   <si>
     <t>Parecer  Técnico a Emenda Modificativa nº10/2025 ao Projeto de Lei Complementar nº001/2025.</t>
   </si>
   <si>
     <t>2636</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2636/parecer_financa_022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2636/parecer_financa_022.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei Municipal do Legislativo n° 022/2025.</t>
   </si>
   <si>
     <t>2666</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2666/parecer_financa_executivo_48.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2666/parecer_financa_executivo_48.pdf</t>
   </si>
   <si>
     <t>Parecer de Finanças do Projeto 048/2025 do Executivo.</t>
   </si>
   <si>
     <t>2668</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2668/parecer_financa_executivo_49.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2668/parecer_financa_executivo_49.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei Municipal do Executivo n° 049/2025.</t>
   </si>
   <si>
     <t>2716</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2716/parecer_financa_018...pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2716/parecer_financa_018...pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei Municipal do Legislativo n° 018/2025.</t>
   </si>
   <si>
     <t>2729</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2729/parecer-7.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2729/parecer-7.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei Do Executivo n° 050/2025.</t>
   </si>
   <si>
     <t>2734</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2734/parecer.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2734/parecer.pdf</t>
   </si>
   <si>
     <t>2735</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2735/parecer1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2735/parecer1.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei Complementar Do Executivo n° 002/2025.</t>
   </si>
   <si>
     <t>2756</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2756/parecer_41.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2756/parecer_41.pdf</t>
   </si>
   <si>
     <t>Parecer ao projeto de Lei do Executivo nº 041/2025</t>
   </si>
   <si>
     <t>2761</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2761/parecer_emendas_123.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2761/parecer_emendas_123.pdf</t>
   </si>
   <si>
     <t>Parecer as Emendas nº 01, 02 e 03/2025</t>
   </si>
   <si>
     <t>2770</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2770/parecer_juridico_-_contas_do_prefeito.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2770/parecer_juridico_-_contas_do_prefeito.pdf</t>
   </si>
   <si>
     <t>Parecer Prévio nº 69/2025 – PP, com conclusão pela aprovação, com ressalvas, das Contas Anuais de Governo do exercício financeiro de 2024.</t>
   </si>
   <si>
     <t>2252</t>
   </si>
   <si>
     <t>PCLJR</t>
   </si>
   <si>
     <t>Parecer Comissão Legislação Justiça Redação Final</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2252/1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2252/1.pdf</t>
   </si>
   <si>
     <t>Parecer das Comissões aos projetos  02 e 03</t>
   </si>
   <si>
     <t>2249</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2249/7.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2249/7.pdf</t>
   </si>
   <si>
     <t>Parecer Favorável ao Projeto de Lei n.°04/2025 , Autoria: Martha Maia</t>
   </si>
   <si>
     <t>2250</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2250/8.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2250/8.pdf</t>
   </si>
   <si>
     <t>Parecer Favorável ao Projeto de Lei n.°05/2025</t>
   </si>
   <si>
     <t>2251</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2251/6.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2251/6.pdf</t>
   </si>
   <si>
     <t>Parecer Favorável ao Projeto de Lei n.°08/2025</t>
   </si>
   <si>
     <t>2247</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2247/parecer_do_autografo_009.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2247/parecer_do_autografo_009.pdf</t>
   </si>
   <si>
     <t>Parecer Favorável ao Projeto de Lei n.°09/2025</t>
   </si>
   <si>
     <t>2248</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2248/parecer_comissao_de_justica_pl_011_poder_executivo_2.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2248/parecer_comissao_de_justica_pl_011_poder_executivo_2.pdf</t>
   </si>
   <si>
     <t>Parecer das Comissões ao Projeto 11</t>
   </si>
   <si>
     <t>2277</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2277/parecer_12.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2277/parecer_12.pdf</t>
   </si>
   <si>
     <t>Parecer das Comissões ao Projeto 12</t>
   </si>
   <si>
     <t>2294</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2294/estado_de_mato_grosso_1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2294/estado_de_mato_grosso_1.pdf</t>
   </si>
   <si>
     <t>Parecer das Comissões ao Projeto 08</t>
   </si>
   <si>
     <t>2295</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2295/estado_de_mato_grosso_2.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2295/estado_de_mato_grosso_2.pdf</t>
   </si>
   <si>
     <t>Parecer das Comissões ao Projeto 07</t>
   </si>
   <si>
     <t>2297</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2297/parecer__18.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2297/parecer__18.pdf</t>
   </si>
   <si>
     <t>Parecer das Comissões ao Projeto 18</t>
   </si>
   <si>
     <t>2298</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2298/parecer_19.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2298/parecer_19.pdf</t>
   </si>
   <si>
     <t>Parecer das Comissões ao Projeto 19</t>
   </si>
   <si>
     <t>2337</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2337/parecer_projeto_20.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2337/parecer_projeto_20.pdf</t>
   </si>
   <si>
     <t>Parecer ao projeto de lei n° 020, DE 19 DE MARÇO DE 2025.</t>
   </si>
   <si>
     <t>2338</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2338/parecer_ao_projeto_009.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2338/parecer_ao_projeto_009.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei 009, de 01 de abril de 2025.</t>
   </si>
   <si>
     <t>2339</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2339/drecreto.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2339/drecreto.pdf</t>
   </si>
   <si>
     <t>2346</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2346/parecer_010_-legis.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2346/parecer_010_-legis.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Decreto n° 010/2025.</t>
   </si>
   <si>
     <t>2347</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2347/parecer_014_-_legislacao_e_justica.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2347/parecer_014_-_legislacao_e_justica.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Decreto n° 014/2025.</t>
   </si>
   <si>
     <t>2348</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2348/parecer_015_-_justica.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2348/parecer_015_-_justica.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Decreto n° 015/2025.</t>
   </si>
   <si>
     <t>2349</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2349/parecer_016_-legis.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2349/parecer_016_-legis.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Decreto n° 016/2025.</t>
   </si>
   <si>
     <t>2350</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2350/parecer_017_-_legis.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2350/parecer_017_-_legis.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Decreto n° 017/2025.</t>
   </si>
   <si>
     <t>2362</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2362/13_-_e.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2362/13_-_e.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei do Executivo n° 013/2025.</t>
   </si>
   <si>
     <t>2367</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2367/006_-legislacao.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2367/006_-legislacao.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei do Legislativo n° 006/2025.</t>
   </si>
   <si>
     <t>2371</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2371/010_-_legislacao.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2371/010_-_legislacao.pdf</t>
   </si>
   <si>
     <t>2381</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2381/parecer_-_legis.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2381/parecer_-_legis.pdf</t>
   </si>
   <si>
     <t>Parecer ao projeto de decreto legislativo n° 002/2025.</t>
   </si>
   <si>
     <t>2416</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2416/estado_de_mato_grosso_1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2416/estado_de_mato_grosso_1.pdf</t>
   </si>
   <si>
     <t>Parecer ao projeto de lei legislativo n° 021/2025.</t>
   </si>
   <si>
     <t>2417</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2417/estado_de_mato_grosso_4_1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2417/estado_de_mato_grosso_4_1.pdf</t>
   </si>
   <si>
     <t>Parecer ao projeto de lei legislativo n° 012/2025.</t>
   </si>
   <si>
     <t>2429</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2429/parecer2.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2429/parecer2.pdf</t>
   </si>
   <si>
     <t>Parecer ao projeto de lei do executivo n° 024/2025.</t>
   </si>
   <si>
     <t>2430</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2430/parecer_proj_13.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2430/parecer_proj_13.pdf</t>
   </si>
   <si>
     <t>Parecer ao projeto de lei do Legislativo n° 013/2025.</t>
   </si>
   <si>
     <t>2435</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2435/parecer_justica_25.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2435/parecer_justica_25.pdf</t>
   </si>
   <si>
     <t>2436</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2436/parecer_justica_15.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2436/parecer_justica_15.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de lei do Legislativo n° 015/2025.</t>
   </si>
   <si>
     <t>2437</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2437/parecer_justica_27.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2437/parecer_justica_27.pdf</t>
   </si>
   <si>
     <t>2454</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2454/parecer_14.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2454/parecer_14.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de lei do Executivo n° 014/2025.</t>
   </si>
   <si>
     <t>2455</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2455/parecer_28.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2455/parecer_28.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de lei do Executivo n° 028/2025.</t>
   </si>
   <si>
     <t>2470</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2470/parecer_ao_projeto_26_1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2470/parecer_ao_projeto_26_1.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de lei do Executivo n° 026/2025.</t>
   </si>
   <si>
     <t>2474</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2474/parecer_-_pl_016_legis.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2474/parecer_-_pl_016_legis.pdf</t>
   </si>
   <si>
     <t>2475</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2475/parecer_-_pe_031.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2475/parecer_-_pe_031.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de lei do Executivo n° 031/2025.</t>
   </si>
   <si>
     <t>2476</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2476/parecer_-_pe_032.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2476/parecer_-_pe_032.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de lei do Executivo n° 032/2025.</t>
   </si>
   <si>
     <t>2477</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2477/parecer_legis_-_p._decreto_03.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2477/parecer_legis_-_p._decreto_03.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de lei do Legislativo n° 003/2025.</t>
   </si>
   <si>
     <t>2487</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2487/parecer_veto_06-08.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2487/parecer_veto_06-08.pdf</t>
   </si>
   <si>
     <t>Parecer ao Veto do Executivo n° 01 e 02/2025</t>
   </si>
   <si>
     <t>2535</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2535/parecer_034_-_legis.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2535/parecer_034_-_legis.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de lei do Executivo n° 034/2025.</t>
   </si>
   <si>
     <t>2537</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2537/017_-_legis.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2537/017_-_legis.pdf</t>
   </si>
   <si>
     <t>2557</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2557/parecer_38_legis.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2557/parecer_38_legis.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de lei do Executivo n° 038/2025.</t>
   </si>
   <si>
     <t>2558</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2558/parecer_39_legis.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2558/parecer_39_legis.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei n° 039/2025.</t>
   </si>
   <si>
     <t>2560</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2560/parecer_pl_40_legis.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2560/parecer_pl_40_legis.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei Municipal do Executivo n° 040/2025.</t>
   </si>
   <si>
     <t>2570</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2570/parecer_emenda_no08-2025_justica.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2570/parecer_emenda_no08-2025_justica.pdf</t>
   </si>
   <si>
     <t>Parecer  Técnico a Emenda Modificativa nº08/2025 ao Projeto de Lei Complementar nº001/2025.</t>
   </si>
   <si>
     <t>2571</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2571/parecer_emenda_no09-2025_justica.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2571/parecer_emenda_no09-2025_justica.pdf</t>
   </si>
   <si>
     <t>2572</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2572/parecer_emenda_no10-2025_justica.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2572/parecer_emenda_no10-2025_justica.pdf</t>
   </si>
   <si>
     <t>2573</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2573/parecer_emenda_no11-2025_justica.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2573/parecer_emenda_no11-2025_justica.pdf</t>
   </si>
   <si>
     <t>Parecer  Técnico a Emenda Modificativa nº11/2025 ao Projeto de Lei Complementar nº001/2025.</t>
   </si>
   <si>
     <t>2574</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2574/parecer_emenda_no12-2025_justica.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2574/parecer_emenda_no12-2025_justica.pdf</t>
   </si>
   <si>
     <t>Parecer  Técnico a Emenda Modificativa nº12/2025 ao Projeto de Lei Complementar nº001/2025.</t>
   </si>
   <si>
     <t>2577</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2577/parecer_emenda_no14-2025_justica.docx</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2577/parecer_emenda_no14-2025_justica.docx</t>
   </si>
   <si>
     <t>Parecer Técnico a Emenda Modificativa nº14/2025 ao Projeto de Lei Complementar nº001/2025.</t>
   </si>
   <si>
     <t>2588</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2588/parece_do_projeito__no42_justica.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2588/parece_do_projeito__no42_justica.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei Municipal do Executivo n° 042/2025.</t>
   </si>
   <si>
     <t>2610</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2610/pareceres-3.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2610/pareceres-3.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei Municipal do Executivo n° 045/2025.</t>
   </si>
   <si>
     <t>2611</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2611/pareceres-5.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2611/pareceres-5.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei Municipal do Executivo n° 046/2025.</t>
   </si>
   <si>
     <t>2628</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2628/pareceres-1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2628/pareceres-1.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei Municipal do Executivo n° 044/2025.</t>
   </si>
   <si>
     <t>2629</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2629/pareceres-7.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2629/pareceres-7.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei Municipal do Legislativo n° 021/2025.</t>
   </si>
   <si>
     <t>2630</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2630/pareceres-9.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2630/pareceres-9.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Decreto do Legislativo  n°04/2025.</t>
   </si>
   <si>
     <t>2631</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2631/pareceres-11.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2631/pareceres-11.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei Municipal do Executivo n° 047/2025.</t>
   </si>
   <si>
     <t>2632</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2632/pareceres-13.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2632/pareceres-13.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei Municipal do Executivo n° 043/2025.</t>
   </si>
   <si>
     <t>2633</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2633/pareceres-15.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2633/pareceres-15.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei Municipal do Legislativo n° 046/2025.</t>
   </si>
   <si>
     <t>2634</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2634/pareceres-17.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2634/pareceres-17.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei Legislativo n° 019/2025.</t>
   </si>
   <si>
     <t>2635</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2635/parecer_022_justica.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2635/parecer_022_justica.pdf</t>
   </si>
   <si>
     <t>2661</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2661/parecer_justica_05_legislativo.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2661/parecer_justica_05_legislativo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO  DO LEGISLATIVO N° 05/2025.</t>
   </si>
   <si>
     <t>2667</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2667/parecer_justica_049_executivo.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2667/parecer_justica_049_executivo.pdf</t>
   </si>
   <si>
     <t>2669</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2669/parecer_decreto_justica_8.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2669/parecer_decreto_justica_8.pdf</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO DO LEGISLATIVO N° 08/2025.</t>
   </si>
   <si>
     <t>2670</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2670/parecer_justica_legislativo_24.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2670/parecer_justica_legislativo_24.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei Municipal do Legislativo n° 024/2025.</t>
   </si>
   <si>
     <t>2671</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2671/parecer_justica_legislativo_23.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2671/parecer_justica_legislativo_23.pdf</t>
   </si>
   <si>
     <t>2718</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2718/parecer_justica_legislativo_06_decreto.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2718/parecer_justica_legislativo_06_decreto.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Decreto do Legislativo 06/2025.</t>
   </si>
   <si>
     <t>2719</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2719/parecer_011_decreto.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2719/parecer_011_decreto.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Decreto do Legislativo n°06/2025.</t>
   </si>
   <si>
     <t>2720</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2720/parecer_12.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2720/parecer_12.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Decreto do Legislativo n°012/2025.</t>
   </si>
   <si>
     <t>2721</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2721/parecer_48.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2721/parecer_48.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto do Executivo n°048/2025.</t>
   </si>
   <si>
     <t>2722</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2722/parecer_51.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2722/parecer_51.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Executivo n°051/2025.</t>
   </si>
   <si>
     <t>2723</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2723/parecer_justica_projeto_52.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2723/parecer_justica_projeto_52.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Executivo n°052/2025.</t>
   </si>
   <si>
     <t>2730</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2730/parecer-9.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2730/parecer-9.pdf</t>
   </si>
   <si>
     <t>2731</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2731/parecer_10.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2731/parecer_10.pdf</t>
   </si>
   <si>
     <t>2732</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2732/parecer_justica_projeto_53.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2732/parecer_justica_projeto_53.pdf</t>
   </si>
   <si>
     <t>2733</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2733/parecer-12.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2733/parecer-12.pdf</t>
   </si>
   <si>
     <t>2750</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2750/parecercomissaojustica.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2750/parecercomissaojustica.pdf</t>
   </si>
   <si>
     <t>Parecer a Proposta de Emenda a Lei Orgânica 01/2025</t>
   </si>
   <si>
     <t>2757</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2757/parecer_2-1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2757/parecer_2-1.pdf</t>
   </si>
   <si>
     <t>Parecer ao projeto de lei do Legislativo nº025/2025</t>
   </si>
   <si>
     <t>2758</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2758/parecer_2-2.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2758/parecer_2-2.pdf</t>
   </si>
   <si>
     <t>Parecer ao projeto de Decreto do Legislativo nº013/2025</t>
   </si>
   <si>
     <t>2759</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2759/parecer_2-3.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2759/parecer_2-3.pdf</t>
   </si>
   <si>
     <t>Parecer ao projeto de Decreto do Legislativo nº014/2025</t>
   </si>
   <si>
     <t>2760</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2760/parecer_2-4.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2760/parecer_2-4.pdf</t>
   </si>
   <si>
     <t>Parecer ao projeto de Decreto do Legislativo nº015/2025</t>
   </si>
   <si>
     <t>2772</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2772/055_-_comissao_de_justica.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2772/055_-_comissao_de_justica.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei do Executivo 55/2025</t>
   </si>
   <si>
     <t>2774</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2774/017_-_comissao_de__justica.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2774/017_-_comissao_de__justica.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto do Legislativo 17/2025</t>
   </si>
   <si>
     <t>2775</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2775/056_-_comissao_de_justica.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2775/056_-_comissao_de_justica.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei do Executivo 56/2025</t>
   </si>
   <si>
     <t>2536</t>
   </si>
   <si>
     <t>PCOSP</t>
   </si>
   <si>
     <t>Parecer Comissão de Obras, Serviços Públicos, Agro</t>
   </si>
   <si>
     <t>COSPADRC - Comissão de Obras, Serviços Públicos, Agroindústria, Desenvolvimento Rural, Comércio e Turismo,</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2536/parecer_034_-obras.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2536/parecer_034_-obras.pdf</t>
   </si>
   <si>
     <t>2773</t>
   </si>
   <si>
     <t>2776</t>
   </si>
   <si>
     <t>O</t>
   </si>
   <si>
     <t>Outros</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2776/relatorio_projeto_de_decreto_do_legislativo_16-2025.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2776/relatorio_projeto_de_decreto_do_legislativo_16-2025.pdf</t>
   </si>
   <si>
     <t>Relatório e Justificativa do Voto ao Projeto de Decreto do Legislativo 016/2025</t>
   </si>
   <si>
     <t>2779</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2779/newimage_dec_09_2025_16_04_59_676__6-paginas-excluidas.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2779/newimage_dec_09_2025_16_04_59_676__6-paginas-excluidas.pdf</t>
   </si>
   <si>
     <t>2780</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2780/documento_sem_ta_tulo_5.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2780/documento_sem_ta_tulo_5.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -6575,67 +6575,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2151/marcos_nunes_-_indicacao_troca_de_lampadas.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2150/001_-_marcos.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2154/002_-_marcos_2.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2161/003_-_regis.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2171/indicacao_n_004.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2163/indicacao_n_005.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2175/indicacao_n_006.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2167/indicacao_n_007.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2180/indicacao_8.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2181/indicacao_9.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2179/indicacao_10.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2182/indicacao_11.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2183/indicacao_12.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2184/indicacao_13.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2185/indicacao_14.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2187/indicacao_15.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2190/indicacao_16.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2191/indicacao_17.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2192/indicacao_18.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2195/19.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2196/indicacao_20.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2197/21.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2199/22.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2201/indicacao_23.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2202/indicacao_24.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2207/indicacao_25.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2211/indicacao_26.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2214/indicacao_27.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2218/indicacao_28.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2219/indicacao_29.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2220/indicacao_30.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2221/indicacao_31.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2222/indicacao_32.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2223/indicacao_33.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2227/indicacao_34.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2232/035_-_polleyka.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2233/036_-_polleyka.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2234/037_-_fabiano.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2235/038_-_fabiano.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2236/039_-_renato.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2237/040_-_adao.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2243/indicacao_041.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2245/indicacao_42.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2246/indicacao_43.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2253/indicacao_44.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2254/indicacao_45.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2255/indicacao_46.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2262/indicacao_47.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2272/indicacao_48.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2273/indicacao_49.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2274/indicacao_50.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2275/indicacao_51.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2276/indicacao_52.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2280/053_-_martha.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2281/054.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2283/055_-_fabiano.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2284/056_-_fabiano.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2287/057_-_polleyka.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2289/058_-_burno.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2301/ind_59.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2302/ind_60.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2344/ind_61.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2374/ind_62.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2376/ind_63.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2377/ind_64.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2386/ind_65.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2384/ind_66.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2382/067_-_renato.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2385/ind_68.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2389/ind_69.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2390/ind_70.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2391/ind_71.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2393/ind_72.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2395/ind_73.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2397/ind_74.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2398/ind_75.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2402/ind_76.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2405/ind_77.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2409/ind_78.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2411/ind_79.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2422/ind_80.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2431/ind_81.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2447/ind_82.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2443/ind_83.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2442/ind_84.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2457/ind_85.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2458/ind_86.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2462/ind_87.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2461/ind_88.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2460/ind_89.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2464/ind_90.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2479/ind_91.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2478/ind_92.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2483/ind_093.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2484/ind_94.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2493/ind_95.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2492/ind_96.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2491/ind_98.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2489/ind_98.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2490/ind_99.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2488/ind_100.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2501/ind_101.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2503/ind_102.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2504/ind_103.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2505/nd_104.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2506/ind_105.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2512/ind_106.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2517/ind_107.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2518/ind_108.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2519/ind_109.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2526/ind_110.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2539/ind_111.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2541/ind_112.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2542/ind_113.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2544/ind_114.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2547/ind_115.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2546/ind_116.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2554/ind_117.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2561/ind_118.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2562/ind_119.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2563/ind_120.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2565/ind_121.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2578/ind_122.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2579/ind_123.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2580/ind_124.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2581/ind_125.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2584/ind_126.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2585/ind_127.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2587/ind_128.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2589/ind_129.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2593/ind_130.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2594/ind_131.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2597/ind_132.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2598/ind_133.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2617/ind_134.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2618/ind_135.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2619/ind_136.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2620/ind_137.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2624/ind_138.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2638/ind_139.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2639/ind_140.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2641/ind_141.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2656/ind_142.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2657/ind_143.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2658/ind_144.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2677/ind_145.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2679/ind_146.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2680/ind_147.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2684/ind_148.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2703/indicacao_149.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2705/indicacao_150.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2706/151-_clodoaldo.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2709/indicacao_152.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2715/indicacao_153.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2737/indicacao_154-2025_-_quadra_e_academia_samitao.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2738/indicacao_155-2025_-_rua_que_liga_parque_do_cerrado_a_vila.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2739/indicacao_156-2025_-_rua_da_aninha.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2741/doc_-11-12.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2742/doc_jeff-10.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2749/doc_16.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2762/ind160.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2765/ind161.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2768/ind162.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2766/ind163.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2767/164-_regis.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2160/001_-_requerimento_martha.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2172/requerimento_n_002.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2170/requerimento_n_003.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2166/requerimento_n_004.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2169/requerimento_n_005.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2178/requerimento_6.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2198/requerimento_7.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2200/requerimento_8.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2204/requerimento_9.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2205/requerimento_10.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2208/requerimento_11.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2209/requerimento_12.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2224/requerimento_13.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2229/014_-_martha.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2230/015_-_martha.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2244/016_-_martha.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2263/requerimento_17_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2300/req_18.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2343/req_19.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2361/req_20.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2375/req_21.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2387/req_22.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2388/req_23.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2396/requerimento_n024_-_2025_-_regis_oliveira__informacoes_alinhamento_de_fios.docx" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2413/req_25.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2424/req_26.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2459/req_27.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2480/req_028.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2481/req_29.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2485/req_30.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2494/req_31.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2498/req_32.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2499/req_033.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2500/req_034.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2502/req_035.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2507/req_036.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2508/req_037.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2509/req_038.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2516/req_39.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2520/req_40.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2540/044-_mesa.docx" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2543/req_42.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2564/req_43.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2567/req_44.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2582/req_45.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2595/req_46.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2599/req_47.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2601/req_48.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2602/req_49.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2623/req_50.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2645/req_51.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2647/req_52.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2654/req_053.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2675/req_54.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2676/req_55.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2683/req_56.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2704/requerimento_57.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2713/requerimento_58.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2714/requerimento_59.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2717/requerimento_60.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2743/doc-13-15.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2139/of082.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2140/projeto_de_lei_02.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2141/projeto_de_lei_03.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2142/projeto_de_lei_04.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2143/projeto_de_lei_005.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2144/projeto_de_lei_006.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2162/projeto_de_lei_007.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2188/projeto_08_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2189/projeto_09_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2193/projeto_10_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2194/projeto_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2206/projeto_-_convertido_1.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2242/projeto_de_lei.013_ass.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2238/projeto_de_lei.014_ass.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2239/projeto_de_lei.015_ass.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2240/projeto_de_lei.016_ass.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2241/projeto_de_lei.017_ass.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2256/projeto_de_lei.018_ass.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2257/projeto_de_lei.019_ass.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2258/projeto_de_lei.020_ass.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2403/projeto_de_lei.021.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2414/projeto_de_lei.022_2.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2404/projeto_de_lei.022.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2415/projeto_de_lei.024.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2425/projeto_de_lei.025.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2426/projeto_de_lei.026_ass_1.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2427/projeto_de_lei.027.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2433/projeto_de_lei.028_1.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2451/projeto_de_lei.029_ass.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2452/projeto_de_lei.030_ass.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2466/projeto_de_lei.031.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2467/projeto_de_lei.032.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2495/projeto_de_lei.034_ass_1.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2496/projeto_de_lei.035_ass_2.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2510/projeto_de_lei.036.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2511/projeto_de_lei.37.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2523/projeto_de_lei.38.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2522/projeto_de_lei.39.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2521/projeto_de_lei.040..pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2545/projeto_de_lei.041.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2566/projeto_de_lei.42.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2606/projeto_de_lei.43.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2607/projeto_de_lei.44.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2604/projeto_de_lei.45.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2605/projeto_de_lei.46.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2626/projeto_de_lei.47.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2648/projeto_de_lei.48_ass.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2652/projeto_de_lei.49_ass_.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2664/projeto_de_lei.050.ass.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2665/projeto_de_lei.051.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2688/projeto_de_lei.052.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2707/projeto_de_lei.53_ass_.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2724/projeto_de_lei.54.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2740/projeto_de_lei.55.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2771/projeto_de_lei.56.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2147/001.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2155/002.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2156/003.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2186/004.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2203/005.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2260/projeto_decreto_06_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2261/projeto07_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2264/projeto08_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2279/projeto09_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2341/projeto_10_l.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2383/projeto_de_lei_011-2025_-_alinhamentos_de_fios.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2394/projeto_de_012-2025_corrigindo_-_altera_dispostivos_da_lei_de_alinhamentos_de_fios.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2406/pl_013_-_marcos_nunes_-_altera_lei_aluno_nota_10.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2407/projeto_de_lei_do_legislativo_no014-2025.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2423/projeto_de_015-2025_-_priorizando_epp_e_me.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2444/projeto_de_lei_do_legislativo_no_015_-_2025_-_utilidade_publica_-aaf.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2446/projeto_de_lei_-_agua_saudavel1.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2583/018_-_martha.docx" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2591/projeto_de_lei_018_-_regis_oliveira_sayo.docx" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2592/newimage_dec_09_2025_16_04_59_676__1.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2596/projeto_de_lei_020-2025.docx" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2625/022-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2642/projeto_de_lei_023-2025_-_vaqueijada.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2655/projeto_de_lei_024_-_regis_oliveira_abandono_de_veiculossayo.docx" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2748/projeto_de_lei_-_alteracao_nome_da_rua.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2146/1.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2145/2.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2285/titulo_01-2025-1-4_1.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2360/projeto_de_decreto_legislativo_no_002-2025__-.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2463/titulo_de_cidadao_03_025.docx" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2600/004-_titulo_cidadao_tatiana_-_marcos_nunes.docx" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2621/projeto_de_decreto_legislativo_-_05-2025_-_honraria.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2622/projeto_de_decreto_legislativo_006-2025.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2643/007-_titulo_cidadao_eumides-adao.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2653/008-_titulo_cidadao_joao_katsuyama_adao.docx.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2678/osmar_queiroz.docx" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2691/010-_paulinho_1.docx" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2686/011-_clodoaldo.docx" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2702/012-_titulo_cidadao_toninho_pintor.docx" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2745/newimage_dec_09_2025_16_04_59_676__3_1.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2747/newimage_dec_09_2025_16_04_59_676__2_1.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2744/42a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2764/015-_projeto_de_decreto_legislativo_contas_de_governo_2024.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2769/017_-_titulo_cidadao_-_max_russi.docx" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2428/projeto.de.lei.complementar.001_ass.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2660/projeto_de_lei_complementar.002_1_ass1.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2710/newimage_dec_09_2025_16_04_59_676__5-paginas-excluidas.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2345/emenda_ao_pl_015_do_executivo_-_plantoes.docx" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2342/emenda_aditiva_do_projeto_de_lei_n_006-2025.docx" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2226/emenda_modificativa_005-2025_-_ao_projeto_de_lei_012-2025.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2149/emenda_4_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2148/substitutiva_da_emenda_1_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2465/emenda_modificativa_ldo.docx" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2513/emenda_008.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2514/emenda_009.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2515/emenda_10.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2548/emenda_011.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2549/emenda_12.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2568/emenda_13.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2569/emenda_14.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2711/emenda_plo_023.docx" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2712/emenda_plo_024.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2753/digitalizacao_43-paginas-1-5.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2754/emenda_2.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2755/emenda_3.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2471/veto001-2025..pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2472/veto002-2025..pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2159/mocao_de_apoio_01_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2176/mocao_002_polleyka.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2290/003_-_polleyka.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2291/004_-_polleyka.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2299/005_-_bruno.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2448/mocao_apoio_06.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2157/001-_mocao_de_aplauso.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2228/mocao_de_aplausos_03.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2259/mocao_de_aplausos_04.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2286/mocao_de_aplausos_05.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2288/mocao_de_aplauso_006.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2358/mocao.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2412/mocao_de_congratulacao_e_aplausos_n_009.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2408/008_-_paulinho_e_marcos.docx" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2441/mocao_apl._010.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2445/mocao_apl._011.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2449/mocao_de_apl._012.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2450/mocao_de_apl._013.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2482/mocao_014.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2486/mocao_apl._015.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2524/mocao_16.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2590/mocao_apl_17.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2640/mocao_de_congradulacoes_e_aplausos_017.docx" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2644/018_-_mocao_de_aplausos_rejane.doc" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2646/mocao_de_apl_20.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2659/mocao_apl._021.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2673/mocao_022.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2674/mocao_023.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2681/mocao_apl_24.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2682/mocao_de_apl_25.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2685/mocao_de_apl_26.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2687/mocao_de_apl_27.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2689/mocao_de_apl_28.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2690/mocao_apl_029.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2692/mocao_apl_30.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2693/mocao_apl_031.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2694/mocao_apl_032.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2695/mocao_apl_33.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2696/mocao_apl_34.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2210/9.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2212/10.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2213/11.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2215/12.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2217/13.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2231/estado_de_mato_grosso_2.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2440/oficio.083_ass.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2266/scanner_20250325_4.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2265/scanner_20250325_6.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2268/estado_de_mato_grosso_3_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2303/oficio.106_-_ind._046_-reforma_asfalto_mt-299_ass.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2304/oficio_107.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2305/oficio.108_-_ind._045_-reforma_ponto_de_omibus_r._21_ass.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2306/oficio.109_-_ind._044_-limpeza_de_terreno_baldio_ass.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2307/oficio.110_-_req._009_-dnit_drenagem_de_agua_j._n._araguaia_ass.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2308/oficio.111_-_ind._019_-refeitorio_escola_lourenca_ass.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2313/oficio.115_-_ind._020_-reforma_ginasio_esportes_ass.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2314/oficio.116_-_ind._034_-reajustes_diarias_ass.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2315/oficio.117_-_ind._021_-solicita_quebra_mola_mt-100_ass.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2316/oficio.118_-_ind._022_-capela_mortuaria_ass.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2317/oficio.119_-_ind._028_-tecnologia_aedes_do_bem_ass.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2318/oficio.120_-_ind._040_-ciclovia_saida_p._taquari_ass_1_1.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2319/oficio.121_-_ind._035_-bracos_de_iluminacao_em_postes_ass.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2320/oficio.122_-_ind._036_-isencao_de_alvara_apae_e_asilo_ass.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2321/oficio.123_-_ind._033_-estacionamentos_para_motocicletas_ass.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2322/oficio.124_-_ind._029_-ver_condicoes_r._joao_ii_ass.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2323/oficio.125_-_ind._025_-canalizacao_agua_de_chuva_setor_castro_ass.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2325/oficio.126_-_ind._027_-rede_de_energia_bairros_ass.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2326/oficio.137_-_ind._053_-impressora_de_raio_x_ass.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2327/oficio.138_-_ind._047_-manutencao_quadra_j.n._araguaia_ass.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2328/oficio.139_-_ind._054_-grupo_so_p._limpeza_publica_ass.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2329/oficio.140_-_ind._049_-mt_iluminado_ass.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2330/oficio.141_-_ind._055_-poste_ilum._caminho_das_aguas_ass.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2331/oficio.142_-_ind._056_-manut._quadras_praca_do_boiadeiro_ass.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2332/oficio.143_-_ind._058_-mao_unica_perto_de_escolas_ass.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2333/oficio.144_-_ind._048_-_alimento_pacientes_fora_da_cidade_ass.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2334/oficio.145_-_ind._050_-_encam._maquinas_para_o_corrego_rico_ass.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2335/oficio.146_-_ind._051_-_policiamento_no_d._buriti_ass.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2336/oficio.147_-_ind._052_-_famacia_no_psf_vanessa_ass.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2373/oficio.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2392/oficio_no_015-2025_-_camara_muncipal_-_audiencia_publica_rreo.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2399/carta_no_1019-2025-mt100_-_prefeitura_alto_taquari_-_indicacao_15_r01.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2400/carta_no_1020-2025-mt100_-_prefeitura_alto_taquari_-_indicacao_41.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2401/carta_no_1021-2025-mt100_-_prefeitura_alto_taquari_-_indicacao_40.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2438/estado_de_mato_grosso_1_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2468/ofiio_184.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2525/307_resposta_req_221.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2527/requerimento_011_e_012_-_indicacao_28.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2528/indicacao_48_e_52.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2529/indicacao_42.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2531/indicacao_53.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2532/indicacao_93_e_17.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2533/indicacao_97_e_100.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2534/requerimento_07_-_indicacao_23.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2550/oficio.300_ass.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2551/oficio.302_ass.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2552/oficio.301_ass.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2553/oficio.303_ass.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2555/oficio.311.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2556/oficio.310.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2586/oficio_polleyka.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2608/oficio.361.req-43_resposta_consultas_martha_maia_-_sms1.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2609/oficiooo.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2612/oficio.356.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2613/oficio.357.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2614/oficio.358.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2615/oficio.359.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2616/oficio.360.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2627/oficio_48_resposta.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2637/oficio_276.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2663/rresposstasa_-_of_206.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2697/oficio.405.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2698/oficio.403.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2699/oficio.53_-_martha_req_42..pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2700/oficio_370-_fabiano_req_46.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2701/oficio.406.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2708/oficio.413.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2736/oficio_238.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2746/oficio.441.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2751/ofico_63.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2752/oficio_064.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2781/oficio.493_1.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2340/projeto_de_decreto_001.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2354/pl_02_-_comissao_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2355/pl_02_-_comissao_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2356/2_3_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2363/013_executivo_educacao.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2364/018_executivo_educacao.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2365/004_-legislativo_educacao.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2366/005_-_legislativo_educacao.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2368/007_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2369/008_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2370/009_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2372/010_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2418/parecer_ao_projeto_21_educacao.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2434/parecer_educa_25.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2473/parecer_-_pl_016_-_edu.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2559/parecer_39_edu.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2649/parecer_educacao_018.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2650/parecer_43_educacao.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2651/parecer_44_educacao.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2672/parecer_educacao_23_legislativo.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2725/parecer-3.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2726/parecer_educacao_projeto_53.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2727/_parecer-5.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2728/parecer-6.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2267/parecer.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2351/parecer_008_-_financas_2_arquivos_mesclados.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2378/parecer_-_financas.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2419/parecer_07.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2420/parecer_de_financas_10.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2421/parecer_finacas_12.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2439/parecer.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2453/parecer_justica_27_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2456/parecer_ao_projeto_28.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2538/017_-_financas.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2575/parecer_emenda_no09-2025_financas.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2576/parecer_emenda_no10-2025_financas.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2636/parecer_financa_022.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2666/parecer_financa_executivo_48.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2668/parecer_financa_executivo_49.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2716/parecer_financa_018...pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2729/parecer-7.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2734/parecer.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2735/parecer1.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2756/parecer_41.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2761/parecer_emendas_123.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2770/parecer_juridico_-_contas_do_prefeito.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2252/1.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2249/7.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2250/8.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2251/6.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2247/parecer_do_autografo_009.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2248/parecer_comissao_de_justica_pl_011_poder_executivo_2.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2277/parecer_12.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2294/estado_de_mato_grosso_1.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2295/estado_de_mato_grosso_2.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2297/parecer__18.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2298/parecer_19.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2337/parecer_projeto_20.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2338/parecer_ao_projeto_009.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2339/drecreto.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2346/parecer_010_-legis.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2347/parecer_014_-_legislacao_e_justica.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2348/parecer_015_-_justica.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2349/parecer_016_-legis.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2350/parecer_017_-_legis.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2362/13_-_e.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2367/006_-legislacao.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2371/010_-_legislacao.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2381/parecer_-_legis.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2416/estado_de_mato_grosso_1.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2417/estado_de_mato_grosso_4_1.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2429/parecer2.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2430/parecer_proj_13.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2435/parecer_justica_25.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2436/parecer_justica_15.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2437/parecer_justica_27.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2454/parecer_14.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2455/parecer_28.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2470/parecer_ao_projeto_26_1.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2474/parecer_-_pl_016_legis.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2475/parecer_-_pe_031.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2476/parecer_-_pe_032.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2477/parecer_legis_-_p._decreto_03.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2487/parecer_veto_06-08.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2535/parecer_034_-_legis.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2537/017_-_legis.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2557/parecer_38_legis.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2558/parecer_39_legis.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2560/parecer_pl_40_legis.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2570/parecer_emenda_no08-2025_justica.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2571/parecer_emenda_no09-2025_justica.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2572/parecer_emenda_no10-2025_justica.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2573/parecer_emenda_no11-2025_justica.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2574/parecer_emenda_no12-2025_justica.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2577/parecer_emenda_no14-2025_justica.docx" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2588/parece_do_projeito__no42_justica.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2610/pareceres-3.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2611/pareceres-5.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2628/pareceres-1.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2629/pareceres-7.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2630/pareceres-9.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2631/pareceres-11.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2632/pareceres-13.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2633/pareceres-15.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2634/pareceres-17.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2635/parecer_022_justica.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2661/parecer_justica_05_legislativo.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2667/parecer_justica_049_executivo.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2669/parecer_decreto_justica_8.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2670/parecer_justica_legislativo_24.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2671/parecer_justica_legislativo_23.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2718/parecer_justica_legislativo_06_decreto.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2719/parecer_011_decreto.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2720/parecer_12.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2721/parecer_48.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2722/parecer_51.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2723/parecer_justica_projeto_52.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2730/parecer-9.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2731/parecer_10.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2732/parecer_justica_projeto_53.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2733/parecer-12.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2750/parecercomissaojustica.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2757/parecer_2-1.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2758/parecer_2-2.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2759/parecer_2-3.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2760/parecer_2-4.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2772/055_-_comissao_de_justica.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2774/017_-_comissao_de__justica.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2775/056_-_comissao_de_justica.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2536/parecer_034_-obras.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2776/relatorio_projeto_de_decreto_do_legislativo_16-2025.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2779/newimage_dec_09_2025_16_04_59_676__6-paginas-excluidas.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2780/documento_sem_ta_tulo_5.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2151/marcos_nunes_-_indicacao_troca_de_lampadas.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2150/001_-_marcos.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2154/002_-_marcos_2.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2161/003_-_regis.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2171/indicacao_n_004.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2163/indicacao_n_005.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2175/indicacao_n_006.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2167/indicacao_n_007.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2180/indicacao_8.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2181/indicacao_9.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2179/indicacao_10.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2182/indicacao_11.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2183/indicacao_12.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2184/indicacao_13.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2185/indicacao_14.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2187/indicacao_15.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2190/indicacao_16.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2191/indicacao_17.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2192/indicacao_18.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2195/19.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2196/indicacao_20.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2197/21.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2199/22.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2201/indicacao_23.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2202/indicacao_24.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2207/indicacao_25.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2211/indicacao_26.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2214/indicacao_27.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2218/indicacao_28.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2219/indicacao_29.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2220/indicacao_30.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2221/indicacao_31.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2222/indicacao_32.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2223/indicacao_33.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2227/indicacao_34.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2232/035_-_polleyka.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2233/036_-_polleyka.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2234/037_-_fabiano.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2235/038_-_fabiano.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2236/039_-_renato.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2237/040_-_adao.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2243/indicacao_041.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2245/indicacao_42.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2246/indicacao_43.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2253/indicacao_44.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2254/indicacao_45.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2255/indicacao_46.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2262/indicacao_47.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2272/indicacao_48.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2273/indicacao_49.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2274/indicacao_50.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2275/indicacao_51.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2276/indicacao_52.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2280/053_-_martha.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2281/054.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2283/055_-_fabiano.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2284/056_-_fabiano.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2287/057_-_polleyka.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2289/058_-_burno.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2301/ind_59.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2302/ind_60.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2344/ind_61.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2374/ind_62.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2376/ind_63.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2377/ind_64.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2386/ind_65.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2384/ind_66.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2382/067_-_renato.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2385/ind_68.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2389/ind_69.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2390/ind_70.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2391/ind_71.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2393/ind_72.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2395/ind_73.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2397/ind_74.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2398/ind_75.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2402/ind_76.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2405/ind_77.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2409/ind_78.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2411/ind_79.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2422/ind_80.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2431/ind_81.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2447/ind_82.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2443/ind_83.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2442/ind_84.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2457/ind_85.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2458/ind_86.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2462/ind_87.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2461/ind_88.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2460/ind_89.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2464/ind_90.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2479/ind_91.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2478/ind_92.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2483/ind_093.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2484/ind_94.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2493/ind_95.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2492/ind_96.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2491/ind_98.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2489/ind_98.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2490/ind_99.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2488/ind_100.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2501/ind_101.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2503/ind_102.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2504/ind_103.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2505/nd_104.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2506/ind_105.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2512/ind_106.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2517/ind_107.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2518/ind_108.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2519/ind_109.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2526/ind_110.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2539/ind_111.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2541/ind_112.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2542/ind_113.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2544/ind_114.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2547/ind_115.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2546/ind_116.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2554/ind_117.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2561/ind_118.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2562/ind_119.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2563/ind_120.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2565/ind_121.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2578/ind_122.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2579/ind_123.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2580/ind_124.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2581/ind_125.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2584/ind_126.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2585/ind_127.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2587/ind_128.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2589/ind_129.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2593/ind_130.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2594/ind_131.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2597/ind_132.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2598/ind_133.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2617/ind_134.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2618/ind_135.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2619/ind_136.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2620/ind_137.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2624/ind_138.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2638/ind_139.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2639/ind_140.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2641/ind_141.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2656/ind_142.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2657/ind_143.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2658/ind_144.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2677/ind_145.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2679/ind_146.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2680/ind_147.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2684/ind_148.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2703/indicacao_149.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2705/indicacao_150.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2706/151-_clodoaldo.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2709/indicacao_152.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2715/indicacao_153.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2737/indicacao_154-2025_-_quadra_e_academia_samitao.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2738/indicacao_155-2025_-_rua_que_liga_parque_do_cerrado_a_vila.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2739/indicacao_156-2025_-_rua_da_aninha.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2741/doc_-11-12.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2742/doc_jeff-10.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2749/doc_16.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2762/ind160.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2765/ind161.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2768/ind162.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2766/ind163.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2767/164-_regis.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2160/001_-_requerimento_martha.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2172/requerimento_n_002.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2170/requerimento_n_003.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2166/requerimento_n_004.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2169/requerimento_n_005.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2178/requerimento_6.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2198/requerimento_7.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2200/requerimento_8.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2204/requerimento_9.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2205/requerimento_10.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2208/requerimento_11.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2209/requerimento_12.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2224/requerimento_13.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2229/014_-_martha.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2230/015_-_martha.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2244/016_-_martha.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2263/requerimento_17_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2300/req_18.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2343/req_19.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2361/req_20.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2375/req_21.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2387/req_22.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2388/req_23.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2396/requerimento_n024_-_2025_-_regis_oliveira__informacoes_alinhamento_de_fios.docx" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2413/req_25.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2424/req_26.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2459/req_27.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2480/req_028.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2481/req_29.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2485/req_30.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2494/req_31.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2498/req_32.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2499/req_033.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2500/req_034.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2502/req_035.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2507/req_036.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2508/req_037.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2509/req_038.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2516/req_39.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2520/req_40.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2540/044-_mesa.docx" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2543/req_42.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2564/req_43.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2567/req_44.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2582/req_45.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2595/req_46.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2599/req_47.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2601/req_48.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2602/req_49.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2623/req_50.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2645/req_51.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2647/req_52.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2654/req_053.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2675/req_54.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2676/req_55.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2683/req_56.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2704/requerimento_57.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2713/requerimento_58.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2714/requerimento_59.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2717/requerimento_60.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2743/doc-13-15.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2139/of082.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2140/projeto_de_lei_02.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2141/projeto_de_lei_03.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2142/projeto_de_lei_04.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2143/projeto_de_lei_005.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2144/projeto_de_lei_006.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2162/projeto_de_lei_007.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2188/projeto_08_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2189/projeto_09_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2193/projeto_10_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2194/projeto_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2206/projeto_-_convertido_1.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2242/projeto_de_lei.013_ass.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2238/projeto_de_lei.014_ass.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2239/projeto_de_lei.015_ass.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2240/projeto_de_lei.016_ass.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2241/projeto_de_lei.017_ass.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2256/projeto_de_lei.018_ass.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2257/projeto_de_lei.019_ass.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2258/projeto_de_lei.020_ass.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2403/projeto_de_lei.021.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2414/projeto_de_lei.022_2.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2404/projeto_de_lei.022.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2415/projeto_de_lei.024.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2425/projeto_de_lei.025.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2426/projeto_de_lei.026_ass_1.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2427/projeto_de_lei.027.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2433/projeto_de_lei.028_1.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2451/projeto_de_lei.029_ass.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2452/projeto_de_lei.030_ass.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2466/projeto_de_lei.031.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2467/projeto_de_lei.032.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2495/projeto_de_lei.034_ass_1.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2496/projeto_de_lei.035_ass_2.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2510/projeto_de_lei.036.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2511/projeto_de_lei.37.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2523/projeto_de_lei.38.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2522/projeto_de_lei.39.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2521/projeto_de_lei.040..pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2545/projeto_de_lei.041.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2566/projeto_de_lei.42.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2606/projeto_de_lei.43.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2607/projeto_de_lei.44.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2604/projeto_de_lei.45.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2605/projeto_de_lei.46.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2626/projeto_de_lei.47.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2648/projeto_de_lei.48_ass.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2652/projeto_de_lei.49_ass_.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2664/projeto_de_lei.050.ass.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2665/projeto_de_lei.051.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2688/projeto_de_lei.052.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2707/projeto_de_lei.53_ass_.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2724/projeto_de_lei.54.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2740/projeto_de_lei.55.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2771/projeto_de_lei.56.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2147/001.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2155/002.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2156/003.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2186/004.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2203/005.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2260/projeto_decreto_06_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2261/projeto07_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2264/projeto08_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2279/projeto09_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2341/projeto_10_l.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2383/projeto_de_lei_011-2025_-_alinhamentos_de_fios.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2394/projeto_de_012-2025_corrigindo_-_altera_dispostivos_da_lei_de_alinhamentos_de_fios.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2406/pl_013_-_marcos_nunes_-_altera_lei_aluno_nota_10.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2407/projeto_de_lei_do_legislativo_no014-2025.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2423/projeto_de_015-2025_-_priorizando_epp_e_me.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2444/projeto_de_lei_do_legislativo_no_015_-_2025_-_utilidade_publica_-aaf.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2446/projeto_de_lei_-_agua_saudavel1.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2583/018_-_martha.docx" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2591/projeto_de_lei_018_-_regis_oliveira_sayo.docx" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2592/newimage_dec_09_2025_16_04_59_676__1.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2596/projeto_de_lei_020-2025.docx" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2625/022-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2642/projeto_de_lei_023-2025_-_vaqueijada.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2655/projeto_de_lei_024_-_regis_oliveira_abandono_de_veiculossayo.docx" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2748/projeto_de_lei_-_alteracao_nome_da_rua.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2146/1.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2145/2.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2285/titulo_01-2025-1-4_1.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2360/projeto_de_decreto_legislativo_no_002-2025__-.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2463/titulo_de_cidadao_03_025.docx" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2600/004-_titulo_cidadao_tatiana_-_marcos_nunes.docx" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2621/projeto_de_decreto_legislativo_-_05-2025_-_honraria.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2622/projeto_de_decreto_legislativo_006-2025.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2643/007-_titulo_cidadao_eumides-adao.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2653/008-_titulo_cidadao_joao_katsuyama_adao.docx.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2678/osmar_queiroz.docx" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2691/010-_paulinho_1.docx" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2686/011-_clodoaldo.docx" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2702/012-_titulo_cidadao_toninho_pintor.docx" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2745/newimage_dec_09_2025_16_04_59_676__3_1.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2747/newimage_dec_09_2025_16_04_59_676__2_1.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2744/42a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2764/gislati_120240.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2769/017_-_titulo_cidadao_-_max_russi.docx" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2428/projeto.de.lei.complementar.001_ass.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2660/projeto_de_lei_complementar.002_1_ass1.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2710/newimage_dec_09_2025_16_04_59_676__5-paginas-excluidas.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2345/emenda_ao_pl_015_do_executivo_-_plantoes.docx" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2342/emenda_aditiva_do_projeto_de_lei_n_006-2025.docx" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2226/emenda_modificativa_005-2025_-_ao_projeto_de_lei_012-2025.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2149/emenda_4_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2148/substitutiva_da_emenda_1_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2465/emenda_modificativa_ldo.docx" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2513/emenda_008.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2514/emenda_009.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2515/emenda_10.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2548/emenda_011.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2549/emenda_12.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2568/emenda_13.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2569/emenda_14.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2711/emenda_plo_023.docx" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2712/emenda_plo_024.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2753/digitalizacao_43-paginas-1-5.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2754/emenda_2.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2755/emenda_3.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2471/veto001-2025..pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2472/veto002-2025..pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2159/mocao_de_apoio_01_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2176/mocao_002_polleyka.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2290/003_-_polleyka.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2291/004_-_polleyka.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2299/005_-_bruno.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2448/mocao_apoio_06.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2157/001-_mocao_de_aplauso.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2228/mocao_de_aplausos_03.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2259/mocao_de_aplausos_04.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2286/mocao_de_aplausos_05.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2288/mocao_de_aplauso_006.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2358/mocao.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2412/mocao_de_congratulacao_e_aplausos_n_009.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2408/008_-_paulinho_e_marcos.docx" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2441/mocao_apl._010.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2445/mocao_apl._011.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2449/mocao_de_apl._012.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2450/mocao_de_apl._013.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2482/mocao_014.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2486/mocao_apl._015.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2524/mocao_16.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2590/mocao_apl_17.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2640/mocao_de_congradulacoes_e_aplausos_017.docx" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2644/018_-_mocao_de_aplausos_rejane.doc" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2646/mocao_de_apl_20.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2659/mocao_apl._021.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2673/mocao_022.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2674/mocao_023.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2681/mocao_apl_24.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2682/mocao_de_apl_25.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2685/mocao_de_apl_26.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2687/mocao_de_apl_27.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2689/mocao_de_apl_28.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2690/mocao_apl_029.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2692/mocao_apl_30.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2693/mocao_apl_031.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2694/mocao_apl_032.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2695/mocao_apl_33.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2696/mocao_apl_34.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2210/9.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2212/10.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2213/11.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2215/12.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2217/13.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2231/estado_de_mato_grosso_2.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2440/oficio.083_ass.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2266/scanner_20250325_4.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2265/scanner_20250325_6.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2268/estado_de_mato_grosso_3_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2303/oficio.106_-_ind._046_-reforma_asfalto_mt-299_ass.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2304/oficio_107.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2305/oficio.108_-_ind._045_-reforma_ponto_de_omibus_r._21_ass.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2306/oficio.109_-_ind._044_-limpeza_de_terreno_baldio_ass.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2307/oficio.110_-_req._009_-dnit_drenagem_de_agua_j._n._araguaia_ass.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2308/oficio.111_-_ind._019_-refeitorio_escola_lourenca_ass.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2313/oficio.115_-_ind._020_-reforma_ginasio_esportes_ass.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2314/oficio.116_-_ind._034_-reajustes_diarias_ass.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2315/oficio.117_-_ind._021_-solicita_quebra_mola_mt-100_ass.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2316/oficio.118_-_ind._022_-capela_mortuaria_ass.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2317/oficio.119_-_ind._028_-tecnologia_aedes_do_bem_ass.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2318/oficio.120_-_ind._040_-ciclovia_saida_p._taquari_ass_1_1.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2319/oficio.121_-_ind._035_-bracos_de_iluminacao_em_postes_ass.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2320/oficio.122_-_ind._036_-isencao_de_alvara_apae_e_asilo_ass.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2321/oficio.123_-_ind._033_-estacionamentos_para_motocicletas_ass.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2322/oficio.124_-_ind._029_-ver_condicoes_r._joao_ii_ass.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2323/oficio.125_-_ind._025_-canalizacao_agua_de_chuva_setor_castro_ass.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2325/oficio.126_-_ind._027_-rede_de_energia_bairros_ass.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2326/oficio.137_-_ind._053_-impressora_de_raio_x_ass.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2327/oficio.138_-_ind._047_-manutencao_quadra_j.n._araguaia_ass.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2328/oficio.139_-_ind._054_-grupo_so_p._limpeza_publica_ass.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2329/oficio.140_-_ind._049_-mt_iluminado_ass.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2330/oficio.141_-_ind._055_-poste_ilum._caminho_das_aguas_ass.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2331/oficio.142_-_ind._056_-manut._quadras_praca_do_boiadeiro_ass.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2332/oficio.143_-_ind._058_-mao_unica_perto_de_escolas_ass.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2333/oficio.144_-_ind._048_-_alimento_pacientes_fora_da_cidade_ass.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2334/oficio.145_-_ind._050_-_encam._maquinas_para_o_corrego_rico_ass.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2335/oficio.146_-_ind._051_-_policiamento_no_d._buriti_ass.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2336/oficio.147_-_ind._052_-_famacia_no_psf_vanessa_ass.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2373/oficio.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2392/oficio_no_015-2025_-_camara_muncipal_-_audiencia_publica_rreo.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2399/carta_no_1019-2025-mt100_-_prefeitura_alto_taquari_-_indicacao_15_r01.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2400/carta_no_1020-2025-mt100_-_prefeitura_alto_taquari_-_indicacao_41.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2401/carta_no_1021-2025-mt100_-_prefeitura_alto_taquari_-_indicacao_40.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2438/estado_de_mato_grosso_1_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2468/ofiio_184.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2525/307_resposta_req_221.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2527/requerimento_011_e_012_-_indicacao_28.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2528/indicacao_48_e_52.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2529/indicacao_42.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2531/indicacao_53.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2532/indicacao_93_e_17.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2533/indicacao_97_e_100.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2534/requerimento_07_-_indicacao_23.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2550/oficio.300_ass.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2551/oficio.302_ass.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2552/oficio.301_ass.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2553/oficio.303_ass.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2555/oficio.311.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2556/oficio.310.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2586/oficio_polleyka.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2608/oficio.361.req-43_resposta_consultas_martha_maia_-_sms1.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2609/oficiooo.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2612/oficio.356.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2613/oficio.357.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2614/oficio.358.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2615/oficio.359.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2616/oficio.360.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2627/oficio_48_resposta.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2637/oficio_276.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2663/rresposstasa_-_of_206.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2697/oficio.405.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2698/oficio.403.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2699/oficio.53_-_martha_req_42..pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2700/oficio_370-_fabiano_req_46.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2701/oficio.406.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2708/oficio.413.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2736/oficio_238.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2746/oficio.441.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2751/ofico_63.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2752/oficio_064.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2781/oficio.493_1.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2340/projeto_de_decreto_001.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2354/pl_02_-_comissao_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2355/pl_02_-_comissao_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2356/2_3_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2363/013_executivo_educacao.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2364/018_executivo_educacao.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2365/004_-legislativo_educacao.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2366/005_-_legislativo_educacao.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2368/007_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2369/008_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2370/009_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2372/010_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2418/parecer_ao_projeto_21_educacao.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2434/parecer_educa_25.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2473/parecer_-_pl_016_-_edu.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2559/parecer_39_edu.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2649/parecer_educacao_018.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2650/parecer_43_educacao.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2651/parecer_44_educacao.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2672/parecer_educacao_23_legislativo.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2725/parecer-3.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2726/parecer_educacao_projeto_53.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2727/_parecer-5.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2728/parecer-6.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2267/parecer.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2351/parecer_008_-_financas_2_arquivos_mesclados.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2378/parecer_-_financas.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2419/parecer_07.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2420/parecer_de_financas_10.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2421/parecer_finacas_12.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2439/parecer.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2453/parecer_justica_27_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2456/parecer_ao_projeto_28.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2538/017_-_financas.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2575/parecer_emenda_no09-2025_financas.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2576/parecer_emenda_no10-2025_financas.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2636/parecer_financa_022.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2666/parecer_financa_executivo_48.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2668/parecer_financa_executivo_49.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2716/parecer_financa_018...pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2729/parecer-7.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2734/parecer.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2735/parecer1.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2756/parecer_41.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2761/parecer_emendas_123.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2770/parecer_juridico_-_contas_do_prefeito.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2252/1.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2249/7.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2250/8.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2251/6.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2247/parecer_do_autografo_009.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2248/parecer_comissao_de_justica_pl_011_poder_executivo_2.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2277/parecer_12.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2294/estado_de_mato_grosso_1.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2295/estado_de_mato_grosso_2.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2297/parecer__18.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2298/parecer_19.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2337/parecer_projeto_20.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2338/parecer_ao_projeto_009.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2339/drecreto.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2346/parecer_010_-legis.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2347/parecer_014_-_legislacao_e_justica.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2348/parecer_015_-_justica.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2349/parecer_016_-legis.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2350/parecer_017_-_legis.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2362/13_-_e.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2367/006_-legislacao.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2371/010_-_legislacao.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2381/parecer_-_legis.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2416/estado_de_mato_grosso_1.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2417/estado_de_mato_grosso_4_1.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2429/parecer2.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2430/parecer_proj_13.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2435/parecer_justica_25.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2436/parecer_justica_15.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2437/parecer_justica_27.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2454/parecer_14.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2455/parecer_28.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2470/parecer_ao_projeto_26_1.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2474/parecer_-_pl_016_legis.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2475/parecer_-_pe_031.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2476/parecer_-_pe_032.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2477/parecer_legis_-_p._decreto_03.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2487/parecer_veto_06-08.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2535/parecer_034_-_legis.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2537/017_-_legis.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2557/parecer_38_legis.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2558/parecer_39_legis.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2560/parecer_pl_40_legis.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2570/parecer_emenda_no08-2025_justica.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2571/parecer_emenda_no09-2025_justica.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2572/parecer_emenda_no10-2025_justica.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2573/parecer_emenda_no11-2025_justica.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2574/parecer_emenda_no12-2025_justica.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2577/parecer_emenda_no14-2025_justica.docx" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2588/parece_do_projeito__no42_justica.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2610/pareceres-3.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2611/pareceres-5.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2628/pareceres-1.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2629/pareceres-7.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2630/pareceres-9.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2631/pareceres-11.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2632/pareceres-13.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2633/pareceres-15.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2634/pareceres-17.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2635/parecer_022_justica.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2661/parecer_justica_05_legislativo.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2667/parecer_justica_049_executivo.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2669/parecer_decreto_justica_8.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2670/parecer_justica_legislativo_24.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2671/parecer_justica_legislativo_23.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2718/parecer_justica_legislativo_06_decreto.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2719/parecer_011_decreto.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2720/parecer_12.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2721/parecer_48.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2722/parecer_51.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2723/parecer_justica_projeto_52.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2730/parecer-9.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2731/parecer_10.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2732/parecer_justica_projeto_53.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2733/parecer-12.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2750/parecercomissaojustica.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2757/parecer_2-1.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2758/parecer_2-2.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2759/parecer_2-3.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2760/parecer_2-4.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2772/055_-_comissao_de_justica.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2774/017_-_comissao_de__justica.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2775/056_-_comissao_de_justica.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2536/parecer_034_-obras.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2776/relatorio_projeto_de_decreto_do_legislativo_16-2025.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2779/newimage_dec_09_2025_16_04_59_676__6-paginas-excluidas.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2025/2780/documento_sem_ta_tulo_5.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H609"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="47.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="143.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="157.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="156.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>