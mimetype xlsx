--- v0 (2025-10-08)
+++ v1 (2026-03-16)
@@ -54,3011 +54,3011 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Ricardo Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/219/01_ao_31-37-38.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/219/01_ao_31-37-38.pdf</t>
   </si>
   <si>
     <t>“Solicitando que proceda a Operação Tapa Buracos na Rotatória da Rua Santa Rita, no bairro Gabiroba.”</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Mariana de Souza</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/220/01_ao_31-36.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/220/01_ao_31-36.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, nos termos do Regimento Interno desta Casa de Leis, requer que a presente indicação seja devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo e a Secretário Municipal de Educação, Srª Eva Carmen, “sugerindo a contratação de monitores para garantir a segurança das crianças dentro dos ônibus escolares”.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Marcos Nunes</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/222/01_ao_31-35.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/222/01_ao_31-35.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do Regimento Interno dessa Casa de Leis, requer que a presente Indicação seja devidamente encaminhada ao Exmo. Sr. Prefeito de Alto Araguaia-MT, Sr. Gustavo de Melo Anicézio e a Secretária Municipal de Assistência Social Srª Priscila Dourado “que seja feita a doação de kit de material de construção às famílias de baixa renda do Município para construção de sua casa própria”.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/223/01_ao_31-34-35.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/223/01_ao_31-34-35.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do Regimento Interno dessa _x000D_
 Casa de Leis, requer que a presente Indicação seja devidamente encaminhada ao Exmo. _x000D_
 Sr. Prefeito de Alto Araguaia-MT, Sr. Gustavo de Melo Anicézio e ao Secretário _x000D_
 Municipal de Obras, Infraestrutura, Transporte e Frotas Sr. Milton Fernandes Lima “que _x000D_
 seja feita uma reforma no PSF Amélio Firmino de Oliveira, no Distrito do Buriti”.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Odair Ferruja</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/225/01_ao_31-33.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/225/01_ao_31-33.pdf</t>
   </si>
   <si>
     <t>solicitando que seja a instalação de um _x000D_
 cestão de lixo próximo a Escola Maria Júlia de Almeida.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Suzana Paniago</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/232/01_ao_31-32.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/232/01_ao_31-32.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, requer à Mesa Ouvido o Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo Anicezio, com cópia a Secretária de Saúde Manoela Nunes de Souza “SOLICITANDO O CONSERTO DA IMPRESSORA DE RAIO X DO HOSPITAL MUNICIPAL DEPUTADO CACILDO HUGUENEY”.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Fabiano do Gás</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/231/01_ao_31-31.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/231/01_ao_31-31.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio com cópia ao Secretário de Municipal de Obras, Infraestrutura, Transporte e Frotas, Milton Fernandes de Lima, solicitando manutenção das estradas rurais.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/236/01_ao_31-30.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/236/01_ao_31-30.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, nos termos do Regimento Interno desta Casa de Leis, requer que a presente indicação seja devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo e ao Secretário Municipal de Obras, Infraestrutura, Transporte e Frotas, Srº Milton Fernandes Lima, “a possibilidade de instalação de pontos de ônibus cobertos e com bancos em todos os bairros do município”.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/238/01_ao_31-29.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/238/01_ao_31-29.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio, e ao Secretário Municipal de Obras, Infraestrutura, Transportes e Frotas, Sr. Milton Fernandes Lima, “Indicando que seja feito o nivelamento e que seja finalizado o asfalto e meio fio das ruas de nº 23, no Bairro Vila Aeroporto, e na rua nº 36, no Bairro Nossa Senhora Aparecida.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/239/01_ao_31-28.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/239/01_ao_31-28.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do Regimento Interno dessa Casa de Leis, requer que a presente Indicação seja devidamente encaminhada ao Exmo. Sr. Prefeito de Alto Araguaia-MT, Sr. Gustavo de Melo Anicézio e ao responsável pela Divisão de Água e Esgoto (DIVAES) Sr. Thiago Garcia “que seja feita a atualização cadastral dos domicílios do município de Alto Araguaia, a fim de sanar as inconsistências existentes entre o endereço constante na sede da casa e o constante no talão de água emitido pela DIVAES.”</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/240/01_ao_31-27.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/240/01_ao_31-27.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do Regimento Interno dessa Casa de Leis, requer que a presente Indicação seja devidamente encaminhada ao Exmo. Sr. Prefeito de Alto Araguaia-MT, Sr. Gustavo de Melo Anicézio e a Secretária Municipal de Saúde Srª Manoela Nunes “que sejam colocados mais bancos na área externa do PSF Manoel Marques de Souza no Bairro Cohab”</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/243/01_ao_31-26.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/243/01_ao_31-26.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de Obras e Infraestrutura Sr. Milton Fernandes Lima, solicitando tapa buracos na Rua 31 esquina com a Rua Benedito Silvério da Costa, N.S. Aparecida.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Marilia Maia</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/251/01_ao_31-25_1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/251/01_ao_31-25_1.pdf</t>
   </si>
   <si>
     <t>Solicitando a  Viabilidade de Aquisição de 1 (um) Computador com Impressora para Atender as necessidades da Unidade de Saúde Amélio Firmino de Oliveira Localizado no Distrito do Buriti”.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/255/01_ao_31-24.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/255/01_ao_31-24.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do Regimento Interno dessa Casa de Leis, requer que a presente Indicação seja devidamente encaminhada ao Exmo. Sr. Prefeito de Alto Araguaia-MT, Sr. Gustavo de Melo Anicézio; Secretária Municipal de Saúde Srª Manoela Nunes e Secretária de Educação, Srª Eva Carmem Vieira solicitando “a implementação de campanhas de conscientização contra mal tratos e abandono de animais nas escolas da rede de ensino municipal e, também, nos PSF´s, a fim de esclarecer e orientar toda sociedade sobre a guarda responsável de animais e chamar atenção para o problema do abandono e mal tratos, almejando, desta forma, a solução deste problema que agrava a cada dia em nosso município..”</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/256/01_ao_31-23.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/256/01_ao_31-23.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do Regimento Interno dessa Casa de Leis, requer que a presente Indicação seja devidamente encaminhada ao Exmo. Sr. Prefeito de Alto Araguaia-MT, Sr. Gustavo de Melo Anicézio e a Secretária Municipal de Saúde Srª Manoela Nunes “a contratação de um Médico Pediatra para atender nos PSF’s ou no Hospital Municipal Deputado Cacildo Hugueney”</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/257/01_ao_31-17.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/257/01_ao_31-17.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio com cópia ao Secretário de Municipal de Obras, Infraestrutura, Transporte e Frotas, Milton Fernandes de Lima, solicitando a inserção do município ao Mapa do Turismo e que apresente um projeto de engenharia com a finalidade de viabilizar a criação de um Parque Turístico na Cachoeira Filinto Muller.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/258/01_ao_31-16_-_convertido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/258/01_ao_31-16_-_convertido.pdf</t>
   </si>
   <si>
     <t>A vereadora que a presente subscreve, requer à Mesa ouvido o Soberano Plenário, a fim de se autorizar o encaminhamento de ofício ao secretário de administração, o Sr. Manoelito, “sugerindo que o poder público faça parceria com o SENAI para oferecer curso de marketing e propaganda para as mulheres empreendedoras de Alto-Araguaia-MT”.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/259/01_ao_31-15_-_convertido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/259/01_ao_31-15_-_convertido.pdf</t>
   </si>
   <si>
     <t>proceda um mutirão de limpeza e manutenção dos postes de iluminação no Distrito do Buriti”.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/260/01_ao_31-13-14_-_convertido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/260/01_ao_31-13-14_-_convertido.pdf</t>
   </si>
   <si>
     <t>“proceda a Instalação de uma caçamba de lixo fixa na Rua Marechal Rondon, às margens do Rio Araguaia, próximo à Estação de Tratamento de Esgoto (ETE), no bairro Gabiroba”</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/261/01_ao_31-12.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/261/01_ao_31-12.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada ao Superintendente Regional do Departamento Nacional de Infraestrutura de Transportes, Sr. Antônio Gabriel Oliveiras dos Santos, com cópia ao chefe da Casa Civil, Sr. Fábio Garcia, e ao Secretário de Estado de Infraestrutura e Logística, Sr. Marcelo de Oliveira e Silva, solicitando a recuperação da pavimentação asfáltica da rotatória na BR-364 com a MT-100, trecho entre a rotatória passando pela empresa Loius Dreyfus até a empresa Queiroz Agro na MT-299.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Marilzan</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/262/01_ao_31-11.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/262/01_ao_31-11.pdf</t>
   </si>
   <si>
     <t>“Solicitando serviço de instalação de placas de sinalização de trânsito na MT 100, trecho compreendido entre trevo da MT 100 com BR 364, município de Alto Araguaia até nas proximidades da Ponte do Ribeirão Claro”.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/264/01_ao_31-10.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/264/01_ao_31-10.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do Regimento Interno dessa Casa de Leis, requer que a presente Indicação seja devidamente encaminhada ao Exmo. Sr. Prefeito de Alto Araguaia-MT, Sr. Gustavo de Melo Anicézio e ao Secretário Municipal de Obras, Infraestrutura, Transporte e Frotas Sr. Milton Fernandes Lima “que seja feita a implementação de quebra-molas na Rua 33, no Bairro Nossa Senhora Aparecida”</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/266/01_ao_31-9.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/266/01_ao_31-9.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do Regimento Interno dessa Casa de Leis, requer que a presente Indicação seja devidamente encaminhada ao Exmo. Sr. Prefeito de Alto Araguaia-MT, Sr. Gustavo de Melo Anicézio e a Secretária Municipal de Educação Srª Eva Carmem “aquisição de brinquedos educativos para as Escolas Municipais de Educação Infantil Izoldina de Castro Maia e Maria Ferreira Ribeiro”.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/267/01_ao_31-8.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/267/01_ao_31-8.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Sr. Prefeito de Alto Araguaia-MT, Sr. Gustavo Melo de Anicézio e ao Secretário de Obras, Infraestrutura, Transporte e Frotas, Srº Milton Fernandes Lima “que sejam colocadas luzes de led na Orla do Estádio Antônio Afonso de Melo (Bilinão), e que sejam ligadas durante o período noturno.”</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/268/01_ao_31-7.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/268/01_ao_31-7.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do Regimento Interno dessa Casa de Leis, requer que a presente Indicação seja devidamente encaminhada ao Exmo. Sr. Prefeito de Alto Araguaia-MT, Sr. Gustavo de Melo Anicézio e ao Secretário Municipal de Obras, Infraestrutura, Transporte e Frotas Sr. Milton Fernandes Lima “que seja feita a revitalização, manutenção e limpeza periódica da Orla do Praia, localizada nas margens do Rio Araguaia. É um espaço de lazer e ponto tradicional de Alto Araguaia que deve ser cuidado para melhor atender as famílias, população e visitantes que frequentam o local.”</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/269/01_ao_31-6.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/269/01_ao_31-6.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, nos termos do Regimento Interno desta Casa de Leis, requer que a presente indicação seja devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo e a Secretário Municipal de Educação, Srª Eva Carmen, “sugerindo a contratação de porteiros para as Escolas Municipais, buscando garantir maior segurança para as crianças durante o período de aula.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Silvio Maia</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/271/01_ao_31-5.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/271/01_ao_31-5.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do Regimento Interno, requer à Presidente que esta indicação seja devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo, e ao secretário de Saúde, Sra. Manuela Nunes de Souza, “Solicitando que a prefeitura passe a fornecer alimento ou lanche para pacientes e acompanhantes que fazem tratamento pelo SUS fora do município (Rondonópolis).”</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/272/01_ao_31-4.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/272/01_ao_31-4.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do Regimento Interno, requer à Presidente que esta indicação seja devidamente encaminhada ao Prefeito Municipal e à Secretário de Saúde,“a Solicitação que seja contratado um Médico Neuropediatra para atender no Hospital Municipal, ao menos, a cada 15 dias ou qualquer outro intervalo de tempo necessário para atender as crianças com Transtorno de Espectro Autista (TEA) e orientar os respectivos pais, uma vez que em nosso município tem um número considerável de crianças que sofrem de TEA.”</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/273/01_ao_31-3.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/273/01_ao_31-3.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do Regimento Interno, requer à Presidente que esta indicação seja devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo, e ao secretário de Saúde, Sra. Manuela Nunes de Souza, “a solicitação que sejam implementados trocadores/fraldários no Hospital Municipal e nos PSFs do nosso município.”</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/277/01_ao_31-2.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/277/01_ao_31-2.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio com cópia ao Secretário de Municipal de Obras, Infraestrutura, Transporte e Frotas, Milton Fernandes de Lima, solicitando a reforma da Escola Municipal Manoel Martins na zona rural na região do Rio do Peixe.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Clodoaldo</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/280/01_ao_31-1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/280/01_ao_31-1.pdf</t>
   </si>
   <si>
     <t>“Sugerindo que faça parte do Calendário Cultural a Expoaia no nosso município e o Rodeio Show no Distrito do Buriti”.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Silvio Maia, Fabiano do Gás, Suzana Paniago</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/285/32_ao_47-19.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/285/32_ao_47-19.pdf</t>
   </si>
   <si>
     <t>''O Vereador que o presente subscreve, nos termos do art. 100 do Regimento Interno, requer à Presidente que esta indicação seja devidamente encaminhada ao Prefeito Municipal, à Secretária de Saúde, “Solicitando que a regulação da Secretaria Municipal de Saúde de Alto de Araguaia passe a atender os pacientes em período integral.”</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/286/32_ao_47-18.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/286/32_ao_47-18.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do Regimento Interno, requer à Presidente que esta indicação seja devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo, e a secretária de Saúde, Sra. Manoela Nunes de Souza. “Solicitando a contratação de um médico ortopedista para atuar no Hospital Municipal Dep. Cacildo Hugueneyem Alto Araguaia/MT.”</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/288/32_ao_47-17.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/288/32_ao_47-17.pdf</t>
   </si>
   <si>
     <t>Vereadora Marília Maia Rabello Queiroz, partido PP, com assento nesta Casa, de conformidade com o artigo 103, parágrafo único do Regimento Interno, a pedido dos munícipes de Alto Araguaia - MT, requeiro à Mesa que este expediente seja encaminhado ao Exmo. Senhor GUSTAVO MELO DE ANICÉZIO, Prefeito Municipal, e o Senhor MILTON FERNANDES LIMA Secretário Municipal de Infraestrutura, Obras, Transporte E Frotas Solicitando a limpeza e a Manutenção Cemitério Municipal Distrito Buriti  ”.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/291/32_ao_47-16.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/291/32_ao_47-16.pdf</t>
   </si>
   <si>
     <t>Vereadora Marília Maia Rabello Queiroz, partido PP, com assento nesta Casa, de conformidade com o artigo 103,parágrafo único do Regimento Interno, a pedido dos munícipes de Alto Araguaia - MT, requeiro à Mesa que este expediente seja encaminhado ao Exmo. Senhor GUSTAVO  MELO DE ANICÉZIO , Prefeito Municipal, e o Senhor MILTON FERNANDES LIMA Secretário Municipal de Infraestrutura, Obras, Transporte E Frotas Solicitando que inclua todas as ruas Distrito Buriti  no cronograma de recapeamento asfáltico ”</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/297/32_ao_47-15.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/297/32_ao_47-15.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio com cópia ao Secretário de Municipal de Obras, Infraestrutura, Transporte e Frotas, Milton Fernandes de Lima, solicitando serviço emergencial de manutenção nas estradas rurais do município.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/298/32_ao_47-14.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/298/32_ao_47-14.pdf</t>
   </si>
   <si>
     <t>Vereadora Marília Maia Rabello Queiroz, partido PP, com assento nesta Casa, de conformidade com o artigo 103, parágrafo único do Regimento Interno, a pedido dos munícipes de Alto Araguaia - MT, requeiro à Mesa que este expediente seja encaminhado ao Exmo. Senhor GUSTAVO  MELO DE ANICÉZIO , Prefeito Municipal, e o Senhor MILTON FERNANDES LIMA Secretário Municipal de Infraestrutura, Obras, Transporte E Frotas “Solicitando  a substituição de lâmpadas convencionais por LED em todos os postes das ruas do Distrito do Buriti”.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/299/32_ao_47-13.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/299/32_ao_47-13.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do Regimento Interno desta Casa de Leis, requer que a presente indicação seja devidamente encaminhada ao Exmo. Sr. Prefeito de Alto Araguaia-MT, Sr. Gustavo de Melo Anicézio e ao Secretário de Obras, Infraestrutura, Transporte e Frotas – Srº.  Milton Fernandes de Lima, “solicitando ação do Poder Executivo para que seja feita a pavimentação asfáltica em todas as ruas que carecem de asfalto no Bairro Jardim Novo Araguaia”.</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1190/32_ao_47-11.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1190/32_ao_47-11.pdf</t>
   </si>
   <si>
     <t>, “solicitando a abertura de mais uma sala para o pré I na escola Adalcy da Conceição Rodrigues, pois a mesma se encontra super lotada”.</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1192/32_ao_47-9-10.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1192/32_ao_47-9-10.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio com cópia ao Secretário de Municipal de Obras, Infraestrutura, Transporte e Frotas, Milton Fernandes de Lima, solicitando a limpeza, manutenção e retirada de enxames de abelhas do Cemitério Municipal Januário Fraga de Faria.</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1201/32_ao_47-8.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1201/32_ao_47-8.pdf</t>
   </si>
   <si>
     <t>“Indicando a construção de um ponto coberto para os taxistas, tendo como sugestão no fundo da Praça da Matriz”.</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1210/32_ao_47-7.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1210/32_ao_47-7.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, nos termos do Regimento Interno desta Casa de Leis, requer que a presente indicação seja devidamente encaminhada ao Deputado Federal Fábio Garcia, “Indicando a necessidade de gestão junto aos órgãos competentes para que seja disponibilizada uma Camionete Tipo Viatura do Sistema Prisional para a Unidade Prisional de Alto Araguaia”.</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1203/32_ao_47-6.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1203/32_ao_47-6.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do Regimento Interno, requer à Presidente que esta indicação seja devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo e ao Secretário de Saúde, Senhora Manoela Nunes de Souza. Nesta indicação, “Solicito que sejam providenciados todos os exames nos neonatos, tais como teste do pezinho, teste orelhinha, teste olhinho, vacinação e orientação sobre amamentação, antes da alta hospitalar.”</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1204/32_ao_47-5.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1204/32_ao_47-5.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do Regimento Interno, requer à Presidente que esta indicação seja devidamente encaminhada ao Prefeito Municipal e ao Secretário de Saúde “a solicitação que o município realize convênios com hospitais particulares para realização de cirurgia de mamoplastia redutora nas mulheres de baixa renda e que apresente problemas emocionais ou físicos decorrente do tamanho dos seios.”</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1208/32_ao_47-3-4.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1208/32_ao_47-3-4.pdf</t>
   </si>
   <si>
     <t>“a utilização de Drones para fiscalizar e combater focos de dengue no município de Alto Araguaia-MT”.</t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1207/32_ao_47-2.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1207/32_ao_47-2.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de Obras e Infraestrutura Sr. Milton Fernandes Lima, solicitando que seja feita reparos na primeira rua do Maria das Graças, onde as carretas entram e contornam por trás dos restaurantes.</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>Renato Lopes</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1218/32_ao_47-1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1218/32_ao_47-1.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Sr. Prefeito Municipal – Gustavo de Melo Anicézio, com cópia ao Secretário Municipal de Obras, Infraestrutura, Transportes e Frotas – Sr. Milton Fernandes de Lima, “Sugerindo mais 1(um) reservatório de água na região do Distrito do Buriti”.</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1219/indicacao-32-33.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1219/indicacao-32-33.pdf</t>
   </si>
   <si>
     <t>Vereadora Marília Maia Rabello Queiroz, partido União Brasil, com assento nesta Casa, de conformidade com o artigo 103, parágrafo único do Regime Interno, a pedido dos munícipes de Alto Araguaia – MT, requeiro à Mesa que este expediente seja encaminhado ao Exmo. Senhor GUSTAVO MELO DE ANICÉZIO, Prefeito Municipal, e a Senhora EVA CARMEM Secretária Municipal de EDUCAÇÃO, versando sobre a necessidade de construção de Parque Infantil na Escola Municipal JOAQUIM PATROCINIO DIAS LOCALIZADO REGIÃO PARAISO.</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1221/indicacao-31.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1221/indicacao-31.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, nos termos do Regimento Interno desta Casa de Leis, requer que a presente indicação seja devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo e o Secretário de Obras Srº Milton Lima Municipal Educação, “Solicitando que seja feita a limpeza da orla do bilinão e a iluminação pública”.</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1229/indicacao-30.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1229/indicacao-30.pdf</t>
   </si>
   <si>
     <t>Sugerindo ao Executivo um 1 (um) dia folga _x000D_
 remunerada aos servidores Públicos Municipais na data dos seus receptivos _x000D_
 aniversários”.</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1232/indicacao-29.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1232/indicacao-29.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do Regimento Interno, requer à Presidente que esta indicação seja devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio e a Secretária de Saúde, Senhora Manoela Nunes de Souza, "Solicito que seja contratado um Médico Pediatra para atender no Hospital Municipal, uma vez que os recém nascidos estão sendo encaminhados a cidade de Rondonópolis para realizarem as primeiras consultas, causando, assim, exaustão nas mães que se encontram no período de resguardo.”</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1234/indicacao-28.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1234/indicacao-28.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo Anicésio com cópia ao Secretário Municipal de Obras, Infraestrutura, Transportes e Frotas Milton Fernandes Lima, “solicitando a manutenção do Terminal Rodoviário de Alto Araguaia.”</t>
   </si>
   <si>
     <t>1239</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1239/indicacao-27.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1239/indicacao-27.pdf</t>
   </si>
   <si>
     <t>Os vereadores que o presente subscrevem, requerem à Mesa ouvido o Soberano Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio, “sugerindo a análise da possibilidade de aumento no efetivo de pessoas para realização da limpeza pública urbana”.</t>
   </si>
   <si>
     <t>1240</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1240/indicacao-26_-_convertido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1240/indicacao-26_-_convertido.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do Regimento Interno, requer à Presidente que esta indicação seja devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo, e ao secretário de Obras, Infraestrutura, Transporte e Frotas, Sr. Milton Fernandes de Lima, “Solicitando que o Poder Executivo, através do setor competente, viabilize plantio de arvores nas áreas publicas da cidade, e incentive a população sobre a necessidade do plantio em áreas particulares, realizando projetos de conscientização e arborização.”_x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 Justifica-se a presente indicação, considerando que o plantio de árvores é de extrema importância na melhoria da qualidade de vida da população, principalmente no que se refere ao conforto ambiental proporcionado por elas._x000D_
 Por isso, acreditamos ser de extrema importância o Poder Executivo acatar as sugestões feitas nessa proposição._x000D_
 Plenário Alba Berigo, 17 de maio 2024.</t>
   </si>
   <si>
     <t>1242</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1242/indicacao-25.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1242/indicacao-25.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, nos termos do Regimento Interno desta Casa de Leis, requer que a presente indicação seja devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo e a Secretária de Saúde Srª Manoela Nunes de Souza.  “Solicitando com urgência a compra de um ônibus/micro-ônibus para a saúde”.</t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1243/indicacao-24.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1243/indicacao-24.pdf</t>
   </si>
   <si>
     <t>“Sugerindo mais 1(uma) ou 2(duas) vans para o Departamento de saúde no nosso município”.</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1247/indicacao-23.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1247/indicacao-23.pdf</t>
   </si>
   <si>
     <t>“Indicando a aquisição de uma caminhonete dupla para a DIVAES – DIVISÃO DE TRATAMENTO DE ÁGUA E ESGOTO de Alto Araguaia-MT”.</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1248/indicacao-21-22.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1248/indicacao-21-22.pdf</t>
   </si>
   <si>
     <t>“Indicando serviços de manutenção, reparos e limpeza na via MT-100, em conexão com a Br 364”.</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1252/indicacao-20.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1252/indicacao-20.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do Regimento Interno, requer à Presidente que esta indicação seja devidamente encaminhadaao Prefeito Municipal, Sr. Gustavo de Melo, e ao secretário de Secretaria Municipal de Agricultura, Pecuária e Abastecimento e Meio Ambiente, Sr. João Dias, “Visando formar indivíduos preocupados com os problemas ambientais e que busquem a conservação e preservação dos recursos naturais e a sustentabilidade, solicito que seja implementada um amplo programa ou Plano de Educação Ambiental no município, com o maior foco nas escolas.”_x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 _x000D_
 Entendo que um amplo programa de Educação Ambiental deve ser implementado no município, levando as informações necessárias para aumentar o comprometimento de toda a população com o meio ambiente. _x000D_
 Por isso, entendemos ser de extrema importância o Poder Executivo acatar as sugestões feitas nessa proposição._x000D_
 _x000D_
 Plenário Alba Berigo, 29 de maio de 2024._x000D_
 _x000D_
 _x000D_
 _x000D_
 __________________________x000D_
 Silvio Maia_x000D_
 Vereador (PL)</t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>Marilia Maia, Clodoaldo</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1257/indicacao-19.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1257/indicacao-19.pdf</t>
   </si>
   <si>
     <t>Os Vereadores Marília Maia Rabello Queiroz e Clodoaldo José Fernandes, com assento nesta Casa, de conformidade com o artigo 103, parágrafo único do Regime Interno, a pedido dos munícipes de Alto Araguaia – MT, requeiro à Mesa que este expediente seja encaminhado ao Exmo. Senhor GUSTAVO MELO DE ANICÉZIO, Prefeito Municipal, Senhor MANOELITO DIAS REZENDE NETO Secretário Municipal de ADMINISTRAÇÃO INDUSTRIA E COMERCIO e a Senhora MARIA LUCIA RODRIGUES ALVES, SECRETARIA MUNICIPAL DE EDUCAÇÃO , “SOLICITANDO A VIABILIDADE DA INSTALAÇÃO DE BRINQUEDOS SENSORIAIS DESTINADOS A INCLUSÃO SOCIAL E ACESSIBILIDADE DE PESSOAS COM TRANSTORNO DO ESPECTRO AUTISTA, NA PRAÇA HEROTIDES BUENO FRAGA LOCALIZADA NO BAIRRO COHAB, EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1259/indicacao-18.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1259/indicacao-18.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº /2024_x000D_
 _x000D_
 Autoria: Vereador Silvio Maia_x000D_
 _x000D_
 _x000D_
 O Vereador que o presente subscreve, nos termos do art. 100 do Regimento Interno, requer à Presidente que esta indicação seja devidamente encaminhadaao Prefeito Municipal, Sr. Gustavo de Melo, e ao secretário de Obras, Infraestrutura, Transporte e Frotas, Sr. Milton Fernandes de Lima, “Solicitando a construção de um aterro sanitário no Município.”_x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 _x000D_
 Justifica-se a presente indicação uma vez que o problema do lixo urbano tem se tornado evidente e a construção de um local adequado para serem depositados estes dejetos proporcionarão melhores condições de saúde._x000D_
 Por isso, acreditamos ser de extrema importância o Poder Executivo acatar as sugestões feitas nessa proposição._x000D_
 _x000D_
 Plenário Alba Berigo, 07 de junho de 2024._x000D_
 _x000D_
 __________________________x000D_
 Silvio Maia_x000D_
 Vereador (PL)</t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>Fabiano do Gás, Ricardo Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1262/indicacao-17.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1262/indicacao-17.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, requer à Mesa Ouvido o Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio com cópia ao Secretário Municipal de Obras, Infraestrutura, Transporte e Frotas, Milton Fernandes Lima “solicitando a reforma da ponte do Ribeirãozinho na região do Gato Preto, na MT 481”.</t>
   </si>
   <si>
     <t>1263</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1263/indicacao-15-16.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1263/indicacao-15-16.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, requer à Mesa Ouvido o Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio com cópia ao Secretário de Municipal de Obras, Infraestrutura, Transporte e Frotas, Milton Fernandes de Lima, solicitando serviço de manutenção nas estradas rurais da região do Gato Preto.</t>
   </si>
   <si>
     <t>1267</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1267/indicacao-14.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1267/indicacao-14.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do Regimento Interno dessa Casa de Leis, requer que a presente Indicação seja devidamente encaminhada ao Exmo. Sr. Prefeito de Alto Araguaia-MT, Sr. Gustavo de Melo Anicézio e ao Secretário Municipal de Obras, Infraestrutura, Transporte e Frotas Sr. Milton Fernandes Lima “que seja feita a instalação de postes de energia elétrica na Rua Benedito Silvério da Costa, conhecida como rua de bloquete, no Bairro Boiadeiro”</t>
   </si>
   <si>
     <t>1311</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1311/indicacao-11.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1311/indicacao-11.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº/2024_x000D_
 _x000D_
 Autoria: Vereador Silvio Maia_x000D_
 _x000D_
 O Vereador que o presente subscreve, nos termos do art. 100 do Regimento Interno, requer à Presidente que esta indicação seja devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo, e ao secretário de Infraestrutura, Obras e Serviços Urbanos, Sr. Milton Lima, a “Solicitação que seja realizada campanha informativa sobre a coleta seletiva de lixo e, posteriormente, seja colocada à disposição da população tambores de coleta seletiva de lixo com os padrões de cores estabelecidos na Resolução Nº 275 do Conselho Nacional do Meio Ambiente (CONAMA).”_x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 _x000D_
 Justifica a presente indicação, uma vez que as lixeiras de coleta seletiva seriam de material resistente a impactos, desgastes e variações de temperatura. Cada tipo de lixo é representado por uma cor específica, conforme estabelecido pela Resolução Nº 275 do Conselho Nacional do Meio Ambiente._x000D_
 As lixeiras servirão para facilitar a compreensão e a ação educativa junto aos munícipes. Com a instalação dessas lixeiras especiais vai ser possível intensificar o trabalho de cidadania e conscientização das pessoas sobre a importância da separação do lixo._x000D_
 Por isso, entendemos ser de extrema importância o Poder Executivo acatar as sugestões feitas nessa proposição._x000D_
 _x000D_
 Plenário Alba Berigo, 14 de junho de 2024._x000D_
 _x000D_
 __________________________x000D_
 Silvio Maia_x000D_
 Vereador (PL)</t>
   </si>
   <si>
     <t>1552</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1552/indicacao-12-13.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1552/indicacao-12-13.pdf</t>
   </si>
   <si>
     <t>solicito após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao  Exmo. Sr. Prefeito Municipal de Alto Araguaia/MT Sr. Gustavo de Melo Anicésio e a Secretária Municipal de Educação Sra. Maria Lúcia Rodrigues Alves “para que seja adquirido novos brinquedos educacionais e pedagógicos para educação infantil, prioritariamente, para Escola Municipal de Educação Infantil Izoldina de Castro Maia (Creche).</t>
   </si>
   <si>
     <t>1566</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1566/indicacao-7-10.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1566/indicacao-7-10.pdf</t>
   </si>
   <si>
     <t>“O Vereador que o presente subscreve, nos termos do art. 100 do Regimento Interno, requer à Presidente que esta indicação seja devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo, e ao secretário de Obras, Infraestrutura, Transporte e Frotas, Sr. Milton Fernandes de Lima, “Solicitando que sejam implementado um programa de gestão de resíduos, para transportar, processar, reciclar e reaproveitar os entulhos de construção civil produzidos em obras públicas e privadas executadas na cidade.”</t>
   </si>
   <si>
     <t>1567</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1567/indicacao-6.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1567/indicacao-6.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do Regimento Interno, requer à Presidente que esta indicação seja devidamente encaminhadaao Prefeito Municipal, Sr. Gustavo de Melo, ao secretário de Secretaria Municipal de Agricultura, Pecuária e Abastecimento e Meio Ambiente, Sr. João Dias, e a Presidente da Câmara Municipal, Senhora Mariana de Souza “a Solicitação que o Poder Executivo e Legislativo instale qualquer tipo sistema de tratamento ecológico e/ou biológico de esgoto doméstico, como o biodigestor, fossas ecológicas ou qualquer outro sistema de tratamento ecológico e/ou biológico nas Escolas, Câmara Municipal e demais prédios públicos.”</t>
   </si>
   <si>
     <t>1568</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1568/indicacao-1-5.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1568/indicacao-1-5.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do Regimento Interno, requer à Presidente que esta indicação seja devidamente encaminhadaao Prefeito Municipal, Sr. Gustavo de Melo, e ao secretário de Secretaria Municipal de Agricultura, Pecuária e Abastecimento e Meio Ambiente, Sr. João Dias, “Solicitando que seja concedida isenção de IPTU pelo prazo de 2 a 4 anos aos proprietários de residências que instalarem qualquer tipo sistema de tratamento ecológico e/ou biológico de esgoto doméstico, como biodigestor, fossas ecológicas ou qualquer outro sistema de tratamento ecológico e/ou biológico de esgoto.”</t>
   </si>
   <si>
     <t>1604</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1604/indicacao_70_-_convertido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1604/indicacao_70_-_convertido.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio com cópia a Secretário Municipal de Obras, Infraestrutura, Transporte e Frotas, Milton Fernandes de Lima “solicitando a abertura de uma via alternativa, além da BR 364, para passagem ligando o Bairro do Jardim Novo Araguaia as demais localidades do município”.</t>
   </si>
   <si>
     <t>1607</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1607/indicacao-1_-_convertido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1607/indicacao-1_-_convertido.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do Regimento Interno, requer à Presidente que esta indicação seja devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo e ao Secretário de Administração, Sr. Manoelito Dias de Rezende Neto “a solicitação de que seja Implementado uma "Casa do Empreendedor" em nossa cidade espaço que deverá reunir serviços de apoio ao micro e pequeno empreendedor, com ferramentas para capacitar, formar e informar empreendedores e aqueles que pretendem empreender.”</t>
   </si>
   <si>
     <t>1608</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1608/indicacao-2_-_convertido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1608/indicacao-2_-_convertido.pdf</t>
   </si>
   <si>
     <t>“a solicitação que seja inserido assuntos e palestras referentes ao empreendedorismo nas escolas públicas municipais, buscando ajudar os estudantes a formarem futuras competências e habilidades empreendedoras.”</t>
   </si>
   <si>
     <t>1609</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1609/indicacao-3_-_convertido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1609/indicacao-3_-_convertido.pdf</t>
   </si>
   <si>
     <t>“Solicitação que seja realizada análise da qualidade da água do maior número possível de minas d'Água e nascentes do nosso município e, posteriormente, seja enviado para todas as empresas de extração e engarrafamento de água mineral da região centro oeste ou até mesmo do Brasil, para que estas possam verificar a possibilidade de se instalarem no município.”</t>
   </si>
   <si>
     <t>1620</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1620/indicacao_no_074_silvio_.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1620/indicacao_no_074_silvio_.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 074/2024_x000D_
 _x000D_
 Autoria: Vereador Silvio Maia_x000D_
 _x000D_
 O Vereador que o presente subscreve, nos termos do art. 100 do Regimento Interno, requer à Presidente que esta indicação seja devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo e a Secretária Municipal de Educação Esportes Cultura, Cultura, Lazer e Turismo, Sra. Maria Lúcia Rodrigues Alves, “Solicitando que a Prefeitura passe a realizar eventos esportivos de mountain bike e corrida de rua de forma freqüente.”</t>
   </si>
   <si>
     <t>1621</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1621/indicacao_no75.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1621/indicacao_no75.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, requer à Mesa Ouvido o Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo Anicezio, com cópia a Secretária de Saúde Manoela Nunes de Souza “SOLICITANDO A CONTRATAÇÃO DE UM MÉDICO GINECOLOGISTA OBSTETRA PARA ATENDIMENTO NO HOSPITAL MUNICIPAL CACILDO HUGUENEY’’.</t>
   </si>
   <si>
     <t>1622</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1622/indicacao_no76.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1622/indicacao_no76.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, requer à Mesa Ouvido o Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo Anicezio, com cópia a Secretária de Saúde Manoela Nunes de Souza “SOLICITANDO A CONTRATAÇÃO DE UM MÉDICO PEDIATRA PARA ATENDIMENTO NO HOSPITAL MUNICIPAL CACILDO HUGUENEY’’.</t>
   </si>
   <si>
     <t>1623</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1623/indicacao_no77.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1623/indicacao_no77.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio com cópia ao Secretário de Municipal de Obras, Infraestrutura, Transporte e Frotas, Milton Fernandes de Lima, solicitando serviço de manutenção nas estradas rurais da região do Paraíso e do Córrego Rico.</t>
   </si>
   <si>
     <t>1624</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1624/indicacao_no78.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1624/indicacao_no78.pdf</t>
   </si>
   <si>
     <t>A presente solicitação se faz necessária, pelo fato de não haver programa específico que desenvolvam as atividades físicas citadas, o que obriga os munícipes a contratarem alguns desses serviços em academias, isso quando a pessoa dispõe de recursos para isso._x000D_
 Além do mais, a prática de atividade física em todas as idades é de extrema importância para a saúde e qualidade de vida das pessoas._x000D_
 Por isso, acreditamos ser de extrema importância o Poder Executivo acatar as sugestões feitas nessa proposição.</t>
   </si>
   <si>
     <t>1625</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1625/indicacao_no79.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1625/indicacao_no79.pdf</t>
   </si>
   <si>
     <t>A participação das mulheres em provas de corrida de rua é recente, porém, atualmente, o cenário das mulheres no segundo esporte mais praticado no Brasil é bem favorável. De acordo com pesquisa realizada por uma plataforma de venda de ingressos, divulgada no final de 2019, as mulheres já são responsáveis por 46% das inscrições em corridas no país._x000D_
 Esse fenômeno é importante para as mulheres manterem a saúde e qualidade de vida, além de deixar as nossas mulheres ainda mais ativas e participativas em provas e eventos._x000D_
 Esta ação tem com a finalidade aumentar a participação das mulheres como protagonistas em eventos esportivos._x000D_
 Por isso, acreditamos ser de extrema importância o Poder Executivo acatar as sugestões feitas nessa proposição.</t>
   </si>
   <si>
     <t>1626</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1626/indicacao_no80.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1626/indicacao_no80.pdf</t>
   </si>
   <si>
     <t>Autoria: Vereador Silvio Maia_x000D_
 _x000D_
 O Vereador que o presente subscreve, nos termos do art. 100 do Regimento Interno, requer à Presidente que esta indicação seja devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo e ao Secretário de Esporte Erasmo Borges, “a solicitação que sejam realizados todos os anos, no município, o torneio de futsal ou futebol society entre famílias, com premiações para a equipe vencedora e também para a melhor torcida organizada.”_x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 _x000D_
 O futebol é o esporte mais praticado e amado do Brasil, De acordo com as fontes são mais de 30 milhões de futebolistas amadores e profissionais no país, sem contar com os outros milhares de “técnicos(as)”, especialistas e fãs da modalidade, que fazem desse esporte o principal assunto dos horários de almoço, das mesas de jantares e das rodas de amigos e amigas._x000D_
 Os torneios esportivos entre famílias são comuns em outros municípios, além de ser uma opção de lazer, contribui para unir as famílias, incluindo todos os benefícios que a prática do desporto traz para as equipes envolvidas, como saúde, bem-estar._x000D_
 Por essas razões, acreditamos ser de extrema importância o Poder Executivo acatar as sugestões feitas nessa proposição._x000D_
 _x000D_
 Plenário Alba Berigo, 12 de Agosto.</t>
   </si>
   <si>
     <t>1628</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1628/indicacao_no81.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1628/indicacao_no81.pdf</t>
   </si>
   <si>
     <t>1627</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1627/indicacao_no82.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1627/indicacao_no82.pdf</t>
   </si>
   <si>
     <t>Vereadora Marília Maia Rabello Queiroz, partido União Brasil, com assento nesta Casa, de conformidade com o artigo 103, parágrafo único do Regimento Interno, a pedido dos munícipes de Alto Araguaia - MT, requeiro à Mesa que este expediente seja encaminhado ao Exmo. Senhor GUSTAVO  MELO DE ANICÉZIO , Prefeito Municipal, e o Senhor MILTON FERNANDES LIMA Secretário Municipal de Infraestrutura, Obras, Transporte E Frotas Versando a necessidade, que seja disponibilizado o caminhão pipa no período da manhã e no final da tarde para molhar as ruas não pavimentadas no bairro Jardim Novo Araguaia ”  .</t>
   </si>
   <si>
     <t>1840</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1840/indicacao_083.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1840/indicacao_083.pdf</t>
   </si>
   <si>
     <t>Autoria: Vereador Silvio Maia_x000D_
 _x000D_
 O Vereador que o presente subscreve, nos termos do art. 100 do Regimento Interno, requer à Presidente que esta indicação seja devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo e ao Secretário de Administração, Sr. Manoelito Dias de Rezende Neto “a solicitação de que seja elaborado um catálogo com informações sobre todos os pontos turísticos do nosso município, e, posteriormente, seja disponibilizado cópias em todos os bares, restaurante e hotéis da cidade.”_x000D_
 _x000D_
 _x000D_
 Plenário Alba Berigo, 19 de agosto de 2024.</t>
   </si>
   <si>
     <t>1841</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1841/indicacao_084.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1841/indicacao_084.pdf</t>
   </si>
   <si>
     <t>Autoria: Vereador Silvio Maia_x000D_
 _x000D_
 O Vereador que o presente subscreve, nos termos do art. 100 do Regimento Interno, requer à Presidente que esta indicação seja devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo e ao Secretário de Administração, Sr. Manoelito Dias de Rezende Neto “a solicitação de que Prefeitura mande confeccionar placas e adesivos com imagens dos pontos turísticos da cidade, e, posteriormente, seja colocados em lugares públicos ou freqüentados pelo público.”_x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 _x000D_
 Essa indicação tem como objetivo levar ao conhecimento da população, dos pontos turísticos da cidade, que consiste na exposição desses adesivos em lugares estratégicos._x000D_
 Por isso, entendemos ser de extrema importância o Poder Executivo acatar a sugestão feita nessa proposição.</t>
   </si>
   <si>
     <t>1906</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1906/indicacao_no_085.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1906/indicacao_no_085.pdf</t>
   </si>
   <si>
     <t>“a solicitação que seja instituído um programa ou projeto que tenha como finalidade ensinar técnicas e estimular a prática da oratória em todas as escolas publicas municipais.”</t>
   </si>
   <si>
     <t>1950</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1950/indicacao_no_086-_silvio.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1950/indicacao_no_086-_silvio.pdf</t>
   </si>
   <si>
     <t>“a solicitação de que a prefeitura e a Câmara Municipal realize a divulgação, nas redes sociais e do site oficial, de cursos online gratuitos oferecidos pelo SEBRAE, USP e outras instituições.”</t>
   </si>
   <si>
     <t>1953</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1953/indicacao_no_087-_marilia.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1953/indicacao_no_087-_marilia.pdf</t>
   </si>
   <si>
     <t>Indicando a necessidade de resolver o problema de abastecimento de_x000D_
 água no Distrito do Buriti. Conforme relatos de moradores daquela comunidade o_x000D_
 abastecimento de água é feito da seguinte forma:</t>
   </si>
   <si>
     <t>1954</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1954/indicacao_no_088-_marilia.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1954/indicacao_no_088-_marilia.pdf</t>
   </si>
   <si>
     <t>, indica a realização da operação tapa-buracos ou recapeamento asfáltico no_x000D_
 Distrito do Buriti.</t>
   </si>
   <si>
     <t>1983</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1983/indicacao_no_089-_suzana.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1983/indicacao_no_089-_suzana.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, requer à Mesa Ouvido o Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo Anicezio, com cópia ao Secretário de Saúde Cleomar Vilela Rodrigues “SOLICITANDO A CONSTRUÇÃO DE UMA ÁREA COBERTA, INCLUINDO CADEIRAS, BEBEDOURO E BANHEIROS NA SECRETARIA DE SAÚDE”.</t>
   </si>
   <si>
     <t>2089</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2089/indicacao_no_090.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2089/indicacao_no_090.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do Regimento Interno, requer à Presidente que esta indicação seja devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo, e ao secretário de Secretaria Municipal de Agricultura, Pecuária e Abastecimento e Meio Ambiente, Sr. João Dias, “Solicitando que sejam implementadas política consistentes de incentivo a as atividades de fruticultura e produção de derivados em Alto Araguaia.”</t>
   </si>
   <si>
     <t>2091</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2091/indicacao_no_091.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2091/indicacao_no_091.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio com cópia ao Secretário de Municipal Secretário Municipal de Agricultura, Pecuária, Abastecimento e Meio Ambiente, João Dias “solicitando a regularização no fornecimento de abastecimento de água no Assentamento do Córrego Rico”.</t>
   </si>
   <si>
     <t>2092</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2092/indicacao_no_092_-_convertido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2092/indicacao_no_092_-_convertido.pdf</t>
   </si>
   <si>
     <t>“Solicitação para que seja feita a reposição ou substituição completa de areia nos tanques de areia dos playground infantis do município.”</t>
   </si>
   <si>
     <t>2093</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2093/indicacao_no_093.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2093/indicacao_no_093.pdf</t>
   </si>
   <si>
     <t>“solicitando a instalação dos mata-burros de ferros, que foram adquiridos por meio do Programa Minha Estrada Sem Porteiras no ano de 2019, na UM 28 e MU 31”.</t>
   </si>
   <si>
     <t>2094</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2094/indicacao_no_094.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2094/indicacao_no_094.pdf</t>
   </si>
   <si>
     <t>“Solicitação para que seja fornecidas caçambas para descarte de entulhos para os munícipes de baixa renda comprovada.”</t>
   </si>
   <si>
     <t>2096</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2096/indicacao_no_095.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2096/indicacao_no_095.pdf</t>
   </si>
   <si>
     <t>“a solicitação de que seja ministrados cursos direcionados para donas de casa, como corte de costura, bordado, artesanato, confeitaria, bolos e outros.”</t>
   </si>
   <si>
     <t>2103</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2103/indicacao_rua_mestre_angelo.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2103/indicacao_rua_mestre_angelo.pdf</t>
   </si>
   <si>
     <t>“Solicitando que proceda manutençao do trecho inicial/final da Rua Mestre Ângelo, Bairro Gabirora”</t>
   </si>
   <si>
     <t>2104</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2104/scan2.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2104/scan2.pdf</t>
   </si>
   <si>
     <t>“Solicitando o serviço de extensão de rede de energia elétrica na Avenida Araguaia, trecho compreendido entre as ruas Severino Botelho de Melo e Getúlio Vargas, tendo como ponto de referência o Comércio Coca Espetinho."</t>
   </si>
   <si>
     <t>2105</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2105/scan3.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2105/scan3.pdf</t>
   </si>
   <si>
     <t>“Solicitando a substituição das telhas do ponto de ônibus da Rua João Inácio Fraga, na Vila Aeroporto”.</t>
   </si>
   <si>
     <t>2106</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2106/099-marilzan.docx.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2106/099-marilzan.docx.pdf</t>
   </si>
   <si>
     <t>“Solicitando o serviço de iluminação pública na Rua Boaideiro, Setor Caminho das Águas”.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/224/requerimento-25.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/224/requerimento-25.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Sr. Gustavo Melo – Prefeito Municipal, ao Secretário Municipal de Educação, Srª. Eva Carmem Vieira de Carvalho, “a disponibilização de informações sobre a aquisição dos uniformes, mochilas e kit escolar para os alunos da rede municipal, esclarecendo a data programada para a entrega dos mesmos”.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>Suzana Paniago, Mariana de Souza</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/233/requerimento-24.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/233/requerimento-24.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe _x000D_
 expediente ao Exmo. Sr. Gustavo Melo – Prefeito Municipal e Ilmo. Sr. Manoelito dos _x000D_
 Dias de Rezende Neto – Secretário Municipal de Adminstração, “solicitando informação _x000D_
 sobre a previsão de compra e instalação de equipamento de ar condicionado para a _x000D_
 recepção do Hospital Municipal”.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/226/requerimento-23.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/226/requerimento-23.pdf</t>
   </si>
   <si>
     <t>Tal requerimento tem por objetivo melhorar o aspecto de nossa cidade tornando-a mais limpa e organizada. Pois ao se transitar pela cidade podemos presenciar o acúmulo de lixo nas ruas, muitos deles já estão no local há semanas. Vejo também a grande necessidade de colocação de lixeiras (em formato Cestão) em pontos estratégicos para o correto acondicionamento de lixo urbano até a coleta.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/227/requerimento-22.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/227/requerimento-22.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, ouvido o Plenário, cumprindo as formalidades legais e regimentais, vem Requerer do Prefeito Municipal, o Sr. Gustavo Melo de Anicézio, a Secretária de Saúde, Sra. Manoela Nunes de Souza, solicitando a viabilidade de instalação de uma farmácia básica no PSF Wanessa Welter, bairro N.S. Aparecida.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/230/requerimento-20_merged.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/230/requerimento-20_merged.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicézio e a Secretário de Municipal de Obras, Infraestrutura, Transporte e Frotas, Milton Fernandes de Lima, requerendo informações referente ao prazo de finalização da obra da aduela localizada na MU-465 no córrego Jararaca na região do Rio do Peixe.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/241/requerimento-19.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/241/requerimento-19.pdf</t>
   </si>
   <si>
     <t>providências no sentido problema de acúmulo de água empoçada no cruzamento entre a Rua Marechal Rondon e Av. Jeronimo Samita Maia (MT 100).</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/242/requerimento-18.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/242/requerimento-18.pdf</t>
   </si>
   <si>
     <t>emergencial de limpeza geral na Orla da gabiroba e instalação de câmera de monitoramento na entrada da mesma”.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/235/requerimento-16-17.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/235/requerimento-16-17.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicézio e a Secretária de Educação, Eva Carmem Vieira de Carvalho, requerendo informações referente a contratação de monitores para acompanhamento de crianças com autismo nas escolas da rede pública.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/252/requerimento-15.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/252/requerimento-15.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, ouvido o Plenário, cumprindo as formalidades legais e regimentais, vem Requerer do Prefeito Municipal, o Sr. Gustavo Melo de Anicézio, ao Secretário de Obras e Infraestrutura, Sr. Milton Fernandes de Lima, solicitando patrolamento no campinho de terra do bairro Parque do Cerrado.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/265/requerimento-13-14.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/265/requerimento-13-14.pdf</t>
   </si>
   <si>
     <t>1.	Por que os Agentes de Combate a Endemia do município de Alto Araguaia não são beneficiados com os repasses feitos pela União?_x000D_
 2.	Os Agentes de Combate à Endemias estão cadastrados perante o Ministério da Saúde? _x000D_
 3.	Atualmente, qual a situação dos Agentes de Combate à Endemias fora do âmbito municipal? Existe alguma pendência concernente a regularização, cadastro dos mesmos?_x000D_
 4.	O que o Poder Executivo fez, após a efetivação dos mesmos, para torná-los aptos aos mesmos benefícios que os Agentes de Saúde?</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/263/requerimento-12.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/263/requerimento-12.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Sr. Gustavo Melo – Prefeito Municipal e Ilma. Sra. Manoela Nunes de Souza – Secretária Municipal de saúde, “solicitando informação sobre a previsão das doses de vacina contra a dengue”</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>Luizinho</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/270/requerimento-11.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/270/requerimento-11.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Sr. Gustavo Melo de Anicézio, Prefeito Municipal, à Ilma. Sra. Eva Carmem Vieira de Carvalho, Secretária Municipal de Educação Cultura Esportes Lazer e Turismo e ao Ilmo. Sr. Bruno Pio Peron, Diretor de Esportes,  “Solicitando informações sobre o cronograma de eventos e atividades  relacionadas ao Esporte para o ano de 2024”.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/278/requerimento-10.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/278/requerimento-10.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, ouvido o Plenário, cumprindo as formalidades legais e regimentais, vem Requerer do Prefeito Municipal, o Sr. Gustavo Melo de Anicézio, ao Secretário de Obras e Infraestrutura, Sr. Milton Fernandes de Lima, solicitando limpeza de terreno baldio localizado na Rua Benedito José da Costa, bairro N.S. Aparecida. (Aos fundos da Igreja Assembleia de Deus – Pastor Ivon.)</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/289/requerimento-6-9.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/289/requerimento-6-9.pdf</t>
   </si>
   <si>
     <t>Requeiro, após ouvido o Plenário na forma Regimental, que a Mesa _x000D_
 encaminhe expediente ao Exmo. Sr. Gustavo Melo – Prefeito Municipal, e ao Secretário_x000D_
 de Agricultura, Sr. João Dias, para que dignem, no prazo legal, a tomar as medidas _x000D_
 cabíveis em relação ao correto abastecimento de água no distrito de Buriti.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/300/requerimento-1-5_-_convertido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/300/requerimento-1-5_-_convertido.pdf</t>
   </si>
   <si>
     <t>Com fulcro no que dispõe o Regimento Interno da Câmara Municipal de Alto Araguaia, resolveram os Vereadores(as) subscritores encaminhar à consideração do Soberano Plenário REQUERIMENTO ao Excelentíssimo Senhor Mauro Mendes, Governador do Estado de Mato Grosso, a fim de que dê execução as medidas divulgadas na imprensa mato-grossense relativas à Moratória da Soja em áreas convertidas legalmente neste estado.</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1194/requerimento2-23.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1194/requerimento2-23.pdf</t>
   </si>
   <si>
     <t>Requeiro, após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Sr. Gustavo Melo – Prefeito Municipal e a Secretária de Educação, senhora Eva Carmem Vieira de Carvalho, para que dignem a informar:_x000D_
     1) O concurso para o cargo de Monitor de Desenvolvimento Infantil fora exigido qual nível de escolaridade? Nível médio ou nível fundamental?_x000D_
     2) Atualmente, em qual tabela de progressão está inserido o cargo de Monitor de Desenvolvimento Infantil? Na tabela de cargos de nível fundamental ou de nível médio?_x000D_
     3) Por qual motivo a tabela de progressão do cargo de Monitor só vai até a Classe C?</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1197/requerimento2-21-22.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1197/requerimento2-21-22.pdf</t>
   </si>
   <si>
     <t>Requeiro, após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Sr. Gustavo Melo – Prefeito Municipal, ao Secretário de administração, senhor Manoellito Dias de Rezende Neto e ao Secretário de Finanças, senhor Welton Vilela Cardoso, para que dignem, a informar:</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1206/requerimento2-20.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1206/requerimento2-20.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, ouvido o Plenário, cumprindo as formalidades legais e regimentais, vem Requerer do Prefeito Municipal, o Sr. Gustavo Melo de Anicézio, ao Secretário de Obras e Infraestrutura, Sr. Milton Fernandes de Lima, solicitando que seja feito patrolamento no final da Rua 36, bairro N.S. Aparecida.</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1211/requerimento2-16-19.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1211/requerimento2-16-19.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicézio e a Secretário de Municipal de Obras, Infraestrutura, Transporte e Frotas, Milton Fernandes de Lima, requerendo informações referente a liberação da nova Ponte da Paca na MU 465, região do Rio do Peixe.</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1222/requerimento2-15_-_convertido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1222/requerimento2-15_-_convertido.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao  Superintendente Regional do DNIT -  Ilmo. Sr. Djalma Silvestre Fernandes, “Requerendo que sejam refeitas duas faixas de pedestres na Av. Carlos Hugueney (BR 364) esquina com Rua Benjamim Constant,  trecho próximo à Casa Lotérica e Loja da Vivo”</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1224/requerimento2-13-15.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1224/requerimento2-13-15.pdf</t>
   </si>
   <si>
     <t>Os vereadores que subscrevem a presente, nos termos do art. 101 do Regimento Interno, requerem à Mesa, ouvido o soberano plenário, que este seja aprovado e devidamente encaminhado ao Prefeito Municipal, ao Secretário de Finanças e ao Secretário de Saúde, a solicitação de informações sobre os pagamentos efetuados pela prefeitura ao Instituto Santa Rosa, responsável pela administração do Hospital Municipal. Requerem as seguintes informações: 1) A Prefeitura está honrando os pagamentos pelos serviços prestados pela OS? Caso a resposta seja negativa, há quanto tempo a Prefeitura está em atraso e qual o motivo do atraso? 2) A Prefeitura já atrasou algum pagamento ao Instituto desde a sua contratação? Caso a resposta seja afirmativa, especifique em qual ano e quais meses foram pagos com atraso._x000D_
 Informamos qu</t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1230/requerimento2-12.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1230/requerimento2-12.pdf</t>
   </si>
   <si>
     <t>Sr. Milton Fernandes de Lima, “REQUERENDO ao Executivo junto a Divaes a automatização do abastecimento de água no bairro Jardim Novo Araguaia”.</t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1231/requerimento2-11.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1231/requerimento2-11.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicézio e o Secretário Municipal de Obras -, Sr. Milton Lima “Requerendo informações sobre a reforma da praça do praia – Audinor Germano Rosa.!”:_x000D_
 •	Qual a data prevista para o inicío da reforma?</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1237/requerimento2-9-10.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1237/requerimento2-9-10.pdf</t>
   </si>
   <si>
     <t>Requeiro depois de ouvido o Soberano Plenário que seja aprovada, nos termos do artigo 101, do Regimento Interno desta Casa de Leis, que seja encaminhado ofício ao Prefeito Municipal, Sr. GUSTAVO MELO DE ANICEZIO, com cópia à Secretaria Municipal de Administração e departamento competentes, para que, por meio de seus representantes legais, possam encaminhar ao Poder Legislativo Municipal, relatório com informações sobre qual a empresa responsável pela Limpeza pública do Município? Em caso de não haver uma empresa contratada, quais as medidas que estão sendo tomadas para manutenção da limpeza pública? Quantas pessoas se encontram atualmente à disposição da limpeza pública urbana e quantas tinham à época que havia empresa contratada? O que o Município tem feito para manter a limpeza pública urbana? Estão sendo multados os donos de terrenos sujos em desacordo com a legislação Municipal?</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1254/requerimento2-8.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1254/requerimento2-8.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente à Secretária Municipal de Saúde - Sra. Manoela Nunes , requerendo as seguintes informações sobre a realização de exame de ultrasonografia:</t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1256/requerimento2-7.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1256/requerimento2-7.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Prefeito Municipal, Sr. GUSTAVO MELO DE ANICEZIO, à Secretária Municipal de Saúde - Sra. Manoela Nunes e a Diretora do Instituto Santa Rosa – Sra. Cristiane Guimarães requerendo informações acerca dos procedimentos cirúrgicos eletivos e pequenas cirurgias:</t>
   </si>
   <si>
     <t>1514</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1514/requerimento2-6.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1514/requerimento2-6.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito de Alto Araguaia-MT, Sr. Gustavo de Melo Anicézio e_x000D_
 ao Secretário Municipal de Obras, Infraestrutura, Transporte e Frotas Sr. Milton_x000D_
 Fernandes Lima “a substituição de lâmpadas queimadas nos postes de iluminação_x000D_
 pública da Rua Realino Gomes Rodrigues no Bairro Demellas, e também, a troca das_x000D_
 demais lâmpadas que estiverem queimadas no Bairro”</t>
   </si>
   <si>
     <t>1562</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1562/requerimento2-5.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1562/requerimento2-5.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, ouvido o Plenário, cumprindo as formalidades legais e regimentais, vem Requerer do Prefeito Municipal, o Sr. Gustavo Melo de Anicézio, ao Secretário de Obras e Infraestrutura, Sr. Milton Fernandes de Lima, solicitando cronograma de pagamento à Emenda Impositiva direcionada a Patrulha Ambiental.</t>
   </si>
   <si>
     <t>1563</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1563/requerimento2-3-4-2.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1563/requerimento2-3-4-2.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, ouvido o Plenário, cumprindo as formalidades legais e regimentais, vem Requerer do Prefeito Municipal, o Sr. Gustavo Melo de Anicézio, ao Secretário de Obras e Infraestrutura, Sr. Milton Fernandes de Lima, solicitando que seja intensificado o tapa buracos na Rua Alameda C, no bairro Maria das Graças.</t>
   </si>
   <si>
     <t>1569</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1569/requerimento2-3-4-1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1569/requerimento2-3-4-1.pdf</t>
   </si>
   <si>
     <t>Requeiro, após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Sr. Gustavo Melo – Prefeito Municipal, ao Secretário de administração, senhor Manoellito Dias de Rezende Neto e ao Secretário de Meio Ambiente, senhor João Dias, para que se dignem, a informar:_x000D_
 Fora feito os repasses financeiros provenientes das emendas impositivas, estabelecidas no artigo 78A da Lei Orgânica do município de Alto Araguaia para realização de campanhas de castração e construção de um canil na cidade de Alto Araguaia</t>
   </si>
   <si>
     <t>1610</t>
   </si>
   <si>
     <t>Clodoaldo, Luizinho, Marcos Nunes, Mariana de Souza, Marilia Maia, Marilzan, Odair Ferruja, Ricardo Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1610/estado_de_mato_grosso.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1610/estado_de_mato_grosso.pdf</t>
   </si>
   <si>
     <t>Os vereadores que abaixo subscrevem fazem uso do presente para encaminhar, REQUERIMENTO LEGISLATIVO, solicitando, apreciação e decisão do Plenário, para antecipação da data da sessão ordinária do dia 05 de agosto de 2024 para o dia 01 de agosto de 2024, (quinta-feira), às 14 h (Brasília).</t>
   </si>
   <si>
     <t>1614</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1614/requerimento_-_convertido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1614/requerimento_-_convertido.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicézio e a Secretário de Municipal de Obras, Infraestrutura, Transporte e Frotas, Milton Fernandes de Lima, requerendo informações referente a contratação de uma máquina pá carregadeira tipo PC.</t>
   </si>
   <si>
     <t>1629</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1629/requerimento_n33.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1629/requerimento_n33.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Prefeito Municipal, Sr. GUSTAVO MELO DE ANICEZIO e a Secretária Municipal Educação, Srª  Maria Lúcia Rodrigues Alves. “requerendo informações sobre a previsão do termino da reforma da Escola Municipal Adalcy da Conceição Rodrigues:</t>
   </si>
   <si>
     <t>2051</t>
   </si>
   <si>
     <t>Clodoaldo, Fabiano do Gás, Luizinho, Marcos Nunes, Mariana de Souza, Marilia Maia, Marilzan, Odair Ferruja, Ricardo Barbosa, Silvio Maia, Suzana Paniago</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2051/requerimento_034_-_convertido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2051/requerimento_034_-_convertido.pdf</t>
   </si>
   <si>
     <t>“requerendo alteração no horário das sessões ordinárias _x000D_
 durante o mês de setembro/2024, para as 08:00. h (Brasília)”.</t>
   </si>
   <si>
     <t>2095</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2095/requerimento_no035.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2095/requerimento_no035.pdf</t>
   </si>
   <si>
     <t>1.	A gratificação pelo deslocamento contínuo a serviço para escola que esteja fora do perímetro urbano, criada pela Lei n° 2610/09, está sendo paga de qual maneira?_x000D_
 2.	A gratificação de 15% está sendo calculada com base no subsídio, conforme artigo art. 70, inciso VI?_x000D_
 3.	O pagamento está sendo feito de maneira integral ou por dias trabalhados?_x000D_
 4.	Caso estejam pagamento por dias trabalhados, qual embasamento legal para tal?</t>
   </si>
   <si>
     <t>2099</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2099/036-_mariana.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2099/036-_mariana.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Prefeito Municipal, Sr. GUSTAVO MELO DE ANICEZIO e a Secretária Municipal Educação, Srª  Maria Lúcia Rodrigues Alves. “Requerendo a manutenção de todos os aparelhos de ar-condicionado, ventiladores e bebedouros das escolas municipais:_x000D_
 _x000D_
 •	Quantos aparelhos de ar-condicionado, ventiladores e bebedouros estão atualmente em funcionamento nas escolas municipais?_x000D_
 •	Existe um cronograma de manutenção preventiva para esses equipamentos? Se sim, qual é o prazo para a próxima manutenção?_x000D_
 •	Está prevista a substituição de equipamentos antigos ou danificados que não possuem mais condições de reparo?</t>
   </si>
   <si>
     <t>2100</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2100/037-_mariana.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2100/037-_mariana.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Prefeito Municipal, Sr. GUSTAVO MELO DE ANICEZIO e à Secretária Municipal de Saúde - Sra. Manoela Nunes e a Diretora do Instituto Santa Rosa – Sra. Cristiane Guimarães: “requerendo informações e providências sobre a aquisição e instalação do aparelho de ar-condicionado na recepção do Hospital Municipal:_x000D_
 _x000D_
 •	Qual o status atual do processo de compra do ar-condicionado para a recepção do Hospital Municipal?_x000D_
 •	Quais foram os motivos que impediram, até o presente momento, a compra e a instalação do equipamento, mesmo com o repasse já realizado pela Câmara Municipal?_x000D_
 •	Há previsão concreta para a aquisição e instalação do ar-condicionado na recepção do hospital? Se sim, qual é o prazo estimado?</t>
   </si>
   <si>
     <t>2101</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2101/requrimento_no_038.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2101/requrimento_no_038.pdf</t>
   </si>
   <si>
     <t>" solicitando informações sobre a instalação das câmeras de segurança."</t>
   </si>
   <si>
     <t>2107</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2107/039_-_mariana_-_adiantamento_da_sessao.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2107/039_-_mariana_-_adiantamento_da_sessao.pdf</t>
   </si>
   <si>
     <t>"Solicitando, apreciação e decisão do Plenário, para antecipação da data da sessão ordinária do dia 29 de outubro de 2024 para o dia 24 de outubro de 2024, (Quinta-feira), às 14:00 h (Brasília)."</t>
   </si>
   <si>
     <t>2120</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2120/requerimento_no_040.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2120/requerimento_no_040.pdf</t>
   </si>
   <si>
     <t>Emendas impositivas inseridas no orçamento público municipal que será apreciado e devidamente aprovado pelo Poder Legislativo Municipal, sendo, respectivamente, o PL 038 E 039/2024, para a melhoria no sistema de captação de água e tratamento de esgoto do Departamento de Águas e Esgoto (DIVAES) do Município de Alto Araguaia.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária (Origem Executivo)</t>
   </si>
   <si>
     <t>GUSTAVO MELO DE ANICEZIO</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/217/proj_1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/217/proj_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão da revisão geral de subsídios dos servidores públicos efetivos e comissionados, ativos, inativos e pensionistas dos poderes e órgãos autônomos do município de Alto Araguaia e dá outras providências</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/218/proj_2.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/218/proj_2.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Alto Araguaia a custear _x000D_
 despesas com transporte de mobiliários da Escola _x000D_
 Estadual Maria Auxiliadora e dá outras _x000D_
 providências.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/245/proj_3.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/245/proj_3.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 4.378, de 12 de abril de 2022.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/247/proj_4.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/247/proj_4.pdf</t>
   </si>
   <si>
     <t>“Disciplina o Regime de Plantão dos Conselheiros _x000D_
 Tutelares de Alto Araguaia/MT.”</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/248/proj_5.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/248/proj_5.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Especial no Orçamento do Exercício de 2024, lei nº 4551 de 12 de dezembro de 2023.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/253/proj_6.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/253/proj_6.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a celebrar convênio com o Rotary Club de Alto Araguaia/MT e dá outras providências”.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/254/proj_7.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/254/proj_7.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a firmar Termo de Convênio com o Centro de Equoterapia e Equitação Equoamigos, para a manutenção das_x000D_
 atividades.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/274/proj_8.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/274/proj_8.pdf</t>
   </si>
   <si>
     <t>“Altera dispositivos das Leis Municipais 2.742/2010 e 2.473/2010.”</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/282/proj_9.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/282/proj_9.pdf</t>
   </si>
   <si>
     <t>“Declara a Utilidade Pública Municipal da Associação Maçônica “ARLS Cavaleiros da Liberdade nº 4182”.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/283/proj_10.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/283/proj_10.pdf</t>
   </si>
   <si>
     <t>“Altera a redação da Lei Municipal nº 3.451, de 17 de junho de 2014, atualizando a malha viária que compõe o Sistema de Transportes do Município de Alto Araguaia”</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1154/proj_11.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1154/proj_11.pdf</t>
   </si>
   <si>
     <t>“Altera a redação da Lei Municipal nº 3.451, de 17 de _x000D_
 junho de 2014, atualizando a malha viária que compõe _x000D_
 o Sistema de Transportes do Município de Alto _x000D_
 Araguaia”</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1156/proj_12.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1156/proj_12.pdf</t>
   </si>
   <si>
     <t>Estabelece o Plano de Carreira, Cargo e Remuneração dos _x000D_
 Agentes Comunitários de Saúde e Agentes de Combate a _x000D_
 Endemias, do Município de Alto Araguaia – MT.</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1157/proj_13.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1157/proj_13.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Executivo Municipal a repassar aos _x000D_
 Agentes Comunitários de Saúde vinculados às _x000D_
 equipes de Saúde da Família, incentivo financeiro _x000D_
 adicional.”</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/275/proj_14.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/275/proj_14.pdf</t>
   </si>
   <si>
     <t>Autoriza a celebração de Convênio de _x000D_
 Colaboração Educacional entre o Município de_x000D_
 Alto Araguaia e a Fundação Universidade do_x000D_
 Estado de Mato Grosso e a Fundação de Apoio ao_x000D_
 Ensino Superior Público Estadual, para execução_x000D_
 do curso de Ciências Contáb</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1153/proj_15.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1153/proj_15.pdf</t>
   </si>
   <si>
     <t>Autoriza a celebração de Convênio de _x000D_
 Colaboração Educacional entre o Município de _x000D_
 Alto Araguaia e a Fundação Universidade do _x000D_
 Estado de Mato Grosso e a Fundação de Apoio ao _x000D_
 Ensino Superior Público Estadual, para execução _x000D_
 do curso de Pós-Graduação em Educação _x000D_
 Inclusiva</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1195/pro_16.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1195/pro_16.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a abertura de Crédito Adicional Especial no Orçamento do Exercício de 2024, lei nº 4551 de 12 de dezembro de 2023".</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1216/proj_17.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1216/proj_17.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a desafetação de bem publico e _x000D_
 utilização deste espaço e lote para compensar _x000D_
 proprietários anteriormente devido ao _x000D_
 comprometimento de seus terrenos que tiveram _x000D_
 seu espaço utilizado para prolongamento e _x000D_
 abertura de ruas.</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1260/proj_18.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1260/proj_18.pdf</t>
   </si>
   <si>
     <t>"Autoriza a celebração de Convênio de Colaboração Educacional entre o Município de Alto Araguaia e a Fundação Universidade do Estado de Mato Grosso e a Fundação de Apoio ao Ensino, Pesquisa e Extensão do Norte do Estado de Mato Grosso- FAEPEN/MT, para execução do curso de Pós-Graduação em Educação Inclusiva".</t>
   </si>
   <si>
     <t>1396</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1396/proj_19.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1396/proj_19.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional _x000D_
 Suplementar no Orçamento do Exercício de _x000D_
 2024, lei nº 4551 de 12 de dezembro de 2023.</t>
   </si>
   <si>
     <t>1397</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1397/proj_20.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1397/proj_20.pdf</t>
   </si>
   <si>
     <t>1398</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1398/proj_21.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1398/proj_21.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Suplementar no Orçamento do Exercício de 2024, lei nº 4551 de 12 de dezembro de 2023</t>
   </si>
   <si>
     <t>1399</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1399/proj_22.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1399/proj_22.pdf</t>
   </si>
   <si>
     <t>“Altera dispositivo da Lei Municipal nº 1.547, de 14 de outubro de 2003, corrigindo o valor do benefício do Programa Feijão no Fogo.”</t>
   </si>
   <si>
     <t>1400</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1400/proj_23.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1400/proj_23.pdf</t>
   </si>
   <si>
     <t>“Autoriza doação de imóvel urbano à Secretaria _x000D_
 de Estado de Segurança Pública/MT, por _x000D_
 intermédio da POLITEC e dá outras _x000D_
 providências”</t>
   </si>
   <si>
     <t>1401</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1401/proj_24.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1401/proj_24.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Suplementar no Orçamento do Exercício de 2024, lei nº 4551 de 12 de dezembro de 2023.”</t>
   </si>
   <si>
     <t>1570</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1570/proj_25.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1570/proj_25.pdf</t>
   </si>
   <si>
     <t>Altera e acresce dispositivos à Lei Municipal nº _x000D_
 2.610/2009</t>
   </si>
   <si>
     <t>1571</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1571/proj_26.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1571/proj_26.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional _x000D_
 Especial no Orçamento do Exercício de 2024, _x000D_
 lei nº 4551 de 12 de dezembro de 2023.</t>
   </si>
   <si>
     <t>1605</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1605/proj_27.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1605/proj_27.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito _x000D_
 Adicional Suplementar no Orçamento do _x000D_
 Exercício de 2024, lei nº 4551 de 12 de _x000D_
 dezembro de 2023.</t>
   </si>
   <si>
     <t>1606</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1606/projeto_do_executivo_n_028_-_convertido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1606/projeto_do_executivo_n_028_-_convertido.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a criação do SETOR (22) DISTRITO DO BURTI”.</t>
   </si>
   <si>
     <t>1612</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1612/proj_29.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1612/proj_29.pdf</t>
   </si>
   <si>
     <t>1613</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1613/proj_30.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1613/proj_30.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a abertura de Crédito Adicional Suplementar no Orçamento do Exercício de 2024, lei nº 4551 de 12 de dezembro de 2023"</t>
   </si>
   <si>
     <t>1615</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1615/ata_21.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1615/ata_21.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a realizar repasse pecuniário à Associação de Pais e Amigos dos Excepcionais – APAE” de Alto Araguaia, para a realização do evento 5º Porco no Tacho”.</t>
   </si>
   <si>
     <t>1616</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1616/projeto_do_executivo_n_032_-_convertido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1616/projeto_do_executivo_n_032_-_convertido.pdf</t>
   </si>
   <si>
     <t>"Altera dispositivos da Lei Municipal nº 4.573, de 22 abril de 2024".</t>
   </si>
   <si>
     <t>1619</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1619/projeto_no_033_.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1619/projeto_no_033_.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a abrir Créditos  Adicionais Suplementares até o limite de 15% ( quinze por cento) da despesa fixada no Orçamento do Exercício de 2024, lei nº 4551 de 12 de dezembro de 2023."</t>
   </si>
   <si>
     <t>1630</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1630/projeto_034.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1630/projeto_034.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal nº 4.440, de 13 _x000D_
 de setembro de 2022</t>
   </si>
   <si>
     <t>1631</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1631/projeto_035_-_convertido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1631/projeto_035_-_convertido.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a abertura de Crédito _x000D_
 Adicional Suplementar no Orçamento do _x000D_
 Exercício de 2024, lei nº 4551 de 12 de _x000D_
 dezembro de 2023</t>
   </si>
   <si>
     <t>1632</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1632/projeto_no_036.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1632/projeto_no_036.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar_x000D_
 termo de convênio com a Associação Comercial e _x000D_
 Empresarial de Alto Araguaia – ACEAIA, visando _x000D_
 o desconto em folha de pagamento para negociação _x000D_
 de dividas entre o servidor público municipal e _x000D_
 comercio local, contraídas em razão de convênio _x000D_
 com o Sindicato dos Servidores Públicos _x000D_
 Municipais de Alto Araguaia - SISPUM</t>
   </si>
   <si>
     <t>2108</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2108/projeto_executivo_no_037.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2108/projeto_executivo_no_037.pdf</t>
   </si>
   <si>
     <t>“Altera os anexos do PPA (2022/2025) e dá_x000D_
 outras providências”.</t>
   </si>
   <si>
     <t>2109</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2109/projeto_executivo_no_038.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2109/projeto_executivo_no_038.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da lei_x000D_
 orçamentária de 2025.</t>
   </si>
   <si>
     <t>2111</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2111/projeto_executivo_no_039.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2111/projeto_executivo_no_039.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do município_x000D_
 de Alto Araguaia, Estado de Mato Grosso,_x000D_
 para o exercício financeiro de 2025 e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>2117</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2117/projeto_do_executivo_no_040.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2117/projeto_do_executivo_no_040.pdf</t>
   </si>
   <si>
     <t>2123</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2123/projeto_executivo_no_041.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2123/projeto_executivo_no_041.pdf</t>
   </si>
   <si>
     <t>Define no âmbito do município de Alto Araguaia, os _x000D_
 procedimentos para pagamento de obrigações de _x000D_
 pequeno valor, previstas no § 3º do art. 100 da _x000D_
 Constituição da República.</t>
   </si>
   <si>
     <t>2124</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2124/projeto_executivo_no_042.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2124/projeto_executivo_no_042.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a firmar acordo para _x000D_
 pagamento com descontos, parcelados e/ou _x000D_
 compensação de débitos, com precatórios do _x000D_
 Município, e dá outras providências.</t>
   </si>
   <si>
     <t>2129</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2129/projeto_executivo_no_043.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2129/projeto_executivo_no_043.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Fundo Municipal de Transportes (FMT), junto à Secretaria de Municipal de Infraestrutura.</t>
   </si>
   <si>
     <t>2134</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2134/ata_da_sessao_44a.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2134/ata_da_sessao_44a.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a atualização do Sistema Único de Assistência Social do  Município de Alto Araguaia/MT e dá outras providências.”</t>
   </si>
   <si>
     <t>2138</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2138/projeto_do_executivo_no_045.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2138/projeto_do_executivo_no_045.pdf</t>
   </si>
   <si>
     <t>Altera a redação da Lei Municipal n.º 2.575, de 20 de _x000D_
 outubro de 2009, que reestrutura o Regime Próprio de _x000D_
 Previdência Social do Município de Alto Araguaia/MT e, _x000D_
 dá outras providências.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária (Origem Legislativo)</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/249/proj_lei_01.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/249/proj_lei_01.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Inteligência Emocional "Um olhar à saúde mental" no Município de Alto Araguaia, e dá outras providências.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/250/proj_lei_02.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/250/proj_lei_02.pdf</t>
   </si>
   <si>
     <t>“INSTITUI O “PROGRAMA PLANTE UMA ÁRVORE” NAS ESCOLAS DA REDE MUNICIPAL DE ENSINO, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/287/proj_lei_03.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/287/proj_lei_03.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre sobre o prazo de validade do laudo médico que atesta o transtorno do espectro autista - TEA, Deficiências específicas, e dá outras providências."</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/294/proj_lei_04.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/294/proj_lei_04.pdf</t>
   </si>
   <si>
     <t>“Altera o nome da Rua  Marechal Eurico Gaspar Dutra para Rua Pedro Lopes de Rezende”.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>Marcos Nunes, Luizinho</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/295/proj_lei_05.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/295/proj_lei_05.pdf</t>
   </si>
   <si>
     <t>“Declara de utilidade pública  a  Associação de Catadores de Materiais Recicláveis da região do Alto Araguaia – Araguaia Recicla e dá outras providencias”.</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1258/proj_lei_06.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1258/proj_lei_06.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CRIAÇÃO DE UMA BANDA MUNICIPAL DE INSTRUMENTOS DE SOPRO NO MUNICÍPIO DE ALTO ARAGUAIA-MT E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1572</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1572/007-_marilzan_-_nome_de_residencial.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1572/007-_marilzan_-_nome_de_residencial.pdf</t>
   </si>
   <si>
     <t>“Dá nome ao residencial localizado no Bairro Vista do Araguaia”.</t>
   </si>
   <si>
     <t>2098</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2098/projeto_no_008_retirado.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2098/projeto_no_008_retirado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a construção de calçadas no_x000D_
 município de Alto Araguaia e dá outras_x000D_
 providências”</t>
   </si>
   <si>
     <t>2110</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2110/projeto_de_lei_no_009.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2110/projeto_de_lei_no_009.pdf</t>
   </si>
   <si>
     <t>“ESTA LEI ESTABELECE E DISCIPLINA A VERBA INDENIZATÓRIA, EM FACE DAS DESPESAS DECORRENTES DAS ATIVIDADES PARLAMENTARES, DOS VEREADORES DA CÂMARA MUNICIPAL DE ALTO ARAGUAIA E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>2125</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2125/projeto_de_lei_10-2024_part_1-combinado.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2125/projeto_de_lei_10-2024_part_1-combinado.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REFORMULAÇÃO DO PLANO DE CARGOS, CARREIRAS E VENCIMENTOS DOS SERVIDORES PÚBLICOS DA CÂMARA MUNICIPAL DE ALTO ARAGUAIA - MT E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2126</t>
   </si>
   <si>
     <t>Mesa Diretora e Demais Vereadores</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2126/projeto_do_legislativo_no_11.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2126/projeto_do_legislativo_no_11.pdf</t>
   </si>
   <si>
     <t>“Altera a lei municipal n° 4.471/2023, _x000D_
 acerca do pagamento dos direitos sociais e dá outras providências. ” Autoria: Mesa Diretora e _x000D_
 diversos vereadores</t>
   </si>
   <si>
     <t>2127</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2127/012-_fixa_subsidios_prefeito_vice_e__secretarios_municipais_1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2127/012-_fixa_subsidios_prefeito_vice_e__secretarios_municipais_1.pdf</t>
   </si>
   <si>
     <t>“Fixa os subsídios do Prefeito, do Vice-Prefeito, dos Secretários Municipais do Município de Alto Araguaia, Estado de Mato Grosso para a Gestão 2025-2028 e dá outras providências”.</t>
   </si>
   <si>
     <t>1611</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Mariana de Souza, Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1611/projeto_de_resolucao_no_001.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1611/projeto_de_resolucao_no_001.pdf</t>
   </si>
   <si>
     <t>“Regulamenta, no âmbito da Câmara Municipal de Alto Araguaia - MT, a Lei de Acesso à Informação (Lei Nacional nº 12.527, de 18 de novembro de 2011), o Serviço de Informação ao Cidadão (SIC), e dá outras providências.”</t>
   </si>
   <si>
     <t>1618</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1618/projeto_de_resolucao_n_002_-_convertido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1618/projeto_de_resolucao_n_002_-_convertido.pdf</t>
   </si>
   <si>
     <t>“Regulamenta a aplicação da Lei Federal nº 13.709, de 14 de agosto de 2018 – Lei Geral de Proteção de Dados Pessoais (LGPD) – no âmbito do Poder Legislativo de Alto Araguaia/MT.”</t>
   </si>
   <si>
     <t>2112</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2112/ilovepdf_merged_1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2112/ilovepdf_merged_1.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ESTRUTURA ADMINISTRATIVA DA CÂMARA MUNICIPAL DE ALTO ARAGUAIA E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>2114</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2114/ilovepdf_merged_-_convertido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2114/ilovepdf_merged_-_convertido.pdf</t>
   </si>
   <si>
     <t>“APROVA O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE ALTO ARAGUAIA E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/246/proj_decreto_1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/246/proj_decreto_1.pdf</t>
   </si>
   <si>
     <t>“Concede título de Cidadão Araguaiense a Sra. Marcia Silva de Freitas”.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/281/proj_decreto_2.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/281/proj_decreto_2.pdf</t>
   </si>
   <si>
     <t>“Concede Título de Cidadão Araguaiense ao Sr. RHAYONEY RODRIGUES SETUBAL.”</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/284/proj_decreto_3.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/284/proj_decreto_3.pdf</t>
   </si>
   <si>
     <t>“Concede título de cidadão Araguaiense ao Sr. JOÃO JOSÉ ALENCAR”</t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1213/pro_decreto_4.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1213/pro_decreto_4.pdf</t>
   </si>
   <si>
     <t>“Concede Título de Cidadã Araguaiense a Srª. CLÁUDIA TEODORO DA SILVA”</t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1214/proj_decreto_5.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1214/proj_decreto_5.pdf</t>
   </si>
   <si>
     <t>“Concede título de cidadão Araguaiense ao Sr. MOACIR VILELA DE SOUZA.”</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1236/proj_decreto_6.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1236/proj_decreto_6.pdf</t>
   </si>
   <si>
     <t>“Concede Título de Cidadã Araguaiense a Srª. LEILA ISABEL GOERGEN”</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
     <t>Fabiano do Gás, Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1250/proj_decreto_7.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1250/proj_decreto_7.pdf</t>
   </si>
   <si>
     <t>A Presidente da Câmara Municipal de Alto Araguaia, Estado de Mato Grosso, no uso de suas atribuições, faz saber que a Câmara Municipal aprovou e ela promulga o seguinte Decreto Legislativo.</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1261/proj_decreto_8.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1261/proj_decreto_8.pdf</t>
   </si>
   <si>
     <t>“Concede Título de Cidadão Araguaiense ao Sr. José Eugênio de Paiva.</t>
   </si>
   <si>
     <t>1564</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1564/proj_decreto_9.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1564/proj_decreto_9.pdf</t>
   </si>
   <si>
     <t>“Concede Título de Cidadão Araguaiense ao “Sr. Mauro Mendes Ferreira”</t>
   </si>
   <si>
     <t>1565</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1565/proj_decreto_10.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1565/proj_decreto_10.pdf</t>
   </si>
   <si>
     <t>“Concede Título de Cidadão Araguaiense à “Sra. Virginia Raquel Taveira e Silva Mendes Ferreira ”</t>
   </si>
   <si>
     <t>2097</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2097/projeto_de_decreto_no_011.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2097/projeto_de_decreto_no_011.pdf</t>
   </si>
   <si>
     <t>“Concede medalha do mérito Cláudia Cézar de Azevedo (Claudinha) à Sra. Isabel Christina da Silva ”</t>
   </si>
   <si>
     <t>2115</t>
   </si>
   <si>
     <t>CFOF - Comissão de Finanças, Orçamento e Fiscalização</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2115/projeto_de_decreto_legislativo_no_012.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2115/projeto_de_decreto_legislativo_no_012.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre as Contas Anuais de Governo da Prefeitura Municipal de Alto Araguaia-MT, relativas ao exercício financeiro de 2023.”</t>
   </si>
   <si>
     <t>2116</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2116/projeto_de_decreto_legislativo_no_013.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2116/projeto_de_decreto_legislativo_no_013.pdf</t>
   </si>
   <si>
     <t>“Concede Título de Cidadão Araguaiense ao Sr. José Augusto Gomes Maia”</t>
   </si>
   <si>
     <t>2130</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2130/projeto_de_decreto_no_014.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2130/projeto_de_decreto_no_014.pdf</t>
   </si>
   <si>
     <t>“Concede Título de Cidadão Araguaiense ao_x000D_
 Sr. Marcos Itacaramby Costa”</t>
   </si>
   <si>
     <t>2131</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2131/projeto_de_decreto_no_015.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2131/projeto_de_decreto_no_015.pdf</t>
   </si>
   <si>
     <t>“Concede Título de Cidadã Araguaiense à_x000D_
 Sra. Ana Carolina de Oliveira”.</t>
   </si>
   <si>
     <t>2137</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2137/projeto_de_decreto_no_016.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2137/projeto_de_decreto_no_016.pdf</t>
   </si>
   <si>
     <t>“Concede Título de Cidadão Araguaiense ao Sr. André Buono Leal”</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1225/projeto_de_lei_complementar.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1225/projeto_de_lei_complementar.pdf</t>
   </si>
   <si>
     <t>“Regulamenta o art. 40, § 4º, § 4º-A e §4º-C, da Constituição Federal, para dispor sobre os requisitos e critérios diferenciados para a concessão de aposentadoria aos beneficiários do regime próprio de previdência social do município de Alto Araguaia, nos casos de portadores de deficiência e exercício de atividades exercidas sob condições especiais que prejudiquem a saúde, e dá outras providências”.</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Proposta de Emenda a Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1198/ilovepdf_merged_-_convertido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1198/ilovepdf_merged_-_convertido.pdf</t>
   </si>
   <si>
     <t>INTRODUZ ALTERAÇÕES NA LEI ORGÂNICA DO MUNICÍPIO DE ALTO ARAGUAIA</t>
   </si>
   <si>
     <t>2118</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>Clodoaldo, Fabiano do Gás, Luizinho, Marcos Nunes, Mariana de Souza, Marilia Maia, Marilzan, Mesa Diretora e Demais Vereadores, Odair Ferruja, Ricardo Barbosa, Silvio Maia, Suzana Paniago</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2118/emenda_no_01_ao_projeto_no_038.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2118/emenda_no_01_ao_projeto_no_038.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 01 AO  PROJETO DE LEI Nº 038 de 2024</t>
   </si>
   <si>
     <t>2122</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2122/emenda_no_02_ao_projeto_no_039.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2122/emenda_no_02_ao_projeto_no_039.pdf</t>
   </si>
   <si>
     <t>Emendas Modificativas e de Inclusão PROJETO DE LEI Nº 039/2024 – LOA – LEI ORÇAMENTÁRIA PARA 2024.</t>
   </si>
   <si>
     <t>2121</t>
   </si>
   <si>
     <t>Mesa Diretora e Demais Vereadores, Clodoaldo, Fabiano do Gás, Luizinho, Marcos Nunes, Mariana de Souza, Marilia Maia, Marilzan, Odair Ferruja, Ricardo Barbosa, Silvio Maia, Suzana Paniago</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2121/emenda_no_003_ao_projeto_no_039.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2121/emenda_no_003_ao_projeto_no_039.pdf</t>
   </si>
   <si>
     <t>Emendas Modificativas e de Inclusão PROJETO DE LEI Nº 039/2024 – LOA – LEI ORÇAMENTÁRIA PARA 2024</t>
   </si>
   <si>
     <t>2119</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2119/emenda_no_01_ao_projeto_no_039.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2119/emenda_no_01_ao_projeto_no_039.pdf</t>
   </si>
   <si>
     <t>Emendas Modificativas e de Inclusão  _x000D_
 PROJETO DE LEI Nº 039/2024 – LOA – LEI ORÇAMENTÁRIA  PARA 2024</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/301/emenda_no_01_ao_projeto_no_039.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/301/emenda_no_01_ao_projeto_no_039.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscreve, com assento nesta Casa de Leis, propõe a _x000D_
 seguinte Emenda Modificativa e Substitutiva ao Projeto de Lei de nº 003/2024, de autoria do Poder _x000D_
 Legislativo._x000D_
 DISPÕE SOBRE O PRAZO DE VALIDADE DO LAUDO MÉDICO QUE ATESTA O TRANSTORNO DO ESPECTRO AUTISTA – TEA, DEFICIÊNCIAS ESPECÍFICAS, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
     <t>VT</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1226/veto_2.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1226/veto_2.pdf</t>
   </si>
   <si>
     <t>Cumpre comunicar-lhes que, na forma do disposto no Art. 36, § 1º, da Lei Orgânica Municipal, decido VETAR integralmente o Projeto de Lei nº 003/2024, visto que existem legislações estaduais que regulam a matéria apresentada._x000D_
 O projeto em tela muito embora aborde outras deficiências específica, tem como foco central a fixação de prazo de validade indeterminado para laudo médico que ateste o Transtorno do Espectro Autista – TEA, situação está já regulada pelo Art. 19, da Lei Estadual nº 11.909, de 01 de novembro de 2022._x000D_
 Art. 19 Fica estabelecido que os laudos e perícias médicas que atestam o Transtorno do Espectro Autista (TEA), emitidos por médicos especialistas particulares ou do setor público, têm validade de 60 (sessenta) meses, a contar da data de sua expedição no âmbito do Estado de Mato Grosso._x000D_
 § 1º O laudo de que trata esta Lei poderá ser emitido por profissional da rede de saúde pública ou privada, observados os demais requisitos para a sua emissão estabelecidos na legislação p</t>
   </si>
   <si>
     <t>2133</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Moção de Apoio</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2133/mocao_de_pesar_no_004.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2133/mocao_de_pesar_no_004.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR pelo falecimento da Sra. Jerônima Maria Ferreira (Jerominha).</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção de Congratulações e Aplausos.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/244/scan-20.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/244/scan-20.pdf</t>
   </si>
   <si>
     <t>PESAR pelo falecimento do Padre Sebastião Paniago Vilela</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/290/scan-18.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/290/scan-18.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, vem respeitosamente, requer à Mesa, ouvido o _x000D_
 Soberano Plenário, com fulcro no Regimento Interno desta Augusta Casa de Leis, que seja _x000D_
 aprovada MOÇÃO DE APLAUSOS ao Prefeito Municipal Exmo. Sr. Gustavo de Melo _x000D_
 Anicézio, pelo “Programa Casa Legal - o maior Programa de Regularização Fundiária da _x000D_
 história de Alto Araguaia</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/292/scan-17.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/292/scan-17.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações para a aluna Evelyn Sabriny de Freitas.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/293/scan-16_-_convertido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/293/scan-16_-_convertido.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações para a professora Tatiane Cristine Barbosa Gomes de Lima .</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/296/scan-15_-_convertido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/296/scan-15_-_convertido.pdf</t>
   </si>
   <si>
     <t>Autoria: Vereadora Odinéia Mariana de Souza_x000D_
 _x000D_
 A Vereadora que a presente subscreve, requer à Mesa, ouvido o Soberano Plenário, com fulcro no Regimento Interno desta Augusta Casa de Leis, que seja aprovada MOÇÃO DE APLAUSOS E CONGRATULAÇÕES para a Sra. Ludimilla de Paula, professora de dança e proprietária do Estúdio Clube da Luluzinha.</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1116/scan-14_-_convertido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1116/scan-14_-_convertido.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações para o Sr. João Roberto Ferreira.</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1152/scan-13.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1152/scan-13.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, vem respeitosamente, requer à Mesa, ouvido o Soberano Plenário, com fulcro no Regimento Interno desta Augusta Casa de Leis, que seja aprovada MOÇÃO DE APLAUSOS ao Cabo PM Henrique Camargo Adaides pelos serviços por ele desempenhados em prol da comunidade araguaiense</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1191/scan-11-12.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1191/scan-11-12.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano Plenário, com fulcro no Regimento Interno desta Augusta Casa de Leis, que seja aprovada MOÇÃO DE APLAUSOS para o Sr. Marcelo de Freitas Passos, servidor público atuante em Alto Araguaia, pela dedicação nos serviços prestado aos munícipes de Alto Araguaia.</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1193/scan-10.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1193/scan-10.pdf</t>
   </si>
   <si>
     <t>A vereadora, que a presente subscreve, vem respeitosamente, requerer a mesa, ouvidoria a Soberano Plenário, com fulcro no Regimento Interno desta Augusta Casa de Leis, que seja aprovada Moção de Aplausos ao Sr. Manoel Eduardo dos Santos, conhecido como madruga.</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1196/scan-9.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1196/scan-9.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, requer à Mesa, ouvido o Soberano Plenário, com fulcro no Regimento Interno desta Augusta Casa de Leis, que seja aprovada MOÇÃO DE APLAUSOS E CONGRATULAÇÕES para o Projeto Social CAAA (Crianças Autitas de Alto Araguaia).</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1199/scan-7-8.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1199/scan-7-8.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, vem respeitosamente, requerer à Mesa, ouvido o Soberano Plenário, com fulcro no Regimento Interno desta Augusta Casa de Leis, que seja aprovada MOÇÃO DE APLAUSOS ao Dr. Carlos Rodrigo de Melo Chaga.</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1209/scan-6.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1209/scan-6.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, vem respeitosamente, requerer à Mesa, ouvido o Soberano Plenário, com fulcro no Regimento Interno desta Augusta Casa de Leis, que seja aprovada MOÇÃO DE APLAUSOS ao Dr. José Augusto Gomes Maia.</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1212/scan-5.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1212/scan-5.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, vem respeitosamente, requer à Mesa, ouvido o Soberano Plenário, com fulcro no Regimento Interno desta Augusta Casa de Leis, que seja aprovada MOÇÃO DE APLAUSOS a Srª Simone Cicera de Freitas em reconhecimento dos seus relevantes serviços prestados ao município de  Alto Araguaia, através da educação.</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1217/scan-20.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1217/scan-20.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, requer à Mesa, ouvido o Soberano Plenário, com fulcro no Regimento Interno desta Augusta Casa de Leis, que seja aprovada MOÇÃO DE PESAR pelo falecimento do Padre Sebastião Paniago Vilela.</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1220/lis0003_lis0004_merged.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1220/lis0003_lis0004_merged.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, requer à Mesa, ouvido o Soberano Plenário, com fulcro no Regimento Interno desta Augusta Casa de Leis, que seja aprovada MOÇÃO DE APLAUSOS E CONGRATULAÇÕES para a Sra. Lis Miranda.</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1223/scan-4.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1223/scan-4.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, requer à Mesa, ouvido o Soberano Plenário, com fulcro no Regimento Interno desta Augusta Casa de Leis, que seja aprovada MOÇÃO DE APLAUSOS E CONGRATULAÇÕES ao Sr. Virgulino Paes de Oliveira.</t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1227/scan_-_convertido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1227/scan_-_convertido.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, requer à Mesa, ouvido o Soberano Plenário, _x000D_
 com fulcro no Regimento Interno desta Augusta Casa de Leis, que seja aprovada MOÇÃO _x000D_
 DE APLAUSOS E CONGRATULAÇÕES para a Sra. Lis Miranda.</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1233/scan-19.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1233/scan-19.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR pelo falecimento da Sra. Dalva de Carvalho Barros.</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1235/scan-1-3.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1235/scan-1-3.pdf</t>
   </si>
   <si>
     <t>“MOÇÃO DE APLAUSOS ao Servidor Público Anderson Cândido de Souza aos relevantes serviços prestados ao nosso município”.</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1241/scan0011_scan0012_merged.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1241/scan0011_scan0012_merged.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS a Silvia Greicy Ribeiro Santana França.</t>
   </si>
   <si>
     <t>1244</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1244/scan0007_scan0008_merged.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1244/scan0007_scan0008_merged.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, vem respeitosamente, requer à Mesa, ouvido o Soberano Plenário, com fulcro no Regimento Interno desta Augusta Casa de Leis, que seja aprovada MOÇÃO DE APLAUSOS a Srª LIREDA ANDRADE MACHADO REZENDE em reconhecimento dos seus relevantes serviços prestados ao município de  Alto Araguaia, através da educação.</t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1245/scan0006.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1245/scan0006.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, vem respeitosamente, requer à Mesa, ouvido o Soberano Plenário, com fulcro no Regimento Interno desta Augusta Casa de Leis, que seja aprovada MOÇÃO DE APLAUSOS a Srª MAÍRA DA SILVA RIBEIRO em reconhecimento dos seus relevantes serviços prestados ao município de  Alto Araguaia, através da educação.</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1246/scan0009_scan0010_merged.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1246/scan0009_scan0010_merged.pdf</t>
   </si>
   <si>
     <t>O Vereador  que a presente subscreve, requer à Mesa, ouvido o Soberano Plenário, com fulcro no Regimento Interno desta Augusta Casa de Leis, que seja aprovada MOÇÃO DE APLAUSOS E CONGRATULAÇÕES à Srta. Ana Maria Dutra, pela sua trajetória pessoal e profissional.</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1249/scan0005_-_convertido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1249/scan0005_-_convertido.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, vem respeitosamente, requer à Mesa,_x000D_
 ouvido o Soberano Plenário, com fulcro no Regimento Interno desta Augusta Casa de_x000D_
 Leis, que seja aprovada MOÇÃO DE APLAUSOS a Srª ÉBER LUIZA DA COSTA em_x000D_
 reconhecimento dos seus relevantes serviços prestados ao município de Alto_x000D_
 Araguaia, através da educação.</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1251/021-_fabiano_do_gas.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1251/021-_fabiano_do_gas.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano Plenário, com fulcro no Regimento Interno desta Augusta Casa de Leis, que seja aprovada MOÇÃO DE APLAUSOS à Equipe de Servidores da 7ª CIRETRAN de Alto Araguaia-MT pela excelência dos serviços prestados aos cidadãos de Alto Araguaia,   Ponte Branca, Araguainha e  Alto Taquari.</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1255/scan_-_convertido_1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1255/scan_-_convertido_1.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS ao Sr. Welton Vilela Cardoso, pelos seus relevantes serviços prestados no município de Alto Araguaia-MT</t>
   </si>
   <si>
     <t>1264</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1264/scan_-_convertido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1264/scan_-_convertido.pdf</t>
   </si>
   <si>
     <t>“Moção de Aplausos e Congratulações para o Sr. Cacildo Hugueney da Cruz Bandeira”.</t>
   </si>
   <si>
     <t>1265</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1265/scan0001_645_merged_-_convertido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1265/scan0001_645_merged_-_convertido.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, vem respeitosamente, requerer à Mesa, ouvido_x000D_
 o Soberano Plenário, com fulcro no Regimento Interno desta Augusta Casa de Leis, que seja_x000D_
 aprovada MOÇÃO DE APLAUSOS aos Agentes de Combate às Endemias do Município de Alto_x000D_
 Araguaia-MT.</t>
   </si>
   <si>
     <t>2102</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2102/025-_ricardo-_pastor_cicero.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2102/025-_ricardo-_pastor_cicero.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE_x000D_
 APLAUSOS a Cícero Silva Magalhães.</t>
   </si>
   <si>
     <t>2136</t>
   </si>
   <si>
     <t>Marcos Nunes, Clodoaldo, Fabiano do Gás, Luizinho, Marilia Maia, Marilzan, Odair Ferruja, Ricardo Barbosa, Silvio Maia, Suzana Paniago</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2136/mocao_no_026.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2136/mocao_no_026.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações a Sra.  Odinéia Mariana de Souza</t>
   </si>
   <si>
     <t>2135</t>
   </si>
   <si>
     <t>Suzana Paniago, Clodoaldo, Fabiano do Gás, Luizinho, Marcos Nunes, Mariana de Souza, Marilia Maia, Marilzan, Odair Ferruja, Ricardo Barbosa, Silvio Maia</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2135/mocao_no_027.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2135/mocao_no_027.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS à Sra. Nádia Paes Ferreira.</t>
   </si>
   <si>
     <t>2132</t>
   </si>
   <si>
     <t>EPR</t>
   </si>
   <si>
     <t>Emenda ao Projeto de Resolução</t>
   </si>
   <si>
     <t>CLJR - Comissão da Legislação, Justiça e Redação Final</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2132/emenda_ao_projeto_de_resolucao_no_004.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2132/emenda_ao_projeto_de_resolucao_no_004.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa ao Projeto de Resolução nº 004/2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3365,67 +3365,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/219/01_ao_31-37-38.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/220/01_ao_31-36.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/222/01_ao_31-35.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/223/01_ao_31-34-35.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/225/01_ao_31-33.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/232/01_ao_31-32.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/231/01_ao_31-31.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/236/01_ao_31-30.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/238/01_ao_31-29.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/239/01_ao_31-28.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/240/01_ao_31-27.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/243/01_ao_31-26.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/251/01_ao_31-25_1.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/255/01_ao_31-24.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/256/01_ao_31-23.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/257/01_ao_31-17.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/258/01_ao_31-16_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/259/01_ao_31-15_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/260/01_ao_31-13-14_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/261/01_ao_31-12.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/262/01_ao_31-11.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/264/01_ao_31-10.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/266/01_ao_31-9.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/267/01_ao_31-8.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/268/01_ao_31-7.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/269/01_ao_31-6.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/271/01_ao_31-5.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/272/01_ao_31-4.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/273/01_ao_31-3.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/277/01_ao_31-2.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/280/01_ao_31-1.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/285/32_ao_47-19.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/286/32_ao_47-18.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/288/32_ao_47-17.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/291/32_ao_47-16.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/297/32_ao_47-15.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/298/32_ao_47-14.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/299/32_ao_47-13.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1190/32_ao_47-11.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1192/32_ao_47-9-10.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1201/32_ao_47-8.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1210/32_ao_47-7.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1203/32_ao_47-6.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1204/32_ao_47-5.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1208/32_ao_47-3-4.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1207/32_ao_47-2.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1218/32_ao_47-1.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1219/indicacao-32-33.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1221/indicacao-31.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1229/indicacao-30.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1232/indicacao-29.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1234/indicacao-28.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1239/indicacao-27.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1240/indicacao-26_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1242/indicacao-25.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1243/indicacao-24.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1247/indicacao-23.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1248/indicacao-21-22.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1252/indicacao-20.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1257/indicacao-19.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1259/indicacao-18.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1262/indicacao-17.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1263/indicacao-15-16.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1267/indicacao-14.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1311/indicacao-11.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1552/indicacao-12-13.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1566/indicacao-7-10.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1567/indicacao-6.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1568/indicacao-1-5.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1604/indicacao_70_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1607/indicacao-1_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1608/indicacao-2_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1609/indicacao-3_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1620/indicacao_no_074_silvio_.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1621/indicacao_no75.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1622/indicacao_no76.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1623/indicacao_no77.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1624/indicacao_no78.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1625/indicacao_no79.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1626/indicacao_no80.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1628/indicacao_no81.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1627/indicacao_no82.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1840/indicacao_083.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1841/indicacao_084.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1906/indicacao_no_085.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1950/indicacao_no_086-_silvio.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1953/indicacao_no_087-_marilia.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1954/indicacao_no_088-_marilia.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1983/indicacao_no_089-_suzana.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2089/indicacao_no_090.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2091/indicacao_no_091.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2092/indicacao_no_092_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2093/indicacao_no_093.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2094/indicacao_no_094.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2096/indicacao_no_095.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2103/indicacao_rua_mestre_angelo.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2104/scan2.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2105/scan3.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2106/099-marilzan.docx.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/224/requerimento-25.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/233/requerimento-24.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/226/requerimento-23.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/227/requerimento-22.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/230/requerimento-20_merged.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/241/requerimento-19.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/242/requerimento-18.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/235/requerimento-16-17.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/252/requerimento-15.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/265/requerimento-13-14.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/263/requerimento-12.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/270/requerimento-11.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/278/requerimento-10.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/289/requerimento-6-9.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/300/requerimento-1-5_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1194/requerimento2-23.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1197/requerimento2-21-22.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1206/requerimento2-20.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1211/requerimento2-16-19.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1222/requerimento2-15_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1224/requerimento2-13-15.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1230/requerimento2-12.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1231/requerimento2-11.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1237/requerimento2-9-10.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1254/requerimento2-8.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1256/requerimento2-7.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1514/requerimento2-6.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1562/requerimento2-5.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1563/requerimento2-3-4-2.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1569/requerimento2-3-4-1.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1610/estado_de_mato_grosso.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1614/requerimento_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1629/requerimento_n33.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2051/requerimento_034_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2095/requerimento_no035.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2099/036-_mariana.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2100/037-_mariana.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2101/requrimento_no_038.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2107/039_-_mariana_-_adiantamento_da_sessao.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2120/requerimento_no_040.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/217/proj_1.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/218/proj_2.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/245/proj_3.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/247/proj_4.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/248/proj_5.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/253/proj_6.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/254/proj_7.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/274/proj_8.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/282/proj_9.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/283/proj_10.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1154/proj_11.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1156/proj_12.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1157/proj_13.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/275/proj_14.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1153/proj_15.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1195/pro_16.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1216/proj_17.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1260/proj_18.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1396/proj_19.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1397/proj_20.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1398/proj_21.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1399/proj_22.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1400/proj_23.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1401/proj_24.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1570/proj_25.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1571/proj_26.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1605/proj_27.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1606/projeto_do_executivo_n_028_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1612/proj_29.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1613/proj_30.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1615/ata_21.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1616/projeto_do_executivo_n_032_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1619/projeto_no_033_.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1630/projeto_034.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1631/projeto_035_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1632/projeto_no_036.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2108/projeto_executivo_no_037.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2109/projeto_executivo_no_038.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2111/projeto_executivo_no_039.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2117/projeto_do_executivo_no_040.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2123/projeto_executivo_no_041.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2124/projeto_executivo_no_042.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2129/projeto_executivo_no_043.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2134/ata_da_sessao_44a.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2138/projeto_do_executivo_no_045.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/249/proj_lei_01.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/250/proj_lei_02.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/287/proj_lei_03.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/294/proj_lei_04.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/295/proj_lei_05.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1258/proj_lei_06.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1572/007-_marilzan_-_nome_de_residencial.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2098/projeto_no_008_retirado.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2110/projeto_de_lei_no_009.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2125/projeto_de_lei_10-2024_part_1-combinado.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2126/projeto_do_legislativo_no_11.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2127/012-_fixa_subsidios_prefeito_vice_e__secretarios_municipais_1.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1611/projeto_de_resolucao_no_001.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1618/projeto_de_resolucao_n_002_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2112/ilovepdf_merged_1.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2114/ilovepdf_merged_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/246/proj_decreto_1.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/281/proj_decreto_2.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/284/proj_decreto_3.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1213/pro_decreto_4.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1214/proj_decreto_5.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1236/proj_decreto_6.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1250/proj_decreto_7.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1261/proj_decreto_8.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1564/proj_decreto_9.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1565/proj_decreto_10.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2097/projeto_de_decreto_no_011.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2115/projeto_de_decreto_legislativo_no_012.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2116/projeto_de_decreto_legislativo_no_013.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2130/projeto_de_decreto_no_014.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2131/projeto_de_decreto_no_015.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2137/projeto_de_decreto_no_016.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1225/projeto_de_lei_complementar.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1198/ilovepdf_merged_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2118/emenda_no_01_ao_projeto_no_038.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2122/emenda_no_02_ao_projeto_no_039.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2121/emenda_no_003_ao_projeto_no_039.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2119/emenda_no_01_ao_projeto_no_039.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/301/emenda_no_01_ao_projeto_no_039.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1226/veto_2.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2133/mocao_de_pesar_no_004.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/244/scan-20.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/290/scan-18.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/292/scan-17.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/293/scan-16_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/296/scan-15_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1116/scan-14_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1152/scan-13.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1191/scan-11-12.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1193/scan-10.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1196/scan-9.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1199/scan-7-8.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1209/scan-6.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1212/scan-5.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1217/scan-20.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1220/lis0003_lis0004_merged.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1223/scan-4.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1227/scan_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1233/scan-19.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1235/scan-1-3.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1241/scan0011_scan0012_merged.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1244/scan0007_scan0008_merged.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1245/scan0006.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1246/scan0009_scan0010_merged.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1249/scan0005_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1251/021-_fabiano_do_gas.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1255/scan_-_convertido_1.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1264/scan_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1265/scan0001_645_merged_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2102/025-_ricardo-_pastor_cicero.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2136/mocao_no_026.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2135/mocao_no_027.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2132/emenda_ao_projeto_de_resolucao_no_004.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/219/01_ao_31-37-38.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/220/01_ao_31-36.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/222/01_ao_31-35.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/223/01_ao_31-34-35.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/225/01_ao_31-33.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/232/01_ao_31-32.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/231/01_ao_31-31.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/236/01_ao_31-30.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/238/01_ao_31-29.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/239/01_ao_31-28.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/240/01_ao_31-27.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/243/01_ao_31-26.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/251/01_ao_31-25_1.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/255/01_ao_31-24.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/256/01_ao_31-23.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/257/01_ao_31-17.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/258/01_ao_31-16_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/259/01_ao_31-15_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/260/01_ao_31-13-14_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/261/01_ao_31-12.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/262/01_ao_31-11.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/264/01_ao_31-10.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/266/01_ao_31-9.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/267/01_ao_31-8.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/268/01_ao_31-7.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/269/01_ao_31-6.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/271/01_ao_31-5.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/272/01_ao_31-4.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/273/01_ao_31-3.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/277/01_ao_31-2.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/280/01_ao_31-1.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/285/32_ao_47-19.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/286/32_ao_47-18.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/288/32_ao_47-17.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/291/32_ao_47-16.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/297/32_ao_47-15.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/298/32_ao_47-14.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/299/32_ao_47-13.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1190/32_ao_47-11.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1192/32_ao_47-9-10.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1201/32_ao_47-8.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1210/32_ao_47-7.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1203/32_ao_47-6.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1204/32_ao_47-5.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1208/32_ao_47-3-4.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1207/32_ao_47-2.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1218/32_ao_47-1.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1219/indicacao-32-33.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1221/indicacao-31.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1229/indicacao-30.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1232/indicacao-29.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1234/indicacao-28.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1239/indicacao-27.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1240/indicacao-26_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1242/indicacao-25.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1243/indicacao-24.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1247/indicacao-23.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1248/indicacao-21-22.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1252/indicacao-20.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1257/indicacao-19.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1259/indicacao-18.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1262/indicacao-17.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1263/indicacao-15-16.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1267/indicacao-14.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1311/indicacao-11.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1552/indicacao-12-13.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1566/indicacao-7-10.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1567/indicacao-6.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1568/indicacao-1-5.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1604/indicacao_70_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1607/indicacao-1_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1608/indicacao-2_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1609/indicacao-3_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1620/indicacao_no_074_silvio_.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1621/indicacao_no75.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1622/indicacao_no76.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1623/indicacao_no77.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1624/indicacao_no78.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1625/indicacao_no79.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1626/indicacao_no80.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1628/indicacao_no81.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1627/indicacao_no82.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1840/indicacao_083.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1841/indicacao_084.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1906/indicacao_no_085.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1950/indicacao_no_086-_silvio.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1953/indicacao_no_087-_marilia.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1954/indicacao_no_088-_marilia.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1983/indicacao_no_089-_suzana.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2089/indicacao_no_090.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2091/indicacao_no_091.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2092/indicacao_no_092_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2093/indicacao_no_093.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2094/indicacao_no_094.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2096/indicacao_no_095.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2103/indicacao_rua_mestre_angelo.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2104/scan2.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2105/scan3.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2106/099-marilzan.docx.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/224/requerimento-25.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/233/requerimento-24.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/226/requerimento-23.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/227/requerimento-22.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/230/requerimento-20_merged.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/241/requerimento-19.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/242/requerimento-18.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/235/requerimento-16-17.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/252/requerimento-15.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/265/requerimento-13-14.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/263/requerimento-12.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/270/requerimento-11.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/278/requerimento-10.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/289/requerimento-6-9.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/300/requerimento-1-5_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1194/requerimento2-23.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1197/requerimento2-21-22.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1206/requerimento2-20.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1211/requerimento2-16-19.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1222/requerimento2-15_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1224/requerimento2-13-15.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1230/requerimento2-12.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1231/requerimento2-11.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1237/requerimento2-9-10.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1254/requerimento2-8.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1256/requerimento2-7.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1514/requerimento2-6.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1562/requerimento2-5.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1563/requerimento2-3-4-2.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1569/requerimento2-3-4-1.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1610/estado_de_mato_grosso.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1614/requerimento_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1629/requerimento_n33.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2051/requerimento_034_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2095/requerimento_no035.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2099/036-_mariana.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2100/037-_mariana.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2101/requrimento_no_038.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2107/039_-_mariana_-_adiantamento_da_sessao.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2120/requerimento_no_040.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/217/proj_1.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/218/proj_2.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/245/proj_3.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/247/proj_4.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/248/proj_5.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/253/proj_6.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/254/proj_7.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/274/proj_8.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/282/proj_9.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/283/proj_10.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1154/proj_11.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1156/proj_12.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1157/proj_13.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/275/proj_14.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1153/proj_15.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1195/pro_16.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1216/proj_17.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1260/proj_18.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1396/proj_19.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1397/proj_20.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1398/proj_21.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1399/proj_22.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1400/proj_23.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1401/proj_24.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1570/proj_25.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1571/proj_26.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1605/proj_27.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1606/projeto_do_executivo_n_028_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1612/proj_29.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1613/proj_30.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1615/ata_21.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1616/projeto_do_executivo_n_032_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1619/projeto_no_033_.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1630/projeto_034.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1631/projeto_035_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1632/projeto_no_036.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2108/projeto_executivo_no_037.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2109/projeto_executivo_no_038.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2111/projeto_executivo_no_039.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2117/projeto_do_executivo_no_040.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2123/projeto_executivo_no_041.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2124/projeto_executivo_no_042.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2129/projeto_executivo_no_043.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2134/ata_da_sessao_44a.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2138/projeto_do_executivo_no_045.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/249/proj_lei_01.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/250/proj_lei_02.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/287/proj_lei_03.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/294/proj_lei_04.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/295/proj_lei_05.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1258/proj_lei_06.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1572/007-_marilzan_-_nome_de_residencial.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2098/projeto_no_008_retirado.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2110/projeto_de_lei_no_009.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2125/projeto_de_lei_10-2024_part_1-combinado.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2126/projeto_do_legislativo_no_11.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2127/012-_fixa_subsidios_prefeito_vice_e__secretarios_municipais_1.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1611/projeto_de_resolucao_no_001.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1618/projeto_de_resolucao_n_002_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2112/ilovepdf_merged_1.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2114/ilovepdf_merged_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/246/proj_decreto_1.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/281/proj_decreto_2.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/284/proj_decreto_3.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1213/pro_decreto_4.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1214/proj_decreto_5.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1236/proj_decreto_6.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1250/proj_decreto_7.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1261/proj_decreto_8.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1564/proj_decreto_9.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1565/proj_decreto_10.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2097/projeto_de_decreto_no_011.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2115/projeto_de_decreto_legislativo_no_012.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2116/projeto_de_decreto_legislativo_no_013.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2130/projeto_de_decreto_no_014.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2131/projeto_de_decreto_no_015.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2137/projeto_de_decreto_no_016.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1225/projeto_de_lei_complementar.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1198/ilovepdf_merged_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2118/emenda_no_01_ao_projeto_no_038.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2122/emenda_no_02_ao_projeto_no_039.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2121/emenda_no_003_ao_projeto_no_039.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2119/emenda_no_01_ao_projeto_no_039.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/301/emenda_no_01_ao_projeto_no_039.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1226/veto_2.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2133/mocao_de_pesar_no_004.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/244/scan-20.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/290/scan-18.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/292/scan-17.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/293/scan-16_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/296/scan-15_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1116/scan-14_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1152/scan-13.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1191/scan-11-12.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1193/scan-10.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1196/scan-9.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1199/scan-7-8.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1209/scan-6.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1212/scan-5.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1217/scan-20.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1220/lis0003_lis0004_merged.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1223/scan-4.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1227/scan_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1233/scan-19.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1235/scan-1-3.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1241/scan0011_scan0012_merged.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1244/scan0007_scan0008_merged.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1245/scan0006.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1246/scan0009_scan0010_merged.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1249/scan0005_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1251/021-_fabiano_do_gas.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1255/scan_-_convertido_1.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1264/scan_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/1265/scan0001_645_merged_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2102/025-_ricardo-_pastor_cicero.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2136/mocao_no_026.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2135/mocao_no_027.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2024/2132/emenda_ao_projeto_de_resolucao_no_004.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H258"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="40.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="168.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="136.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="135.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>