--- v0 (2026-01-29)
+++ v1 (2026-03-16)
@@ -54,5744 +54,5744 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1984</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Marilia Maia</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1984/indicacoes_2023_01-1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1984/indicacoes_2023_01-1.pdf</t>
   </si>
   <si>
     <t>“Solicitando a troca de lâmpadas queimadas da iluminação _x000D_
 pública no Distrito Buriti”</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Mariana de Souza</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/990/indicacoes_2023_01-3.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/990/indicacoes_2023_01-3.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, nos termos do Regimento Interno_x000D_
 desta Casa de Leis, requer que a presente indicação seja devidamente encaminhada ao_x000D_
 Prefeito Municipal, Sr. Gustavo de Melo e ao Secretário Municipal de Obras, Infraestrutura,_x000D_
 Transporte e Frotas, Srº Milton Fernandes Lima, “a possibilidade de instalação de pontos de_x000D_
 ônibus cobertos e com bancos em todos os bairros do município”.</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/991/indicacoes_2023_01-5.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/991/indicacoes_2023_01-5.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, nos termos do Regimento Interno_x000D_
 desta Casa de Leis, requer que a presente indicação seja devidamente encaminhada ao_x000D_
 Prefeito Municipal, Sr. Gustavo de Melo e a Secretário Municipal de Educação, Srª Eva_x000D_
 Carmen, “sugerindo a contratação de monitores para garantir a segurança das crianças_x000D_
 dentro dos ônibus escolares”.</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/992/indicacoes_2023_01-7.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/992/indicacoes_2023_01-7.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, nos termos do Regimento Interno desta Casa_x000D_
 de Leis, requer que a presente indicação seja devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo Melo e ao Secretário Municipal de Obras Infraestrutura Transporte e_x000D_
 Frotas, Sr. Milton Fernandes de Lima – “solicitando a divulgação do cronograma de_x000D_
 limpeza dos entulhos em todos os bairros</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Odair Ferruja</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/993/indicacoes_2023_01-9.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/993/indicacoes_2023_01-9.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de_x000D_
 Obras e Infraestrutura Sr. Milton Fernandes Lima, solicitando que seja feito manutenção nos_x000D_
 quebra-molas localizados na Rua Cuiabá, no bairro N.S. Aparecida</t>
   </si>
   <si>
     <t>1985</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1985/indicacoes_2023_01-11.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1985/indicacoes_2023_01-11.pdf</t>
   </si>
   <si>
     <t>solicitando que seja feito a extensão da _x000D_
 rede elétrica na Rua Cuiabá, no bairro N.S. Aparecida,</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/994/indicacoes_2023_01-13.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/994/indicacoes_2023_01-13.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de_x000D_
 Obras e Infraestrutura Sr. Milton Fernandes Lima, solicitando que seja feito reparos na MU,_x000D_
 estrada que liga a região do Zé Ribeiro com Chiquinho doido.</t>
   </si>
   <si>
     <t>1986</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1986/indicacoes_2023_01-15.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1986/indicacoes_2023_01-15.pdf</t>
   </si>
   <si>
     <t>“Sugerindo 1 (uma) Quadra de Areia com cobertura para práticas de esportes na modalidade Beach Tennis, Vôlei de Areia e Futevólei”.</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Silvio Maia</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/995/indicacoes_2023_01-17.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/995/indicacoes_2023_01-17.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo, e ao secretário de Obras,_x000D_
 Infraestrutura, Transporte e Frotas, Sr. Milton Fernandes de Lima, “a solicitando que_x000D_
 seja realizado e executado um projeto de iluminação pública, na BR 364, no trecho_x000D_
 entre o posto fiscal até a entrada da cidade.</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/996/indicacoes_2023_01-19.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/996/indicacoes_2023_01-19.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo e a Secretária de Educação,_x000D_
 Sra. Eva Carmem Vieira de Carvalho, “a solicitação de que a prefeitura volte a_x000D_
 organizar eventos esportivos (taça Araguaia, tacinha, pantera do leste, campeonato de_x000D_
 vôlei de quadra, vôlei de areia, entre outros eventos que eram organizado até o ano de_x000D_
 2016), e seja elaborado e divulgado o calendário de eventos esportivos que serão_x000D_
 realizados neste ano de 2023.”</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/997/indicacoes_2023_01-21.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/997/indicacoes_2023_01-21.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de_x000D_
 Obras e Infraestrutura Sr. Milton Fernandes Lima, solicitando manutenção na Rua João II,_x000D_
 em frente à Delegacia.</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/998/indicacoes_2023_01-23.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/998/indicacoes_2023_01-23.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de_x000D_
 Obras e Infraestrutura Sr. Milton Fernandes Lima, solicitando que seja feita uma limpeza no_x000D_
 Cemitério Municipal Januário Fraga Farias.</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/999/indicacoes_2023_01-25.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/999/indicacoes_2023_01-25.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de_x000D_
 Infraestrutura Sr. Milton Lima, solicitando uma operação tapa buracos nas seguintes vias:_x000D_
 Rua Silvio José de Castro Maia (descida Supermercado Dias), Rua Urquiza de Castro, Rua_x000D_
 José C. de Castro, Rua Joaquim R. da Silva (ambas localizadas no bairro Setor Castro) e_x000D_
 Rua Joaquim Estevão de Melo (descida da Cohab).</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1001/indicacoes_2023_01-27.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1001/indicacoes_2023_01-27.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo e a Secretária de Educação,_x000D_
 Sra. Eva Carmem Vieira de Carvalho, “a solicitação que sejam realizados todos os_x000D_
 anos, no município, o torneio de futsal ou futebol society entre famílias, com_x000D_
 premiações para a equipe vencedora e também para a melhor torcida organizada.”</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Marcos Nunes</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1002/indicacoes_2023_01-29-31.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1002/indicacoes_2023_01-29-31.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito de Alto Araguaia-MT, Sr. Gustavo Melo de Anicézio_x000D_
 e ao Secretário de Saúde – Sra. Manoela Nunes, sugerindo que veja a possibilidade de_x000D_
 fazer um convênio com veterinários locais ou com o Centro Universitário de Mineiros_x000D_
 (UNIFIMES) para realização de campanha para castração gratuita de animais,_x000D_
 como cães e gatos, para as famílias de baixa renda e que possuam CadÚnico, para_x000D_
 evitar o abandono e crias indesejadas</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Ricardo Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1003/indicacoes_2023_01-33.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1003/indicacoes_2023_01-33.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal de Alto Araguaia/MT Sr. Gustavo de Melo_x000D_
 Anicézio e a Secretaria Municipal de Obras e Infraestrutura, Sr. Milton Lima “Solicitando_x000D_
 Reforma nos banheiros do Terminal Rodoviário de Alto Araguaia".</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1004/indicacoes_2023_01-35.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1004/indicacoes_2023_01-35.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal de Alto Araguaia/MT Sr. Gustavo de Melo_x000D_
 Anicézio e a Secretaria Municipal de Obras e Infraestrutura, Sr. Milton Lima ''Solicitando as_x000D_
 podas do “matagal” ao lado da Escola Municipal Lourença Afonso de Melo''.</t>
   </si>
   <si>
     <t>1987</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Fabiano do Gás, Luizinho, Mariana de Souza, Silvio Maia</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1987/indicacoes_2023_01-37.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1987/indicacoes_2023_01-37.pdf</t>
   </si>
   <si>
     <t>“solicitando a limpeza no entorno da Escola _x000D_
 Municipal Patrocinio Joaquim Dias”.</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1005/indicacoes_2023_01-39.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1005/indicacoes_2023_01-39.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicézio com cópia a Secretária Municipal de_x000D_
 Educação, Eva Carmem Vieira de Rezende “solicitando a limpeza no entorno da_x000D_
 Escola Municipal Patrocinio Joaquim Dias</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Marilzan</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1006/indicacoes_2023_01-41.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1006/indicacoes_2023_01-41.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Prefeito Municipal Gustavo Melo e ao_x000D_
 Secretário Municipal de Obras Infraestrutura e Transportes Milton_x000D_
 Fernandes de Lima, “solicitando reposição e reparos nos meios fios de_x000D_
 toda a cidade.”</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1007/indicacoes_2023_01-43.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1007/indicacoes_2023_01-43.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, nos termos do Regimento Interno_x000D_
 desta Casa de Leis, requer que a presente indicação seja devidamente encaminhada ao_x000D_
 Prefeito Municipal, Sr. Gustavo de Melo e a Secretário Municipal de Educação, Srª Eva_x000D_
 Carmen, “sugerindo a instalação de cobertura em frente à Escola Lourença Afonso de_x000D_
 Melo”.</t>
   </si>
   <si>
     <t>1988</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1988/indicacoes_2023_01-45.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1988/indicacoes_2023_01-45.pdf</t>
   </si>
   <si>
     <t>1989</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1989/indicacoes_2023_01-47.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1989/indicacoes_2023_01-47.pdf</t>
   </si>
   <si>
     <t>“sugere a reforma, manutenção e reparos necessários nas Escolas Municipais de Alto _x000D_
 Araguaia, muitas estão necessitando para melhor atender os alunos e funcionários”</t>
   </si>
   <si>
     <t>1990</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1990/indicacoes_2023_01-49.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1990/indicacoes_2023_01-49.pdf</t>
   </si>
   <si>
     <t>“Solicito que seja disponibilizado _x000D_
 um profissional da saúde para aferir a pressão arterial dos idosos nos dias de _x000D_
 confraternização no Centro de Convivência da Melhor Idade Luzia Ribeiro, bem _x000D_
 como para permanecer no local para eventualmente, prestar os primeiros socorros, _x000D_
 caso haja necessidade.”</t>
   </si>
   <si>
     <t>1991</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1991/indicacoes_2023_01-51.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1991/indicacoes_2023_01-51.pdf</t>
   </si>
   <si>
     <t>Solicitando que a Prefeitura passe a realizar eventos esportivos de _x000D_
 mountain bike e corrida de rua de forma frequente.”</t>
   </si>
   <si>
     <t>1992</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1992/indicacoes_2023_01-53.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1992/indicacoes_2023_01-53.pdf</t>
   </si>
   <si>
     <t>“Solicitando as pinturas das faixas de pedestres no perímetro urbano Da do munícipio de Alto Araguaia, em especial na Avenida Carlos Hugueney".</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1993/indicacoes_2023_01-55.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1993/indicacoes_2023_01-55.pdf</t>
   </si>
   <si>
     <t>“solicitando melhorias na iluminação da quadra poliesportiva do Bairro _x000D_
 Gabibora.”</t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Suzana Paniago</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1994/indicacoes_2023_01-57.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1994/indicacoes_2023_01-57.pdf</t>
   </si>
   <si>
     <t>"SOLICITANDO QUE O PREFEITO REALIZE UM CONVÊNIO com CAMINHÃO LIMPA FOSSA PARA AS PESSOAS DE BAIXA RENDA”.</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1995/indicacoes_2023_01-59.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1995/indicacoes_2023_01-59.pdf</t>
   </si>
   <si>
     <t>“SOLICITANDO CONVÊNIO PARTICULAR COM UM _x000D_
 NEUROPEDIATRA PARA AS CRIANÇAS COM ESPECTRO AUTISMO”.</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1996/indicacoes_2023_01-61.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1996/indicacoes_2023_01-61.pdf</t>
   </si>
   <si>
     <t>“sugere a manutenção da _x000D_
 Estrada Vicinal dos Ranchos do Araguaia localizada na MU 27, 2lkm antes de _x000D_
 Araguainha e a 7km da MT 100, a mesma está perigosa, deslizando, com poças muito _x000D_
 grandes, costelas e com lugares quase intransitáveis.”</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1997/indicacoes_2023_01-63.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1997/indicacoes_2023_01-63.pdf</t>
   </si>
   <si>
     <t>“a _x000D_
 possibilidade de um credenciamento para clínicas locais para a realização de procedimentos — _x000D_
 odontológicos não cobertos pela Atenção Básica, tais como endodontia e protesista; e _x000D_
 instalação de mais um aparelho de raio x para os dentes”,</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1998/indicacoes_2023_01-65.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1998/indicacoes_2023_01-65.pdf</t>
   </si>
   <si>
     <t>“solicitação que seja instituído um programa de atividades físicas para a terceira idade (hidroginástica, bocha, pilates entre outros).”</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1999/indicacoes_2023_01-67.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1999/indicacoes_2023_01-67.pdf</t>
   </si>
   <si>
     <t>“sugere a manutenção periódica da Avenida Araguaia (rua da Comitiva e do Coca _x000D_
 Espetinhos), a mesma se encontra com muitos buracos, o que prejudica quem transita _x000D_
 pelo local e quem frequenta os respectivos estabelecimentos”</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2000/indicacoes_2023_01-69-71.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2000/indicacoes_2023_01-69-71.pdf</t>
   </si>
   <si>
     <t>“sugere à revitalização e manutenção periódica da Orla da Avenida Araguaia, nas _x000D_
 proximidades do Coca Espetinhos, do começo «o fim da Avenida. É um espaço de _x000D_
 lazer e ponto tradicional de Alto Araguaia que deve ser cuidado para melhor atender _x000D_
 as famílias, população e visitantes que frequentam o local.”</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2001/indicacoes_2023_01-73.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2001/indicacoes_2023_01-73.pdf</t>
   </si>
   <si>
     <t>“Solicitando reparo dos buracos na Avenida _x000D_
 Araguaia, em frente ao "'Freddy's Diversões", próximo a Praça da Bandeira”.</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2002/indicacoes_2023_01-75.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2002/indicacoes_2023_01-75.pdf</t>
   </si>
   <si>
     <t>solicitando reparo no final da Rua Santa _x000D_
 Rita (onde foi interligada a rede de esgoto no Loteamento da Virô), bairro Gabiroba.</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2003/indicacoes_2023_01-77.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2003/indicacoes_2023_01-77.pdf</t>
   </si>
   <si>
     <t>solicitando que seja feito tapa buracos na _x000D_
 Rua Domiciliano Alves de Oliveira, bairro Vila Aeroporto.</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Fabiano do Gás, Luizinho, Silvio Maia, Suzana Paniago</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2004/indicacoes_2023_02-1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2004/indicacoes_2023_02-1.pdf</t>
   </si>
   <si>
     <t>Solicito que o Poder Executivo _x000D_
 faça as devidas adequações de engenharia na “nova” lavanderia do hospital _x000D_
 municipal para que esta passe a funcionar o mais breve possível, uma vez que a atual _x000D_
 lavanderia é antiga, inadequada e está repleta baratas e fezes de rato, e isso está _x000D_
 tornando o local insalubre.”</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2005/indicacoes_2023_02-3.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2005/indicacoes_2023_02-3.pdf</t>
   </si>
   <si>
     <t>“a solicitação que seja realizado, todos os anos, _x000D_
 no município, a maratona ou corrida de rua feminina, com premiação relevante, de _x000D_
 modo a atrair mulheres de toda a região.”</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2006/indicacoes_2023_02-5.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2006/indicacoes_2023_02-5.pdf</t>
   </si>
   <si>
     <t>Solicito que o Poder Executivo _x000D_
 aumente o número de cadeiras ou qualquer outro assento no PSF Manoel Marques _x000D_
 de Souza (Bairro Cohab), pois vários usuários já relataram que estão à ficar longos _x000D_
 períodos em pé e isso está causando desconforto, principalmente, nos idosos.”</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2007/indicacoes_2023_02-7.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2007/indicacoes_2023_02-7.pdf</t>
   </si>
   <si>
     <t>“Solicitando a limpeza geral _x000D_
 (laterais, fundo, etc.) no pátio do Hospital Municipal Deputado Cacildo Hugueney”.</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2008/indicacoes_2023_02-9-11.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2008/indicacoes_2023_02-9-11.pdf</t>
   </si>
   <si>
     <t>“Solicitando uma quadra coberta na Escola Municipal Anibal Pereira Júnior, na _x000D_
 região do Gato Preto”.</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2009/indicacoes_2023_02-13.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2009/indicacoes_2023_02-13.pdf</t>
   </si>
   <si>
     <t>“Solicitando a viabilidade de construção de _x000D_
 um alambrado e calçada, margeando o Rio Araguaia entre a escola Maria _x000D_
 Auxiliadora e o ATC",</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2010/indicacoes_2023_02-15-17.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2010/indicacoes_2023_02-15-17.pdf</t>
   </si>
   <si>
     <t>“solicitando reparos na Av. Vereadora Maria da Glória Fávero, bairro _x000D_
 Vila Aeroporto, tais como: tapa buraco, pintura de meio fio e sinalização de quebra-molas”</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2011/indicacoes_2023_02-19.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2011/indicacoes_2023_02-19.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UM PARQUE INFANTIL NA ESCOLA MUNICIPAL JOSÉ INÁCIO FRAGA EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>Luizinho</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2012/indicacoes_2023_02-21.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2012/indicacoes_2023_02-21.pdf</t>
   </si>
   <si>
     <t>Solicitando para que o _x000D_
 Município intensifique as ações e serviços relacionados á manutenção da _x000D_
 iluminação pública, pois existem trechos na cidade onde a iluminação é _x000D_
 pouca ou nenhuma, tornando quase impossível transitar por tais vias, _x000D_
 durante a noite ”.</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2013/indicacoes_2023_02-23.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2013/indicacoes_2023_02-23.pdf</t>
   </si>
   <si>
     <t>“a solicitação de que q Prefeitura construa Centro Cultural o Municipal para reunir em um só espaço diversas atividades cultura, através de arte e de oficinas, espaços para exposição de acervos culturais espaço e artísticos, para apresentações musicais, peças teatrais, dança e outros,”</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>Fabiano do Gás, Silvio Maia, Suzana Paniago</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2014/indicacoes_2023_02-25.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2014/indicacoes_2023_02-25.pdf</t>
   </si>
   <si>
     <t>“Solicitação para que a Prefeitura volte da doar filtros de barros para a população de _x000D_
 baixa renda.”</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2015/indicacoes_2023_02-27.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2015/indicacoes_2023_02-27.pdf</t>
   </si>
   <si>
     <t>“sugere que seja _x000D_
 analisada a possibilidade de aderir um Plano de Saúde para os servidores municipais”</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2016/indicacoes_2023_02-29-33.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2016/indicacoes_2023_02-29-33.pdf</t>
   </si>
   <si>
     <t>“sugere que seja feita a _x000D_
 atualização cadastral dos domicílios do município de Alto Araguaia, a fim de sanar as _x000D_
 inconsistências existentes entre o endereço constante na sede da casa e 0 constante no _x000D_
 talão de água emitido pela DIVAES.”</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>Fabiano do Gás</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2017/indicacoes_2023_02-35-37.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2017/indicacoes_2023_02-35-37.pdf</t>
   </si>
   <si>
     <t>“sugerindo um estudo para a implantação de um semáforo no cruzamento _x000D_
 da Avenida Carlos Hugueney com a Rua Jerônimo Samita Maia.”</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2018/indicacoes_2023_02-39.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2018/indicacoes_2023_02-39.pdf</t>
   </si>
   <si>
     <t>“solicitando a reforma da ponte sobre o Córrego Vermelho na MU 070 na _x000D_
 região do Rio do Peixe.”</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2019/indicacoes_2023_02-41.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2019/indicacoes_2023_02-41.pdf</t>
   </si>
   <si>
     <t>“Solicitando que no site oficial do Poder Executivo de Alto Araguaia tenha disponível _x000D_
 telefone e link para mulheres vítimas de violência doméstica, a fim de auxilia-las e informa_x0002_las quanto ao modo e forma de procurar ajuda.”</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>Luizinho, Mariana de Souza, Marilia Maia</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2020/indicacoes_2023_02-43.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2020/indicacoes_2023_02-43.pdf</t>
   </si>
   <si>
     <t>Solicitando para que seja realizado serviço de Limpeza, Roçagem e proceda as substituições das _x000D_
 lâmpadas queimadas na Praça "Audinor Germano Rosa", conhecida como Praça da Bandeira em _x000D_
 nossa cidade.</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2021/indicacoes_2023_02-45.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2021/indicacoes_2023_02-45.pdf</t>
   </si>
   <si>
     <t>“instituam na _x000D_
 cidade da Alto Araguaia, a fim tutelar as cidadã em situação de vulnerabilidade, o _x000D_
 Programa de Proteção e Promoção da Saúde Menstrual para assegurar a oferta _x000D_
 gratuita de absorventes higiênicos femininos e outros cuidados básicos de saúde _x000D_
 menstrual.”</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2022/indicacoes_2023_02-47.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2022/indicacoes_2023_02-47.pdf</t>
   </si>
   <si>
     <t>sugere manutenção, trocas ou que coloque lâmpadas nos postes do Bairro Jardim _x000D_
 Novo Araguaia, nos lugares onde estiver faltando iluminação”</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2023/indicacoes_2023_02-49.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2023/indicacoes_2023_02-49.pdf</t>
   </si>
   <si>
     <t>“sugere à construção de quebra mola com faixa de pedestre na Avenida Jerônimo Samita Maia, no cruzamento com a rua A (rua da escola municipal Adalcy da Conceição Rodrigues), a fim de resguardar e orientar as crianças do nosso município.”</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2024/indicacoes_2023_02-51.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2024/indicacoes_2023_02-51.pdf</t>
   </si>
   <si>
     <t>“sugere que seja feita a poda das árvores e limpeza na praça do Bairro Cohab”</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2025/indicacoes_2023_02-53-55.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2025/indicacoes_2023_02-53-55.pdf</t>
   </si>
   <si>
     <t>“Solicitando a criação de sala _x000D_
 de integração sensorial para crianças portadoras de transtornos de _x000D_
 espectro autista em nossa cidade.”</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2026/indicacoes_2023_02-57.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2026/indicacoes_2023_02-57.pdf</t>
   </si>
   <si>
     <t>“sugerindo a _x000D_
 a reforma do Terminal Rodoviário de Alto Araguaia.”</t>
   </si>
   <si>
     <t>2027</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2027/indicacoes_2023_02-59.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2027/indicacoes_2023_02-59.pdf</t>
   </si>
   <si>
     <t>Sugere a pavimentação asfáltica da Estrada da Usina no Bairro Cohab”</t>
   </si>
   <si>
     <t>2029</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2029/indicacoes_2023_02-61.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2029/indicacoes_2023_02-61.pdf</t>
   </si>
   <si>
     <t>“Susere que sejam trocadas todas as lâmpadas queimadas dos postes da Estrada da _x000D_
 Usina, o trecho é escuro e precisa de iluminação adequada para segurança e conforto _x000D_
 dos moradores e de quem transita pelo local”</t>
   </si>
   <si>
     <t>2028</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2028/indicacoes_2023_02-63.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2028/indicacoes_2023_02-63.pdf</t>
   </si>
   <si>
     <t>Solicitando reparo da iluminação do Parque Ecológico Municipal _x000D_
 "Atanael Farias da Costa”.</t>
   </si>
   <si>
     <t>2030</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2030/indicacoes_2023_02-65.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2030/indicacoes_2023_02-65.pdf</t>
   </si>
   <si>
     <t>"sugerindo mais um local de embarque aos _x000D_
 pacientes que fazem tratamento em Rondonópolis, solicitando que possa _x000D_
 ser mais um local de embarque o Terminal Rodoviário “Hermenegildo _x000D_
 Rodrigues Borges”, para melhor dignidade dos pacientes de nossa _x000D_
 cidade”.</t>
   </si>
   <si>
     <t>2031</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2031/indicacoes_2023_02-67.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2031/indicacoes_2023_02-67.pdf</t>
   </si>
   <si>
     <t>“indicando _x000D_
 a necessidade de aquisição de 50 computadores para otimizar o _x000D_
 atendimento do Polo da UAB do município”.</t>
   </si>
   <si>
     <t>2032</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2032/indicacoes_2023_02-71.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2032/indicacoes_2023_02-71.pdf</t>
   </si>
   <si>
     <t>“indicando _x000D_
 a necessidade de reforma geral na estrutura do Polo da UAB, tais como _x000D_
 pintura, rede elétrica, rede de internet interna; reforma da plataforma de _x000D_
 elevação para deficiente físico e reforma do piso da escada para acesso ao _x000D_
 segundo andar e.</t>
   </si>
   <si>
     <t>2033</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2033/indicacoes_2023_02-73.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2033/indicacoes_2023_02-73.pdf</t>
   </si>
   <si>
     <t>“sugere a aquisição de mais um ônibus para levar os alunos _x000D_
 de Alto Araguaia-MT que estudam em Mineiros-GO”</t>
   </si>
   <si>
     <t>2034</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2034/indicacoes_2023_02-75.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2034/indicacoes_2023_02-75.pdf</t>
   </si>
   <si>
     <t>“solicitando que seja _x000D_
 realizado a aplicação do fumacê em toda a cidade, priorizando as escolas, visando o _x000D_
 combate do mosquito Aedes Aegypti”.</t>
   </si>
   <si>
     <t>2035</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2035/indicacoes_2023_02-77.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2035/indicacoes_2023_02-77.pdf</t>
   </si>
   <si>
     <t>“SOLICITANDO _x000D_
 O RETORNO DO “VEM PRO PARQUE” NO PARQUE ECOLÓGICO _x000D_
 MUNICIPAL ATANAEL FARIAS DA COSTA EM ALTO ARAGUAIA”.</t>
   </si>
   <si>
     <t>2036</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2036/indicacoes_2023_02-79.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2036/indicacoes_2023_02-79.pdf</t>
   </si>
   <si>
     <t>“SOLICITANDO A _x000D_
 CONSTRUÇÃO DE UM PONTO DE APOIO QUE SEJA COBERTO E QUE _x000D_
 TENHA BANCOS NA RUA JOSÉ MORBECK NA SUBIDA DA RODOVIÁRIA”.</t>
   </si>
   <si>
     <t>2037</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2037/indicacoes_2023_02-81.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2037/indicacoes_2023_02-81.pdf</t>
   </si>
   <si>
     <t>Solicitando a _x000D_
 manutenção da iluminação pública do Distrito do Buriti”.</t>
   </si>
   <si>
     <t>2038</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>Fabiano do Gás, Luizinho, Mariana de Souza, Odair Ferruja, Silvio Maia, Suzana Paniago</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2038/indicacoes_2023_02-83.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2038/indicacoes_2023_02-83.pdf</t>
   </si>
   <si>
     <t>“solicitando a instalação de detectores de metais câmeras de segurança e a disponibilização de um segurança em todas as escolas da rede pública de Alto Araguaia”,</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1008/indicacoes_2023_02-85.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1008/indicacoes_2023_02-85.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa enca -_x000D_
 minhe expediente ao Exmo. Sr. Prefeito Municipal de Alto Araguaia, Sr. Gustavo de Melo_x000D_
 Anicesio e ao Secretaria Municipal de Obras, Infraestrutura, Transporte e Frotas, Sr. Milton_x000D_
 Fernandes de Lima, “solicitando o conserto da passarela da ponte sob o Rio Araguaia”.</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1009/indicacoes_2023_02-87.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1009/indicacoes_2023_02-87.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, nos termos do Regimento Interno_x000D_
 desta Casa de Leis, requer que a presente indicação seja devidamente encaminhada ao_x000D_
 Prefeito Municipal, Sr. Gustavo de Melo e a Secretário Municipal de Educação, Srª Eva_x000D_
 Carmen, “sugerindo a contratação de uma equipe multidisciplinar com psicólogo(a) e_x000D_
 assistente social nas escolas municipais de Alto Araguaia”</t>
   </si>
   <si>
     <t>2039</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2039/indicacoes_2023_02-89.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2039/indicacoes_2023_02-89.pdf</t>
   </si>
   <si>
     <t>“a aquisição de Notebooks para os técnicos _x000D_
 das escolas municipais.”</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1010/indicacoes_2023_03-1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1010/indicacoes_2023_03-1.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do Regimento Interno dessa_x000D_
 Casa de Leis, requer que a presente Indicação seja devidamente encaminhada ao Exmo._x000D_
 Sr. Prefeito de Alto Araguaia-MT, Sr. Gustavo de Melo Anicézio e ao Secretário_x000D_
 Municipal de Obras, Infraestrutura, Transporte e Frotas Sr. Milton Fernandes Lima “a_x000D_
 pavimentação asfáltica ou em paralelepípedo da Rua Marechal Mascaranha de_x000D_
 Moraes, próxima a oficina do Dilson Basso.”</t>
   </si>
   <si>
     <t>2040</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2040/indicacoes_2023_03-3.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2040/indicacoes_2023_03-3.pdf</t>
   </si>
   <si>
     <t>“Solicitando que seja cedido um espaço e tendas. para _x000D_
 realização do encontro de motos e espaço para som automotivos”.</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>Clodoaldo</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1011/indicacoes_2023_03-5.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1011/indicacoes_2023_03-5.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Prefeito_x000D_
 Municipal Exmo. Sr. Gustavo de Melo Anicézio, e a Secretário Municipal de_x000D_
 Obras - Sr. Milton Fernandes de Lima, “Solicitando a pavimentação asfáltica_x000D_
 no trecho da Rua Buriti (entre a Rua Benjamim Constat, e a Rua Guilherme_x000D_
 Gonçalves Berigo), localizada no Bairro Gabiroba”.</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1012/indicacoes_2023_03-7.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1012/indicacoes_2023_03-7.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicézio com cópia a Secretária Municipal de_x000D_
 Educação, Eva Carmem Vieira de Rezende “solicitando a implantação de_x000D_
 monitores nos ônibus de transporte escolar na linha do Jardim Novo Araguaia”.</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1013/indicacoes_2023_03-9.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1013/indicacoes_2023_03-9.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal e ao secretário de Infraestrutura, Obras e Serviços_x000D_
 Urbanos “a solicitação para que seja fornecidas caçambas para descarte de entulhos e_x000D_
 outros resíduos para os munícipes de baixa renda comprovada.”</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1014/indicacoes_2023_03-11.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1014/indicacoes_2023_03-11.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal e Secretária de Assistência “a solicitação de que_x000D_
 sejam ofertados a maior variedade possível de cursos de capacitação aos beneficiários_x000D_
 de programas sociais, de modo disponibilizar qualificação para todo tipo vocação.”</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1015/indicacoes_2023_03-13.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1015/indicacoes_2023_03-13.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicezio, com cópia a Secretária de Saúde Manoela_x000D_
 Nunes de Souza “ SOLICITANDO A RENOVAÇÃO DO CONTRATO COM O_x000D_
 PSIQUIATRA PARTICULAR MÁRCIO MEDEIROS DE MINEIROS-GO”.</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1016/indicacoes_2023_03-15.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1016/indicacoes_2023_03-15.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicezio, com cópia a Secretária de Saúde Manoela_x000D_
 Nunes de Souza “ SOLICITANDO A PREFEITURA QUE VOLTE A LEVAR OS_x000D_
 PACIENTES PARA O TRATAMENTO CONTRA O ALCOOLISMO EM SÃO JOSÉ_x000D_
 DO RIO PRETO-SP COM O DOUTOR TOUFIC”.</t>
   </si>
   <si>
     <t>2041</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2041/indicacoes_2023_03-17-21.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2041/indicacoes_2023_03-17-21.pdf</t>
   </si>
   <si>
     <t>“que seja colocada iluminação e que restaure a academia ao ar livre da Praça Aredis _x000D_
 Severino Rodrigues no Setor Castro”</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1017/indicacoes_2023_03-23.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1017/indicacoes_2023_03-23.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o_x000D_
 Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada_x000D_
 ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio com cópia ao Secretário_x000D_
 de Municipal de Obras, Infraestrutura, Transporte e Frotas, Milton Fernandes_x000D_
 de Lima, “solicitando manutenção na MU 66 e MU 10 estrada do Ariranha.”</t>
   </si>
   <si>
     <t>2042</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2042/indicacoes_2023_03-25.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2042/indicacoes_2023_03-25.pdf</t>
   </si>
   <si>
     <t>solicitação de que _x000D_
 seja instalado um parque infantil na escola municipal José Inácio Fraga, uma vez _x000D_
 que a escola não possui playground, porém, possui espaço para a instalação.”</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1019/indicacoes_2023_03-27.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1019/indicacoes_2023_03-27.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, nos termos do Regimento Interno_x000D_
 desta Casa de Leis, requer que a presente indicação seja devidamente encaminhada ao_x000D_
 Prefeito Municipal, Sr. Gustavo de Melo e o Secretário Municipal de Obras, Infraestrutura e_x000D_
 Transportes, Sr. Milton Lima, “sugerindo que sejam feitas melhorias na Orla do Bilinão,_x000D_
 tais como: _x000D_
  Roçagem e limpeza; _x000D_
  Instalação de placas de sinalização e lixeiras; _x000D_
  Passarela para fácil acesso ao rio; _x000D_
  Barreiras que impeça veículos de se aproximarem do rio; _x000D_
  Disponibilização de um vigilante para mais segurança.</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1020/indicacoes_2023_03-29.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1020/indicacoes_2023_03-29.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal e ao secretário de Infraestrutura, Obras e Serviços_x000D_
 Urbanos a “Solicitação para que seja feita a reposição ou substituição completa de_x000D_
 areia nos tanques de areia dos playground infantis do município.”</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1021/indicacoes_2023_03-31.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1021/indicacoes_2023_03-31.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de_x000D_
 Obras e Infraestrutura Sr. Milton Fernandes Lima, “Solicitando que seja feito quebra-molas_x000D_
 na Rua paralela ao Parque de Exposições sentido ao Canil Municipal no bairro Maria das_x000D_
 Graças”</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1022/indicacoes_2023_03-33.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1022/indicacoes_2023_03-33.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de_x000D_
 Obras e Infraestrutura Sr. Milton Fernandes Lima, “Solicitando a manutenção e recuperação_x000D_
 no final da Rua 11, esquina com a Rua 36 do Bairro Nossa Senhora Aparecida”</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1023/indicacoes_2023_03-35.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1023/indicacoes_2023_03-35.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de_x000D_
 Obras e Infraestrutura Sr. Milton Fernandes Lima, “Solicitando a manutenção e recuperação_x000D_
 no final da Rua 21 no Bairro Aeroporto, especificamente esquina da Rua E, que dá acesso_x000D_
 ao Bairro Nossa Senhora Aparecida”</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1024/indicacoes_2023_03-37.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1024/indicacoes_2023_03-37.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal de Alto Araguaia/MT Sr. Gustavo de Melo Anicésio e a_x000D_
 SecretariaMunicipal de Educação, Srta. Eva Carmem Vieira de Carvalho “Solicitando que a gestão_x000D_
 promova cursos de como fazer a Manobra de heimlich para os professores e agentes do setor de_x000D_
 educação''</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1025/indicacoes_2023_03-39.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1025/indicacoes_2023_03-39.pdf</t>
   </si>
   <si>
     <t>Com assento nesta Casa, de conformidade com o artigo_x000D_
 103,parágrafo único do Regimento Interno,a pedido dos munícipes de_x000D_
 Alto Araguaia-MT, requeiro à mesa que este expediente seja_x000D_
 encaminhado ao Exmo. Senhor Gustavo Melo de Anicézio , Prefeito_x000D_
 Municipal, Senhor Milton Fernandes Lima Secretário Municipal de_x000D_
 Obras, Infraestrutura, Transporte e Frotas, e ao Senhor Bruno Pio_x000D_
 Peron Diretor de Esporte, “Solicitando a restauração do Campo de_x000D_
 Futebol do Bairro Jardim Novo Araguaia”</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1026/indicacoes_2023_03-41.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1026/indicacoes_2023_03-41.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Prefeito Municipal Gustavo Melo e ao Secretário Municipal de Saúde_x000D_
 Manoela Nunes, “indicando a necessidade de um Agente Comunitário de Saúde_x000D_
 para atender o Bairro Boiadeiro”.</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1027/indicacoes_2023_03-43.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1027/indicacoes_2023_03-43.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do Regimento Interno dessa_x000D_
 Casa de Leis, requer que a presente Indicação seja devidamente encaminhada ao Exmo._x000D_
 Sr. Prefeito de Alto Araguaia-MT, Sr. Gustavo de Melo Anicézio e ao Secretário_x000D_
 Municipal de Obras, Infraestrutura, Transporte e Frotas Sr. Milton Fernandes Lima_x000D_
 “que restaure todas as academias ao ar livre instaladas nos bairros de Alto Araguaia_x0002_MT.”</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1028/indicacoes_2023_03-45.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1028/indicacoes_2023_03-45.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, nos termos do Regimento Interno_x000D_
 desta Casa de Leis, requer que a presente indicação seja devidamente encaminhada ao_x000D_
 Prefeito Municipal, Sr. Gustavo de Melo e o Secretário Municipal de Obras, Infraestrutura e_x000D_
 Transportes, Sr. Milton Lima, “sugerindo serviço de limpeza e reparos na estrutura de_x000D_
 todos os bueiros de Alto Araguaia”</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1030/indicacoes_2023_03-47.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1030/indicacoes_2023_03-47.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, nos termos do Regimento Interno_x000D_
 desta Casa de Leis, requer que a presente indicação seja devidamente encaminhada ao_x000D_
 Prefeito Municipal, Sr. Gustavo de Melo e o Secretário Municipal de Obras, Infraestrutura e_x000D_
 Transportes, Sr. Milton Lima, “sugerindo que seja feito serviços de pintura de faixa de_x000D_
 pedestre, quebra-molas, meio-fio e reforço na sinalização de trânsito com instalação de_x000D_
 placas.</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1031/indicacoes_2023_03-49.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1031/indicacoes_2023_03-49.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do_x000D_
 art. 100 do Regimento Interno, requer à Presidente que esta indicação seja_x000D_
 devidamente encaminhada ao Prefeito Municipal e ao secretário de_x000D_
 Infraestrutura, Obras e Serviços Urbanos a “Solicitação para que seja feito_x000D_
 o recapeamento do asfalto, a recuperação de trecho pavimentado com_x000D_
 bloquete da Rua Laura Vicuna e outras medidas que, certamente, serão_x000D_
 sugeridas pelo núcleo de engenharia do Poder Executivo.”</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1032/indicacoes_2023_04-1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1032/indicacoes_2023_04-1.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do_x000D_
 art. 100 do Regimento Interno, requer à Presidente que esta indicação seja_x000D_
 devidamente encaminhada ao Prefeito Municipal e a Secretária de_x000D_
 Educação, “a solicitação de que seja instalado um parque infantil na_x000D_
 escola municipal Maria Júlia de Almeida, uma vez que a escola não_x000D_
 possui playground, porém, possui espaço para a instalação.”</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1044/indicacoes_2023_04-3.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1044/indicacoes_2023_04-3.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do_x000D_
 art. 100 do Regimento Interno, requer à Presidente que esta indicação seja_x000D_
 devidamente encaminhada ao Prefeito Municipal e ao secretário de_x000D_
 Infraestrutura, Obras e Serviços Urbanos a “indicação da substituição ou_x000D_
 reparos de parte da grama sintética da quadra de futebol Luiz Beni Maia,_x000D_
 localizada na praça Audinor Germano Rosa, antiga praça da bandeira.”</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1045/indicacoes_2023_04-5.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1045/indicacoes_2023_04-5.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do_x000D_
 art. 100 do Regimento Interno, requer à Presidente que esta indicação seja_x000D_
 devidamente encaminhada ao Prefeito Municipal e ao Secretário de_x000D_
 Educação “a solicitação de que Prefeitura mande confeccionar placas e_x000D_
 adesivos com imagens dos pontos turísticos da cidade, e, posteriormente,_x000D_
 sejam colocados em lugares públicos ou frequentados pelo público.”</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1047/indicacoes_2023_04-7.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1047/indicacoes_2023_04-7.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, nos termos do Regimento Interno_x000D_
 desta Casa de Leis, requer que a presente indicação seja devidamente encaminhada ao_x000D_
 Prefeito Municipal, Sr. Gustavo de Melo e a Secretária Municipal Saúde, Sra. Manoela_x000D_
 Nunes, “sugerindo a possibilidade de doação de um terreno com área mínima de mil metros_x000D_
 quadrados para a construção do Centro de Reabilitação Caio Hugueney”</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1048/indicacoes_2023_04-9.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1048/indicacoes_2023_04-9.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de_x000D_
 Obras e Infraestrutura Sr. Milton Fernandes Lima, solicitando limpeza de terreno baldio_x000D_
 localizado na Rua 271 bairro N.S. Aparecida.</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1049/indicacoes_2023_04-11.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1049/indicacoes_2023_04-11.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal e ao Secretário de Educação “a solicitação de que_x000D_
 seja elaborado um catálogo com informações sobre todos os pontos turísticos do_x000D_
 nosso município, e, posteriormente, seja disponibilizado cópias em todos os bares,_x000D_
 restaurante e hotéis da cidade.”</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1050/indicacoes_2023_04-13.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1050/indicacoes_2023_04-13.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal e a Secretaria de Educação “a solicitação para que_x000D_
 a prefeitura forme uma equipe de trabalho com o objetivo de produzir um vídeo com_x000D_
 imagens de todos os pontos turísticos do município, como rios e cachoeiras, e,_x000D_
 posteriormente, seja divulgado amplamente nas redes sociais.”</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>Marilia Maia, Marilzan</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1051/indicacoes_2023_04-15.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1051/indicacoes_2023_04-15.pdf</t>
   </si>
   <si>
     <t>Com assento nesta Casa, de conformidade com o artigo 103, parágrafo único_x000D_
 do Regimento Interna a pedido dos munícipes de Alto Araguaia- MT, requeiro à Mesa_x000D_
 que este expediente seja encaminhado ao Exmo. Senhor GUSTAVO MELO DE_x000D_
 ANICÉZIO, Prefeito Municipal, e ao Senhor MANOELITO DOS DIAS DE_x000D_
 REZENDE, Secretário Municipal de Administração, Industria e Comercio, a_x000D_
 “ solicitando q ue a frota de veículos automotores do Poder Executivo_x000D_
  Municipal seja m adesivados com imagens dos Pontos Turísticos de nosso_x000D_
  município para que haja mais visibilidade.”</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1052/indicacoes_2023_04-17.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1052/indicacoes_2023_04-17.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário_x000D_
 de Obras e Infraestrutura Sr. Milton Fernandes Lima, “ solicitando que seja feito_x000D_
 patrolamento na esquina da Rua Alameda B com a Rodovia MT 100, em frente da_x000D_
  Borracharia Dervalhe. ”</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1053/indicacoes_2023_04-19.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1053/indicacoes_2023_04-19.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhadaao Prefeito Municipal e ao secretário de Secretaria Municipal de_x000D_
 Agricultura, Pecuária e Abastecimento e Meio Ambiente “Solicitando que seja_x000D_
 implementada uma política consistentes de incentivo a apicultura em nosso_x000D_
 município.”</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1054/indicacoes_2023_04-21.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1054/indicacoes_2023_04-21.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal e ao Secretário de Administração “a solicitação de_x000D_
 que seja Implementado uma "Casa do Empreendedor" em nossa cidade espaço que_x000D_
 deverá reunir serviços de apoio ao micro e pequeno empreendedor, com ferramentas_x000D_
 para capacitar, formar e informar empreendedores e aqueles que pretendem_x000D_
 empreender.</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1055/indicacoes_2023_04-23.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1055/indicacoes_2023_04-23.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal “a solicitamos que a prefeitura forme uma equipe_x000D_
 de trabalho com o objetivo de produzir um vídeo e/ou uma cartilha com o título “Por_x000D_
 que investir em Alto Araguaia”, este material deverá ser utilizado para a divulgação_x000D_
 do Município junto aqueles interessados em investir na cidade, bem como para ser_x000D_
 veiculado nas redes sociais.”</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1056/indicacoes_2023_04-25.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1056/indicacoes_2023_04-25.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o_x000D_
 Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada_x000D_
 ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio com cópia a Secretário_x000D_
 Municipal de Administração Industria e Comércio, Sr. Manoelito dos Dias de_x000D_
 Rezende neto “solicitando um estudo que possibilite o Poder Executivo_x000D_
 estar recolocando um representante da EMPAER no Conselho Municipal_x000D_
 de Desenvolvimento Rural Sustentável”.</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1057/indicacoes_2023_04-27.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1057/indicacoes_2023_04-27.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o_x000D_
 Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada_x000D_
 ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio com cópia a Secretária_x000D_
 Municipal de Educação, Eva Carmem Vieira de Rezende “solicitando a_x000D_
 manutenção da quadra esportiva do Jardim Novo Araguaia”.</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1058/indicacoes_2023_04-29.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1058/indicacoes_2023_04-29.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, nos termos do Regimento Interno_x000D_
 desta Casa de Leis, requer que a presente indicação seja devidamente encaminhada ao_x000D_
 Prefeito Municipal, Sr. Gustavo de Melo e a Secretária Municipal Saúde, Sra. Manoela_x000D_
 Nunes, “sugerindo que o município firme convênios com clínicas ou profissionais_x000D_
 especializados em Neurologia Pediátrica, para que possibilite atendimentos a crianças e_x000D_
 adolescentes, garantindo o direito a saúde de nossos munícipes.”</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1059/indicacoes_2023_04-31.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1059/indicacoes_2023_04-31.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o_x000D_
 Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada_x000D_
 ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio com cópia a Secretário_x000D_
 Municipal Obras, Infraestrutura, Transporte e Frotas, Milton Fernandes de Lima_x000D_
 “solicitando a implantação de calçadas no entorno do mini estádio da Vila_x000D_
 Aeroporto”.</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1060/indicacoes_2023_04-33.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1060/indicacoes_2023_04-33.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, nos termos do Regimento Interno_x000D_
 desta Casa de Leis, requer que a presente indicação seja devidamente encaminhada ao_x000D_
 Prefeito Municipal, Sr. Gustavo de Melo e o Secretário Municipal de Obras, Infraestrutura e_x000D_
 Transportes, Sr. Milton Lima, “sugerindo que sejam serviços de reparos nos aparelhos da_x000D_
 Academia Popular Judith Borges de Oliveira, anexa ao Ginásio de Esportes Jeronimo_x000D_
 Samita Maia”</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1061/indicacoes_2023_04-35.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1061/indicacoes_2023_04-35.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de_x000D_
 Obras e Infraestrutura Sr. Milton Fernandes Lima, “solicitando que seja feito tapa-buraco na_x000D_
 Av. A (esquina com a Rua Lauriston Fernandes Barbosa), Rua Domiciano Alves de_x000D_
 Oliveira e Rua Vereador João Ferreira Neves (em frente ao CRAS), bairro Vila_x000D_
 Aeroporto.”</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1062/indicacoes_2023_04-37.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1062/indicacoes_2023_04-37.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do Regimento Interno dessa_x000D_
 Casa de Leis, requer que a presente Indicação seja devidamente encaminhada ao Exmo._x000D_
 Sr. Prefeito de Alto Araguaia-MT, Sr. Gustavo de Melo Anicézio e a Secretária_x000D_
 Municipal de Saúde Srª Manoela Nunes de Souza “sugere a contratação de_x000D_
 profissional de Psicologia especializado em prestar assistência às crianças que_x000D_
 apresentam Transtorno do Espectro Autista (TEA).”</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1063/indicacoes_2023_04-39.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1063/indicacoes_2023_04-39.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, “Solicitação que seja feita análise da qualidade_x000D_
 da água do maior número possível de minas d'Água e nascentes localizadas no_x000D_
 município e, posteriormente, seja enviado para todas as empresas de extração e_x000D_
 engarrafamento de água mineral da região centro oeste ou até mesmo do Brasil, para_x000D_
 que estas possam verificar a possibilidade de se instalarem no município.”</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1064/indicacoes_2023_04-41.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1064/indicacoes_2023_04-41.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal e ao secretário de Secretaria Municipal de_x000D_
 Agricultura, Pecuária e Abastecimento e Meio Ambiente “Solicitando que sejam_x000D_
 implementadas política consistentes de incentivo a as atividades de fruticultura e_x000D_
 produção de derivados, tais como: doação de mudas de plantas frutíferas para os_x000D_
 pequenos e médios produtores, cursos de capacitação e apoio técnico.”</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1065/indicacoes_2023_04-43.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1065/indicacoes_2023_04-43.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal e a Secretária de Educação “a solicitação que seja_x000D_
 inserido assuntos e palestras referentes ao empreendedorismo nas escolas_x000D_
 públicas municipais, buscando ajudar os estudantes a formarem futuras_x000D_
 competências e habilidades empreendedoras.”</t>
   </si>
   <si>
     <t>2043</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2043/indicacoes_2023_04-45-49.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2043/indicacoes_2023_04-45-49.pdf</t>
   </si>
   <si>
     <t>“Solicitando reparo da parte elétrica da Quadra Paulo Gomes da Silva, conhecida como “Mineirão”, localizada no bairro Gabiroba."</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1066/indicacoes_2023_04-51.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1066/indicacoes_2023_04-51.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal e à Secretário de Saúde,“a Solicitação que seja_x000D_
 contratado um Médico Neuropediatra para atender no Hospital Municipal, ao menos,_x000D_
 a cada 15 dias ou qualquer outro intervalo de tempo necessário para atender as_x000D_
 crianças com Transtorno de Espectro Autista (TEA) e orientar os respectivos pais,_x000D_
 uma vez que em nosso município tem um número considerável de crianças que_x000D_
 sofrem de TEA.”</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1068/indicacoes_2023_04-53.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1068/indicacoes_2023_04-53.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal e ao Secretário de Administração “a solicitação de_x000D_
 que seja ministrados cursos direcionados para donas de casa, como corte de costura,_x000D_
 bordado, artesanato, confeitaria, bolos e outros.”</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1069/indicacoes_2023_04-55.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1069/indicacoes_2023_04-55.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, nos termos do Regimento Interno_x000D_
 desta Casa de Leis, requer que a presente indicação seja devidamente encaminhada ao_x000D_
 Prefeito Municipal, Sr. Gustavo de Melo e o Secretário Municipal de Obras, Infraestrutura e_x000D_
 Transportes, Sr. Milton Lima, “sugerindo que seja feito quebra-molas na rua 12 de_x000D_
 outubro, que passa ao lado da Praça Tiradentes, para diminuir riscos de acidentes e trazer_x000D_
 mais segurança principalmente para crianças que brincam no parquinho.”</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1070/indicacoes_2023_04-57.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1070/indicacoes_2023_04-57.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, nos termos do Regimento Interno_x000D_
 desta Casa de Leis, requer que a presente indicação seja devidamente encaminhada ao_x000D_
 Prefeito Municipal, Sr. Gustavo de Melo e a Secretária Municipal Saúde, Sra Manoela_x000D_
 Nunes, “sugerindo que realizem uma parceria a Secretaria de Saúde Municipal_x000D_
 promovendo um dia “D” específico para realização de exames gratuitos de rotina para_x000D_
 todos os servidores, realizando prevenção de doenças através dos testes rápidos de HIV,_x000D_
 Sífilis, Hepatites, exames de Índice de Massa Corporal (IMC), pressão, glicemia, entre_x000D_
 outros, além de consulta com nutricionistas”.</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1071/indicacoes_2023_04-59.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1071/indicacoes_2023_04-59.pdf</t>
   </si>
   <si>
     <t>A Vereadora que presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicezio, com cópia ao Secretário Municipal de_x000D_
 Administração, Industria e Comércio Manoelito dos Dias de Rezende Neto_x000D_
 “SOLICITANDO VIGILANTES NA PRAÇA DO BOIADEIRO E NA PRAÇA DA_x000D_
 MATRIZ”</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1074/indicacoes_2023_04-61.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1074/indicacoes_2023_04-61.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, nos termos do Regimento Interno_x000D_
 desta Casa de Leis, requer que a presente indicação seja devidamente encaminhada ao_x000D_
 Prefeito Municipal, Sr. Gustavo de Melo e a Secretária Municipal Saúde, Sra. Manoela_x000D_
 Nunes, “sugerindo que a Central de Regulação disponibilize um número de telefone para_x000D_
 atendimentos via mensagem e whatsapp”</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1076/indicacoes_2023_04-63.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1076/indicacoes_2023_04-63.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, nos termos do art. 103_x000D_
 do Regimento Interno, requer à Presidente que a presente indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio e a Secretária_x000D_
 Municipal de Educação, Srª Eva Carmem Vieira de Carvalho “solicitando ao poder_x000D_
 executivo que estude junto ao setor competente a instalação de faixas de pedestres,_x000D_
 placas sinalizadoras de trânsito e a demarcação de vaga exclusiva do estacionamento_x000D_
 para os veículos escolares em frente à Escola Municipal Maria Júlia de Almeida.”</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1077/indicacoes_2023_04-65.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1077/indicacoes_2023_04-65.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de_x000D_
 Obras e Infraestrutura Sr. Milton Fernandes Lima, solicitando a finalização o asfalto no final_x000D_
 da 1ª Rua do Bairro Demellas.</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1078/indicacoes_2023_04-67.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1078/indicacoes_2023_04-67.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de_x000D_
 Obras e Infraestrutura Sr. Milton Fernandes Lima, solicitando reparos na Rua B, em frente_x000D_
 ao Restaurante Comida Caseira Mineira e Borracharia Dervalhe.</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1079/indicacoes_2023_04-69.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1079/indicacoes_2023_04-69.pdf</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1080/indicacoes_2023_04-71.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1080/indicacoes_2023_04-71.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicézio com cópia a Secretário Municipal de Obras,_x000D_
 Infraestrutura, Transporte e Frotas, Milton Fernandes de Lima “solicitando a_x000D_
 recuperação da MU 75, estrada de acesso aos ranchos do Rio Araguaia”.</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1081/indicacoes_2023_04-73.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1081/indicacoes_2023_04-73.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Secretário de Administração e a Presidente da_x000D_
 Câmara Municipal “a solicitação de que a prefeitura e a Câmara Municipal realize a_x000D_
 divulgação, nas redes sociais e do site oficial, de cursos online gratuitos oferecidos_x000D_
 pelo SEBRAE, USP e outras instituições.”</t>
   </si>
   <si>
     <t>2044</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2044/indicacoes_2023_04-75-77.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2044/indicacoes_2023_04-75-77.pdf</t>
   </si>
   <si>
     <t>a solicitação que seja _x000D_
 instituído um programa ou projeto que tenha como finalidade ensinar técnicas e _x000D_
 estimular a prática da oratória em todas as escolas publicas municipais.”</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1083/indicacoes_2023_04-79.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1083/indicacoes_2023_04-79.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal “Solicitando que a prefeitura verifique a_x000D_
 possibilidade financeira de disponibilizar estufas agrícolas para todos os agricultores_x000D_
 familiares em atividade.”</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1084/indicacoes_2023_04-81.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1084/indicacoes_2023_04-81.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, nos termos do Regimento Interno_x000D_
 desta Casa de Leis, requer que a presente indicação seja devidamente encaminhada ao_x000D_
 Prefeito Municipal, Sr. Gustavo de Melo e a Secretária Municipal de Assistência Social, Sra._x000D_
 Laura Missias, “sugerindo a viabilidade de inserir novas famílias no Programa Feijão no_x000D_
 Fogo, dando prioridade a mães solteiras com filhos, pessoas com deficiência e idosos”.</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1085/indicacoes_2023_04-83.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1085/indicacoes_2023_04-83.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, nos termos do Regimento_x000D_
 Interno desta Casa de Leis, requer que a presente indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo e a Secretária de Assistência e_x000D_
 Desenvolvimento Social, senhora Laura Missias para que “criem Programa Social de_x000D_
 Isenção da Tarifa de Água no município de Alto Araguaia para as pessoas que se_x000D_
 encontrem em situação de extrema pobreza e vulnerabilidade. Tal programa pode_x000D_
 ser temporário, auxiliando realmente nos momentos de maior fragilidade,_x000D_
 conferindo, desta forma, dignidade e perspectiva aos que mais precisam.”</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1086/indicacoes_2023_04-85.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1086/indicacoes_2023_04-85.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicézio com cópia a Secretária Municipal de_x000D_
 Educação, Eva Carmem Vieira de Rezende “solicitando manutenção nas escolas_x000D_
 municipais”.</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1087/indicacoes_2023_04-87.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1087/indicacoes_2023_04-87.pdf</t>
   </si>
   <si>
     <t>Autoria: Vereadora Marilia Maia Rabello Queiróz e diversos vereadores_x000D_
  Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expe_x0002_diente ao Exmo. Sr. Prefeito Municipal de Alto Araguaia, Sr. Gustavo de Melo Anicézio, ao Secretário_x000D_
 Municipal de Obras, Infraestrutura, Transporte e Frotas, Sr. Milton Fernandes de Lima, e a Secretária_x000D_
 Municipal de Saúde, a Sra. Manoela Nunes de Souza (Manu), “solicitando transporte adequado para as_x000D_
 gestantes de alto risco.</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1088/indicacoes__2023_05-1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1088/indicacoes__2023_05-1.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do Regimento Interno dessa_x000D_
 Casa de Leis, requer que a presente Indicação seja devidamente encaminhada ao Exmo._x000D_
 Sr. Prefeito de Alto Araguaia-MT, Sr. Gustavo de Melo Anicézio e ao Secretário_x000D_
 Municipal de Obras, Infraestrutura, Transporte e Frotas Sr. Milton Fernandes Lima_x000D_
 “que seja recolocada a placa de identificação do nome da quadra de esportes Antônio_x000D_
 Farias da Costa, localizada na praça Antônio Silvério da Costa, no Bairro_x000D_
 Boiadeiro.”</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1089/indicacoes__2023_05-3.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1089/indicacoes__2023_05-3.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do Regimento Interno dessa_x000D_
 Casa de Leis, requer que a presente Indicação seja devidamente encaminhada ao Exmo._x000D_
 Sr. Prefeito de Alto Araguaia-MT, Sr. Gustavo de Melo Anicézio e ao Secretário_x000D_
 Municipal de Obras, Infraestrutura, Transporte e Frotas Sr. Milton Fernandes Lima_x000D_
 “instalação de iluminação adequada no trecho entre o Supermercado Dias e a Ponte_x000D_
 do Rio Boiadeiro, na Rodovia Juscelino Kubitscheck</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1090/indicacoes__2023_05-5.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1090/indicacoes__2023_05-5.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Mauro Mendes – Governo do Estado de Mato Grosso, ao_x000D_
 Exmo. Sr. Marcelo de Oliveira e Silva - Secretário de Estado de Infraestrutura e_x000D_
 Logística de Mato Grosso, ao Exmo. Sr. Wellington Fagundes – Senador Federal,_x000D_
 Exmo. Sr. Juarez Costa – Deputado Federal e ao Exmo. Sr. Gustavo Melo – Prefeito_x000D_
 Municipal, “solicitando serviço urgente de restauração na pavimentação da MT 299,_x000D_
 principalmente no trecho compreendido entre o KM 16 da BR 364 até a Sede_x000D_
 Empresa Fenix, no município de Alto Araguaia”.</t>
   </si>
   <si>
     <t>2045</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>Luizinho, Mariana de Souza, Odair Ferruja</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2045/indicacoes__2023_05-7.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2045/indicacoes__2023_05-7.pdf</t>
   </si>
   <si>
     <t>“Solicitando a reforma geral e instalação de um parquinho infantil na Escola Municipal Manoel Martins, localizada na região do Rio do Peixe”.</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1092/indicacoes__2023_05-9.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1092/indicacoes__2023_05-9.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito, Gustavo de Melo Anicézio, e ao Secretário Municipal_x000D_
 de Obras e Infraestrutura, Srº. Milton Fernandes de Lima, e a Secretária Municipal de_x000D_
 Educação, Eva Carmem Vieira de Carvalho, “Solicitando a manutenção e reparos do_x000D_
 parquinho da escola municipal Anibal Pereira Júnior localizada no Distrito Gato_x000D_
 Preto.”</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1093/indicacoes__2023_05-11.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1093/indicacoes__2023_05-11.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicézio, com cópia a Secretária de Saúde Manoela_x000D_
 Nunes de Souza “Solicitando a construção de uma área coberta na Secretaria_x000D_
 de Saúde”.</t>
   </si>
   <si>
     <t>2046</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2046/indicacoes__2023_05-13.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2046/indicacoes__2023_05-13.pdf</t>
   </si>
   <si>
     <t>Solicitando a viabilidade de fornecer alimentos para os _x000D_
 pacientes que vão para Rondonópolis-MT em consultas especializadas.”</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1094/indicacoes__2023_05-15.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1094/indicacoes__2023_05-15.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicezio, com cópia a Secretária de Saúde Manoela_x000D_
 Nunes de Souza “Solicitando a viabilidade de fornecer alimentos para os_x000D_
 pacientes que vão para Rondonópolis-MT em consultas especializadas.”</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1095/indicacoes__2023_05-17.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1095/indicacoes__2023_05-17.pdf</t>
   </si>
   <si>
     <t>A Vereadora que presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicézio, com cópia ao Secretário de Obras,_x000D_
 Infraestrutura, Transporte e Frotas Sr. Milton Fernandes de Lima “Solicitando_x000D_
  reparos em toda a iluminação pública das ruas da praça E rotides Bueno Fraga_x000D_
 no Bairro Cohab”.</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1096/indicacoes__2023_05-19.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1096/indicacoes__2023_05-19.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o_x000D_
 Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada_x000D_
 ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio com cópia ao Secretário_x000D_
 Municipal de Finanças e Planejamento, Welton Vilela Cardoso, “solicitando_x000D_
 que seja realizado um estudo para a implantação do Programa de Apoio à_x000D_
 Substituição de Pontes de Madeira no município de Alto Araguaia”.</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1097/indicacoes__2023_05-21.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1097/indicacoes__2023_05-21.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o_x000D_
 Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada_x000D_
 ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio com cópia ao Secretário_x000D_
 Municipal de Obras, Infraestrutura, Transporte e Frotas, Milton Fernandes de_x000D_
 Lima “solicitando a manutenção da ponte que dá acesso ao bairro_x000D_
 Demelas e ao Estádio Bilinão”.</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1098/indicacoes__2023_05-23-25.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1098/indicacoes__2023_05-23-25.pdf</t>
   </si>
   <si>
     <t>A vereadora que a presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, a fim de se autorizar o encaminhamento de ofício ao Prefeito Municipal, o Sr._x000D_
 Gustavo de Melo Anicézio e à Secretária Municipal de Saúde – Sra. Manoela Nunes ,_x000D_
 “sugerindo convenio com clinicas de tratamento odontológico para tratamento de_x000D_
 canal de dentes molares para pessoas de baixa renda, tratamento este não coberto_x000D_
 pelo SUS”.</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1099/indicacoes__2023_05-27.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1099/indicacoes__2023_05-27.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal e ao secretário de Obras, Infraestrutura, Transporte_x000D_
 e Frotas, “Solicitando a construção de um aterro sanitário no Município.”</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1100/indicacoes__2023_05-29.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1100/indicacoes__2023_05-29.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal e ao secretário de Secretaria Municipal de_x000D_
 Agricultura, Pecuária e Abastecimento e Meio Ambiente, “Solicitando que o Poder_x000D_
 Executivo instale, de forma gratuita, qualquer tipo sistema de tratamento_x000D_
 ecológico/biológico de esgoto, como o biodigestor, fossas ecológicas ou_x000D_
 qualquer outro sistema de tratamento ecológico/biológico nas residências, que_x000D_
 os proprietários são considerados de baixa renda.”</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1101/indicacoes__2023_05-31.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1101/indicacoes__2023_05-31.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal e ao secretário de Secretaria Municipal de_x000D_
 Agricultura, Pecuária e Abastecimento e Meio Ambiente, “solicito que seja_x000D_
 implementada um amplo programa ou Plano de Educação Ambiental no_x000D_
 município, com o maior foco nas escolas, com o objetivo de formar indivíduos_x000D_
 preocupados com os problemas ambientais e que busquem a conservação e_x000D_
 preservação dos recursos naturais e a sustentabilidade.</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1102/indicacoes__2023_05-33.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1102/indicacoes__2023_05-33.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Sr. Prefeito, Gustavo de Melo Anicézio, e ao_x000D_
 Secretário Municipal de Obras e Infraestrutura, Srº. Milton Fernandes de Lima,_x000D_
 “Solicitando manutenção e reparos na passarela da ponte do Rio Araguaia,_x000D_
 localizada na divisa dos municípios de Alto Araguaia/MT e Santa Rita do_x000D_
 Araguaia/GO.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/5/indicacoes__2023_05-37.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/5/indicacoes__2023_05-37.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do Regimento Interno dessa Casa de Leis, requer que a presente Indicação seja devidamente encaminhada ao Exmo. Sr. Prefeito de Alto Araguaia-MT, Sr. Gustavo de Melo Anicézio e ao Secretário Municipal de Obras, Infraestrutura, Transporte e Frotas Sr. Milton Fernandes Lima “que façam gestão junto aos Deputados Federais da base no sentido de conseguir a destinação de uma emenda para construção de uma quadra esportiva na Escola Municipal Patrocínio Joaquim Dias, localizada na Região do Paraíso.”</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/6/indicacoes__2023_05-39.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/6/indicacoes__2023_05-39.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do _x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente encaminhada _x000D_
 ao Prefeito Municipal, ao secretário de Secretaria Municipal de Agricultura, Pecuária e _x000D_
 Abastecimento e Meio Ambiente, e a Presidente da Câmara Municipal, “a Solicitação _x000D_
 que o Poder Executivo e Legislativo instale qualquer tipo sistema de tratamento _x000D_
 ecológico e/ou biológico de esgoto doméstico, como o biodigestores, fossas _x000D_
 ecológicas ou qualquer outro sistema de tratamento ecológico e/ou biológico nas _x000D_
 Escolas, Câmara Municipal e demais prédios públicos.”</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/7/indicacoes__2023_05-41.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/7/indicacoes__2023_05-41.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do _x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente encaminhada _x000D_
 ao Prefeito Municipal e ao Secretário de Finanças “Solicitando que seja concedida _x000D_
 isenção de IPTU pelo prazo de 2 a 4 anos aos proprietários de residências que _x000D_
 instalarem qualquer tipo sistema de tratamento ecológico e/ou biológico de _x000D_
 esgoto doméstico, como biodigestores, fossas ecológicas ou qualquer outro _x000D_
 sistema de tratamento ecológico e/ou biológico de esgoto.”</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/8/indicacoes__2023_05-43-45.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/8/indicacoes__2023_05-43-45.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao  Exmo. Sr. Prefeito Municipal de Alto Araguaia/MT Sr. Gustavo de Melo Anicésio e a Secretaria Municipal de Obras, Infraestrutura, Transporte e Frotas, Sr. Milton Fernandes de Lima “Solicitando a retirada dos restos dos fios de internet, deixados pelas empresas responsáveis pelo serviço, dos postes de energia elétrica da cidade.”</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/9/indicacoes__2023_06-1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/9/indicacoes__2023_06-1.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, requer à Mesa ouvido o Soberano Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal Exmo. Sr. Gustavo de Melo Anicézio, e ao Secretário Municipal de Obras, Infraestrutura, Transporte e Frotas - Sr. Milton Fernandes de Lima, “a solicitação que seja feito estudos para implantação da Iluminação Pública na Rua Celio Rezende Machado localizada no Bairro Demelas”.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/10/indicacoes__2023_06-3.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/10/indicacoes__2023_06-3.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa conforme o artigo 103, parágrafo único do Regimento Interno, a pedido dos munícipes de Alto Araguaia - MT, que este expediente seja encaminhado ao Exmo. Senhor Gustavo Melo de Anicézio, Prefeito Municipal, Senhora Eva Carmem Vieira de Carvalho, Secretária Municipal de Educação, Cultura, Esporte, Turismo e Lazer e ao Senhor. Bruno Pio Peron Diretor de Esporte, “solicitando estudo para criar uma Colônia de Férias para os alunos da Rede Municipal de Ensino em nossa cidade”.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/11/indicacoes__2023_06-5.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/11/indicacoes__2023_06-5.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio, e ao Secretário Municipal de Obras, Infraestrutura, Transportes e Frotas, Sr. Milton Fernandes Lima, “Indicando que seja feito o nivelamento e que seja finalizado o asfalto e meio fio das ruas de nº 23 e 24, no Bairro Vila Aeroporto, e realizar o asfaltamento da rua João Araújo Castro, bairro Aeroporto”.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/12/indicacoes__2023_06-7.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/12/indicacoes__2023_06-7.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do _x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente encaminhada _x000D_
 ao Prefeito Municipal e ao secretário de Obras, Infraestrutura, Transporte e Frotas, Sr. _x000D_
 Milton Fernandes de Lima, “Solicitando a instalação de sistema de uso de energia _x000D_
 solar em todos os programas de habitação popular a serem construídos.”</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/13/indicacoes__2023_06-9.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/13/indicacoes__2023_06-9.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do _x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente encaminhada _x000D_
 ao Prefeito Municipal e ao Secretário de Administração, “a solicitação que Prefeitura _x000D_
 construa uma usina de energia solar fotovoltaicas, uma vez que a Prefeitura tem _x000D_
 gasto de 300 mil reais mensais com energia elétrica, totalizando cerca de 3 _x000D_
 milhões e 600 mil reais por ano.”</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/14/indicacoes__2023_06-11-15.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/14/indicacoes__2023_06-11-15.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do _x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente _x000D_
 encaminhada ao Prefeito Municipal e ao secretário de Obras, Infraestrutura, Transporte _x000D_
 e Frotas, “Solicitando a realização de obras de drenagem de águas pluviais na rua _x000D_
 Mestre Ângelo, no bairro Gabiroba, uma vez que, nesta rua há água empossada_x000D_
 próximo as calçadas constantemente e isso está causando mau cheiro e incomodando _x000D_
 os moradores, outra alternativa para solucionar o problema é identificar e multar os _x000D_
 moradores responsáveis por estar causando este problema.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/15/indicacoes__2023_06-17.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/15/indicacoes__2023_06-17.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, requer à Mesa, após ouvido o Soberano _x000D_
 Plenário, que a mesma seja apreciada e devidamente encaminhada ao Prefeito _x000D_
 Municipal, Sr. Gustavo de Melo Anicezio, com cópia à Secretária de Saúde Manoela _x000D_
 Nunes de Souza, Secretários de Finanças e de Administração, respectivamente, senhor _x000D_
 Welton Vilela Cardoso e senhor Manoelito dos Dias de Rezende Neto, _x000D_
 “SOLICITANDO O REAJUSTE DAS DIÁRIAS DOS SERVIDORES DO _x000D_
 EXECUTIVO”, pelos motivos e razões adiante expostos.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/16/indicacoes__2023_06-19.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/16/indicacoes__2023_06-19.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que_x000D_
 a Mesa encaminhe expediente ao Exmo. Sr. Prefeito Municipal de Alto_x000D_
 Araguaia/MT Sr. Gustavo de Melo Anicézio, e a Secretaria Municipal de _x000D_
 Obras, Infraestrutura, Transporte e Frotas, Sr. Milton Fernandes de Lima,_x000D_
 “Solicitando Que seja realizado a pintura e sinalização de faixas, em _x000D_
 todos os redutores de velocidade (quebra molas) existentes no _x000D_
 município.”</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/17/indicacoes__2023_06-21.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/17/indicacoes__2023_06-21.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a _x000D_
 Mesa encaminhe expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de _x000D_
 Anicézio e o Secretário de Obras e Infraestrutura Sr. Milton Fernandes Lima, _x000D_
 “solicitando que seja feito um patrolamento nas ruas de acesso ao Cinturão _x000D_
 Verde.”</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/18/indicacoes__2023_06-23.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/18/indicacoes__2023_06-23.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o _x000D_
 Soberano Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Prefeito _x000D_
 Municipal, Sr. Gustavo de Melo Anicézio, e ao Secretário Municipal de Obras, _x000D_
 Infraestrutura, Transportes e Frotas, Sr. Milton Fernandes Lima, “Indicando que sejam_x000D_
 feitos reparos nos buracos das ruas 24 de Fevereiro, Centro, e rua Domiciano _x000D_
 Alves de Oliveira, Vila Aeroporto”.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/19/indicacoes__2023_06-25.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/19/indicacoes__2023_06-25.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do _x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente _x000D_
 encaminhada ao Prefeito Municipal e ao secretário de Obras, Infraestrutura, Transporte _x000D_
 e Frotas, “Solicitando que o Poder Executivo, através do setor competente, _x000D_
 viabilize plantio de árvores nas áreas públicas da cidade, e incentive a _x000D_
 população sobre a necessidade do plantio em áreas particulares, realizando _x000D_
 projetos de conscientização e arborização.”</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/20/indicacoes__2023_06-27.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/20/indicacoes__2023_06-27.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do _x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente _x000D_
 encaminhada ao Prefeito Municipal e ao secretário de Obras, Infraestrutura, Transporte _x000D_
 e Frotas, “Solicitando que sejam implementado um programa de gestão de _x000D_
 resíduos, para transportar, processar, reciclar e reaproveitar os entulhos de _x000D_
 construção civil produzidos em obras públicas e privadas executadas na _x000D_
 cidade.”</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/21/indicacoes__2023_06-29.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/21/indicacoes__2023_06-29.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do _x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente _x000D_
 encaminhada ao Prefeito Municipal e ao secretário de Infraestrutura, Obras e Serviços _x000D_
 Urbanos, a “Solicitação que seja realizada campanha informativa sobre a coleta _x000D_
 seletiva de lixo e, posteriormente, seja colocada à disposição da população tambores _x000D_
 de coleta seletiva de lixo com os padrões de cores estabelecidos na Resolução Nº 275 _x000D_
 do Conselho Nacional do Meio Ambiente (CONAMA) ou qualquer outro padrão _x000D_
 estabelecido pelo Executivo.”</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/22/indicacoes__2023_06-31.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/22/indicacoes__2023_06-31.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe _x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de _x000D_
 Obras e Infraestrutura Sr. Milton Fernandes Lima, “Solicitando recolhimento de _x000D_
 entulhos na Rua 28, próximo a JP Mercearia, bairro N.S. Aparecida.”</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/23/indicacoes__2023_06-33.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/23/indicacoes__2023_06-33.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe _x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de _x000D_
 Obras e Infraestrutura Sr. Milton Fernandes Lima, “Solicitando tapa buracos na Rua _x000D_
 11, esquina com as Ruas 28, 29 e 30 localizadas no Bairro Nossa Senhora_x000D_
 Aparecida.”</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/24/indicacoes__2023_06-35.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/24/indicacoes__2023_06-35.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o _x000D_
 Soberano Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Prefeito _x000D_
 Municipal, Sr. Gustavo de Melo Anicézio, e ao Secretário Municipal de Obras, _x000D_
 Infraestrutura, Transportes e Frotas, Sr. Milton Fernandes Lima, “Indicando que seja _x000D_
 feito asfalto e instalação de postes de iluminação na rua x que liga os bairros _x000D_
 Nossa Senhora Aparecida e Prof.ª Maria das Graças de Souza Pinto”</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/25/indicacoes__2023_06-37.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/25/indicacoes__2023_06-37.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano Plenário, _x000D_
 que o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal, Sr. _x000D_
 Gustavo de Melo Anicézio, e ao Secretário Municipal de Obras, Infraestrutura, _x000D_
 Transportes e Frotas, Sr. Milton Fernandes Lima, “indicando o asfaltamento do bairro _x000D_
 Jardim Novo Araguaia</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/26/indicacoes__2023_06-39.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/26/indicacoes__2023_06-39.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa _x000D_
 encaminhe expediente ao Exmo. Sr. Prefeito de Alto Araguaia-MT, Sr. Gustavo Melo _x000D_
 de Anicézio e ao Secretário de Agricultura, Pecuária e Abastecimento e Meio Ambiente _x000D_
 – Srº João Dias, “sugerindo que façam gestão junto aos Deputados Federais da base _x000D_
 no sentido de conseguir a implantação de um “Castramóvel” (unidade adaptada para _x000D_
 prestação de serviços de castração de animais como cães e gatos) para atender _x000D_
 principalmente a população de baixa renda e aumentar a publicidade sobre a _x000D_
 importância de não abandonar os animais nas ruas e castrá-los por uma questão de _x000D_
 saúde pública.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/35/indicacoes__2023_06-41.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/35/indicacoes__2023_06-41.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio com cópia a Secretário Municipal de Obras, Infraestrutura, Transporte e Frotas Milton Fernandes de Lima, “solicitando a implantação de vagas estacionamentos inclinados nas ruas Gen. Osório, Silvio José de Castro Maia e João Segundo.”</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/36/indicacoes__2023_06-43.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/36/indicacoes__2023_06-43.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano _x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito Municipal, Sr. _x000D_
 Gustavo de Melo Anicézio com cópia ao Secretário de Municipal de Obras, Infraestrutura, _x000D_
 Transporte e Frotas, Milton Fernandes de Lima, “Solicitando a manutenção na academia _x000D_
 ao ar livre localizada no Bairro Jardim Novo Araguaia”</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/37/indicacoes__2023_06-45.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/37/indicacoes__2023_06-45.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio com cópia ao Secretário de Municipal de Obras, Infraestrutura, Transporte e Frotas, Milton Fernandes de Lima, “Solicitando manutenção das estradas na MU-74 e a manutenção da ponte sobre o Córrego do Rancho na MU-74”.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/40/indicacoes__2023_06-47.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/40/indicacoes__2023_06-47.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do Regimento Interno dessa Casa de Leis, requer que a presente Indicação seja devidamente encaminhada ao Exmo. Sr. Prefeito de Alto Araguaia-MT, Sr. Gustavo de Melo Anicézio e ao Secretário Municipal de Obras, Infraestrutura, Transporte e Frotas Sr. Milton Fernandes Lima “que sejam colocadas tampas novas  nos bueiros localizados  no cruzamento da Rua Sílvio José de Castro Maia com a Rua 24 de Fevereiro.”</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/41/indicacoes__2023_06-49.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/41/indicacoes__2023_06-49.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do Regimento Interno dessa _x000D_
 Casa de Leis, requer que a presente Indicação seja devidamente encaminhada ao Exmo. _x000D_
 Sr. Prefeito de Alto Araguaia-MT, Sr. Gustavo de Melo Anicézio, ao Secretário _x000D_
 Municipal de Administração, Indústria e Comércio Srº Manoelito dos Dias de Rezende _x000D_
 Neto e a Secretária Municipal de Assistência Social Srª Priscila Dourado “a _x000D_
 disponibilização de uma CAPELA MORTUÁRIA MUNICIPAL”.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/42/indicacoes__2023_06-51.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/42/indicacoes__2023_06-51.pdf</t>
   </si>
   <si>
     <t>A vereadora que a presente subscreve, requer à Mesa ouvido o Soberano Plenário, a fim de se autorizar o encaminhamento de ofício ao Prefeito Municipal, o Sr. Gustavo de Melo Anicézio e à Secretária Municipal de Assistência Social – Sra. Priscila Dourado, “sugerindo que o município forneça um colar de girassol ás crianças autistas que receberem a carteira de identificação de pessoa com deficiência, seguindo lei sancionada nº 14.624 que formaliza o uso nacional do colar, bem como seja realizado campanhas informativas para orientar sobre a norma em questão no município”.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/43/indicacoes__2023_06-53.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/43/indicacoes__2023_06-53.pdf</t>
   </si>
   <si>
     <t>Autoria : Ricardo Barbosa dos Santos_x000D_
 _x000D_
 Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao  Exmo. Sr. Prefeito Municipal de Alto Araguaia/MT Sr. Gustavo de Melo Anicésio e a Secretaria Municipal de Obras, Infraestrutura, Transporte e Frotas, Sr. Milton Fernandes de Lima “Solicitando a manutenção e troca das lâmpadas dos postes de iluminação pública da passarela localizada à rua Marechal Rondon”</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/44/indicacoes__2023_06-55-57.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/44/indicacoes__2023_06-55-57.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao  Exmo. Sr. Prefeito Municipal de Alto Araguaia/MT Sr. Gustavo de Melo Anicésio e a Secretaria Municipal de Obras, Infraestrutura, Transporte e Frotas, Sr. Milton Fernandes de Lima “Solicitando a manutenção e troca das lâmpadas dos postes de iluminação pública da passarela localizada à rua Marechal Rondon”</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/45/indicacoes__2023_06-59.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/45/indicacoes__2023_06-59.pdf</t>
   </si>
   <si>
     <t>Autoria : Ricardo Barbosa dos Santos_x000D_
 _x000D_
 Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao  Exmo. Sr. Prefeito Municipal de Alto Araguaia/MT Sr. Gustavo de Melo Anicésio e ao Secretário Municipal de Saúde Cleomar Vilela Rodrigues  “para que seja contratado ou que se estabeleça um convênio de um Profissional de Odontologia com especialidade em ENDODONTIA, para tratamento de canal”.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/46/indicacoes_2023_07-1-3.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/46/indicacoes_2023_07-1-3.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal de Alto Araguaia/MT Sr. Gustavo de_x000D_
 Melo Anicésio e a Secretaria Municipal de Obras, Infraestrutura, Transporte e _x000D_
 Frotas, Sr. Milton Fernandes de Lima “Solicitando que seja realizado a _x000D_
 manutenção da rua vicinal que dá acesso à quadra esportiva “Mineirão” e ao _x000D_
 Asilo Casa Esperança “Tia Nega” e ainda a limpeza aos arredores do asilo.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/55/indicacoes_2023_07-5.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/55/indicacoes_2023_07-5.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, requer à Mesa ouvido o _x000D_
 Soberano Plenário, que o mesmo seja oficiado e devidamente encaminhado _x000D_
 ao Prefeito Municipal Exmo. Sr. Gustavo de Melo Anicézio, e a Secretário _x000D_
 Municipal de Obras - Sr. Milton Fernandes de Lima, “Solicitando o _x000D_
 serviço de extensão de 2 KM da MU 48 sentido MT 462”.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/56/indicacoes_2023_07-7.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/56/indicacoes_2023_07-7.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de Obras e Infraestrutura Sr. Milton Fernandes Lima, solicitando manutenção na iluminação na Rua 35 que liga o bairro N.S Aparecida com Parque do Cerrado (rua da pontinha).</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/57/indicacoes_2023_07-9.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/57/indicacoes_2023_07-9.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de Obras e Infraestrutura Sr. Milton Fernandes Lima, solicitando manutenção na rede de esgoto na Rua Lauriston Fernandes Barbosa esquina com a Rua Lázaro Sebastião Ferreira.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/58/indicacoes_2023_07-11.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/58/indicacoes_2023_07-11.pdf</t>
   </si>
   <si>
     <t>Vereadora Marília Maia Rabello Queiroz, partido PP, com assento nesta Casa, de conformidade com o artigo 103,parágrafo único do Regimento Interno, a pedido dos munícipes de Alto Araguaia - MT, requeiro à Mesa que este expediente seja encaminhado ao Exmo. Senhor Gustavo Melo de Anicézio, prefeito municipal, e a Senhora Eva Carmem Vieira de Carvalho, Secretária Municipal de Educação, Cultura, Esporte , Turismo e Lazer, solicitando “que viabilize a limpeza dos aparelhos de ar-condicionado na escola municipal patrocínio Joaquim Dias Localizada na região paraiso em nossa cidade”.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/59/indicacoes_2023_07-13.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/59/indicacoes_2023_07-13.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de Obras e Infraestrutura Sr. Milton Fernandes Lima, solicitando que seja feita uma faixa de pedestre na esquina da Rua Benedito José da Costa com a Rua Ver. João Ferreira Neves,  bairro N.S. Aparecida. (em frente ao campinho)</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/60/indicacoes_2023_07-15.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/60/indicacoes_2023_07-15.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de Obras e Infraestrutura Sr. Milton Fernandes Lima, solicitando que seja feito o levantamento da tela de proteção do campinho sintético da praça Antônio Silvério da Costa, juntamente com troca de lâmpadas das luminárias.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/61/indicacoes_2023_07-17.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/61/indicacoes_2023_07-17.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano _x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito _x000D_
 Municipal, Sr. Gustavo de Melo Anicézio com cópia ao Secretário de Municipal _x000D_
 de Obras, Infraestrutura, Transporte e Frotas, Milton Fernandes de Lima, _x000D_
 solicitando a implantação de um quebra-molas na rua Joaquim R. da Silva”</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/62/indicacoes_2023_07-19.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/62/indicacoes_2023_07-19.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do _x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente _x000D_
 encaminhada ao Prefeito Municipal e a Secretário de Saúde, “Solicitando a contratação _x000D_
 de um médico ortopedista para atuar no Hospital Municipal Dep. Cacildo _x000D_
 Hugueneyem Alto Araguaia/MT.”</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/63/indicacoes_2023_07-21-25.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/63/indicacoes_2023_07-21-25.pdf</t>
   </si>
   <si>
     <t>A vereadora que a presente subscreve, requer à Mesa ouvido o Soberano Plenário, _x000D_
 a fim de se autorizar o encaminhamento de ofício ao prefeito municipal, o Sr. Gustavo de _x000D_
 Melo Anicézio, “sugerindo a gestão política junto ao governo Estadual, juntamente _x000D_
 com membros do Legislativo e se possível representantes da Polícia Judiciária Civil e _x000D_
 Militar, para verificar a viabilidade estrutural, física e de pessoal, para contemplar o _x000D_
 Município de Alto Araguaia no Programa SER MULHER, que garante auxílio aluguel _x000D_
 para mulheres vítimas de violência doméstica, que se encontram sob proteção de _x000D_
 medidas protetivas ou outras situações de vulnerabilidade”.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/75/indicacoes_2023_07-27.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/75/indicacoes_2023_07-27.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do Regimento Interno dessa _x000D_
 Casa de Leis, requer que a presente Indicação seja devidamente encaminhada ao Exmo. _x000D_
 Sr. Prefeito de Alto Araguaia-MT Gustavo de Melo Anicézio a Secretária Municipal de _x000D_
 Saúde – Srª. Manoela Nunes de Souza, e a Secretária Municipal de Assistência e _x000D_
 Desenvolvimento Social – Srª Priscila Dourado Martins “solicitando a doação de caixas _x000D_
 d’agua de 500 litros para as famílias do Distrito do Buriti que não possuem o _x000D_
 reservatório em suas residências.”</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/76/indicacoes_2023_07-29-31.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/76/indicacoes_2023_07-29-31.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, requer à Mesa ouvido o Soberano Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal Exmo. Sr. Gustavo de Melo Anicézio, e ao Secretário de Agricultura, Pecuária e Abastecimento e Meio Ambiente  -  Sr. João Dias, “Sugerindo ao Poder Executivo a incluir  no Projeto de Lei N° 4.133 no art.10 onde cita no artigo:  “ fica facultado  aos pequenos produtores o pagamento da taxa para prestação de serviço pela utilização  da patrulha agrícola mecanizada”, que seja alterado neste artigo a opção de fornecimento do combustível, levando-se em consideração o total de 18 litros por hora/maquina”.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/79/indicacoes_2023_07-33.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/79/indicacoes_2023_07-33.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal de Alto Araguaia/MT Sr. Gustavo de Melo_x000D_
 Anicésio, a Secretaria Municipal de Obras, Infraestrutura, Transporte e Frotas, Sr. Milton _x000D_
 Fernandes de Lima e a Secretaria Municipal de Saúde Sra. Manoela Nunes de Souza_x000D_
 “Solicitando que providenciem a instalação de bancos (cadeiras), para acomodar os _x000D_
 pacientes do PSF “Manoel Marques de Souza” (PSF da Cohab), os quais ficam na fila de _x000D_
 espera por horas.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/77/indicacoes_2023_07-35.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/77/indicacoes_2023_07-35.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano _x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito _x000D_
 Municipal, Sr. Gustavo de Melo Anicézio com cópia ao Secretário de Municipal _x000D_
 de Agricultura, Pecuária, Abastecimento e Meio Ambiente, João Dias_x000D_
 solicitando a limpeza no entorno da Casa do Mel”.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/81/indicacoes_2023_07-37.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/81/indicacoes_2023_07-37.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do Regimento Interno, requer à Presidente que esta indicação seja devidamente encaminhada ao Prefeito Municipal e a Secretária de Educação, “a pedido de alguns moradores, solicito que a prefeitura verifique a possibilidade de apenas uma creche funcionar no período noturno (18h:30 a 23h), uma vez que muitas mães trabalham nesse horário e não têm com quem deixar seus filhos.”</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/87/indicacoes_2023_07-39.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/87/indicacoes_2023_07-39.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, nos termos do Regimento Interno desta Casa de Leis, requer que a presente indicação seja devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo e a Secretária Municipal Saúde, Sra.  Manoela Nunes, “sugerindo que o município firme parceria com a prefeitura de Alto Taquari - MT em relação a atendimentos médico na especialidade de Neuropediatria.”</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/88/indicacoes_2023_07-41.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/88/indicacoes_2023_07-41.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, nos termos do Regimento Interno desta Casa de Leis, requer que a presente indicação seja devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo e a Secretária Municipal Saúde, Sra. Manoela Nunes, “sugerindo a possibilidade de firmar convênio com clínicas ou médicos na especialidade de otorrinolaringologia para realizar cirurgias no município de Alto Araguaia”.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/89/indicacoes_2023_07-43.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/89/indicacoes_2023_07-43.pdf</t>
   </si>
   <si>
     <t>A Vereadora que presente subscreve, requer à Mesa Ouvido o Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo Anicezio, com cópia ao Secretário de Obras, Infraestrutura, Transporte e Frotas Sr. Milton Fernandes de Lima “SOLICITANDO UM POSTE DE ILUMINAÇÃO PÚBLICA NA RUA 21’’.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/90/indicacoes_2023_07-45.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/90/indicacoes_2023_07-45.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do Regimento Interno dessa _x000D_
 Casa de Leis, requer que a presente Indicação seja devidamente encaminhada ao Exmo. _x000D_
 Sr. Prefeito de Alto Araguaia-MT, Sr. Gustavo de Melo Anicézio, ao Secretário de _x000D_
 Administração, Sr. Manoelito dos Dias de Rezende Neto e ao Secretário Municipal de _x000D_
 Obras, Infraestrutura, Transporte e Frotas Sr. Milton Fernandes Lima “ações do Poder _x000D_
 Executivo no sentido de proibir a entrada de veículos pesados no cruzamento da _x000D_
 Rodovia Juscelino Kubitscheck (BR 364) com as Ruas Sílvio José de Castro Maia e _x000D_
 Antônio Aires Favero, no Bairro Boiadeiro”</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/91/indicacoes_2023_07-47.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/91/indicacoes_2023_07-47.pdf</t>
   </si>
   <si>
     <t>Autoria : Ricardo Barbosa dos Santos_x000D_
 _x000D_
 Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao  Exmo. Sr. Prefeito Municipal de Alto Araguaia/MT Sr. Gustavo de Melo Anicésio, a Secretaria Municipal de Obras, Infraestrutura, Transporte e Frotas, Sr. Milton Fernandes de Lima “Solicitando que providenciem a limpeza e manutenção dos condicionadores de ar da Escola Municipal “Maria Júlia de Almeida”, localizada no bairro Cohab I.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/98/indicacoes_2023_07-49.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/98/indicacoes_2023_07-49.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, requer à Mesa Ouvido o Soberano _x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito Municipal, _x000D_
 Sr. Gustavo de Melo Anicezio, com cópia ao Secretário de Saúde Cleomar Vilela _x000D_
 Rodrigues “SOLICITANDO A CONSTRUÇÃO DE UMA ÁREA COBERTA, _x000D_
 INCLUINDO CADEIRAS, BEBEDOURO E BANHEIROS NA SECRETARIA DE _x000D_
 SAÚDE”.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/99/indicacoes_2023_07-51.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/99/indicacoes_2023_07-51.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, requer à Mesa Ouvido o Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo Anicezio, com cópia a Secretária de Saúde Manoela Nunes de Souza “SOLICITANDO A VIABILIDADE DE FORNECER ALIMENTOS PARA OS PACIENTES QUE VÃO PARA RONDONÓPOLIS-MT EM CONSULTAS ESPECIALIZADAS.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/100/indicacoes_2023_07-53.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/100/indicacoes_2023_07-53.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio com cópia a Secretária de Municipal de Saúde, Manoela Nunes de Souza, “solicitando que seja oferecido oportunidade de estágio às Instituições de Ensino Técnico de Alto Araguaia para atuarem nos órgãos de saúde do Poder Executivo”.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/101/indicacoes_2023_07-55.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/101/indicacoes_2023_07-55.pdf</t>
   </si>
   <si>
     <t>Vereadora Marília Maia Rabello Queiroz, Partido _x000D_
 PP, com assento nesta Casa, de conformidade com o artigo 103, parágrafo único do Regimento _x000D_
 Interno,a pedido dos munícipes de Alto Araguaia-MT, requeiro à Mesa que este expediente seja _x000D_
 encaminhado ao Exmo. O Senhor GUSTAVO MELO DE ANICÉZIO , Prefeito Municipal,e _x000D_
 ao Senhor MILTON FERNANDES DE LIMA Secretário Municipal de Obras, Infraestrutura e _x000D_
 Frotas, Solicitando a viabilidade de uma placa informativa “Curva Acentuada” Serra _x000D_
 Vermelha próximo a Fazenda Menino da Tábua, localizada na região Gato Preto em nossa _x000D_
 cidade.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/102/indicacoes_2023_07-57.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/102/indicacoes_2023_07-57.pdf</t>
   </si>
   <si>
     <t>Vereadora Marília Maia Rabello Queiroz, Partido _x000D_
 PP, com assento nesta Casa, de conformidade com o artigo 103, parágrafo único do Regimento _x000D_
 Interno,a pedido dos munícipes de Alto Araguaia-MT, requeiro à Mesa que este expediente seja _x000D_
 encaminhado ao Exmo. O Senhor GUSTAVO MELO DE ANICÉZIO , Prefeito Municipal,e _x000D_
 ao Senhor MILTON FERNANDES DE LIMA Secretário Municipal de Obras, Infraestrutura _x000D_
 e Frotas, Solicitando a viabilidade de uma placa de identificação da estrada Municipal _x000D_
 próximo a entrada do Sapo com nome dos povoados: Colônia Ariranha, Distrito Buriti e _x000D_
 Rio do Peixe em nossa cidade.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/103/indicacoes_2023_08-1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/103/indicacoes_2023_08-1.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, nos termos do Regimento Interno desta Casa de Leis, requer que a presente indicação seja devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo e a Secretária Municipal Saúde, Sra.  Manoela Nunes, “sugerindo que a possibilidade de ter um Centro de Atendimento ao Autista”</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/104/indicacoes_2023_08-3.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/104/indicacoes_2023_08-3.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do _x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente _x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo, “a solicitação que a _x000D_
 Prefeitura firme um termo de cooperação com a Secretaria Estadual de Segurança _x000D_
 para permitir que o município pague horas extraordinárias à polícia militar, para esta _x000D_
 fazer o patrulhamento na região do buriti, pois o local está se tornando perigoso _x000D_
 devido a ausência de policiamento.”</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/105/indicacoes_2023_08-5.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/105/indicacoes_2023_08-5.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretária de Saúde, Sra. Manoela Nunes de Souza, solicitando um sistema de entrega de O² (oxigênio) para os pacientes que necessitam do uso do mesmo.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/114/indicacoes_2023_08-7.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/114/indicacoes_2023_08-7.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa _x000D_
 encaminhe expediente ao Prefeito Municipal Gustavo Melo e ao Secretário _x000D_
 Municipal de Obras Infraestrutura e Transportes Milton Fernandes de Lima, _x000D_
 “solicitando serviço de limpeza nas caixas de contenção de água na _x000D_
 estrada que liga o Gato Preto à Colonia do Ariranha e também que sejam _x000D_
 refeitas as lombadas desta estrada ”.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/115/indicacoes_2023_08-9.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/115/indicacoes_2023_08-9.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa _x000D_
 encaminhe expediente ao Prefeito Municipal Gustavo Melo e ao Secretário _x000D_
 Municipal de Obras Infraestrutura e Transportes Milton Fernandes de Lima, _x000D_
 “solicitando serviço de troca de lâmpadas na Vila da Colônia da _x000D_
 Ariraranha”.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/116/indicacoes_2023_08-11.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/116/indicacoes_2023_08-11.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, requer à Mesa Ouvido o Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo Anicezio, com cópia a Secretária de Saúde Manoela Nunes de Souza “SOLICITANDO QUE SEJA COLOCADO UM BEBEDOURO NA ÁREA EXTERNA (LOCAL ONDE OS PACIENTES AGUARDAM CONSULTAS) DO PSF “ONDINO RODRIGUES DE LIMA” NA VILA AEROPORTO”.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/117/indicacoes_2023_08-13.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/117/indicacoes_2023_08-13.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe _x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de _x000D_
 Obras e Infraestrutura Sr. Milton Fernandes Lima, solicitando que seja feito tapa buracos _x000D_
 nas seguintes vias do bairro Nossa Senhora Aparecida: Rua A1 , Rua B1, Rua E, Rua 36 ( _x000D_
 esquina com Rua 31, abaixo da Igreja Assembleia de Deus).</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/123/indicacoes_2023_08-15.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/123/indicacoes_2023_08-15.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Sr. Prefeito Municipal de Alto Araguaia/MT_x000D_
 Sr. Gustavo de Melo Anicésio e a Secretaria Municipal de Obras, Infraestrutura, _x000D_
 Transporte e Frotas, Sr. Milton Fernandes de Lima “Solicitando que proceda_x000D_
 a ‘Operação Tapa Buracos’ na Rua Quintino Bocaiúva, entre as ruas Dr. _x000D_
 José Morbeck e General Osório e ainda na Rua Dom Aquino Correa, entre _x000D_
 a Rua Benjamin Constant e a Rua Guilherme Gonçalves Berigo”</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/124/indicacoes_2023_08-17.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/124/indicacoes_2023_08-17.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do _x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente _x000D_
 encaminhada a Presidência da Câmara Municipal “a solicitação de que a Câmara _x000D_
 Municipal busque formar parcerias com OAB e as faculdades e universidades _x000D_
 localizadas na cidade de mineiros para que o Poder Legislativo possa disponibilizar _x000D_
 um estudante ou bacharel em direito para prestar serviços na Procuradoria da _x000D_
 Mulher.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/125/indicacoes_2023_08-19.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/125/indicacoes_2023_08-19.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do _x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente _x000D_
 encaminhada ao Prefeito Municipal, “Solicitação que seja realizado campanha de _x000D_
 incentivo a população a realizar compras no comércio local.”</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/134/indicacoes_2023_08-21.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/134/indicacoes_2023_08-21.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano _x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito _x000D_
 Municipal, Sr. Gustavo de Melo Anicézio com cópia a Secretário Municipal de _x000D_
 Obras, Infraestrutura, Transporte e Frotas Milton Fernandes de Lima, _x000D_
 “solicitando ações para melhorias na coleta de lixo domiciliar no Jardim _x000D_
 Novo Araguaia.”</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/135/indicacoes_2023_08-23.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/135/indicacoes_2023_08-23.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio com cópia a Diretora da PREVIMAR, Sra. Flaviane Naves Fontoura, “solicitando um estudo que possibilite a PREVIMAR realizar a prestação de contas de maneira mais didática”.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/138/indicacoes_2023_08-25.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/138/indicacoes_2023_08-25.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, requer à Mesa Ouvido o Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo Anicezio, com cópia ao Secretária de Saúde Manoela Nunes de Souza “SOLICITANDO A TROCA DOS COLCHÕES DOS LEITOS DO HOSPITAL MUNICIPAL DEPUTADO CACILDO HUGUENEY.”</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/139/indicacoes_2023_08-27-29.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/139/indicacoes_2023_08-27-29.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao  Exmo. Sr. Prefeito Municipal de Alto Araguaia/MT Sr. Gustavo de Melo Anicésio e a Secretaria Municipal de Obras, Infraestrutura, Transporte e Frotas, Sr. Milton Fernandes de Lima “Solicitando que proceda a limpeza e manutenção da Travessa dos Buritis, situada entre as ruas Benjamin Constant e Guilherme Gonçalves Berigo, no bairro Gabiroba”.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/140/indicacoes_2023_08-31-33.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/140/indicacoes_2023_08-31-33.pdf</t>
   </si>
   <si>
     <t>Vereadora Marília Maia Rabello Queiroz, Partido PP, com assento nesta Casa, de conformidade com o artigo 103, parágrafo único do Regimento Interno,a pedido dos munícipes de Alto Araguaia-MT, requeiro à Mesa que este expediente seja encaminhado ao Exmo. O Senhor GUSTAVO  MELO DE ANICÉZIO , Prefeito Municipal,e ao Senhor MILTON FERNANDES DE LIMA  Secretário Municipal de Obras, Infraestrutura e Frotas, “Solicitando a viabilidade Reforma Ponte Córrego Almoço na Região Gato Preto próximo ao Grilo”.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/141/indicacoes_2023_08-35.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/141/indicacoes_2023_08-35.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do Regimento Interno, requer à Presidente que esta indicação seja devidamente encaminhada ao Prefeito Municipal e ao Secretário de Saúde “a solicitação que o município realize convênios com hospitais particulares para realização de cirurgia de mamoplastia redutora nas mulheres de baixa renda e que apresente problemas emocionais ou físicos decorrente do tamanho dos seios.”</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/146/indicacoes_2023_08-37.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/146/indicacoes_2023_08-37.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, requer à Mesa Ouvido o Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo Anicezio, com cópia a Secretária de Saúde Manoela Nunes de Souza “SOLICITANDO O CONSERTO DO AR CONDICIONADO DA RECEPÇÃO DO HOSPITAL MUNICIPAL DEPUTADO CACILDO HUGUENEY”.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/147/indicacoes_2023_08-39.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/147/indicacoes_2023_08-39.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao  Exmo. Sr. Prefeito Municipal de Alto Araguaia/MT Sr. Gustavo de Melo Anicésio, a Secretaria Municipal de Obras, Infraestrutura, Transporte e Frotas, Sr. Milton Fernandes de Lima “Solicitando que providenciem a limpeza dos arredores do Rio Araguaia, entorno de todo bairro Gabiroba”.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/148/indicacoes_2023_08-41-43.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/148/indicacoes_2023_08-41-43.pdf</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/151/indicacoes_2023_08-45.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/151/indicacoes_2023_08-45.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano _x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito _x000D_
 Municipal, Sr. Gustavo de Melo Anicézio Anicézio com cópia a Secretário _x000D_
 Municipal de Obras, Infraestrutura, Transporte e Frotas Milton Fernandes de _x000D_
 Lima, e Eva Carmem, Secretária de Esportes, Cultura, Lazer e Turismo _x000D_
 “solicitando um estudo que possibilite uma repactuação no contrato da _x000D_
 revitalização da praça Erotides Bueno Fraga, praça da Cohab para a _x000D_
 implantação de uma quadra de beach tennis.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/152/indicacoes_2023_08-47.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/152/indicacoes_2023_08-47.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio Anicézio com cópia a Secretário Municipal de Obras, Infraestrutura, Transporte e Frotas Milton Fernandes de Lima, “solicitando a manutenção do Parque Ecológico Municipal Atanael Farias da Costa.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>Marilia Maia, Ricardo Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/153/indicacoes_2023_08-49.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/153/indicacoes_2023_08-49.pdf</t>
   </si>
   <si>
     <t>Vereadores Marília Maia Rabello Queiroz, partido PP, e Ricardo Barbosa dos Santos, partido PSD com assento nesta Casa, de conformidade com o artigo 103,parágrafo único do Regimento Interno, a pedido dos munícipes de Alto Araguaia-MT, requeiro à Mesa que este expediente seja encaminhado ao Exmo. Senhor GUSTAVO  MELO DE ANICÉZIO , Prefeito Municipal, e ao Senhor MILTON FERNANDES LIMA,  Secretário Municipal de Obras,  Infraestrutura, Transporte e Frotas, “Solicitando a instalação de postes com braços de lâmpadas iniciando no Bar do Sr. Armando até a igreja Assembleia de Deus localizado na Região Gato Preto.”</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/154/indicacoes_2023_08-51.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/154/indicacoes_2023_08-51.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de Obras e Infraestrutura Sr. Milton Fernandes Lima, “Solicitando que seja feito recolocação do concreto das beiras do meio-fios do bairro Demellas.”</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/158/indicacoes_2023_08-53.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/158/indicacoes_2023_08-53.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de Obras e Infraestrutura Sr. Milton Fernandes Lima, “Solicitando que seja feito tapa buracos na Rua Antônio Aires Fávero (próximo a IPR)”.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/159/indicacoes_2023_08-55.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/159/indicacoes_2023_08-55.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de Obras e Infraestrutura Sr. Milton Fernandes Lima, “Solicitando que seja criado um espaço para eventos municipais”.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/160/indicacoes_2023_08-57.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/160/indicacoes_2023_08-57.pdf</t>
   </si>
   <si>
     <t>A Vereadora que presente subscreve, requer à Mesa Ouvido o Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo Anicezio, com cópia ao Secretário de Obras, Infraestrutura, Transporte e Frotas Sr. Milton Fernandes de Lima “SOLICITANDO UM PONTO DE APOIO PARA OS TAXISTAS NA PRAÇA DA MATRIZ’’.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/177/indicacoes_2023_08-59.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/177/indicacoes_2023_08-59.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o _x000D_
 Soberano Plenário, que o mesmo seja oficiado e devidamente encaminhado_x000D_
 ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio, e ao Secretário _x000D_
 Municipal de Obras, Infraestrutura, Transportes e Frotas, Sr. Milton _x000D_
 Fernandes Lima, “indicando que seja instalado um parque infantil na _x000D_
 praça Arlan Gerson, no bairro Prof.ª Maria das Graças de Souza Pinto; e _x000D_
 que seja realizada manutenção e limpeza no gramado da praça”.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/174/indicacoes_2023_08-61.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/174/indicacoes_2023_08-61.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do Regimento Interno dessa _x000D_
 Casa de Leis, requer que a presente Indicação seja devidamente encaminhada ao Exmo. _x000D_
 Sr. Prefeito de Alto Araguaia-MT, Sr. Gustavo de Melo Anicézio e ao Secretário _x000D_
 Municipal de Obras, Infraestrutura, Transporte e Frotas Sr. Milton Fernandes Lima “que _x000D_
 seja feita a revitalização, manutenção e limpeza periódica da Orla do Praia, localizada _x000D_
 nas margens do Rio Araguaia. É um espaço de lazer e ponto tradicional de Alto _x000D_
 Araguaia que deve ser cuidado para melhor atender as famílias, população e visitantes _x000D_
 que frequentam o local.”</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/175/indicacoes_2023_08-63.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/175/indicacoes_2023_08-63.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do Regimento Interno dessa Casa de Leis, requer que a presente Indicação seja devidamente encaminhada ao Exmo. Sr. Prefeito de Alto Araguaia-MT, Sr. Gustavo de Melo Anicézio e ao Secretário Municipal de Obras, Infraestrutura, Transporte e Frotas Sr. Milton Fernandes Lima “que seja feita a revitalização, manutenção e limpeza periódica do Parque Ecológico Municipal Atanael Farias da Costa. O mesmo é um espaço de lazer e ponto turístico de Alto Araguaia que deve ser cuidado para melhor atender as famílias, população e visitantes que frequentam o local.”</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/171/indicacoes_2023_08-65.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/171/indicacoes_2023_08-65.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe _x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de _x000D_
 Obras e Infraestrutura Sr. Milton Fernandes Lima, solicitando tapa buracos na Rua Abílio _x000D_
 Siqueira esquina com a Rua Adalcy da Conceição Rodrigues, Vila Aeroporto.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/172/indicacoes_2023_08-67.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/172/indicacoes_2023_08-67.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de Obras e Infraestrutura Sr. Milton Fernandes Lima, solicitando que seja feito tapa buracos na Rua Dom Aquino Côrrea, mas precisamente da esquina do Mercado Muniz até no Clube ATC.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/173/indicacoes_2023_08-69.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/173/indicacoes_2023_08-69.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de Obras e Infraestrutura Sr. Milton Fernandes Lima, solicitando que seja feito manutenção no parquinho da praça da matriz e da praça Antônio Silvério da Costa (praça do boiadeiro).</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/192/indicacoes_2023_08-71.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/192/indicacoes_2023_08-71.pdf</t>
   </si>
   <si>
     <t>“solicitando manutenção na iluminação do parque infantil na praça da _x000D_
 COHAB”.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/193/indicacoes_2023_08-73.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/193/indicacoes_2023_08-73.pdf</t>
   </si>
   <si>
     <t>solicitando que seja feito o recapeamento _x000D_
 da frente do Estádio Antônio Afonso de Melo.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/194/indicacoes_2023_08-75.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/194/indicacoes_2023_08-75.pdf</t>
   </si>
   <si>
     <t>solicitando que seja feito o recapeamento de toda a extensão da Rua João Ponce de Arruda, próximo a Igreja São Sebastião, no bairro COHAB II.</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1103/001-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1103/001-2023.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo_x000D_
 Anicézio e a Secretário de Municipal de Obras, Infraestrutura, Transporte e_x000D_
 Frotas, Milton Fernandes de Lima, requerendo informações referente_x000D_
 distribuição de água na região do Córrego Rico</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1104/002-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1104/002-2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art._x000D_
 101 do Regimento Interno, requer à Mesa, ouvido o soberano plenário, que o_x000D_
 mesmo seja aprovado e devidamente encaminhado ao Prefeito Municipal, Sr._x000D_
 Gustavo de Melo e a Secretaria de Educação Eva Carmem Vieira de Rezende,_x000D_
 “requerendo informações referente a reforma da Escola Municipal_x000D_
 Patrocinio Joaquim Dias.</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1105/003-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1105/003-2023.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito de Alto Araguaia-MT, Sr. Gustavo de Melo Anicézio_x000D_
 e ao Secretário Municipal de Obras, Infraestrutura, Transporte e Frotas Sr. Milton_x000D_
 Fernandes Lima “a reforma da academia ao ar livre e do parquinho infantil_x000D_
 instalados no Parque Ecológico Atanael Farias da Costa.”</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1106/004-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1106/004-2023.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, ouvido o Plenário, cumprindo as formalidades legais e_x000D_
 regimentais, vem Requerer do Prefeito Municipal, o Sr. Gustavo Melo de Anicézio, ao_x000D_
 Secretário de Obras e Infraestrutura, Sr. Milton Fernandes de Lima, solicitando informações_x000D_
 sobre prazo da entrega da obra na Rua Benjamin Constant.</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1107/005-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1107/005-2023.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo_x000D_
 Anicézio e a Secretária de Municipal de Educação, Eva Carmem Vieira de_x000D_
 Carvalho, requerendo informações referente ao convênio 775/2022_x000D_
 relacionado a aquisição de materiais/permanentes tecnológicos para_x000D_
 atender os laboratórios das escolas da rede municipal de ensino do_x000D_
 município de Alto Araguaia - MT.</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1108/006-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1108/006-2023.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo_x000D_
 Anicézio e a Secretária de Municipal de Saúde, Manuela Nunes de Souza,_x000D_
 requerendo informações sobre o cumprimento da Lei 4302/2021, que dispõe_x000D_
 sobre a publicação em site na Internet da lista de espera de consultas_x000D_
 comuns ou especializadas, exames, cirurgias e quaisquer outros_x000D_
 procedimentos ou ações de saúde agendada pelos cidadãos no_x000D_
 município</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1109/007-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1109/007-2023.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo_x000D_
 Anicézio e a Secretária de Municipal de Saúde, Manuela Nunes de Souza,_x000D_
 requerendo informações sobre o cumprimento da Lei 4254/2021, que_x000D_
 estabelece a possibilidade do agendamento telefônico de consultas para_x000D_
 pacientes idosos e para pessoas com deficiência já cadastradas nas_x000D_
 unidades de saúde do município e dá outras providências.</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1110/008-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1110/008-2023.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo_x000D_
 Anicézio e a Secretária de Municipal de Educação, Eva Carmem Vieira de_x000D_
 Carvalho, requerendo informações referente ao transporte escolar da_x000D_
 Região do Rio do Peixe.</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1111/009-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1111/009-2023.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Gustavo Melo – Prefeito Municipal, ao Secretário Municipal_x000D_
 de Educação, Srª. Eva Carmem Vieira de Carvalho, “requerendo que seja implantada_x000D_
 creches de período integral no município de Alto Araguaia”.</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
     <t>Fabiano do Gás, Clodoaldo, Luizinho, Marcos Nunes, Mariana de Souza, Marilia Maia, Marilzan, Odair Ferruja, Ricardo Barbosa, Silvio Maia, Suzana Paniago</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1112/010-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1112/010-2023.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a_x000D_
 Mesa encaminhe expediente ao Exmo. Senhor Prefeito Municipal_x000D_
 Gustavo de Melo Anicézio e a Secretário de Municipal de Obras,_x000D_
 Infraestrutura, Transporte e Frotas, Milton Fernandes de Lima,_x000D_
 requerendo informações referente ao prazo de reforma da_x000D_
 ponte 3 Barras na MT-465</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1113/011-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1113/011-2023.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Senhor Prefeito Municipal Gustavo de_x000D_
 Melo Anicézio e a Secretário de Municipal de Obras, Infraestrutura,_x000D_
 Transporte e Frotas, Milton Fernandes de Lima, requerendo_x000D_
 informações referente a construção, reforma de pontes apresentado_x000D_
 no projeto de lei N°007</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1114/012-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1114/012-2023.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo_x000D_
 Anicézio e a Secretário de Municipal de Obras, Infraestrutura, Transporte e_x000D_
 Frotas, Milton Fernandes de Lima, requerendo informações referente ao_x000D_
 funcionamento da ETA (Estação de Tratamento de Água).</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
     <t>Silvio Maia, Fabiano do Gás, Luizinho, Mariana de Souza, Marilia Maia, Marilzan, Odair Ferruja, Suzana Paniago</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1115/013-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1115/013-2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 101 do Regimento_x000D_
 Interno, requer à Mesa, ouvido o soberano plenário, que o mesmo seja aprovado e_x000D_
 devidamente encaminhado ao Prefeito Municipal e ao Secretário de Administração e de_x000D_
 Finanças “a solicitação de informações detalhadas sobre as emendas destinada pela_x000D_
 então Deputada Federal Rosa Neide (PT), no ano de 2022, requer informações sobre_x000D_
 qual a forma os valores foram gastos, ou seja, o que foi adquirido pela prefeitura com_x000D_
 os recursos destinados pela ex-parlamentar.”</t>
   </si>
   <si>
     <t>2088</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2088/014-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2088/014-2023.pdf</t>
   </si>
   <si>
     <t>“a _x000D_
 solicitação de cópia da lista de espera por consultas comuns e especializadas, exames, _x000D_
 cirurgias e qualquer outro procedimento de saúde agendados pela população.”</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1117/015-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1117/015-2023.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Gustavo Melo – Prefeito Municipal, ao Secretário Municipal_x000D_
 de Educação, Srª. Eva Carmem Vieira de Carvalho, “a disponibilização de transporte_x000D_
 escolar para atender aos alunos do 1º, 2º e 3º ano, do período noturno, da Escola_x000D_
 Estadual Arlinda Pessoa Morbeck, excepcionalmente durante o período em que as_x000D_
 aulas estejam sendo ministradas na sede da UNOPAR, em virtude da reforma._x000D_
 Assevera-se que, embora a escola seja estadual, o resguardo da segurança,_x000D_
 integridade, além da adoção de medidas que previnam a evasão escolar dessas_x000D_
 crianças são incumbência deste Município”.</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1118/016-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1118/016-2023.pdf</t>
   </si>
   <si>
     <t>Requeiro, após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Gustavo Melo – Prefeito Municipal, e a Secretária Municipal_x000D_
 de Saúde, Sra. Manoela Nunes de Souza “o retorno do atendimento médico_x000D_
 ginecológico contínuo, em nosso município”.</t>
   </si>
   <si>
     <t>2090</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2090/017-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2090/017-2023.pdf</t>
   </si>
   <si>
     <t>solicitando informações sobre a continuidade da obra do _x000D_
 bueiro na travessia que liga o bairro N. S. Aparecida ao bairro Parque do _x000D_
 cerrado, mas precisamente na Rua Benedito José da Costa a Rua Contorno.</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1120/018-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1120/018-2023.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Sr. Prefeito de Alto Araguaia-MT, Sr._x000D_
 Gustavo de Melo Anicézio e a Secretária Municipal de Esportes, Cultura,_x000D_
 Lazer e Turismo Srª Eva Carmem Vieira de Carvalho “que seja cumprida_x000D_
 a Lei Municipal 4284/2021, que “Dispõe sobre a criação e_x000D_
 implementação da “Semana da Diversidade LGBTQIA+ e Combate a_x000D_
 LGBTfobia” no Município de Alto Araguaia-MT e dá outras_x000D_
 providencias.”</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1121/019-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1121/019-2023.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo_x000D_
 Anicézio e a Secretário de Municipal de Obras, Infraestrutura, Transporte e_x000D_
 Frotas, Milton Fernandes de Lima, requerendo informações referente ao_x000D_
 cumprimento da lei 4432/2022, que cria regras para a instalação e_x000D_
 manutenção de fios e cabos fixados nos postes da rede elétrica_x000D_
 existentes na zona urbana e rural do município de Alto Araguaia – MT, e_x000D_
 dá outras providências.</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1122/020-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1122/020-2023.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicézio e a Secretário de Municipal de Obras, Infraestrutura, Transporte e Frotas, Milton Fernandes de Lima, requerendo informações referente ao fornecimento de água na região do Córrego Rico.</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1123/021-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1123/021-2023.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo_x000D_
 Anicézio e a Secretária de Municipal Saúde, Manoela Nunes de Souza,_x000D_
 requerendo informações referente ao funcionamento da nova lavanderia_x000D_
 do Hospital Municipal.</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
     <t>Mariana de Souza, Fabiano do Gás, Luizinho, Silvio Maia</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1124/022-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1124/022-2023.pdf</t>
   </si>
   <si>
     <t>Requeiro, após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Sr. Gustavo Melo – Prefeito Municipal, e ao Secretário_x000D_
 de Administração, Sr Manoelito dos Dias Rezende Neto, para que se dignem a informar:_x000D_
 1. A empresa responsável pela limpeza urbana do município_x000D_
 de Alto Araguaia demitiu cerca de 27 trabalhadores:_x000D_
 2. Tendo em vista essas demissões, a prefeitura de Alto_x000D_
 Araguaia irá manter o mesmo valor do contrato firmado_x000D_
 inicialmente?_x000D_
 3. Essas demissões irão afetar o serviço de limpeza da nossa_x000D_
 cidade, deixando-o ineficaz? _x000D_
 4. Quais outras ações o Poder Executivo tem adotado para_x000D_
 melhorar a limpeza urbana, que continua a ser pauta de_x000D_
 reclamações e denúncias?</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1125/023-2024.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1125/023-2024.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, ouvido o Plenário, cumprindo as formalidades legais e_x000D_
 regimentais, vem Requerer do Prefeito Municipal, o Sr. Gustavo Melo de Anicézio com cópia_x000D_
 à Secretária de Saúde Manoela Nunes de Souza, solicitando informações sobre os exames de_x000D_
 Ultrassonografia do Hospital Municipal de Alto Araguaia</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1126/024-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1126/024-2023.pdf</t>
   </si>
   <si>
     <t>Requeiro, após ouvido o Plenário na forma Regimental, que a_x000D_
 Mesa encaminhe expediente ao Exmo. Sr. Gustavo Melo – Prefeito Municipal, e_x000D_
 a Secretaria Municipal de Saúde, Sra. Manoela Nunes de Souza.</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
     <t>Mariana de Souza, Clodoaldo, Fabiano do Gás, Luizinho, Marcos Nunes, Marilia Maia, Marilzan, Odair Ferruja, Ricardo Barbosa, Silvio Maia, Suzana Paniago</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1127/025-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1127/025-2023.pdf</t>
   </si>
   <si>
     <t>Requeiro depois de ouvido o Soberano Plenário que seja aprovada, nos termos_x000D_
 do artigo 101, do Regimento Interno desta Casa de Leis, que seja encaminhado ofício ao_x000D_
 Prefeito Municipal, Sr. GUSTAVO MELO DE ANICEZIO, com cópia à Secretária_x000D_
 Municipal de Administração e departamento de tributos, para que, por meio de seus_x000D_
 representantes legais, possam encaminhar ao Poder Legislativo Municipal, relatório_x000D_
 com informações sobre quantos cidadãos Araguaienses foram multados nos meses de_x000D_
 fevereiro a maio de 2023, com a qualificação de cada um e os valores das multas,_x000D_
 respeitada a legislação que trata do assunto, em especial o sigilo dos dados pessoais_x000D_
 de cada cidadão (LGPD), cujas multas ou autuações tenham sido originadas por_x000D_
 motivo de estarem com seus terrenos sujos em desacordo com a legislação Municipal.</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1128/026-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1128/026-2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que o mesmo seja aprovado e devidamente encaminhado ao Prefeito_x000D_
 Municipal, Sr. Gustavo Melo de Anicézio, com cópia ao Secretário de Administração_x000D_
 Sr. Manoelito dos Dias de Rezende Neto , “Solicitando a implantação de um sistema_x000D_
 de produção de energia solar para atender as instalações públicas municipais em_x000D_
 nossa cidade</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1129/027-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1129/027-2023.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo_x000D_
 Anicézio e ao Secretário de Administração Industria e Comercial, Sr. Manoelito_x000D_
 dos Dias de Rezende Neto, requerendo informações referente a_x000D_
 regularização da região popularmente conhecida como “Cinturão Verde”.</t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1130/028-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1130/028-2023.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, ouvido o Plenário, cumprindo as formalidades legais e_x000D_
 regimentais, vem Requerer do Prefeito Municipal, o Sr. Gustavo Melo de Anicézio, ao_x000D_
 Secretário de Obras e Infraestrutura, Sr. Milton Fernandes de Lima, solicitando que seja_x000D_
 recolocado placa de sinalização “Pare” entre as ruas Doze de outubro e Quintino_x000D_
 Bocaiúva.</t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1131/029-2024.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1131/029-2024.pdf</t>
   </si>
   <si>
     <t>Requeiro, após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Sr. Gustavo Melo – Prefeito Municipal, e a Secretária_x000D_
 de Saúde, Sra Manoela Nunes, para que se dignem a informar: _x000D_
 1. Foi interrompido os atendimentos com médico psiquiatra_x000D_
 na cidade de Alto Araguaia?_x000D_
 2. Se foi, por qual motivo isso ocorreu? Dado importância de_x000D_
 tal especialidade?_x000D_
 3. Existe alguma previsão para retorno dos atendimentos com_x000D_
 médico psiquiatra no município?</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1132/030-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1132/030-2023.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, ouvido o Plenário, cumprindo as formalidades legais e_x000D_
 regimentais, vem Requerer do Prefeito Municipal, o Sr. Gustavo Melo de Anicézio e ao_x000D_
 Secretário de Obras e Infraestrutura Sr. Milton Fernandes de Lima, “solicitando reparo na_x000D_
 Rua 24 de fevereiro, onde foi feito o recapeamento.</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1133/031-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1133/031-2023.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, ouvido o Plenário, cumprindo as formalidades legais e_x000D_
 regimentais, vem Requerer do Prefeito Municipal, o Sr. Gustavo Melo de Anicézio, ao_x000D_
 Secretário de Administração Sr. Manoelito Dias de Rezende Neto, solicitando doação de um_x000D_
 terreno (ao lado da Escola Lourença Afonso de Melo) por comodato para a 7ª Ciretran de_x000D_
 Alto Araguaia.</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1134/032-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1134/032-2023.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, ouvido o Plenário, cumprindo as formalidades legais e_x000D_
 regimentais, vem Requerer do Prefeito Municipal, o Sr. Gustavo Melo de Anicézio, ao_x000D_
 Secretário de Finanças e Planejamento, Sr. Welton Vilela Cardoso Jr., “solicitando que seja_x000D_
 feita a correção das diárias dos motoristas.</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1135/033-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1135/033-2023.pdf</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1136/034-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1136/034-2023.pdf</t>
   </si>
   <si>
     <t>Requeiro, após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Sr. Gustavo Melo – Prefeito Municipal, e a Secretária_x000D_
 de Saúde, Sra Manoela Nunes, para que se dignem a informar: _x000D_
 1. Quantas crianças são atendidas pelo médico neuropediatra_x000D_
 através do consórcio?_x000D_
 2. E, quantas crianças ainda aguardam atendimentos com o_x000D_
 médico neuropediatra?</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1137/035-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1137/035-2023.pdf</t>
   </si>
   <si>
     <t>Requeiro, após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Sr. Gustavo Melo – Prefeito Municipal, ao Ilmo. Sr._x000D_
 Welton Vilela - Secretário Municipal de Finanças e ao Ilmo. Sr. Felipe Casaril – Chefe_x000D_
 de Gabinete do Prefeito, “requerendo a fiscalização e aplicação das penalidades_x000D_
 previstas na Lei Municipal nº 4287/2023, que “Dispõe sobre a instalação de armários_x000D_
 de guarda-volumes nos estabelecimentos de agências bancárias, bancos e cooperativas_x000D_
 de crédito, na área em que antecedem as portas que possuem dispositivos de travamento_x000D_
 eletrônico, no âmbito do Município de Alto Araguaia-MT ”.</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1138/036-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1138/036-2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que o mesmo seja aprovado e devidamente encaminhado ao Exmo. Gustavo de_x000D_
 Melo Anicézio - Prefeito Municipal, à Ilma. Sra. Eva Carmem Vieira de Carvalho -_x000D_
 Secretária Municipal de Educação, ao Exmo. Sr. Mauro Mendes – Governador do_x000D_
 Estado e Exmo. Sr. Alan Resende Porto - Secretário de Estado de Educação_x000D_
 “Solicitando a implantação do uso de microfones pelos professores da Rede de_x000D_
 Ensino Municipal e Estadual”.</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1139/037-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1139/037-2023.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expe -_x000D_
 diente ao Exmo. Sr. Prefeito Municipal de Alto Araguaia, Sr. Gustavo de Melo Anicézio, ao Secretário_x000D_
 Municipal de Obras, Infraestrutura, Transporte e Frotas, Sr. Milton Fernandes de Lima, e a Secretária_x000D_
 Municipal de Saúde, a Sra. Manoela Nunes de Souza (Manu), “solicitando transporte adequado para as_x000D_
 gestantes de alto risco.”</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1140/038-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1140/038-2023.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo_x000D_
 Anicézio e ao Secretário Finanças e Planejamento, Welton Vilela Cardoso,_x000D_
 requerendo informações referente a emenda impositiva de 2022 que_x000D_
 destina o valor de 700 mil reais para a aquisição de um veículo acessível_x000D_
 para o transporte de pacientes em tratamento em outros municípios</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1141/039-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1141/039-2023.pdf</t>
   </si>
   <si>
     <t>Requeiro, após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Sr. Gustavo Melo – Prefeito Municipal, e ao Secretário_x000D_
 de Obras e Infraestrutura, Sr. Milton Lima, para que se dignem a informar sobre: _x000D_
 1. Como está o andamento da licitação para realizar obra de_x000D_
 pavimentação asfáltica do bairro São Francisco?_x000D_
 2. Qual a data prevista para o início dessa obra? _x000D_
 3. Qual é o valor estimado da obra</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1142/040-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1142/040-2023.pdf</t>
   </si>
   <si>
     <t>Requeiro, após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Sr. Gustavo Melo – Prefeito Municipal, e ao Secretário_x000D_
 de Finanças, Sr. Welton Vilela Cardoso - tendo em vista a obrigatoriedade da execução_x000D_
 orçamentária e financeira da programação incluída por emendas individuais do_x000D_
 Legislativo Municipal, as denominadas Emendas Impositivas - que se dignem a_x000D_
 informar: _x000D_
 1. Quando o Poder Executivo dará início ao cumprimento das_x000D_
 ações previstas nas Emendas Impositivas feitas pelo Poder_x000D_
 legislativo?_x000D_
 2. Qual o cronograma de execução das Emendas Impositivas?_x000D_
 3. Considerando o teor do artigo 78-A, §2º, inciso I, há_x000D_
 impedimentos de ordem técnica que inviabilize a execução_x000D_
 das emendas Impositivas?</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1143/041-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1143/041-2023.pdf</t>
   </si>
   <si>
     <t>A Parlamentar Marilia Maia Rabello Queiroz, na forma regimental e_x000D_
 no uso de suas atribuições e demais disposições legais, requer o encaminhamento de um_x000D_
 exemplar deste ao Excelentíssimo Senhor Gustavo Melo de Anicézio, Prefeito_x000D_
 Municipal de Alto Araguaia e a Senhora Manoela Nunes de Souza, Secretária_x000D_
 Municipal de Saúde, para que se dignem a informar sobre: “Estudo técnico que_x000D_
 viabilize a criação do Programa de proteção à saúde bucal de pessoas com_x000D_
 transtorno do espectro autista, com o objetivo de oferecer atendimento_x000D_
 especializado no âmbito da odontologia em nossa cidade.”</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1144/042-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1144/042-2023.pdf</t>
   </si>
   <si>
     <t>Requeiro, após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Sr. Gustavo Melo – Prefeito Municipal, e a Secretária_x000D_
 de Saúde, Sra Manoela Nunes, para que se dignem a informar: _x000D_
 1. Está sendo realizado atendimentos com o médico(a)_x000D_
 ginecologista em Alto Araguaia?_x000D_
 2. Se sim, como estão são os agendamentos para esse_x000D_
 atendimento? _x000D_
 3. E, qual é a demanda de mulheres que necessitam desse_x000D_
 atendimento em Alto Araguaia</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1145/043-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1145/043-2023.pdf</t>
   </si>
   <si>
     <t>Requeiro, após ouvido o Plenário na forma Regimental, que a_x000D_
 Mesa encaminhe expediente ao Exmo. Sr. Gustavo Melo – Prefeito Municipal, e_x000D_
 ao Secretário de Finanças, Sr. Welton Vilela Cardoso – requerendo_x000D_
 informações referente ao pagamento do Instituto de Saúde Santa Rosa: _x000D_
 Tendo em vista informações que nós parlamentares recebemos, sendo_x000D_
 essas informações extraoficiais, referente a débitos junto ao Instituto de Saúde_x000D_
 Santa Rosa, vimos por meio deste requerimento solicitar dados referente ao_x000D_
 pagamento do Instituto no ano de 2023._x000D_
 1. Atualmente há notas em atraso?_x000D_
 2. Se sim, qual o valor em atraso?_x000D_
 3. Qual valor liquidado e sua referência e o valor pago?</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2/044-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2/044-2023.pdf</t>
   </si>
   <si>
     <t>Requeiro, após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Sr. Gustavo Melo – Prefeito Municipal, e ao Secretário de Agricultura, Pecuária e Abastecimento e Meio Ambiente, Sr. João Dias, para que se dignem a informar: _x000D_
 _x000D_
 1.	Como é o funcionamento do Centro de Zoonoses em Alto Araguaia? Estão sendo recolhidos animais em situação de abandono?_x000D_
 2.	Qual a destinação desses animais após tratamento? _x000D_
 3.	Existe alguma campanha educativa de conscientização da população sobre abandono de animais, e campanha de adoção de animais abandonados?</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/3/045-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/3/045-2023.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, ouvido o Plenário, cumprindo as formalidades legais e _x000D_
 regimentais, vem Requerer do Prefeito Municipal, o Sr. Gustavo Melo de Anicézio e ao _x000D_
 Secretário de Obras e Infraestrutura, Sr. Milton Fernandes de Lima, “informações sobre a _x000D_
 previsão da prestação de serviço de extensão de Rede Elétrica na Av. Contorno, Bairro _x000D_
 Professora Maria das Graças de Souza Pinto”.</t>
   </si>
   <si>
     <t>Luizinho, Mariana de Souza</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/27/046-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/27/046-2023.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Secretário Municipal de Obras e Infraestrutura, Srº. Milton Fernandes de Lima,e ao Secretário Municipal de Finanças e planejamento, Sr° Welton Vilela Cardoso  “Solicitando a manutenção, reparos e conserto dos poços que atendem a região do Córrego Rico”.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/47/047-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/47/047-2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano Plenário, _x000D_
 que o mesmo seja aprovado e devidamente encaminhado ao Deputados Federais do PL _x000D_
 de Mato Grosso – Deputado Federal Abilio Brunini, Deputada Federal Amália Barros , _x000D_
 Deputada Federal Coronel Fernanda, Deputado Federal José Medeiros (PL-MT), com _x000D_
 cópia ao Prefeito Municipal Gustavo Melo, requerendo gestão no sentido de conseguir _x000D_
 uma emenda no valor de R$ 1.000.000,00 (um milhão), para construção da Sede Própria _x000D_
 do Centro de Reabilitação Caio Hugueney, no município de Alto Araguaia-MT.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/48/048-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/48/048-2023.pdf</t>
   </si>
   <si>
     <t>Justifica-se a presente indicação, tendo em vista que esta é uma _x000D_
 reivindicação antiga dos moradores, que sofrem com a falta de água para fazerem suas _x000D_
 atividades do dia a dia, e em alguns casos, até mesmo para consumo. Atualmente, a _x000D_
 região conta com dois poços, porém, os dois se encontram deteriorados, _x000D_
 impossibilitando assim, o fornecimento de água para a população que reside naquela _x000D_
 localidade. Recentemente, estive em visita juntamente com a vereadora Mariana de _x000D_
 Souza, e ao conversar com os moradores, pudemos ter noção de quão crítica está a _x000D_
 situação._x000D_
 Diante do exposto e em face da importância da matéria, peço o apoio dos _x000D_
 ilustres senhores para a aprovação do presente requerimento.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/49/049-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/49/049-2023.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, ouvido o Plenário, cumprindo as formalidades legais e _x000D_
 regimentais, vem Requerer do Prefeito Municipal, o Sr. Gustavo Melo de Anicézio, a_x000D_
 Secretária de Saúde, Sra. Manoela Nunes de Souza, solicitando que seja feito manutenção _x000D_
 com urgência no ônibus da saúde.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/53/050-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/53/050-2023.pdf</t>
   </si>
   <si>
     <t>Requeiro, após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Sr. Gustavo Melo – Prefeito Municipal, e a Secretária de Saúde, Sra Manoela Nunes, que  diante da reclamação de vários pacientes que necessitam de atendimentos em Rondonópolis, dignem nos informar os seguintes questionamentos: _x000D_
 1.	Foram canceladas várias viagens para Rondonópolis durante essa semana, o que ocorreu? _x000D_
 2.	Existe no orçamento previsão para a compra de um novo ônibus para a Saúde? Esta nova compra já está sendo providenciada?</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/64/051-_fabiano_do_gas.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/64/051-_fabiano_do_gas.pdf</t>
   </si>
   <si>
     <t>Requeiro, após ouvido o Plenário na forma Regimental, que a _x000D_
 Mesa encaminhe expediente ao Exmo. Sr. Gustavo Melo – Prefeito Municipal e _x000D_
 aos Secretários Municipais de Administração, Saúde e Finanças Sra. Manoela _x000D_
 Nunes, tendo em vista que a vigência do Contrato nº 137/2022 firmado entre o _x000D_
 Município de Alto Araguaia-MT e o Instituto de Saúde Santa Rosa, termina em _x000D_
 31/08/2023, que tem por objeto “GESTÃO TÉCNICA E ADMINISTRATIVA, _x000D_
 OPERACIONALIZAÇÃO E EXECUÇÃO DAS AÇÕES E SERVIÇOS DE _x000D_
 SAÚDE DO HOSPITAL MUNICIPAL DE ALTO ARAGUAIA”, requer que o _x000D_
 município não formalize qualquer repactuação em relação a este contrato, e que _x000D_
 retome todas as responsabilidades em relação ao Hospital Municipal</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/65/052-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/65/052-2023.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, requer à Mesa Ouvido o Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo Anicezio, com cópia ao Secretário Municipal de Administração, Industria e Comércio, Manoelito dos Dias de Rezende Neto “REQUERENDO INFORMAÇÕES SOBRE A PREVISÃO DE REFORMA E MELHOR UTILIZAÇÃO DO ANTIGO PRÉDIO DA ESCOLA MUNICIPAL JOSÉ INÁCIO FRAGA”.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/66/053-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/66/053-2023.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, requer à Mesa Ouvido o Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo Anicezio, com cópia ao Secretário Municipal de Administração, Industria e Comércio, Manoelito dos Dias de Rezende Neto “REQUERENDO INFORMAÇÕES SOBRE A PREVISÃO DE INÍCIO DA  REFORMA DA FEIRA COBERTA .</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/67/054-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/67/054-2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 101 do Regimento Interno, requer à Mesa, ouvido o soberano plenário, que este seja aprovado e devidamente encaminhado ao Prefeito Municipal e ao secretário de Infraestrutura, Obras e Serviços Urbanos, “a solicitação de informações sobre algumas ruas que foram asfaltadas no loteamento Vista do Araguaia. Requer informações se houve a dedução, no pagamento da camada do asfalto que é formada por cascalho (sub-base), do valor do cascalho, previamente, colocado pela prefeitura nessas ruas, uma vez que há registros que a empresa utilizou, até mesmo, o cascalho previamente colocado em outras ruas do loteamento para fazer a sub-base das ruas que se encontram asfaltadas até a presente data</t>
   </si>
   <si>
     <t>Mariana de Souza, Fabiano do Gás, Luizinho, Marilzan, Odair Ferruja, Silvio Maia, Suzana Paniago</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/78/055-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/78/055-2023.pdf</t>
   </si>
   <si>
     <t>Requeiro, após ouvido o Plenário na forma Regimental, que _x000D_
 a Mesa encaminhe expediente ao Exmo. Sr. Gustavo Melo – Prefeito _x000D_
 Municipal, e ao Secretário de Obras e Infraestrutura, Sr. Milton Lima, para _x000D_
 que se dignem a informar:_x000D_
 1. Como está a situação do projeto sobre a instalação _x000D_
 de pontos de ônibus no município? _x000D_
 2. Se caso esteja pronto, qual seria o valor total do _x000D_
 projeto?_x000D_
 3. Quantos pontos de ônibus serão instalados no _x000D_
 município?_x000D_
 Justificativ</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/82/056-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/82/056-2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, requerem à Mesa ouvido o Soberano Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal Exmo. Sr. Gustavo de Melo Anicézio, e ao Secretário de Agricultura, Pecuária e Abastecimento e Meio Ambiente  -  Sr. João Dias, “Solicitando  ao Poder Executivo alteração descrita abaixo,  no art.10 da  Lei  Municipal N° 4.133/2019 – “Dispõe sobre a criação da Patrulha Agrícola  Mecanizada no município de Alto Araguaia-MT”:_x000D_
 § 4º -   “ Fica facultado  aos pequenos produtores o pagamento da taxa para prestação de serviço pela utilização  da patrulha agrícola mecanizada ou o fornecimento do combustível, levando-se em consideração o total de 18 litros por hora/maquina”.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/85/057-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/85/057-2023.pdf</t>
   </si>
   <si>
     <t>Requeiro, após ouvido o Plenário na forma Regimental, que a Mesa _x000D_
 encaminhe expediente ao Exmo. Sr. Gustavo Melo – Prefeito Municipal, e ao Secretário _x000D_
 Municipal de Finanças, que prestem informações e realizem adequação acerca das Peças_x000D_
 orçamentárias, vez que foi encaminhado ofício ao Executivo para que encaminhasse _x000D_
 informações sobre o cumprimento do parágrafo 3º, do art. 12, da Lei de Responsabilidade _x000D_
 Fiscal (LRF) e o Poder Executivo não deu cumprimento ao seu dever legal.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/86/058-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/86/058-2023.pdf</t>
   </si>
   <si>
     <t>Requeiro, após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Sr. Gustavo Melo – Prefeito Municipal, e a Secretária de Saúde, Sra Manoela Nunes, que  prestem informações acerca do cumprimento da Lei Federal nº 14.434/2022, e Lei Municipal nº 4.429/2022, aprovada por esta Casa de Leis, por todos os vereadores, que institui o piso nacional da enfermagem, beneficiando assim enfermeiros, técnicos de enfermagem e auxiliares de enfermagem, que prestam serviços ao Município de Alto Araguaia.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/92/059-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/92/059-2023.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, ouvido o Plenário, cumprindo as formalidades legais e _x000D_
 regimentais, vem Requerer do Prefeito Municipal, o Sr. Gustavo Melo de Anicézio, ao _x000D_
 Secretário de Obras e Infraestrutura, Sr. Milton Fernandes de Lima, solicitando informações _x000D_
 sobre a continuidade na obra do asfalto no bairro Vista do Araguaia.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/93/060-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/93/060-2023.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, ouvido o Plenário, cumprindo as formalidades legais e _x000D_
 regimentais, vem Requerer do Prefeito Municipal, o Sr. Gustavo Melo de Anicézio, ao _x000D_
 Secretário de Administração, Sr. Welton Vilela, Secretário de Obras e Infraestrutura, Sr. _x000D_
 Milton Fernandes de Lima, solicitando o remanejamento das lâmpadas do bairro Vista do _x000D_
 Araguaia para reparos na iluminação no restante da cidade.</t>
   </si>
   <si>
     <t>Fabiano do Gás, Suzana Paniago, Clodoaldo, Luizinho, Marcos Nunes, Mariana de Souza, Marilia Maia, Marilzan, Odair Ferruja, Ricardo Barbosa, Silvio Maia</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/94/061-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/94/061-2023.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicézio e a Secretário de Municipal de Obras, Infraestrutura, Transporte e Frotas, Milton Fernandes de Lima, requerendo informações referente ao prazo da liberação da ponte sobre o Rio Ariranha na MT-481._x000D_
 Por meio deste requerimento gostaria de solicitar informações referente a finalização e liberação da ponte sobre o Rio Ariranha na MT- 481 na região do Gato Preto e Colônia do Ariranha. REQUEIRO que, nos termos do Excelentíssimo Senhor Prefeito Municipal para que encaminhe a esta Casa de Leis as seguintes informações._x000D_
 Qual a data prevista para a liberação de tráfego na nova ponte sobre o Rio Ariranha na MT-481?</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/95/062-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/95/062-2023.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicézio e a Secretária de Municipal de Saúde, Manoela Nunes de Souza, requerendo informações referente ao funcionamento da impressora do aparelho de raio-x do hospital Municipal._x000D_
 Por meio deste requerimento gostaria de solicitar informações referente ao funcionamento da impressora do aparelho de raio-x. REQUEIRO que, nos termos do Excelentíssimo Senhor Prefeito Municipal para que encaminhe a esta Casa de Leis as seguintes informações. _x000D_
 •	Quanto tempo o hospital está sem fornecer imagens de raio-x impressa?_x000D_
 •	Qual o prazo para de manutenção da impressora?_x000D_
 _x000D_
 Diante do exposto, peço pela aprovação do presente requerimento._x000D_
 Considerando o que regulamenta a Lei 4198/20, Art 3°, Inciso I, aguardo a resposta referente ao presente requerimento. _x000D_
 Plenário Alba Berigo,15 de setembro de 2023.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/106/063-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/106/063-2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 101 do Regimento Interno, requer à Mesa, ouvido o soberano plenário, que este seja aprovado e devidamente encaminhado ao Prefeito Municipal e ao secretário de Administração “a solicitação de informações sobre o programa jovem aprendiz. Requer informações por qual razão a prefeitura não está cumprindo o programa que foi instituído pela Lei Municipal nº 2.933 de 7 de março de 2013, ainda em vigor.”</t>
   </si>
   <si>
     <t>Luizinho, Odair Ferruja</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/109/064-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/109/064-2023.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe _x000D_
 expediente ao Exmo Sr° prefeito Gustavo de Melo Anicézio,e ao Secretário Municipal _x000D_
 de Finanças e planejamento, Sr° Welton Vilela Cardoso “Solicitando informações _x000D_
 acerca da parceria a ser firmada entre o poder executivo municipal, e a Unemat, _x000D_
 para a instalação de dois novos cursos : O curso de Bacharelado em Ciências _x000D_
 Contábeis, e o curso de Bacharelado em Pedagogia ”.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/137/065-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/137/065-2023.pdf</t>
   </si>
   <si>
     <t>Requeiro, após ouvido o Plenário na forma Regimental, que a Mesa _x000D_
 encaminhe expediente ao Exmo. Sr. Gustavo Melo – Prefeito Municipal, e a Secretária_x000D_
 de Saúde, Sra Manoela Nunes, para que se dignem a informar:_x000D_
 1. Quantas cirurgias são realizadas, mensalmente, de _x000D_
 laqueadura e vasectomia, no município de Alto Araguaia?_x000D_
 2. Existe fila de espera para tais procedimentos cirúrgicos?_x000D_
 3. A Lei n° 14.443 de 02/09/2022 já está sendo aplicada no _x000D_
 município? _x000D_
 4. Exige-se, no município de Alto Araguaia, autorização do _x000D_
 cônjuge para a esterilização?_x000D_
 5. Qual a idade mínima para realizar a esterilização _x000D_
 voluntária?</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/136/066-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/136/066-2023.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicézio e a Secretária de Municipal de Saúde, Manoela Nunes de Souza, requerendo informações referente a distribuição de medicamentos que não fazem parte da farmácia básica.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/142/067-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/142/067-2023.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicézio e a Secretário de Municipal de Obras, Infraestrutura, Transporte e Frotas, Milton Fernandes de Lima, requerendo informações referente ao cumprimento da lei 4432/2022, que cria regras para a instalação e manutenção de fios e cabos fixados nos postes da rede elétrica existentes na zona urbana e rural do município de Alto Araguaia – MT, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/149/068-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/149/068-2023.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicézio e ao Ilmo. Senhor Secretário de Municipal de Administração Manoelito dos Dias de Rezende Neto  “requerendo informações referente ao Processo de Elaboração do Plano Diretor do Município e que seja previsto neste plano parâmetros de  valor do metro quadrado dos terrenos da sede do município de acordo com a localização”.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/150/069-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/150/069-2023.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicézio e a Secretária Municipal de Educação -, Sra. Eva Carmem Vieira de Carvalho “Requerendo informações sobre o término da obra da Creche Pro-infância Tipo B, localizada no Bairro Nossa Senhora Aparecida”:_x000D_
 •	Qual o motivo da paralisação da obra?_x000D_
 •	Qual a previsão para o término da obra?</t>
   </si>
   <si>
     <t>Clodoaldo, Fabiano do Gás, Luizinho, Marcos Nunes, Mariana de Souza, Marilia Maia, Marilzan, Mesa Diretora, Odair Ferruja, Ricardo Barbosa, Silvio Maia, Suzana Paniago</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/168/070-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/168/070-2023.pdf</t>
   </si>
   <si>
     <t>“requer do Prefeito Municipal informações sobre composição do Conselho Municipal de Desenvolvimento Rural Sustentável – CMDRS e informações sobre o estudo de viabilidade econômica que motivou tal recusa do Conselho em relação da Aquisição da Fazenda Córrego Azul para fins de assentamento”.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/169/071-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/169/071-2023.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, ouvido o Plenário, cumprindo as formalidades legais e _x000D_
 regimentais, vem Requerer da Mesa Diretora desta Casa de Leis o retorno do Projeto _x000D_
 “CÂMARA VAI ATÉ VOCÊ” .</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/170/072-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/170/072-2023.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, ouvido o Plenário, cumprindo as formalidades legais e regimentais, vem Requerer do Prefeito Municipal, o Sr. Gustavo Melo de Anicézio, ao Secretário de Obras e Infraestrutura, Sr. Milton Fernandes de Lima, solicitando manutenção na rede de esgoto na Rua Lauriston Fernandes Barbosa esquina com a Rua Lázaro Sebastião Ferreira.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/176/073-2023.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/196/074-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/176/073-2023.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/196/074-2023.pdf</t>
   </si>
   <si>
     <t>1.	Quais ações estão sendo adotadas pela Administração pública em relação aos animais abandonados na cidade Alto Araguaia?_x000D_
 2.	Existe alguma política pública voltada à educação e conscientização da população acerca do abandono e maus tratos aos animais?_x000D_
 3.	Conforme a Lei 9.605, de 12 de fevereiro 1998 - que dispõe sobre as sanções penais e administrativas derivadas de condutas e atividades lesivas ao meio ambiente- especificamente em seu Art. 32, é crime praticar ato de abuso, maus-tratos, ferir ou mutilar animais silvestres, domésticos ou domesticados, nativos ou exóticos. Sendo assim, indaga-se: qual medida a prefeitura de Alto Araguaia tem adotado para evitar a ocorrência de tal crime?</t>
   </si>
   <si>
     <t>2086</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária (Origem Executivo)</t>
   </si>
   <si>
     <t>GUSTAVO MELO DE ANICEZIO</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2086/scanner_20240904.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2086/scanner_20240904.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Alto Araguaia a _x000D_
 disponibilizar ônibus para o transporte até o _x000D_
 município de Goiânia - GO, dos atletas _x000D_
 selecionados peneirada solidária da escolinha _x000D_
 Dragões do Araguaia.</t>
   </si>
   <si>
     <t>2047</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2047/scanner_20240904_2.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2047/scanner_20240904_2.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão da revisão geral de subsidios _x000D_
 dos servidores públicos efetivos e comissionados, ativos, _x000D_
 inativos e pensionistas dos poderes € órgãos autônomos _x000D_
 do município de Alto Araguaia € dá outras providências.</t>
   </si>
   <si>
     <t>2048</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2048/scanner_20240904_3.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2048/scanner_20240904_3.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito _x000D_
 Adicional Suplementar no Orçamento do _x000D_
 Exercício de 2023, lei nº 4464 de 09 de _x000D_
 dezembro de 2022.</t>
   </si>
   <si>
     <t>2049</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2049/scanner_20240904_4.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2049/scanner_20240904_4.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Alto Araguaia a iidenizar _x000D_
 n?- Sess MA A ocupante por benfeitorias construídas em área a ser ————————- É Ê A e E revertida, e dá outras providências.</t>
   </si>
   <si>
     <t>2050</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2050/scanner_20240904_5.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2050/scanner_20240904_5.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Programa Municipal de _x000D_
 Data. 43/02 [não fa Distribuição de Sêmen para Incentivo à z JA Bovinocultura de Leite c de Corte no Município 27 Ses de Alto Araguaia/MT, denominado de Araguaia _x000D_
 Produtivo, e dá outras providências.</t>
   </si>
   <si>
     <t>2052</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2052/scanner_20240904_6.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2052/scanner_20240904_6.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito _x000D_
 Adicional Especial no Orçamento do _x000D_
 Exercício de 2023, lei nº 4464 de 09 de _x000D_
 dezembro de 2022.</t>
   </si>
   <si>
     <t>2053</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2053/scanner_20240904_7.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2053/scanner_20240904_7.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito 9º cima Sessão URGÊNCIA ESPECIAL Adicional Especial no Orçamento do E Jous Exercício de 2023, lei nº 4464 de 09 de dezembro de 2022.</t>
   </si>
   <si>
     <t>2054</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2054/scanner_20240904_8.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2054/scanner_20240904_8.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a transposição ca transferência _x000D_
 orçamentários, no orçamento da preteitura munitipal de _x000D_
 Alto Araguaia-MT para o exercício 2023 de acordo com a _x000D_
 lei complementar 172/2020, emenda complementar _x000D_
 126/2022 e LC 197/2022, a portaria GM/MS 96 de _x000D_
 07/02/2023 dá outras providências.</t>
   </si>
   <si>
     <t>2055</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2055/scanner_20240904_9.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2055/scanner_20240904_9.pdf</t>
   </si>
   <si>
     <t>sobre a autorização para celebrar convênio 3º s im] URGÊNCIA ESPECIAL com q Associação aos Pacientes Oncológicos de ma 90SSãO e E Barra do Garças - APOBAG”.</t>
   </si>
   <si>
     <t>2056</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2056/scanner_20240904_10.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2056/scanner_20240904_10.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Adicional Especial no Orçarrênto do Exercício de 2023, lei nº 4464 de 09 de dezembro de 2022.</t>
   </si>
   <si>
     <t>2057</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2057/scanner_20240904_11.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2057/scanner_20240904_11.pdf</t>
   </si>
   <si>
     <t>Autoriza O município _x000D_
 disponibilizar de Alto Araguaia a _x000D_
 ônibus à Paróquia Nossa Senhora _x000D_
 Auxiliadora, e dá outras providências.</t>
   </si>
   <si>
     <t>2058</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2058/scanner_20240904_12.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2058/scanner_20240904_12.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº _x000D_
 4.464/2022, e autoriza a abertura de Crédito _x000D_
 Adicional Suplementar no orçamento vigente.</t>
   </si>
   <si>
     <t>2059</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2059/scanner_20240904_14.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2059/scanner_20240904_14.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Fundo Municipal de UI /A0AI did p _x000D_
 Data: dO Educação (FME) e do Conselho Municipal de _x000D_
 Ea Sessão” rdias us Acompanhamento, Controle Social e Fiscalização do _x000D_
 FME, e dá outras providências.</t>
   </si>
   <si>
     <t>2060</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2060/scanner_20240904_15.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2060/scanner_20240904_15.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contrája _x000D_
 CIUS operação de crédito com O BANCO _x000D_
 BRASIL S.A., e dá outras providências.</t>
   </si>
   <si>
     <t>2062</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2062/scanner_20240904_17.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2062/scanner_20240904_17.pdf</t>
   </si>
   <si>
     <t>Fica revogado o inciso V, do art. 19 da Lei Municipal nº 1969/2006.</t>
   </si>
   <si>
     <t>2063</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2063/scanner_20240904_18.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2063/scanner_20240904_18.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Alto Araguaia a _x000D_
 disponibilizar ônibus aos atletas do Voleibol _x000D_
 Adulto Masculino e Feminino, e dá outras _x000D_
 providências.</t>
   </si>
   <si>
     <t>2064</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2064/scanner_20240904_19.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2064/scanner_20240904_19.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Alto Araguaia Sie _x000D_
 a inscrições em evento e disponibilizar óribus às _x000D_
 Lata: po lou! 202 sra atletas do Voleibol Adulto Femiífiino para _x000D_
 Jog 300 dimdnas participação em campeonato, ce dá outras _x000D_
 providências.</t>
   </si>
   <si>
     <t>2065</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2065/scanner_20240904_21.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2065/scanner_20240904_21.pdf</t>
   </si>
   <si>
     <t>Autoriza este município a celebrar convefkgxom à _x000D_
 : — Associação de Catadores de Material Re úclável do _x000D_
 Município de Alto Araguaia _x000D_
 D.SDL..-- ASCALTOARAGUAIA.</t>
   </si>
   <si>
     <t>2066</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2066/scanner_20240904_22.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2066/scanner_20240904_22.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Município de Alto Afaguaia : i _x000D_
 AOS Sossão Ondimamas Receber em Doação Imóvel que menciona e dá _x000D_
 outras providências.”</t>
   </si>
   <si>
     <t>2067</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2067/scanner_20240904_23.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2067/scanner_20240904_23.pdf</t>
   </si>
   <si>
     <t>“autoriza o Poder Executivo cipal _x000D_
 Celebrar Convênio com O onselho _x000D_
 Comunitário de Segurança Pública de Alto _x000D_
 Araguaia, para cobrir despesas com uniformes _x000D_
 das crianças do Projeto Bombeiros do Futuro”.</t>
   </si>
   <si>
     <t>2068</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2068/scanner_20240904_24.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2068/scanner_20240904_24.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº _x000D_
 de 12 de abril de 2022.</t>
   </si>
   <si>
     <t>2069</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2069/scanner_20240904_25.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2069/scanner_20240904_25.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional _x000D_
 Especial no orçamento vigente.</t>
   </si>
   <si>
     <t>2070</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2070/scanner_20240904_26.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2070/scanner_20240904_26.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura dE _x000D_
 Adicional Especial no Orçamei _x000D_
 AMAS  ; Exercício de 2023, lei nº 4464 de 09 de _x000D_
 dezembro de 2022.</t>
   </si>
   <si>
     <t>2071</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2071/scanner_20240904_27.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2071/scanner_20240904_27.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Espeécitnio _x000D_
 Data: 11 ho Y 2023 saia Orçamento do Exercício de 2023, lei nº 4464 de 09 de _x000D_
 148 Sosada DA Eua dezembro de 2022.</t>
   </si>
   <si>
     <t>2072</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2072/scanner_20240904_28.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2072/scanner_20240904_28.pdf</t>
   </si>
   <si>
     <t>Regulamenta a utilização de ônibus para a Diretoria de Esportes.</t>
   </si>
   <si>
     <t>2073</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2073/scanner_20240904_29.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2073/scanner_20240904_29.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de credito_x000D_
 Adicional Especial no Orçamentó do _x000D_
  Exercício de 2023, lei nº 4464 JC 09 de _x000D_
 - id dezembro de 2022.</t>
   </si>
   <si>
     <t>2074</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2074/scanner_20240904_30.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2074/scanner_20240904_30.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de! je _x000D_
 Adicional Especial no Orçame do _x000D_
 Exercício de 2023, lei nº 4464 de 09 de _x000D_
 dezembro de 2022.</t>
   </si>
   <si>
     <t>2075</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2075/scanner_20240904_31.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2075/scanner_20240904_31.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal nº 4.416, de _x000D_
 a aa 05 de julho de 2022, que dispõe sobre a política _x000D_
  , remuneratória dos Agentes Comunitários de Saúde _x000D_
  e Agentes de Combate às Endemias.”</t>
   </si>
   <si>
     <t>2076</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2076/scanner_20240904_32.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2076/scanner_20240904_32.pdf</t>
   </si>
   <si>
     <t>“Altera dispositivo da Lei Municipal nº 1.547, _x000D_
 de 14 de outubro de 2003, corrigindo o valor _x000D_
 do benefício do Programa Feijão no Fogo.”</t>
   </si>
   <si>
     <t>2077</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2077/scanner_20240904_33.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2077/scanner_20240904_33.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de _x000D_
 = Adicional Especial no Orçamento do _x000D_
 “ r Exercício de 2023, lei nº 4464 de 09 de _x000D_
  dezembro de 2022.</t>
   </si>
   <si>
     <t>2078</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2078/scanner_20240904_34.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2078/scanner_20240904_34.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal _x000D_
 celebrar convênio com O Conselho Comunitário _x000D_
 de Segurança Pública de Alto Araguaia - _x000D_
 CONSEG”.</t>
   </si>
   <si>
     <t>2079</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2079/scanner_20240904_35.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2079/scanner_20240904_35.pdf</t>
   </si>
   <si>
     <t>Autoriza o custeio de despesas obj _x000D_
 . subsidiar o registro dos títulos de legitimação _x000D_
 ; fundiária no âmbito da Lei Federal nº 13.465/2017 _x000D_
 e Decreto Federal n. 9.310/2018, inerentes à _x000D_
 Regularização Fundiária de Interesse Específico - _x000D_
 REURB-E, do Loteamento Jardim Aeroporto IV.</t>
   </si>
   <si>
     <t>2080</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2080/scanner_20240904_36.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2080/scanner_20240904_36.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédi _x000D_
 Adicional Suplementar no Orçamento do _x000D_
 Exercício de 2023, lei nº 4464 de 09 de _x000D_
 dezembro de 2022.</t>
   </si>
   <si>
     <t>2081</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2081/scanner_20240904_37.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2081/scanner_20240904_37.pdf</t>
   </si>
   <si>
     <t>2082</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2082/scanner_20240904_38.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2082/scanner_20240904_38.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicion _x000D_
 Suplementar no Orçamento do Exercício-de _x000D_
 2023, lei nº 4464 de 09 de dezembro de 2022.</t>
   </si>
   <si>
     <t>2083</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2083/scanner_20240904_39.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2083/scanner_20240904_39.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de X édito _x000D_
 Adicional Suplementar no Orçamento do _x000D_
 Exercício de 2023, lei nº 4464 de 09 de _x000D_
 dezembro de 2022.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/4/scanner_20240904_40.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/4/scanner_20240904_40.pdf</t>
   </si>
   <si>
     <t>Define no âmbito do município de Alto Araguaia, os procedimentos para pagamento de obrigações de pequeno valor, previstas no § 3º do art. 100 da Constituição da República.</t>
   </si>
   <si>
     <t>2084</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2084/scanner_20240904_41.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2084/scanner_20240904_41.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Suplementar no Orçamento _x000D_
 do Exercício de 2023, lei nº 4464 de 09 de dezembro de 2022.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/28/scanner_20240904_42.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/28/scanner_20240904_42.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a instituição do programa de recuperação fiscal – refis/modelo 2023, conforme especifica e dá outras providências.”</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/29/scanner_20240904_43.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/29/scanner_20240904_43.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a abertura de Crédito _x000D_
 Adicional Especial no Orçamento do _x000D_
 Exercício de 2023, lei nº 4464 de 09 de _x000D_
 dezembro de 2022.”</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/30/scanner_20240904_44.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/30/scanner_20240904_44.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a abertura de Crédito _x000D_
 Adicional Suplementar no Orçamento do _x000D_
 Exercício de 2023, lei nº 4464 de 09 de _x000D_
 dezembro de 2022.”</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/31/scanner_20240904_45.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/31/scanner_20240904_45.pdf</t>
   </si>
   <si>
     <t>“Autoriza a abertura de Crédito Adicional Especial_x000D_
 no orçamento vigente e dá Outras Providencias”.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/32/scanner_20240904_46.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/54/scanner_20240904_47.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/32/scanner_20240904_46.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/54/scanner_20240904_47.pdf</t>
   </si>
   <si>
     <t>Ratifica a instituição do Protocolo de Intenções e a regulamentação do Consórcio Regional De Saúde Sul De Mato Grosso em conformidade com Lei nº 11.107, de 06 de abril de 2005, e do Decreto Federal n. 6.017/07 e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/68/scanner_20240905_17.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/68/scanner_20240905_17.pdf</t>
   </si>
   <si>
     <t>“Altera os anexos do PPA (2022/2025) e dá_x000D_
 outras providências”</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/69/scanner_20240905_15.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/69/scanner_20240905_15.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da lei orçamentária de 2024.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/70/scanner_20240905_14.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/70/scanner_20240905_14.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do município de Alto Araguaia, Estado de Mato Grosso, para o exercício financeiro de 2024 e dá outras providências”.</t>
   </si>
   <si>
     <t>2085</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2085/scanner_20240904_48.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2085/scanner_20240904_48.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a de Crédito Adicional Especial no _x000D_
 Orçamento do Exercício de 2023 para atender o _x000D_
 Programa Mais MT Cirurgias 2023 - Programa _x000D_
 Estadual de Cirurgias Eletivas no âmbito do estado de _x000D_
 Mato Grosso.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/108/scanner_20240904_51.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/108/scanner_20240904_51.pdf</t>
   </si>
   <si>
     <t>Acresce dispositivo à Lei Municipal nº 4.133, de 16 de abril de 2019._x000D_
 Art. 1º O Art. 10, da Lei Municipal nº 4.133, de 16 de abril de 2019, passa a vigorar acrescido do § 4º, com a seguinte redação:_x000D_
 “Art. 10 (...)_x000D_
 (...)_x000D_
 § 4º A taxa de que trata este artigo, poderá ser substituída pela quantia de óleo diesel necessária à realização dos trabalhos, devendo o produto ser fornecido diretamente pelo produtor beneficiário, conforme plano de trabalho desenvolvido pela Secretaria Municipal de Agricultura e Meio Ambiente, a qual deverá observar os critérios estabelecidos no “caput” e § 1º, deste artigo.”</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/126/scanner_20240904_52.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/126/scanner_20240904_52.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre autorização de Permissão de Uso e dá outras providências”.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/127/scanner_20240904_53.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/127/scanner_20240904_53.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a política habitacional de interesse social do município de Alto Araguaia”.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/128/scanner_20240904_54.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/128/scanner_20240904_54.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a abertura de Crédito Adicional Suplementar no Orçamento do Exercício de 2023, lei nº 4464 de 09 de dezembro de 2022”.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/129/scanner_20240904_55.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/129/scanner_20240904_55.pdf</t>
   </si>
   <si>
     <t>– “Dispõe sobre a abertura de Crédito Adicional Suplementar no Orçamento do Exercício de 2023, lei nº 4464 de 09 de dezembro de 2022”.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/132/scanner_20240904_55.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/132/scanner_20240904_55.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Alto Araguaia a custear _x000D_
 despesas com atletas e instrutores para avaliações _x000D_
 e treinamentos em Centro de Treinamentos da _x000D_
 Equipe do Fluminense</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/133/projeto_de_lei.056_1.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/143/scanner_20240904_57.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/133/projeto_de_lei.056_1.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/143/scanner_20240904_57.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional _x000D_
 Suplementar no Orçamento do Exercício de _x000D_
 2023, lei nº 4464 de 09 de dezembro de 2022</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/161/scanner_20240905_13.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/161/scanner_20240905_13.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 059, DE 17 DE NOVEMBRO DE 2023. Dispõe sobre a abertura de Crédito _x000D_
 Adicional Suplementar no Orçamento do Exercício de 2023, lei nº 4464 de 09 de dezembro de 2022.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/162/scanner_20240905_12.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/162/scanner_20240905_12.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 060, DE 17 DE NOVEMBRO DE 2023. Dispõe sobre a abertura de Crédito Adicional _x000D_
 Suplementar no Orçamento do Exercício de 2023, lei nº 4464 de 09 de dezembro de 2022</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/163/scanner_20240905_11.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/163/scanner_20240905_11.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Suplementar no Orçamento do Exercício de 2023, lei nº 4464 de 09 de dezembro de 2022.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/164/scanner_20240905_10.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/164/scanner_20240905_10.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Especial no Orçamento do Exercício de 2023, lei nº 4464 de 09 de dezembro de 2022.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/165/scanner_20240905_9.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/165/scanner_20240905_9.pdf</t>
   </si>
   <si>
     <t>Altera a redação da Lei Municipal n.º 2.575, de 20 de outubro de 2009, que reestrutura o Regime Próprio de Previdência Social do Município de Alto Araguaia/MT e, dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/166/scanner_20240905_8.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/167/scanner_20240905_7.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/166/scanner_20240905_8.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/167/scanner_20240905_7.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre autorização para celebrar convênio com o Sindicato Rural de Alto Araguaia”.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/208/scanner_20240905_6.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/208/scanner_20240905_6.pdf</t>
   </si>
   <si>
     <t>"Altera dispositivos da Lei _x000D_
 Municipal nº 2742/2010, e da outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/209/scanner_20240905_5.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/209/scanner_20240905_5.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo _x000D_
 Municipal custear despesas com as solenidades de formatura da 2º Turma do Curso de Direito da _x000D_
 Universidade do Estado de Mato Grosso – UNEMAT”.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/210/scanner_20240905_4.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/210/scanner_20240905_4.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a abertura de _x000D_
 Crédito Adicional Suplementar no Orçamento do Exercício de 2023, lei nº 4464 de 09 de _x000D_
 dezembro de 2022”.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/212/scanner_20240905_3.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/212/scanner_20240905_3.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal 4459/2022 e os Anexos I e IX da Lei Municipal no 2742/2010, e dá outras providências</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/213/scanner_20240905_2.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/213/scanner_20240905_2.pdf</t>
   </si>
   <si>
     <t>Acresce dispositivo à Lei Municipal no 2.742/2010.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/214/scanner_20240905.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/214/scanner_20240905.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a repassar aos Agentes Comunitários de Saúde vinculados às equipes de Saúde da Família, incentivo financeiro adicional</t>
   </si>
   <si>
     <t>1955</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária (Origem Legislativo)</t>
   </si>
   <si>
     <t>MESA DIRETORA - MD</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1955/scanner_20240829_29.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1955/scanner_20240829_29.pdf</t>
   </si>
   <si>
     <t>“Altera dispositivos e anexos da Lei 2545/2009 e dá _x000D_
 outras providências.”</t>
   </si>
   <si>
     <t>1956</t>
   </si>
   <si>
     <t>MESA DIRETORA - MD, Clodoaldo, Fabiano do Gás, Luizinho, Marcos Nunes, Mariana de Souza, Marilia Maia, Marilzan, Odair Ferruja, Ricardo Barbosa, Silvio Maia, Suzana Paniago</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1956/scanner_20240829_30.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1956/scanner_20240829_30.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a instituir O _x000D_
 Programa Bolsa Aluguel no Município de Alto _x000D_
 Araguaia — MT, e dá outras providências.”</t>
   </si>
   <si>
     <t>1957</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1957/scanner_20240829_31.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1957/scanner_20240829_31.pdf</t>
   </si>
   <si>
     <t>“Institui, no âmbito do Município de _x000D_
  Alto Araguaia, o Mês de _x000D_
 E “ Sessão ursos O Conscientização da Doença de _x000D_
 Parkinson, denominado “Tulipa _x000D_
 : ento Vermelha”, e dá outras _x000D_
 providências..”</t>
   </si>
   <si>
     <t>1958</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1958/scanner_20240829_32.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1958/scanner_20240829_32.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre implantação nas unidades escolares _x000D_
 da rede Pública Municipal, como forma de _x000D_
 prevenção e defesa a atos de violência, a _x000D_
 implantação do botão de pânico.”</t>
   </si>
   <si>
     <t>1959</t>
   </si>
   <si>
     <t>Clodoaldo, Fabiano do Gás, Luizinho, Marcos Nunes, Mariana de Souza, Marilia Maia, Marilzan, Odair Ferruja, Ricardo Barbosa, Silvio Maia, Suzana Paniago</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1959/scanner_20240829_33.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1959/scanner_20240829_33.pdf</t>
   </si>
   <si>
     <t>Acresce o $ 1º ao artigo 22 da Lei nº 1337/21, que _x000D_
 “institui o Código Tributário do Município de Alto _x000D_
 Araguaia e dá outras providências”, na forma que _x000D_
  _x000D_
 especifica.</t>
   </si>
   <si>
     <t>1960</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1960/scanner_20240829_34.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1960/scanner_20240829_34.pdf</t>
   </si>
   <si>
     <t>“Altera o nome da Praça Tiradentes para _x000D_
 Praça Antonio Silvério da Costa, _x000D_
 popularmente conhecido como Tonico _x000D_
 Nunes”.</t>
   </si>
   <si>
     <t>1961</t>
   </si>
   <si>
     <t>Fabiano do Gás, Luizinho, Marcos Nunes, Mariana de Souza, Marilia Maia, Marilzan, Odair Ferruja, Ricardo Barbosa, Silvio Maia, Suzana Paniago</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1961/scanner_20240829_35.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1961/scanner_20240829_35.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre as diretrizes para as ações de Promoção da _x000D_
 Dignidade Menstrual, de conscientização e informação _x000D_
 sobre a menstruação, o fornecimento de absorventes _x000D_
 higiênicos e dá outras providências.”</t>
   </si>
   <si>
     <t>1962</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1962/scanner_20240829_36.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1962/scanner_20240829_36.pdf</t>
   </si>
   <si>
     <t>Ementa: Cria o Programa Libra nas Escolas, na rede de _x000D_
 ensino das escolas públicas do município de Alto _x000D_
 Araguaia e dá outras providências.</t>
   </si>
   <si>
     <t>1964</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1964/scanner_20240829_38.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1964/scanner_20240829_38.pdf</t>
   </si>
   <si>
     <t>Declara Patrimônio Cultural Imaterial do _x000D_
 Os z Í ds . 19€ sessão padimanos : É Município de Alto Araguaia-MT o “Arraiá _x000D_
 da Gabiroba” e dá outras providências.</t>
   </si>
   <si>
     <t>1965</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1965/scanner_20240829_39.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1965/scanner_20240829_39.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário Oficial de Eventos e Festas do _x000D_
 Município o “Almoço em comemoração ao Dia das _x000D_
 Mães”</t>
   </si>
   <si>
     <t>1966</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1966/scanner_20240829_40.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1966/scanner_20240829_40.pdf</t>
   </si>
   <si>
     <t>Institui e inclui no Calendário Oficial de Eventos e Festas do _x000D_
 Município, o “Arraiá da Gabiroba”, e dá outras providências.</t>
   </si>
   <si>
     <t>1967</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1967/scanner_20240829_42.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1967/scanner_20240829_42.pdf</t>
   </si>
   <si>
     <t>“Institui no município de Alto Araguaia, estado de Mato Grosso, _x000D_
 4339 o “Dia Municipal do Feirante”</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/34/scanner_20240829_44.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/34/scanner_20240829_44.pdf</t>
   </si>
   <si>
     <t>“Declara de utilidade pública a Patrulha Ambiental de Alto Araguaia -MT, e dá outras providências”. Autoria: Luizinho e demais vereadores</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/38/scanner_20240829_45.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/38/scanner_20240829_45.pdf</t>
   </si>
   <si>
     <t>“Altera o nome da rua 22 para Tia Maria e dá outras providências”. Autoria: Marília Maia Rabello Queiroz.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/39/scanner_20240829_46.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/39/scanner_20240829_46.pdf</t>
   </si>
   <si>
     <t>– “Estabelece o dever e obriga os bares, restaurantes e casas noturnas a adotar medidas de auxílio à mulher que se sinta em situação de risco.” Autoria: Ricardo Barbosa dos Santos.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/50/scanner_20240829_48.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/50/scanner_20240829_48.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre nomeação de Rua, no Bairro Nossa Senhora _x000D_
 Aparecida”. Autoria: Vereador Ricardo Barbosa dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/51/scanner_20240829_50.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/51/scanner_20240829_50.pdf</t>
   </si>
   <si>
     <t>INSTITUI A “SEMANA MUNICIPAL QUEBRANDO O SILÊNCIO”, COM AÇÕES VOLTADAS À LEI MARIA DA PENHA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/52/scanner_20240829_54.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/52/scanner_20240829_54.pdf</t>
   </si>
   <si>
     <t>- “Altera dispositivo da lei Municipal nº _x000D_
 4255/2021”. Autoria: Vereador Marcos Nunes</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/130/scanner_20240829_51.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/130/scanner_20240829_51.pdf</t>
   </si>
   <si>
     <t>- “Dispõe Sobre a Equidade nas premiações Esportivas concedidas a homens e as mulheres em eventos realizados no município de Alto Araguaia- MT”.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/144/scanner_20240829_47.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/144/scanner_20240829_47.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a criação  da Ouvidoria Especial de proteção a Pessoa Idosa no Município de Alto Araguaia e dá outras providências”</t>
   </si>
   <si>
     <t>Fabiano do Gás, Marilzan, Odair Ferruja</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/145/scanner_20240829_52.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/145/scanner_20240829_52.pdf</t>
   </si>
   <si>
     <t>“ASSEGURA AOS PROFESSORES E DEMAIS SERVIDORES DAS ESCOLAS PÚBLICAS MUNICIPAIS DE ALTO ARAGUAIA-MT O DIREITO À ALIMENTAÇÃO PELO PROGRAMA DE MERENDA ESCOLAR, E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/191/023-_fabiano_-_marilzan-odair-.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/191/023-_fabiano_-_marilzan-odair-.pdf</t>
   </si>
   <si>
     <t>ASSEGURA AOS PROFESSORES E DEMAIS SERVIDORES DAS ESCOLAS PÚBLICAS MUNICIPAIS DE ALTO ARAGUAIA-MT O DIREITO À ALIMENTAÇÃO PELO PROGRAMA DE MERENDA ESCOLAR, E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>1963</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1963/scanner_20240829_37.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1963/scanner_20240829_37.pdf</t>
   </si>
   <si>
     <t>“Altera dispositivos e anexos da Lei Municipal _x000D_
 nº 2545/2009 e dá outras providências”.</t>
   </si>
   <si>
     <t>1968</t>
   </si>
   <si>
     <t>Fabiano do Gás, Marcos Nunes, Mariana de Souza, Marilia Maia, MESA DIRETORA - MD</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1968/scanner_20240829_43.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1968/scanner_20240829_43.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a fixação de Diárias da Câmara _x000D_
 Municipal de Alto Araguaia”.</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/71/scanner_20240829_55.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/71/scanner_20240829_55.pdf</t>
   </si>
   <si>
     <t>“Cria a honraria “Cláudia Cezar de Azevedo (Claudinha)” para homenagear mulheres que prestaram relevante serviço à comunidade da cidade de Alto Araguaia.”</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/83/scanner_20240829_58.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/83/scanner_20240829_58.pdf</t>
   </si>
   <si>
     <t>“Institui a Câmara Mirim no município de Alto _x000D_
 Araguaia MT e estabelece normas para seu funcionamento.”</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/96/scanner_20240829_60.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/96/scanner_20240829_60.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a Criação da Procuradoria da Mulher no âmbito da Câmara Municipal do Município de Alto Araguaia – MT, e dá outras providências.”</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/215/scanner_20240829_2.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/215/scanner_20240829_2.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre alteração da Resolução _x000D_
 Legislativa n° 004/2022, e dá outras _x000D_
 providências.”</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/187/scanner_20240829_6.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/187/scanner_20240829_6.pdf</t>
   </si>
   <si>
     <t>“Concede título de cidadão Araguaiense a Srª. SUELY REGINA DOS SANTOS”</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/107/scanner_20240829_18.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/107/scanner_20240829_18.pdf</t>
   </si>
   <si>
     <t>“Concede medalha do mérito Cláudia_x000D_
 Cézar de Azevedo (Claudinha) à Sra. _x000D_
 Polleyka Fraga dos Santos”</t>
   </si>
   <si>
     <t>1951</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1951/scanner_20240829_10.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1951/scanner_20240829_10.pdf</t>
   </si>
   <si>
     <t>“Concede Título de Cidadã Araguaiense à _x000D_
 Sra. Gianny Valkiria de Souza Obando”</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/184/scanner_20240829_12.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/184/scanner_20240829_12.pdf</t>
   </si>
   <si>
     <t>“Concede título de cidadão Araguaiense a Sr. MÁRCIO CLEBER FERREIRA”.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/185/scanner_20240829_14.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/185/scanner_20240829_14.pdf</t>
   </si>
   <si>
     <t>“Concede título de cidadão Araguaiense a Sr. TRAJANO BORGES DE MENDONÇA”.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/80/scanner_20240829_16.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/80/scanner_20240829_16.pdf</t>
   </si>
   <si>
     <t>“Concede título de Cidadão Araguaiense ao Sr. Américo Alves Filho”.</t>
   </si>
   <si>
     <t>1952</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1952/scanner_20240829_18.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1952/scanner_20240829_18.pdf</t>
   </si>
   <si>
     <t>“Concede a honraria Cláudia Cézar de _x000D_
 Azevedo (Claudinha) à Sra. Polleyka _x000D_
 Fraga dos Santos”</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/111/scanner_20240829_20.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/111/scanner_20240829_20.pdf</t>
   </si>
   <si>
     <t>“Concede título de Cidadã _x000D_
 Araguaiense à Sra. Ana _x000D_
 Luzia Gomes Pereira”.</t>
   </si>
   <si>
     <t>Mariana de Souza, Luizinho</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/113/scanner_20240829_22.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/113/scanner_20240829_22.pdf</t>
   </si>
   <si>
     <t>“Concede título de Cidadã Araguaiense à_x000D_
                                                           Sra. Mônica Reis e Silva Cazon Anicesio”.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/112/scanner_20240829_24.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/112/scanner_20240829_24.pdf</t>
   </si>
   <si>
     <t>“Concede título de _x000D_
 Cidadão Araguaiense ao _x000D_
 Sr. Leandro Barbosa _x000D_
 Infante”.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/157/scanner_20240829_26.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/157/scanner_20240829_26.pdf</t>
   </si>
   <si>
     <t>“Concede título de cidadã Araguaiense a Sra. NETÔNICA CARDOSO DOS SANTOS SERAFIM”</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/189/scanner_20240829_28.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/189/scanner_20240829_28.pdf</t>
   </si>
   <si>
     <t>“Concede Título de Cidadão Araguaiense ao _x000D_
 Sr. Dilson Basso.”</t>
   </si>
   <si>
     <t>Clodoaldo, Marilzan, Silvio Maia</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/190/scanner_20240829_4.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/190/scanner_20240829_4.pdf</t>
   </si>
   <si>
     <t>“Concede título de cidadão Araguaiense ao Sr. VANDERLEI FRANCISCO DA SILVA.”</t>
   </si>
   <si>
     <t>1969</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Proposta de Emenda a Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1969/scanner_20240829_61.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1969/scanner_20240829_61.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 78-A da Lei Orgânica do Município de Alto _x000D_
 A do a Araguaia-MT.</t>
   </si>
   <si>
     <t>2087</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2087/scanner_20240905_16.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2087/scanner_20240905_16.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscreve, com assento nesta Casa de Leis, com base _x000D_
 no art. 96. $ 1º, do Regimento Interno, propõe a seguinte Emenda aditiva e modificativa ao _x000D_
 Projeto de Lei de nº 047/2023, de autoria do Poder Executivo:</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/</t>
   </si>
   <si>
     <t>“Estima a receita e fixa a _x000D_
 despesa do município de Alto Araguaia, Estado de Mato Grosso, para o exercício financeiro de 2024 e dá _x000D_
 outras providências”.</t>
   </si>
   <si>
     <t>“Dispõe sobre as diretrizes _x000D_
 para a elaboração da lei orçamentária de 2024”.</t>
   </si>
   <si>
     <t>2061</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2061/scanner_20240904_16.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2061/scanner_20240904_16.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscreve, com assento nesta Casa de Leis, propõem a seguinte Emenda Modificativa ao Projeto de Lei de nº 014/2023, de autoria do Executivo, que autoriza o Poder Executivo a contratar operação de crédito com o BANCO BRASIL S.A,, e dá outras providências.</t>
   </si>
   <si>
     <t>VT</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/211/veto_002-2023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/211/veto_002-2023.pdf</t>
   </si>
   <si>
     <t>- Veto ao Projeto do Legislativo nº 022/2023</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1146/scanner_20240829_53.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1146/scanner_20240829_53.pdf</t>
   </si>
   <si>
     <t>Veto ao Projeto de Lei do Legislativo nº 023/2023</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção de Congratulações e Aplausos.</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações para a _x000D_
 Primeira Dama e Secretária de Assistência Social, Priscila Dourado Martins.</t>
   </si>
   <si>
     <t>1971</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1971/002-2023-_aplausos.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1971/002-2023-_aplausos.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações para o aluno _x000D_
 Gabriel Carvalho Silva.</t>
   </si>
   <si>
     <t>1972</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1972/003-2023-_aplausos.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1972/003-2023-_aplausos.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações para o Professor _x000D_
 Helton Nascimento da Silva.</t>
   </si>
   <si>
     <t>1973</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1973/004-2023-_aplausos.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1973/004-2023-_aplausos.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações para a Professora _x000D_
 Poliana Fernandes de Lima,</t>
   </si>
   <si>
     <t>1974</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1974/005-2023-_aplausos.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1974/005-2023-_aplausos.pdf</t>
   </si>
   <si>
     <t>Sr" Abilene Antônia Bastos Queiroz, pelos seus _x000D_
 relevantes serviços prestados no município de Alto Araguaia-MT.</t>
   </si>
   <si>
     <t>1975</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1975/006-2023-_aplausos.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1975/006-2023-_aplausos.pdf</t>
   </si>
   <si>
     <t>Escola Municipal Maria _x000D_
 Julia de Almeida, pela premiação Educa MT recebida pelo seu desempenho de _x000D_
 aprendizagem dentro do Programa Alfabetiza MT.</t>
   </si>
   <si>
     <t>1976</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1976/007-2023-_aplausos.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1976/007-2023-_aplausos.pdf</t>
   </si>
   <si>
     <t>às“ Equipes de Voleibol do _x000D_
 Município, pelo desempenho nos Jogos Escolares e Estudantis Mato-grossenses.</t>
   </si>
   <si>
     <t>1977</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1977/008-2023-_aplausos.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1977/008-2023-_aplausos.pdf</t>
   </si>
   <si>
     <t>Equipes de Futsal do _x000D_
 Município, pelo desempenho nos Jogos Escolares e Estudantis Mato-grossenses.</t>
   </si>
   <si>
     <t>1978</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1978/009-2023-_aplausos.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1978/009-2023-_aplausos.pdf</t>
   </si>
   <si>
     <t>ombeiros Civis de Alto _x000D_
 Araguaia pelos relevantes serviços prestados na sociedade.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/178/010-_2023-_aplausos_i.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/178/010-_2023-_aplausos_i.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES ao Conselho Diretor do Rotary Club de Santa Rita do Araguaia-GO e Alto Araguaia-MT, pelos relevantes serviços prestados à comunidade durante a  Gestão 2022-2023.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/179/011-2023-aplausos.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/179/011-2023-aplausos.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações ao Conselho Diretor da Casa da Amizade de Santa Rita do Araguaia-GO e Alto Araguaia-MT, Gestão 2022-2023.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/33/012-_2023_-__mariana_-_rodrigo_reolly.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/33/012-_2023_-__mariana_-_rodrigo_reolly.pdf</t>
   </si>
   <si>
     <t>“Moção de Aplausos ao senhor Rodrigo José de Oliveira pelos relevantes serviços prestados em Alto Araguaia.”</t>
   </si>
   <si>
     <t>1981</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações a Irene Severina _x000D_
 Rezende pelo talento como escritora.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/84/014-2023-_aplausos.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/84/014-2023-_aplausos.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, vem respeitosamente, requerer à Mesa, _x000D_
 ouvido o Soberano Plenário, com fulcro no Regimento Interno desta Augusta Casa de _x000D_
 Leis, que seja aprovada MOÇÃO DE APLAUSOS à Manoela Nunes de Souza</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/97/015-2023-aplausos.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/97/015-2023-aplausos.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO SR. FRANCISCO GONÇALVES NAVES, MAIS CONHECIDO COMO CHIQUINHO, ATUAL PREFEITO DE ARAGUAINHA-MT.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/181/016-2023-aplausos.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/181/016-2023-aplausos.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS a Willengarg Elias De Oliveira.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/118/017-2023-_aplausos.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/118/017-2023-_aplausos.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, vem respeitosamente, requer à Mesa, ouvido o Soberano Plenário, com fulcro no Regimento Interno desta Augusta Casa de Leis, que seja aprovada MOÇÃO DE APLAUSOS ao Servidor Público Gilberto Otoni dos Santos Rodrigues em reconhecimento dos seus relevantes serviços prestados ao município de Alto Araguaia-MT.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/119/018-_2023-aplausos.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/119/018-_2023-aplausos.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, vem respeitosamente, requer à Mesa, ouvido o Soberano Plenário, com fulcro no Regimento Interno desta Augusta Casa de Leis, que seja aprovada MOÇÃO DE APLAUSOS a Professora Hébia Márcia Elias de Oliveira em reconhecimento dos seus relevantes serviços prestados ao município de Alto Araguaia, através da educação.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/120/019-2023-aplausos.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/120/019-2023-aplausos.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, vem respeitosamente, requer à Mesa, ouvido o Soberano Plenário, com fulcro no Regimento Interno desta Augusta Casa de Leis, que seja aprovada MOÇÃO DE APLAUSOS a Professora Maria Rita Ferreira dos Santos em reconhecimento dos seus relevantes serviços prestados ao município de Alto Araguaia, através da educação.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/121/020-_2023-aplausos.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/121/020-_2023-aplausos.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, vem respeitosamente, requer à Mesa, ouvido o Soberano Plenário, com fulcro no Regimento Interno desta Augusta Casa de Leis, que seja aprovada MOÇÃO DE APLAUSOS a Sr.ª Celma Inês de Souza Fávero em reconhecimento dos seus relevantes serviços prestados ao município de Alto Araguaia, através da educação.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/122/021-2023-aplausos.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/122/021-2023-aplausos.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, vem respeitosamente, requer à Mesa, ouvido o Soberano Plenário, com fulcro no Regimento Interno desta Augusta Casa de Leis, que seja aprovada MOÇÃO DE APLAUSOS a Sr.ª Neliana Borges de Souza em reconhecimento dos seus relevantes serviços prestados ao município de Alto Araguaia, através da educação.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/131/022-2023-_aplausos.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/131/022-2023-_aplausos.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, vem respeitosamente, requer à Mesa, ouvido o Soberano Plenário, com fulcro no Regimento Interno desta Augusta Casa de Leis, que seja aprovada MOÇÃO DE APLAUSOS a Alana Márcia Ferro de Almeida em reconhecimento dos seus relevantes serviços prestados na educação do município de Alto Araguaia-MT.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/197/mocao_de_repudio_energisa_-_mariana_e_outros.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/197/mocao_de_repudio_energisa_-_mariana_e_outros.pdf</t>
   </si>
   <si>
     <t>À EMPRESA ENERGISA, diante das constantes quedas e _x000D_
 interrupções de energias injustificadas, que tem ocasionado vários transtornos à população Araguaiense, _x000D_
 tanto na zona rural como na urbana</t>
   </si>
   <si>
     <t>1979</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1979/010-2023-_aplausos.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1979/010-2023-_aplausos.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS à Comissão Organizadora do _x000D_
 Arraiá do Bairro Gabiroba.</t>
   </si>
   <si>
     <t>1980</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1980/012-2023-_aplausos.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1980/012-2023-_aplausos.pdf</t>
   </si>
   <si>
     <t>ao senhor Rodrigo José de _x000D_
 Oliveira pelos relevantes serviços prestados em Alto Araguaia.</t>
   </si>
   <si>
     <t>1982</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1982/001-_2023-_apoio.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1982/001-_2023-_apoio.pdf</t>
   </si>
   <si>
     <t>Os vereadores abaixo assinados, Requerem da Mesa Diretora envio de moção de apoio ao _x000D_
 Congresso Nacional, em face da tentativa de legalização do aborto por meio da ADPF 442, a fim _x000D_
 — de garantir as prerrogativas constitucionais e republicanas das competências do Poder _x000D_
 Legislativo e de se evitarum possível ativismo judicial por parte do Supremo Tribunal Federal. _x000D_
 Requerem aos Gabinetes das Presidências do Senado Federal e da Câmara dos Deputados _x000D_
 que acolham esta moção como manifestação de vontade da maioria absoluta do Povo de Alto _x000D_
 Araguaia-MT mediante deliberação de seus representantes legitimamente eleitos, no intuito de _x000D_
 impedir a usurpação da competência primária do Poder Legislativo de legiferante.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -6105,67 +6105,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1984/indicacoes_2023_01-1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/990/indicacoes_2023_01-3.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/991/indicacoes_2023_01-5.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/992/indicacoes_2023_01-7.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/993/indicacoes_2023_01-9.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1985/indicacoes_2023_01-11.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/994/indicacoes_2023_01-13.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1986/indicacoes_2023_01-15.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/995/indicacoes_2023_01-17.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/996/indicacoes_2023_01-19.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/997/indicacoes_2023_01-21.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/998/indicacoes_2023_01-23.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/999/indicacoes_2023_01-25.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1001/indicacoes_2023_01-27.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1002/indicacoes_2023_01-29-31.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1003/indicacoes_2023_01-33.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1004/indicacoes_2023_01-35.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1987/indicacoes_2023_01-37.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1005/indicacoes_2023_01-39.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1006/indicacoes_2023_01-41.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1007/indicacoes_2023_01-43.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1988/indicacoes_2023_01-45.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1989/indicacoes_2023_01-47.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1990/indicacoes_2023_01-49.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1991/indicacoes_2023_01-51.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1992/indicacoes_2023_01-53.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1993/indicacoes_2023_01-55.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1994/indicacoes_2023_01-57.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1995/indicacoes_2023_01-59.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1996/indicacoes_2023_01-61.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1997/indicacoes_2023_01-63.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1998/indicacoes_2023_01-65.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1999/indicacoes_2023_01-67.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2000/indicacoes_2023_01-69-71.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2001/indicacoes_2023_01-73.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2002/indicacoes_2023_01-75.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2003/indicacoes_2023_01-77.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2004/indicacoes_2023_02-1.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2005/indicacoes_2023_02-3.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2006/indicacoes_2023_02-5.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2007/indicacoes_2023_02-7.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2008/indicacoes_2023_02-9-11.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2009/indicacoes_2023_02-13.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2010/indicacoes_2023_02-15-17.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2011/indicacoes_2023_02-19.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2012/indicacoes_2023_02-21.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2013/indicacoes_2023_02-23.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2014/indicacoes_2023_02-25.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2015/indicacoes_2023_02-27.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2016/indicacoes_2023_02-29-33.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2017/indicacoes_2023_02-35-37.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2018/indicacoes_2023_02-39.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2019/indicacoes_2023_02-41.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2020/indicacoes_2023_02-43.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2021/indicacoes_2023_02-45.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2022/indicacoes_2023_02-47.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2023/indicacoes_2023_02-49.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2024/indicacoes_2023_02-51.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2025/indicacoes_2023_02-53-55.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2026/indicacoes_2023_02-57.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2027/indicacoes_2023_02-59.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2029/indicacoes_2023_02-61.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2028/indicacoes_2023_02-63.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2030/indicacoes_2023_02-65.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2031/indicacoes_2023_02-67.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2032/indicacoes_2023_02-71.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2033/indicacoes_2023_02-73.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2034/indicacoes_2023_02-75.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2035/indicacoes_2023_02-77.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2036/indicacoes_2023_02-79.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2037/indicacoes_2023_02-81.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2038/indicacoes_2023_02-83.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1008/indicacoes_2023_02-85.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1009/indicacoes_2023_02-87.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2039/indicacoes_2023_02-89.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1010/indicacoes_2023_03-1.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2040/indicacoes_2023_03-3.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1011/indicacoes_2023_03-5.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1012/indicacoes_2023_03-7.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1013/indicacoes_2023_03-9.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1014/indicacoes_2023_03-11.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1015/indicacoes_2023_03-13.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1016/indicacoes_2023_03-15.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2041/indicacoes_2023_03-17-21.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1017/indicacoes_2023_03-23.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2042/indicacoes_2023_03-25.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1019/indicacoes_2023_03-27.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1020/indicacoes_2023_03-29.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1021/indicacoes_2023_03-31.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1022/indicacoes_2023_03-33.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1023/indicacoes_2023_03-35.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1024/indicacoes_2023_03-37.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1025/indicacoes_2023_03-39.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1026/indicacoes_2023_03-41.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1027/indicacoes_2023_03-43.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1028/indicacoes_2023_03-45.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1030/indicacoes_2023_03-47.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1031/indicacoes_2023_03-49.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1032/indicacoes_2023_04-1.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1044/indicacoes_2023_04-3.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1045/indicacoes_2023_04-5.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1047/indicacoes_2023_04-7.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1048/indicacoes_2023_04-9.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1049/indicacoes_2023_04-11.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1050/indicacoes_2023_04-13.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1051/indicacoes_2023_04-15.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1052/indicacoes_2023_04-17.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1053/indicacoes_2023_04-19.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1054/indicacoes_2023_04-21.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1055/indicacoes_2023_04-23.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1056/indicacoes_2023_04-25.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1057/indicacoes_2023_04-27.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1058/indicacoes_2023_04-29.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1059/indicacoes_2023_04-31.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1060/indicacoes_2023_04-33.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1061/indicacoes_2023_04-35.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1062/indicacoes_2023_04-37.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1063/indicacoes_2023_04-39.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1064/indicacoes_2023_04-41.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1065/indicacoes_2023_04-43.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2043/indicacoes_2023_04-45-49.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1066/indicacoes_2023_04-51.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1068/indicacoes_2023_04-53.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1069/indicacoes_2023_04-55.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1070/indicacoes_2023_04-57.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1071/indicacoes_2023_04-59.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1074/indicacoes_2023_04-61.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1076/indicacoes_2023_04-63.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1077/indicacoes_2023_04-65.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1078/indicacoes_2023_04-67.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1079/indicacoes_2023_04-69.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1080/indicacoes_2023_04-71.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1081/indicacoes_2023_04-73.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2044/indicacoes_2023_04-75-77.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1083/indicacoes_2023_04-79.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1084/indicacoes_2023_04-81.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1085/indicacoes_2023_04-83.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1086/indicacoes_2023_04-85.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1087/indicacoes_2023_04-87.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1088/indicacoes__2023_05-1.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1089/indicacoes__2023_05-3.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1090/indicacoes__2023_05-5.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2045/indicacoes__2023_05-7.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1092/indicacoes__2023_05-9.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1093/indicacoes__2023_05-11.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2046/indicacoes__2023_05-13.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1094/indicacoes__2023_05-15.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1095/indicacoes__2023_05-17.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1096/indicacoes__2023_05-19.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1097/indicacoes__2023_05-21.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1098/indicacoes__2023_05-23-25.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1099/indicacoes__2023_05-27.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1100/indicacoes__2023_05-29.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1101/indicacoes__2023_05-31.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1102/indicacoes__2023_05-33.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/5/indicacoes__2023_05-37.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/6/indicacoes__2023_05-39.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/7/indicacoes__2023_05-41.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/8/indicacoes__2023_05-43-45.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/9/indicacoes__2023_06-1.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/10/indicacoes__2023_06-3.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/11/indicacoes__2023_06-5.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/12/indicacoes__2023_06-7.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/13/indicacoes__2023_06-9.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/14/indicacoes__2023_06-11-15.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/15/indicacoes__2023_06-17.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/16/indicacoes__2023_06-19.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/17/indicacoes__2023_06-21.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/18/indicacoes__2023_06-23.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/19/indicacoes__2023_06-25.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/20/indicacoes__2023_06-27.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/21/indicacoes__2023_06-29.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/22/indicacoes__2023_06-31.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/23/indicacoes__2023_06-33.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/24/indicacoes__2023_06-35.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/25/indicacoes__2023_06-37.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/26/indicacoes__2023_06-39.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/35/indicacoes__2023_06-41.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/36/indicacoes__2023_06-43.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/37/indicacoes__2023_06-45.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/40/indicacoes__2023_06-47.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/41/indicacoes__2023_06-49.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/42/indicacoes__2023_06-51.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/43/indicacoes__2023_06-53.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/44/indicacoes__2023_06-55-57.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/45/indicacoes__2023_06-59.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/46/indicacoes_2023_07-1-3.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/55/indicacoes_2023_07-5.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/56/indicacoes_2023_07-7.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/57/indicacoes_2023_07-9.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/58/indicacoes_2023_07-11.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/59/indicacoes_2023_07-13.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/60/indicacoes_2023_07-15.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/61/indicacoes_2023_07-17.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/62/indicacoes_2023_07-19.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/63/indicacoes_2023_07-21-25.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/75/indicacoes_2023_07-27.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/76/indicacoes_2023_07-29-31.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/79/indicacoes_2023_07-33.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/77/indicacoes_2023_07-35.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/81/indicacoes_2023_07-37.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/87/indicacoes_2023_07-39.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/88/indicacoes_2023_07-41.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/89/indicacoes_2023_07-43.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/90/indicacoes_2023_07-45.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/91/indicacoes_2023_07-47.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/98/indicacoes_2023_07-49.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/99/indicacoes_2023_07-51.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/100/indicacoes_2023_07-53.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/101/indicacoes_2023_07-55.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/102/indicacoes_2023_07-57.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/103/indicacoes_2023_08-1.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/104/indicacoes_2023_08-3.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/105/indicacoes_2023_08-5.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/114/indicacoes_2023_08-7.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/115/indicacoes_2023_08-9.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/116/indicacoes_2023_08-11.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/117/indicacoes_2023_08-13.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/123/indicacoes_2023_08-15.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/124/indicacoes_2023_08-17.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/125/indicacoes_2023_08-19.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/134/indicacoes_2023_08-21.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/135/indicacoes_2023_08-23.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/138/indicacoes_2023_08-25.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/139/indicacoes_2023_08-27-29.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/140/indicacoes_2023_08-31-33.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/141/indicacoes_2023_08-35.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/146/indicacoes_2023_08-37.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/147/indicacoes_2023_08-39.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/148/indicacoes_2023_08-41-43.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/151/indicacoes_2023_08-45.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/152/indicacoes_2023_08-47.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/153/indicacoes_2023_08-49.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/154/indicacoes_2023_08-51.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/158/indicacoes_2023_08-53.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/159/indicacoes_2023_08-55.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/160/indicacoes_2023_08-57.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/177/indicacoes_2023_08-59.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/174/indicacoes_2023_08-61.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/175/indicacoes_2023_08-63.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/171/indicacoes_2023_08-65.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/172/indicacoes_2023_08-67.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/173/indicacoes_2023_08-69.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/192/indicacoes_2023_08-71.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/193/indicacoes_2023_08-73.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/194/indicacoes_2023_08-75.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1103/001-2023.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1104/002-2023.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1105/003-2023.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1106/004-2023.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1107/005-2023.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1108/006-2023.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1109/007-2023.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1110/008-2023.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1111/009-2023.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1112/010-2023.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1113/011-2023.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1114/012-2023.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1115/013-2023.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2088/014-2023.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1117/015-2023.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1118/016-2023.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2090/017-2023.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1120/018-2023.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1121/019-2023.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1122/020-2023.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1123/021-2023.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1124/022-2023.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1125/023-2024.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1126/024-2023.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1127/025-2023.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1128/026-2023.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1129/027-2023.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1130/028-2023.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1131/029-2024.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1132/030-2023.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1133/031-2023.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1134/032-2023.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1135/033-2023.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1136/034-2023.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1137/035-2023.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1138/036-2023.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1139/037-2023.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1140/038-2023.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1141/039-2023.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1142/040-2023.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1143/041-2023.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1144/042-2023.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1145/043-2023.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2/044-2023.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/3/045-2023.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/27/046-2023.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/47/047-2023.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/48/048-2023.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/49/049-2023.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/53/050-2023.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/64/051-_fabiano_do_gas.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/65/052-2023.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/66/053-2023.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/67/054-2023.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/78/055-2023.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/82/056-2023.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/85/057-2023.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/86/058-2023.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/92/059-2023.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/93/060-2023.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/94/061-2023.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/95/062-2023.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/106/063-2023.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/109/064-2023.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/137/065-2023.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/136/066-2023.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/142/067-2023.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/149/068-2023.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/150/069-2023.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/168/070-2023.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/169/071-2023.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/170/072-2023.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/176/073-2023.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/196/074-2023.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2086/scanner_20240904.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2047/scanner_20240904_2.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2048/scanner_20240904_3.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2049/scanner_20240904_4.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2050/scanner_20240904_5.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2052/scanner_20240904_6.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2053/scanner_20240904_7.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2054/scanner_20240904_8.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2055/scanner_20240904_9.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2056/scanner_20240904_10.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2057/scanner_20240904_11.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2058/scanner_20240904_12.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2059/scanner_20240904_14.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2060/scanner_20240904_15.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2062/scanner_20240904_17.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2063/scanner_20240904_18.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2064/scanner_20240904_19.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2065/scanner_20240904_21.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2066/scanner_20240904_22.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2067/scanner_20240904_23.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2068/scanner_20240904_24.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2069/scanner_20240904_25.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2070/scanner_20240904_26.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2071/scanner_20240904_27.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2072/scanner_20240904_28.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2073/scanner_20240904_29.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2074/scanner_20240904_30.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2075/scanner_20240904_31.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2076/scanner_20240904_32.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2077/scanner_20240904_33.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2078/scanner_20240904_34.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2079/scanner_20240904_35.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2080/scanner_20240904_36.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2081/scanner_20240904_37.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2082/scanner_20240904_38.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2083/scanner_20240904_39.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/4/scanner_20240904_40.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2084/scanner_20240904_41.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/28/scanner_20240904_42.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/29/scanner_20240904_43.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/30/scanner_20240904_44.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/31/scanner_20240904_45.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/32/scanner_20240904_46.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/54/scanner_20240904_47.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/68/scanner_20240905_17.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/69/scanner_20240905_15.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/70/scanner_20240905_14.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2085/scanner_20240904_48.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/108/scanner_20240904_51.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/126/scanner_20240904_52.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/127/scanner_20240904_53.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/128/scanner_20240904_54.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/129/scanner_20240904_55.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/132/scanner_20240904_55.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/133/projeto_de_lei.056_1.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/143/scanner_20240904_57.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/161/scanner_20240905_13.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/162/scanner_20240905_12.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/163/scanner_20240905_11.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/164/scanner_20240905_10.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/165/scanner_20240905_9.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/166/scanner_20240905_8.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/167/scanner_20240905_7.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/208/scanner_20240905_6.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/209/scanner_20240905_5.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/210/scanner_20240905_4.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/212/scanner_20240905_3.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/213/scanner_20240905_2.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/214/scanner_20240905.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1955/scanner_20240829_29.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1956/scanner_20240829_30.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1957/scanner_20240829_31.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1958/scanner_20240829_32.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1959/scanner_20240829_33.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1960/scanner_20240829_34.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1961/scanner_20240829_35.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1962/scanner_20240829_36.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1964/scanner_20240829_38.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1965/scanner_20240829_39.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1966/scanner_20240829_40.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1967/scanner_20240829_42.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/34/scanner_20240829_44.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/38/scanner_20240829_45.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/39/scanner_20240829_46.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/50/scanner_20240829_48.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/51/scanner_20240829_50.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/52/scanner_20240829_54.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/130/scanner_20240829_51.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/144/scanner_20240829_47.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/145/scanner_20240829_52.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/191/023-_fabiano_-_marilzan-odair-.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1963/scanner_20240829_37.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1968/scanner_20240829_43.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/71/scanner_20240829_55.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/83/scanner_20240829_58.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/96/scanner_20240829_60.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/215/scanner_20240829_2.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/187/scanner_20240829_6.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/107/scanner_20240829_18.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1951/scanner_20240829_10.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/184/scanner_20240829_12.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/185/scanner_20240829_14.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/80/scanner_20240829_16.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1952/scanner_20240829_18.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/111/scanner_20240829_20.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/113/scanner_20240829_22.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/112/scanner_20240829_24.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/157/scanner_20240829_26.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/189/scanner_20240829_28.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/190/scanner_20240829_4.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1969/scanner_20240829_61.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2087/scanner_20240905_16.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2061/scanner_20240904_16.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/211/veto_002-2023.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1146/scanner_20240829_53.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1971/002-2023-_aplausos.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1972/003-2023-_aplausos.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1973/004-2023-_aplausos.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1974/005-2023-_aplausos.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1975/006-2023-_aplausos.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1976/007-2023-_aplausos.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1977/008-2023-_aplausos.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1978/009-2023-_aplausos.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/178/010-_2023-_aplausos_i.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/179/011-2023-aplausos.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/33/012-_2023_-__mariana_-_rodrigo_reolly.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/84/014-2023-_aplausos.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/97/015-2023-aplausos.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/181/016-2023-aplausos.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/118/017-2023-_aplausos.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/119/018-_2023-aplausos.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/120/019-2023-aplausos.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/121/020-_2023-aplausos.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/122/021-2023-aplausos.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/131/022-2023-_aplausos.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/197/mocao_de_repudio_energisa_-_mariana_e_outros.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1979/010-2023-_aplausos.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1980/012-2023-_aplausos.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1982/001-_2023-_apoio.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1984/indicacoes_2023_01-1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/990/indicacoes_2023_01-3.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/991/indicacoes_2023_01-5.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/992/indicacoes_2023_01-7.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/993/indicacoes_2023_01-9.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1985/indicacoes_2023_01-11.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/994/indicacoes_2023_01-13.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1986/indicacoes_2023_01-15.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/995/indicacoes_2023_01-17.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/996/indicacoes_2023_01-19.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/997/indicacoes_2023_01-21.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/998/indicacoes_2023_01-23.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/999/indicacoes_2023_01-25.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1001/indicacoes_2023_01-27.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1002/indicacoes_2023_01-29-31.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1003/indicacoes_2023_01-33.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1004/indicacoes_2023_01-35.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1987/indicacoes_2023_01-37.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1005/indicacoes_2023_01-39.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1006/indicacoes_2023_01-41.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1007/indicacoes_2023_01-43.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1988/indicacoes_2023_01-45.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1989/indicacoes_2023_01-47.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1990/indicacoes_2023_01-49.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1991/indicacoes_2023_01-51.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1992/indicacoes_2023_01-53.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1993/indicacoes_2023_01-55.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1994/indicacoes_2023_01-57.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1995/indicacoes_2023_01-59.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1996/indicacoes_2023_01-61.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1997/indicacoes_2023_01-63.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1998/indicacoes_2023_01-65.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1999/indicacoes_2023_01-67.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2000/indicacoes_2023_01-69-71.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2001/indicacoes_2023_01-73.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2002/indicacoes_2023_01-75.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2003/indicacoes_2023_01-77.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2004/indicacoes_2023_02-1.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2005/indicacoes_2023_02-3.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2006/indicacoes_2023_02-5.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2007/indicacoes_2023_02-7.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2008/indicacoes_2023_02-9-11.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2009/indicacoes_2023_02-13.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2010/indicacoes_2023_02-15-17.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2011/indicacoes_2023_02-19.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2012/indicacoes_2023_02-21.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2013/indicacoes_2023_02-23.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2014/indicacoes_2023_02-25.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2015/indicacoes_2023_02-27.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2016/indicacoes_2023_02-29-33.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2017/indicacoes_2023_02-35-37.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2018/indicacoes_2023_02-39.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2019/indicacoes_2023_02-41.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2020/indicacoes_2023_02-43.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2021/indicacoes_2023_02-45.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2022/indicacoes_2023_02-47.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2023/indicacoes_2023_02-49.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2024/indicacoes_2023_02-51.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2025/indicacoes_2023_02-53-55.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2026/indicacoes_2023_02-57.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2027/indicacoes_2023_02-59.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2029/indicacoes_2023_02-61.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2028/indicacoes_2023_02-63.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2030/indicacoes_2023_02-65.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2031/indicacoes_2023_02-67.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2032/indicacoes_2023_02-71.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2033/indicacoes_2023_02-73.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2034/indicacoes_2023_02-75.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2035/indicacoes_2023_02-77.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2036/indicacoes_2023_02-79.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2037/indicacoes_2023_02-81.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2038/indicacoes_2023_02-83.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1008/indicacoes_2023_02-85.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1009/indicacoes_2023_02-87.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2039/indicacoes_2023_02-89.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1010/indicacoes_2023_03-1.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2040/indicacoes_2023_03-3.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1011/indicacoes_2023_03-5.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1012/indicacoes_2023_03-7.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1013/indicacoes_2023_03-9.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1014/indicacoes_2023_03-11.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1015/indicacoes_2023_03-13.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1016/indicacoes_2023_03-15.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2041/indicacoes_2023_03-17-21.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1017/indicacoes_2023_03-23.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2042/indicacoes_2023_03-25.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1019/indicacoes_2023_03-27.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1020/indicacoes_2023_03-29.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1021/indicacoes_2023_03-31.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1022/indicacoes_2023_03-33.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1023/indicacoes_2023_03-35.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1024/indicacoes_2023_03-37.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1025/indicacoes_2023_03-39.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1026/indicacoes_2023_03-41.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1027/indicacoes_2023_03-43.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1028/indicacoes_2023_03-45.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1030/indicacoes_2023_03-47.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1031/indicacoes_2023_03-49.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1032/indicacoes_2023_04-1.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1044/indicacoes_2023_04-3.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1045/indicacoes_2023_04-5.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1047/indicacoes_2023_04-7.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1048/indicacoes_2023_04-9.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1049/indicacoes_2023_04-11.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1050/indicacoes_2023_04-13.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1051/indicacoes_2023_04-15.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1052/indicacoes_2023_04-17.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1053/indicacoes_2023_04-19.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1054/indicacoes_2023_04-21.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1055/indicacoes_2023_04-23.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1056/indicacoes_2023_04-25.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1057/indicacoes_2023_04-27.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1058/indicacoes_2023_04-29.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1059/indicacoes_2023_04-31.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1060/indicacoes_2023_04-33.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1061/indicacoes_2023_04-35.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1062/indicacoes_2023_04-37.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1063/indicacoes_2023_04-39.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1064/indicacoes_2023_04-41.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1065/indicacoes_2023_04-43.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2043/indicacoes_2023_04-45-49.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1066/indicacoes_2023_04-51.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1068/indicacoes_2023_04-53.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1069/indicacoes_2023_04-55.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1070/indicacoes_2023_04-57.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1071/indicacoes_2023_04-59.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1074/indicacoes_2023_04-61.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1076/indicacoes_2023_04-63.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1077/indicacoes_2023_04-65.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1078/indicacoes_2023_04-67.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1079/indicacoes_2023_04-69.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1080/indicacoes_2023_04-71.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1081/indicacoes_2023_04-73.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2044/indicacoes_2023_04-75-77.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1083/indicacoes_2023_04-79.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1084/indicacoes_2023_04-81.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1085/indicacoes_2023_04-83.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1086/indicacoes_2023_04-85.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1087/indicacoes_2023_04-87.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1088/indicacoes__2023_05-1.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1089/indicacoes__2023_05-3.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1090/indicacoes__2023_05-5.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2045/indicacoes__2023_05-7.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1092/indicacoes__2023_05-9.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1093/indicacoes__2023_05-11.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2046/indicacoes__2023_05-13.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1094/indicacoes__2023_05-15.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1095/indicacoes__2023_05-17.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1096/indicacoes__2023_05-19.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1097/indicacoes__2023_05-21.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1098/indicacoes__2023_05-23-25.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1099/indicacoes__2023_05-27.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1100/indicacoes__2023_05-29.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1101/indicacoes__2023_05-31.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1102/indicacoes__2023_05-33.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/5/indicacoes__2023_05-37.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/6/indicacoes__2023_05-39.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/7/indicacoes__2023_05-41.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/8/indicacoes__2023_05-43-45.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/9/indicacoes__2023_06-1.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/10/indicacoes__2023_06-3.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/11/indicacoes__2023_06-5.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/12/indicacoes__2023_06-7.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/13/indicacoes__2023_06-9.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/14/indicacoes__2023_06-11-15.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/15/indicacoes__2023_06-17.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/16/indicacoes__2023_06-19.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/17/indicacoes__2023_06-21.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/18/indicacoes__2023_06-23.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/19/indicacoes__2023_06-25.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/20/indicacoes__2023_06-27.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/21/indicacoes__2023_06-29.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/22/indicacoes__2023_06-31.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/23/indicacoes__2023_06-33.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/24/indicacoes__2023_06-35.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/25/indicacoes__2023_06-37.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/26/indicacoes__2023_06-39.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/35/indicacoes__2023_06-41.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/36/indicacoes__2023_06-43.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/37/indicacoes__2023_06-45.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/40/indicacoes__2023_06-47.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/41/indicacoes__2023_06-49.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/42/indicacoes__2023_06-51.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/43/indicacoes__2023_06-53.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/44/indicacoes__2023_06-55-57.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/45/indicacoes__2023_06-59.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/46/indicacoes_2023_07-1-3.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/55/indicacoes_2023_07-5.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/56/indicacoes_2023_07-7.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/57/indicacoes_2023_07-9.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/58/indicacoes_2023_07-11.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/59/indicacoes_2023_07-13.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/60/indicacoes_2023_07-15.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/61/indicacoes_2023_07-17.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/62/indicacoes_2023_07-19.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/63/indicacoes_2023_07-21-25.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/75/indicacoes_2023_07-27.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/76/indicacoes_2023_07-29-31.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/79/indicacoes_2023_07-33.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/77/indicacoes_2023_07-35.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/81/indicacoes_2023_07-37.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/87/indicacoes_2023_07-39.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/88/indicacoes_2023_07-41.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/89/indicacoes_2023_07-43.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/90/indicacoes_2023_07-45.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/91/indicacoes_2023_07-47.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/98/indicacoes_2023_07-49.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/99/indicacoes_2023_07-51.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/100/indicacoes_2023_07-53.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/101/indicacoes_2023_07-55.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/102/indicacoes_2023_07-57.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/103/indicacoes_2023_08-1.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/104/indicacoes_2023_08-3.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/105/indicacoes_2023_08-5.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/114/indicacoes_2023_08-7.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/115/indicacoes_2023_08-9.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/116/indicacoes_2023_08-11.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/117/indicacoes_2023_08-13.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/123/indicacoes_2023_08-15.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/124/indicacoes_2023_08-17.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/125/indicacoes_2023_08-19.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/134/indicacoes_2023_08-21.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/135/indicacoes_2023_08-23.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/138/indicacoes_2023_08-25.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/139/indicacoes_2023_08-27-29.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/140/indicacoes_2023_08-31-33.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/141/indicacoes_2023_08-35.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/146/indicacoes_2023_08-37.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/147/indicacoes_2023_08-39.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/148/indicacoes_2023_08-41-43.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/151/indicacoes_2023_08-45.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/152/indicacoes_2023_08-47.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/153/indicacoes_2023_08-49.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/154/indicacoes_2023_08-51.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/158/indicacoes_2023_08-53.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/159/indicacoes_2023_08-55.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/160/indicacoes_2023_08-57.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/177/indicacoes_2023_08-59.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/174/indicacoes_2023_08-61.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/175/indicacoes_2023_08-63.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/171/indicacoes_2023_08-65.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/172/indicacoes_2023_08-67.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/173/indicacoes_2023_08-69.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/192/indicacoes_2023_08-71.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/193/indicacoes_2023_08-73.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/194/indicacoes_2023_08-75.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1103/001-2023.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1104/002-2023.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1105/003-2023.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1106/004-2023.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1107/005-2023.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1108/006-2023.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1109/007-2023.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1110/008-2023.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1111/009-2023.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1112/010-2023.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1113/011-2023.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1114/012-2023.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1115/013-2023.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2088/014-2023.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1117/015-2023.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1118/016-2023.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2090/017-2023.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1120/018-2023.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1121/019-2023.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1122/020-2023.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1123/021-2023.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1124/022-2023.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1125/023-2024.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1126/024-2023.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1127/025-2023.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1128/026-2023.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1129/027-2023.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1130/028-2023.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1131/029-2024.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1132/030-2023.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1133/031-2023.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1134/032-2023.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1135/033-2023.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1136/034-2023.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1137/035-2023.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1138/036-2023.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1139/037-2023.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1140/038-2023.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1141/039-2023.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1142/040-2023.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1143/041-2023.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1144/042-2023.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1145/043-2023.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2/044-2023.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/3/045-2023.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/27/046-2023.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/47/047-2023.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/48/048-2023.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/49/049-2023.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/53/050-2023.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/64/051-_fabiano_do_gas.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/65/052-2023.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/66/053-2023.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/67/054-2023.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/78/055-2023.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/82/056-2023.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/85/057-2023.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/86/058-2023.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/92/059-2023.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/93/060-2023.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/94/061-2023.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/95/062-2023.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/106/063-2023.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/109/064-2023.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/137/065-2023.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/136/066-2023.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/142/067-2023.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/149/068-2023.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/150/069-2023.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/168/070-2023.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/169/071-2023.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/170/072-2023.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/176/073-2023.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/196/074-2023.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2086/scanner_20240904.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2047/scanner_20240904_2.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2048/scanner_20240904_3.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2049/scanner_20240904_4.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2050/scanner_20240904_5.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2052/scanner_20240904_6.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2053/scanner_20240904_7.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2054/scanner_20240904_8.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2055/scanner_20240904_9.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2056/scanner_20240904_10.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2057/scanner_20240904_11.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2058/scanner_20240904_12.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2059/scanner_20240904_14.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2060/scanner_20240904_15.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2062/scanner_20240904_17.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2063/scanner_20240904_18.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2064/scanner_20240904_19.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2065/scanner_20240904_21.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2066/scanner_20240904_22.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2067/scanner_20240904_23.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2068/scanner_20240904_24.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2069/scanner_20240904_25.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2070/scanner_20240904_26.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2071/scanner_20240904_27.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2072/scanner_20240904_28.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2073/scanner_20240904_29.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2074/scanner_20240904_30.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2075/scanner_20240904_31.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2076/scanner_20240904_32.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2077/scanner_20240904_33.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2078/scanner_20240904_34.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2079/scanner_20240904_35.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2080/scanner_20240904_36.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2081/scanner_20240904_37.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2082/scanner_20240904_38.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2083/scanner_20240904_39.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/4/scanner_20240904_40.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2084/scanner_20240904_41.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/28/scanner_20240904_42.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/29/scanner_20240904_43.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/30/scanner_20240904_44.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/31/scanner_20240904_45.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/32/scanner_20240904_46.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/54/scanner_20240904_47.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/68/scanner_20240905_17.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/69/scanner_20240905_15.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/70/scanner_20240905_14.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2085/scanner_20240904_48.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/108/scanner_20240904_51.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/126/scanner_20240904_52.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/127/scanner_20240904_53.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/128/scanner_20240904_54.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/129/scanner_20240904_55.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/132/scanner_20240904_55.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/133/projeto_de_lei.056_1.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/143/scanner_20240904_57.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/161/scanner_20240905_13.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/162/scanner_20240905_12.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/163/scanner_20240905_11.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/164/scanner_20240905_10.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/165/scanner_20240905_9.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/166/scanner_20240905_8.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/167/scanner_20240905_7.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/208/scanner_20240905_6.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/209/scanner_20240905_5.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/210/scanner_20240905_4.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/212/scanner_20240905_3.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/213/scanner_20240905_2.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/214/scanner_20240905.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1955/scanner_20240829_29.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1956/scanner_20240829_30.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1957/scanner_20240829_31.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1958/scanner_20240829_32.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1959/scanner_20240829_33.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1960/scanner_20240829_34.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1961/scanner_20240829_35.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1962/scanner_20240829_36.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1964/scanner_20240829_38.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1965/scanner_20240829_39.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1966/scanner_20240829_40.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1967/scanner_20240829_42.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/34/scanner_20240829_44.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/38/scanner_20240829_45.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/39/scanner_20240829_46.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/50/scanner_20240829_48.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/51/scanner_20240829_50.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/52/scanner_20240829_54.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/130/scanner_20240829_51.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/144/scanner_20240829_47.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/145/scanner_20240829_52.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/191/023-_fabiano_-_marilzan-odair-.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1963/scanner_20240829_37.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1968/scanner_20240829_43.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/71/scanner_20240829_55.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/83/scanner_20240829_58.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/96/scanner_20240829_60.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/215/scanner_20240829_2.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/187/scanner_20240829_6.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/107/scanner_20240829_18.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1951/scanner_20240829_10.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/184/scanner_20240829_12.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/185/scanner_20240829_14.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/80/scanner_20240829_16.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1952/scanner_20240829_18.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/111/scanner_20240829_20.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/113/scanner_20240829_22.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/112/scanner_20240829_24.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/157/scanner_20240829_26.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/189/scanner_20240829_28.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/190/scanner_20240829_4.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1969/scanner_20240829_61.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2087/scanner_20240905_16.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/2061/scanner_20240904_16.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/211/veto_002-2023.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1146/scanner_20240829_53.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1971/002-2023-_aplausos.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1972/003-2023-_aplausos.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1973/004-2023-_aplausos.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1974/005-2023-_aplausos.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1975/006-2023-_aplausos.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1976/007-2023-_aplausos.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1977/008-2023-_aplausos.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1978/009-2023-_aplausos.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/178/010-_2023-_aplausos_i.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/179/011-2023-aplausos.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/33/012-_2023_-__mariana_-_rodrigo_reolly.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/84/014-2023-_aplausos.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/97/015-2023-aplausos.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/181/016-2023-aplausos.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/118/017-2023-_aplausos.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/119/018-_2023-aplausos.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/120/019-2023-aplausos.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/121/020-_2023-aplausos.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/122/021-2023-aplausos.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/131/022-2023-_aplausos.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/197/mocao_de_repudio_energisa_-_mariana_e_outros.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1979/010-2023-_aplausos.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1980/012-2023-_aplausos.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2023/1982/001-_2023-_apoio.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H464"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="40.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="155.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="123" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="122.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>