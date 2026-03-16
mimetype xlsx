--- v0 (2025-10-08)
+++ v1 (2026-03-16)
@@ -54,6576 +54,6576 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Mariana de Souza, Marilia Maia</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/437/scanner_20240822_11-69.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/437/scanner_20240822_11-69.pdf</t>
   </si>
   <si>
     <t>As Vereadoras que o presente subscrevem, requerem à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal,_x000D_
 Sr. Gustavo de Melo Anicézio, “sugerindo que analisem a viabilidade e_x000D_
 posteriormente adote as medidas necessárias à regularização do vínculo das Agentes_x000D_
 Comunitárias de Saúde e Agentes de Combate às Endemias do município de Alto_x000D_
 Araguaia.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Clodoaldo</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/440/scanner_20240822_11-67.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/440/scanner_20240822_11-67.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, requer à Mesa ouvido o Soberano Plenário, que_x000D_
 o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal Exmo. Sr. Gustavo_x000D_
 de Melo Anicézio, e ao Secretário Municipal de Obras, Infraestrutura, Transporte e Frotas - Sr._x000D_
 Milton Fernandes de Lima, Indicando a “Substituição dos tambores de lixo por lixeiras e_x000D_
 instalação de ecopontos para descarte de lixo doméstico”.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Marilia Maia</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/445/scanner_20240822_11-65.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/445/scanner_20240822_11-65.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 003/2022_x000D_
 A Vereadora Marília Maia Rabello Queiroz, partido PP, com assento_x000D_
 nesta Casa, de conformidade com o artigo 103, parágrafo único do Regimento Interno, a_x000D_
 pedido dos munícipes de Alto Araguaia-MT, requeiro à Mesa que este expediente seja_x000D_
 encaminhado ao Exmo. Senhor GUSTAVO MELO DE ANICÉZIO , Prefeito_x000D_
 Municipal, e ao Senhor MILTON FERNANDES LIMA, Secretário Municipal de_x000D_
 Obras, Infraestrutura, Transporte e Frotas, Solicitando a iluminação pública em toda_x000D_
 a extensão da Rua Felipe Rosa Taveira, no bairro Cohab II, em nossa Cidade.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Mariana de Souza</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/447/scanner_20240822_11-61-63.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/447/scanner_20240822_11-61-63.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal,_x000D_
 Sr. Gustavo de Melo Anicézio, “sugerindo que analise a viabilidade de promover a_x000D_
 revisão do piso remuneratório dos Monitores de Desenvolvimento Infantil, ao mesmo_x000D_
 patamar dos professores atendendo assim ao comando da Lei Federal nº 11.738, de_x000D_
 16 de julho de 2008, que fixa o piso salarial profissional nacional para os_x000D_
 profissionais do magistério público da educação básica e a adequação do Cargo de_x000D_
 Monitor de Desenvolvimento Infantil no Plano de Carreira dos Profissionais da_x000D_
 Educação, exigindo formação inicial em Pedagogia”.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Suzana Paniago</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/450/scanner_20240822_11-59.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/450/scanner_20240822_11-59.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicezio, com cópia ao Secretário de Saúde_x000D_
 Cleomar Vilela Rodrigues “ SOLICITANDO O CONSERTO DO AR_x000D_
 CONDICIONADO DA RECEPÇÃO E MANUTENÇÃO NOS ARESCONDICIONADOS_x000D_
 DOS QUARTOS DO HOSPITAL MUNICIPAL DEPUTADO_x000D_
 CACILDO HUGUENEY”.</t>
   </si>
   <si>
     <t>1904</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1904/scanner_20240822_11-57.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1904/scanner_20240822_11-57.pdf</t>
   </si>
   <si>
     <t>“SOLICITANDO A LIMPEZA DE TODOS OS BUEIROS DO NOSSO _x000D_
 MUNICÍPIO”.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Fabiano do Gás</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/469/scanner_20240822_11-55.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/469/scanner_20240822_11-55.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicézio com cópia ao Secretário Municipal de Obras,_x000D_
 Infraestrutura, Transporte e Frotas, Milton Fernandes Lima “solicitando a reforma da_x000D_
 ponte sob o Córrego Rico, MU 06”.</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/471/scanner_20240822_11-53.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/471/scanner_20240822_11-53.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicézio com cópia ao Secretário Municipal de Obras,_x000D_
 Infraestrutura, Transporte e Frotas, Milton Fernandes Lima “solicitando a manutenção_x000D_
 na rede de iluminação pública do município”.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/473/scanner_20240822_11-51.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/473/scanner_20240822_11-51.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicézio com cópia ao Secretário Municipal de Obras,_x000D_
 Infraestrutura, Transporte e Frotas, Milton Fernandes Lima “solicitando a manutenção_x000D_
 na ponte sobre o Rio Araguainha, MU 45”.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Marcos Nunes</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/475/scanner_20240822_11-49.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/475/scanner_20240822_11-49.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito de Alto Araguaia-MT, Sr. Gustavo Melo de Anicézio_x000D_
 e ao Secretário Municipal de Saúde – Srº. Cleomar Vilela Rodrigues solicitando_x000D_
 reajuste das diárias dos motoristas da área da saúde e dos técnicos de enfermagem_x000D_
 que fazem o deslocamento fora do município de Alto Araguaia-MT.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Marilzan</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/477/scanner_20240822_11-47.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/477/scanner_20240822_11-47.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o_x000D_
 Soberano Plenário, que o mesmo seja aprovado e devidamente encaminhado_x000D_
 ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio, com cópia ao Secretário_x000D_
 de Obras Sr. Milton Lima, “Solicitando recuperação da MU 10 na região do_x000D_
 Ariranha”.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/479/scanner_20240822_11-45.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/479/scanner_20240822_11-45.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o_x000D_
 Soberano Plenário, que o mesmo seja aprovado e devidamente encaminhado_x000D_
 ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio, com cópia ao Secretário_x000D_
 de Obras Sr. Milton Lima, “solicitando recuperação da ponte sobre o_x000D_
 Córrego Dourado na MU 111, próximo a fazenda Leão Dourado”.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Odair Ferruja</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/481/scanner_20240822_11-43.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/481/scanner_20240822_11-43.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de_x000D_
 Infraestrutura Sr. Milton Lima,”solicitando recolocação de saibro na quadra de tênis ao_x000D_
 lado do Ginásio de esportes e reparos na iluminação da mesma”.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Silvio Maia</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/482/scanner_20240822_11-41.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/482/scanner_20240822_11-41.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo, e ao secretário de Saúde, Sr._x000D_
 Cleomar Vilela Rodrigues, “Solicitando que sejam intensificados os trabalhos de_x000D_
 combate ao mosquito da dengue em nosso município.”</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/485/scanner_20240822_11-39.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/485/scanner_20240822_11-39.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo, e ao secretário de Obras,_x000D_
 Infraestrutura, Transporte e Frotas, Sr. Milton Fernandes de Lima, “Solicitando que_x000D_
 seja realizada ampliação ou construção de um novo cemitério municipal em Alto_x000D_
 Araguaia/ MT”</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/487/scanner_20240822_11-37.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/487/scanner_20240822_11-37.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo, e ao secretário de Obras,_x000D_
 Infraestrutura, Transporte e Frotas, Sr. Milton Fernandes de Lima, “Solicitando que_x000D_
 seja realizado parceria, por meio de contrato, com as empresa de serviço de limpa_x000D_
 fossa para atender a população de baixa renda em Alto Araguaia/ MT”</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Ricardo Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/489/scanner_20240822_11-35.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/489/scanner_20240822_11-35.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal de Alto Araguaia/MT Sr. Gustavo de Melo_x000D_
 Anicésio e ao Secretário Municipal de Obras, Infraestrutura, Transporte e Frotas Sr._x000D_
 Milton Fernandes de Lima, solicitando estudo de viabilidade visando que seja_x000D_
 adquirido uma prancha para deslocamento de máquinas para atender as_x000D_
 necessidades da zona rural.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/490/scanner_20240822_11-33.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/490/scanner_20240822_11-33.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicézio com cópia ao Secretário Municipal de Saúde,_x000D_
 Cleomar Vilela Rodrigues “solicitando melhorias na estrutura para atendimento no_x000D_
 PSF Nicanor Antônio de Carvalho (Borola), comunidade do Rio do Peixe”.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Luizinho</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/492/scanner_20240822_11-31.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/492/scanner_20240822_11-31.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicézio, e a_x000D_
 Secretária da Educação, Srª. Eva Carmem Vieira de Carvalho, “ Solicitando para que_x000D_
 o Município, faça adesão ao Programa “Aprender Valor”, iniciativa do Banco_x000D_
 Central do Brasil que tem como objetivo estimular o desenvolvimento de_x000D_
 competências e habilidades de Educação Financeira e Educação para o Consumo_x000D_
 em estudantes das escolas públicas brasileiras.”.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/493/scanner_20240822_11-29.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/493/scanner_20240822_11-29.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito de Alto Araguaia-MT, Sr. Gustavo Melo de Anicézio_x000D_
 e ao Secretário de Saúde – Srº Cleomar Vilela Rodrigues, “solicitando a realização de_x000D_
 uma campanha para castração gratuita de animais como cães e gatos para as_x000D_
 famílias de baixa renda e que possuam CadÚnico.</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/495/scanner_20240822_11-25.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/495/scanner_20240822_11-25.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, requerem que a Mesa encaminhe_x000D_
 expediente ao Prefeito Municipal, Sr. Gustavo de Melo Anicezio, com cópia ao_x000D_
 Secretário de Obras, Infraestrutura, Transporte e Frotas Sr. Milton Fernandes de_x000D_
 Lima, “solicitando limpeza, reforma e reestruturação completa do Estádio Antônio_x000D_
 Afonso de Melo (Bilinão)” e estudo de possibilidade de construção de um Complexo_x000D_
 Municipal de Esportes no Estádio Antônio Afonso de Melo, conhecido como “Bilinão”.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/497/scanner_20240822_11-23.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/497/scanner_20240822_11-23.pdf</t>
   </si>
   <si>
     <t>A Vereadora que presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicézio, com cópia ao Secretário de Obras,_x000D_
 Infraestrutura, Transporte e Frotas Sr. Milton Fernandes de Lima_x000D_
 “SOLICITANDO A REFORMA E A LIMPEZA DO PARQUE ECOLÓGICO_x000D_
 MUNICIPAL ATANAEL FARIAS DA COSTA”.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/499/scanner_20240822_11-21.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/499/scanner_20240822_11-21.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, nos termos do Regimento_x000D_
 Interno desta Casa de Leis, requer que a presente indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo e a Secretária de Educação,_x000D_
 Sra. Eva Carmem Vieira de Carvalho sugerindo que: “Sejam inseridos nos ônibus_x000D_
 escolares do município, informações quanto ao trajeto a ser percorrido pelos_x000D_
 mesmos, por meio de identificação visual e escrita, a fim de orientar as crianças”.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/501/scanner_20240822_11-19.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/501/scanner_20240822_11-19.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, ouvido o Plenário, cumprindo as formalidades legais e_x000D_
 regimentais, vem Requerer do Prefeito Municipal, o Sr. Gustavo Melo de Anicézio, e ao_x000D_
 Secretário de Obras, Infraestrutura, Sr. Milton Fernandes de Lima, para que seja feita a_x000D_
 contratação imediata de uma empresa de limpeza urbana.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/503/scanner_20240822_11-17.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/503/scanner_20240822_11-17.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de_x000D_
 Infraestrutura Sr. Milton Lima, solicitando uma operação tapa buracos nas vias públicas da_x000D_
 cidade, principalmente no bairro Aeroporto.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/505/scanner_20240822_11-13.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/505/scanner_20240822_11-13.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de_x000D_
 Infraestrutura Sr. Milton Lima, solicitando limpeza nas margens da Rua Abílio Siqueira até_x000D_
 a linha do trem</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/507/scanner_20240822_11-11.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/507/scanner_20240822_11-11.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, ouvido o Plenário, cumprindo as formalidades legais e_x000D_
 regimentais, vem Requerer do Prefeito Municipal, o Sr. Gustavo Melo de Anicézio, e ao_x000D_
 Secretário de Obras, Infraestrutura, Sr. Milton Fernandes de Lima, para que seja feita uma_x000D_
 revitalização dos parquinhos do bairro Aeroporto.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/509/scanner_20240822_11-15.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/509/scanner_20240822_11-15.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de_x000D_
 Infraestrutura Sr. Milton Lima, solicitando manutenção das luminárias do Estádio Bilinão.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/511/scanner_20240822_11-9.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/511/scanner_20240822_11-9.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, ouvido o Plenário, cumprindo as formalidades legais e_x000D_
 regimentais, vem Requerer do Prefeito Municipal, o Sr. Gustavo Melo de Anicézio, e ao_x000D_
 Secretário de Obras, Infraestrutura, Sr. Milton Fernandes de Lima, que seja feita a_x000D_
 recolocação de meios-fios da cidade.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/513/scanner_20240822_11-1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/513/scanner_20240822_11-1.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal de Alto Araguaia/MT Sr. Gustavo de Melo_x000D_
 Anicézio e a Secretaria Municipal de Educação Sra. Eva Carmem Vieira de Carvalho,_x000D_
 solicitando estudo de viabilidade de criação de um Centro Municipal de Educação_x000D_
 Infantil - CMEI na Rede Municipal de Ensino de Alto Araguaia, Estado de Mato_x000D_
 Grosso.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/515/scanner_20240822_10-59.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/515/scanner_20240822_10-59.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicézio com cópia ao Secretário Municipal_x000D_
 Administração Industria e Comercio, Manoelito dos Dias de Rezende Neto “solicitando_x000D_
 melhorias no atendimento ao público no Sine de Alto Araguaia”.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/517/scanner_20240822_10-57.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/517/scanner_20240822_10-57.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretária de_x000D_
 Educação Sra. Eva Carmem de Carvalho, solicitando a inclusão da Língua Espanhola no_x000D_
 Ensino Fundamental da Rede Municipal.</t>
   </si>
   <si>
     <t>1905</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1905/scanner_20240822_10-55.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1905/scanner_20240822_10-55.pdf</t>
   </si>
   <si>
     <t>Anicézio e a Secretaria Municipal de Saúde -'Sr. Cleomar Vilela Rodrigues, “a realização de mutirão de exame de endoscopia, aos usuários da rede de saúde pública do município de Alto Araguaia, estado de Mato Grosso”.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/537/scanner_20240822_10-51-53.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/537/scanner_20240822_10-51-53.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal,_x000D_
 Sr. Gustavo de Melo Anicézio, “sugerindo a análise da possibilidade de uma revisão_x000D_
 ou um reajuste do valor repassado ao Conselho Tutelar, como forma de_x000D_
 adiantamento de custos, que foi fixado há mais de 15 anos, pela Lei Municipal n°_x000D_
 2.221/2007, alterada pela Lei municipal de n° 2.393/2008”.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/539/scanner_20240822_10-49.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/539/scanner_20240822_10-49.pdf</t>
   </si>
   <si>
     <t>Requeiro, após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Sr. Gustavo Melo – Prefeito Municipal, ao Secretário_x000D_
 Municipal de Obras e infraestrutura, Sr. Milton Fernandes de Lima, ao Secretário_x000D_
 Municipal de Administração, Sr. Manoelito dos Dias de Rezende Neto e ao Secretário_x000D_
 Municipal de Saúde, Sr. Cleomar Vilela Cardoso, “solicitando serviço de_x000D_
 manutenção em geral nas ambulâncias e demais veículos utilizados no transporte_x000D_
 de pacientes do nosso município”.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Silvio Maia, Fabiano do Gás, Suzana Paniago</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/540/scanner_20240822_10-47.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/540/scanner_20240822_10-47.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do Regimento_x000D_
 Interno, requer à Presidente que esta indicação seja devidamente encaminhada ao_x000D_
 Prefeito Municipal, Sr. Gustavo de Melo, e ao secretário de Saúde, Sr. Cleomar Vilela_x000D_
 Rodrigues, “Solicitando a contratação de um médico ortopedista para atuar no_x000D_
 Hospital Municipal Dep. Cacildo Hugueney em Alto Araguaia/MT.”</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/545/scanner_20240822_10-45.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/545/scanner_20240822_10-45.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do Regimento_x000D_
 Interno, requer à Presidente que esta indicação seja devidamente encaminhada ao_x000D_
 Prefeito Municipal, Sr. Gustavo de Melo, e ao secretário de Obras, Infraestrutura,_x000D_
 Transporte e Frotas, Sr. Milton Fernandes de Lima, “Solicitando que seja realizada a_x000D_
 reparos na passarela sobre o rio Boiadeiro na saída de Alto Araguaia/ MT em direção_x000D_
 a Alto Garças”.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/548/scanner_20240822_10-43.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/548/scanner_20240822_10-43.pdf</t>
   </si>
   <si>
     <t>Vereador que o presente subscreve, nos termos do art. 100 do Regimento_x000D_
 Interno, requer à Presidente que esta indicação seja devidamente encaminhada ao_x000D_
 Prefeito Municipal, Sr. Gustavo de Melo, e ao secretário de Saúde, Sr. Cleomar Vilela_x000D_
 Rodrigues, “Solicitando que a regulação da Secretaria Municipal de Saúde de Alto de_x000D_
 Araguaia passe a atender os pacientes em período integral.”</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Silvio Maia, Suzana Paniago</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/551/scanner_20240822_10-41.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/551/scanner_20240822_10-41.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo, e ao secretário de_x000D_
 Infraestrutura, Obras e Serviços Urbanos, Sr. Milton Lima, a “Solicitação para que_x000D_
 intensifique os serviços de limpeza na praça Tiradentes (praça do boiadeiro).”</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/553/scanner_20240822_10-33-39.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/553/scanner_20240822_10-33-39.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que abaixo subscrevem, no uso de suas prerrogativas_x000D_
 legais e de acordo com a Lei Orgânica do Município de Alto Araguaia – MT,_x000D_
 requer à Presidente que esta indicação seja devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo, “solicitando que analise a possibilidade de aderir_x000D_
 a um Plano de Saúde para os servidores públicos municipais de Alto_x000D_
 Araguaia, estado de Mato Grosso”, com a finalidade de prestar assistência_x000D_
 médica hospitalar e odontológica à disposição dos beneficiários.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/555/scanner_20240822_10-31.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/555/scanner_20240822_10-31.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal,_x000D_
 Sr. Gustavo de Melo Anicézio, e a SEADS - Secretaria Municipal de Assistência e_x000D_
 Desenvolvimento Social, Sra. Priscila Dourado Martins., “Solicitando que seja feito a_x000D_
 ampliação da sala de recepção da Secretaria Municipal de Assistência e_x000D_
 Desenvolvimento Social”.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/557/scanner_20240822_10-27-29.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/557/scanner_20240822_10-27-29.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal de Alto Araguaia/MT Sr. Gustavo de Melo_x000D_
 Anicézio e a Secretaria Municipal de Assistência e Desenvolvimento Social Sra. Priscila_x000D_
 Dourado Martins, “a viabilidade de um convênio mensal com a equoterapia de_x000D_
 Santa Rita do Araguaia, estado de Goiás”.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/559/scanner_20240822_10-25.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/559/scanner_20240822_10-25.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal_x000D_
 Exmo. Sr. Gustavo de Melo Anicézio, e a Secretário Municipal de Obras - Sr. Milton_x000D_
 Fernandes de Lima, “Solicitando a pavimentação asfáltica no trecho da Rua Buriti_x000D_
 (entre a Rua Benjamim Constant, e a Rua Guilherme Gonçalves Berigo),_x000D_
 localizada no Bairro Gabiroba”.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/562/scanner_20240822_10-23.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/562/scanner_20240822_10-23.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal_x000D_
 Exmo. Sr. Gustavo de Melo Anicézio, e a Secretário Municipal de Obras - Sr. Milton_x000D_
 Fernandes de Lima, “Solicitando ao Poder Executivo a aquisição de um triturador_x000D_
 de galhos e folhas/picador de troncos”.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/563/scanner_20240822_10-21.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/563/scanner_20240822_10-21.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de_x000D_
 Obras e Infraestrutura Sr. Milton Lima, solicitando que seja feita uma faixa de pedestre na_x000D_
 esquina da Rua Silvio José de Castro Maia com a Av. Jerônimo Samita Maia (esquina do_x000D_
 Sicredi com Puma veículos), juntamente com sinalização da mesma.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/566/scanner_20240822_10-19.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/566/scanner_20240822_10-19.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de_x000D_
 Obras e Infraestrutura, Sr. Milton Lima, solicitando que seja feita uma limpeza na Rua João_x000D_
 Paulo II (rua da matinha).</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/567/scanner_20240822_10-17.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/567/scanner_20240822_10-17.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito, Gustavo de Melo Anicézio, e ao Secretário Municipal_x000D_
 de Administração, Srº. Manoelito dos Dias de Rezende Neto, e o Secretário Municipal_x000D_
 de Finanças Welton Vilela Cardoso “Solicitando a criação de um de Projeto Lei que_x000D_
 institua a criação do Programa “Escritura na mão” para regularizar áreas_x000D_
 urbanas e rurais de Alto Araguaia”.</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/568/scanner_20240822_10-15.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/568/scanner_20240822_10-15.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o_x000D_
 Soberano Plenário, que o mesmo seja aprovado e devidamente encaminhado_x000D_
 ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio, “solicitando parceira_x000D_
 com as Escolas Estaduais do Município, no sentido de ceder servidores_x000D_
 para auxiliar na limpeza geral das escolas”.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/569/scanner_20240822_10-13.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/569/scanner_20240822_10-13.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Sr. Prefeito Municipal de Alto Araguaia/MT_x000D_
 Sr. Gustavo de Melo Anicézio e ao Secretário Municipal de Obras,_x000D_
 Infraestrutura, Transporte e Frotas Sr. Milton Fernandes de Lima, “solicitando_x000D_
 ações de limpeza nas escolas e creches do município de Alto_x000D_
 Araguaia/MT”.</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/570/scanner_20240822_10-5-11.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/570/scanner_20240822_10-5-11.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal,_x000D_
 Sr. Gustavo de Melo Anicézio, ao Secretário Municipal de Obras Infraestrutura_x000D_
 Transporte e Frotas – Sr. Milton Fernandes de Lima, “Sugere se a implantação de_x000D_
 bueiros inteligentes e ecológicos, nos logradouros do Município de Alto Araguaia –_x000D_
 MT, como forma de prevenir e minimizar os problemas causados pelas chuvas, assim_x000D_
 evitando enchentes e evitando acúmulo de resíduos”.</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/571/scanner_20240822_10-3.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/571/scanner_20240822_10-3.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicézio com cópia ao Secretário Municipal de Obras,_x000D_
 Infraestrutura, Transporte e Frotas, Milton Fernandes Lima “solicitando o estudo para_x000D_
 impermeabilização das estradas rurais e urbanas não pavimentadas”.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/572/scanner_20240822_10-1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/572/scanner_20240822_10-1.pdf</t>
   </si>
   <si>
     <t>Vereadora Marília Maia Rabello Queiroz,partido PP, com assento nesta Casa, de_x000D_
 conformidade com o artigo 103,parágrafo único do Regimento Interno,a pedido dos munícipes_x000D_
 de Alto Araguaia-MT, requeiro à Mesa que este expediente seja encaminhado ao Exmo._x000D_
 Senhor GUSTAVO MELO DE ANICÉZIO , Prefeito Municipal,e ao Senhor MILTON_x000D_
 FERNANDES LIMA Secretário Municipal de Obras, Infraestrutura, Transporte e_x000D_
 Frotas, “Solicitando e estudos e providencias para a colocação de placas indicativas de_x000D_
 metragem na pista de caminha na Praça da Matriz Nossa Senhora em nossa cidade”.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/573/scanner_20240822_9-41.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/573/scanner_20240822_9-41.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal,_x000D_
 Sr. Gustavo de Melo Anicézio, e a Secretária Municipal de Assistência e_x000D_
 Desenvolvimento Social, Srª. Priscila Dourado, “indicando o retorno do Programa_x000D_
 Menor Aprendiz no município de Alto Araguaia, pois esse programa é o que abre as_x000D_
 portas para os adolescentes ingressar no mercado de trabalho.”</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/574/scanner_20240822_9-39.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/574/scanner_20240822_9-39.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que o expediente seja encaminhado ao Prefeito Municipal, Sr. Gustavo de_x000D_
 Melo Anicézio, com cópia ao Secretário de Obras Sr. Milton Lima “Solicitando_x000D_
 serviços no Parque Infantil localizado no encontro da Av. Professora Adalcy da_x000D_
 Conceição Rodrigues com Rua Domiciano Alves de Oliveira, na Vila Aeroporto,_x000D_
 sendo eles: reforma dos brinquedos, reposição de areia da quadra e providencias_x000D_
 para que a areia da quadra não escorra mais”.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/575/scanner_20240822_9-37.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/575/scanner_20240822_9-37.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal de Alto Araguaia/MT Sr. Gustavo de Melo_x000D_
 Anicézio e a Secretaria Municipal de Esportes, Cultura, Lazer e Turismo Sra. Eva_x000D_
 Carmem Vieira de Carvalho, “solicitando o retorno das escolinhas esportivas”.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/576/scanner_20240822_9-35.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/576/scanner_20240822_9-35.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Prefeito_x000D_
 Municipal Exmo. Sr. Gustavo de Melo Anicézio e ao Secretário Municipal de Obras,_x000D_
 Infraestrutura, Transporte e Frotas - Sr. Milton Fernandes de Lima, “Sugerindo a_x000D_
 reforma e ajustamento do Posto Policial da Policia Militar no Distrito do Buriti”.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>Mariana de Souza, Luizinho, Odair Ferruja</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/577/scanner_20240822_9-33.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/577/scanner_20240822_9-33.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, nos termos do Regimento_x000D_
 Interno desta Casa de Leis, requer que a presente indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo e ao Secretária de Obras, Sr._x000D_
 Milton Fernandes de Lima, sugerindo que: “Seja realizado mutirão de limpeza em_x000D_
 todos os bairros da cidade, objetivando a eliminação dos focos do mosquito Aedes_x000D_
 Aegypti, causador de doenças como a dengue, zika, e chikungunya, além de deixar_x000D_
 a cidade mais limpa e salubre.”</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/578/scanner_20240822_9-31.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/578/scanner_20240822_9-31.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de_x000D_
 Obras e Infraestrutura, Sr. Milton Lima, solicitando o reparo da Av. Araguaia (rua da orla_x000D_
 do festival náutico).</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/579/scanner_20240822_9-29.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/579/scanner_20240822_9-29.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo, e ao secretário de_x000D_
 Infraestrutura, Obras e Serviços Urbanos, Sr. Milton Lima, a “Solicitação para que_x000D_
 intensifique os serviços de limpeza na praça da Bandeira.”</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/580/scanner_20240822_9-27.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/580/scanner_20240822_9-27.pdf</t>
   </si>
   <si>
     <t>A Vereadora que presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicezio, com cópia ao Secretário de Obras,_x000D_
 Infraestrutura, Transporte e Frotas Sr. Milton Fernandes de Lima_x000D_
 “SOLICITANDO REPAROS EM TODA A ILUMINAÇÃO PÚBLICA DO NOSSO_x000D_
 MUNICÍPIO”.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/581/scanner_20240822_9-23.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/581/scanner_20240822_9-23.pdf</t>
   </si>
   <si>
     <t>Vereadora Marília Maia Rabello Queiroz, partido PP, com assento nesta_x000D_
 Casa, de conformidade com o artigo 103,parágrafo único do Regimento Interno,a_x000D_
 pedido dos munícipes de Alto Araguaia-MT, requeiro à Mesa que este expediente seja_x000D_
 encaminhado ao Exmo. Senhor GUSTAVO MELO DE ANICÉZIO , Prefeito_x000D_
 Municipal, Senhor MILTON FERNANDES LIMA Secretário Municipal de Obras,_x000D_
 Infraestrutura, Transporte e Frotas e ao Sr. CLEOMAR VILELA RODRIGUES -_x000D_
 Secretário Municipal de Saúde, Versando sobre a necessidade de um carro fumacê_x000D_
 para transitar pelas ruas em nossa cidade no combate ao mosquito Aedes Aegypti</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/582/scanner_20240822_9-27.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/582/scanner_20240822_9-27.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicézio com cópia ao Secretário Municipal de Saúde,_x000D_
 Cleomar Vilela Rodrigues “solicitando o uso de sistema eletrônico por senha no_x000D_
 atendimento do Hospital Municipal”.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/583/scanner_20240822_9-21.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/583/scanner_20240822_9-21.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, nos termos do Regimento_x000D_
 Interno desta Casa de Leis, requer que a presente indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo e ao Secretária de Obras, Sr._x000D_
 Milton Fernandes de Lima, sugerindo que: “Seja realizado em todas as ruas_x000D_
 melhorias na sinalização do solo (pintura da faixa de pedestre, pintura do pare e_x000D_
 dos meios fios), afim de melhorar a visibilidade e precaver quaisquer transtornos_x000D_
 para os motoristas”.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>Mariana de Souza, Luizinho</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/584/scanner_20240822_9-19.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/584/scanner_20240822_9-19.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal,_x000D_
 Sr. Gustavo de Melo Anicézio, e ao Secretário Municipal de Obras, Infraestrutura,_x000D_
 Transportes e Frotas, Sr. Milton Fernandes Lima, “indicando que seja feito o_x000D_
 nivelamento, e que seja finalizado o asfalto e meio fio da rua 23 e 24, no Bairro Vila_x000D_
 Aeroporto”.</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/585/scanner_20240822_9-17.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/585/scanner_20240822_9-17.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito de Alto Araguaia-MT, Sr. Gustavo de Melo Anicézio_x000D_
 e ao Secretário Municipal de Obras, Infraestrutura, Transporte e Frotas Sr. Milton_x000D_
 Fernandes Lima “solicitando a construção de portais escritos “Bem-vindos a Alto_x000D_
 Araguaia-MT” com informações e imagens turísticas nas entradas da cidade, para_x000D_
 que a cidade ganhe destaque aos que transitam pela rodovia e que os turistas sejam_x000D_
 mais bem recepcionados no Município.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/586/scanner_20240822_9-15.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/586/scanner_20240822_9-15.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de_x000D_
 Obras e Infraestrutura Sr. Milton Lima, solicitando a limpeza do terreno ao lado da Escola_x000D_
 Municipal Lourença Afonso de Melo e das proximidades do Corpo de Bombeiros. E_x000D_
 também nas margens da rua Marechal Rondon (matinha).</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/587/scanner_20240822_9-13.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/587/scanner_20240822_9-13.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, nos termos do Regimento_x000D_
 Interno desta Casa de Leis, requer que a presente indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo e ao Secretária de Obras, Sr._x000D_
 Milton Fernandes de Lima, sugerindo que: “Proíba o tráfego de caminhões na rua_x000D_
 Antônio Aires Fávero, sinalizando esta vedação por meio de placas que indiquem a_x000D_
 proibição de trânsito de veículos de carga ou a indicação da altura máxima_x000D_
 permitida._x000D_
 Neste sentido, sugere-se que o Poder Executivo municipal proceda_x000D_
 com adequado estudo a respeito do tráfego de veículos pesados dentro dos bairros_x000D_
 de nossa cidade, regulamentando a sua circulação.”</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/588/scanner_20240822_9-11.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/588/scanner_20240822_9-11.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo, “Solicitando que seja_x000D_
 elaborado, com auxílio de profissionais capacitados, uma política consistente de_x000D_
 incentivos fiscais para atrair empresas para o município.”</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/589/scanner_20240822_9-9.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/589/scanner_20240822_9-9.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo, “Solicitação que seja_x000D_
 realizada análise da qualidade da água do maior número possível de minas d'Água e_x000D_
 nascentes do nosso município e, posteriormente, seja enviado para todas as empresas_x000D_
 de extração e engarrafamento de água mineral da região centro oeste ou até mesmo_x000D_
 do Brasil, para que estas possam verificar a possibilidade de se instalarem no_x000D_
 município.”</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/590/scanner_20240822_9-57.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/590/scanner_20240822_9-57.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que o expediente seja encaminhado ao Secretário de Educação do Estado de_x000D_
 Mato Grosso - Exmo. Sr. Alan Resende Porto, com cópia ao Deputado Federal Juarez_x000D_
 Costa, “ Indicando a necessidade de contratação de um médico neurologista para_x000D_
 avaliar os alunos que possuem necessidade especial nas Escolas Estaduais do_x000D_
 Município de Alto Araguaia e emitir os laudos comprobatórios para que estas escolas_x000D_
 possam dar sequencia no processo de pedido de instalação de Sala de Recurso_x000D_
 Multifuncional”.</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/591/scanner_20240822_9-55.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/591/scanner_20240822_9-55.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o_x000D_
 Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada_x000D_
 ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio com cópia ao Secretário_x000D_
 Municipal de Obras, Infraestrutura, Transporte e Frotas, Milton Fernandes Lima_x000D_
 “solicitando o rebaixamento do canteiro central na direção da faixa de_x000D_
 pedestre em frente ao Banco do Brasil”.</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/592/scanner_20240822_9-53.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/592/scanner_20240822_9-53.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o_x000D_
 Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada_x000D_
 ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio com cópia ao Secretário_x000D_
 Municipal de Obras, Infraestrutura, Transporte e Frotas, Milton Fernandes Lima_x000D_
 “solicitando a manutenção na quadra Poliesportiva Bento Adão, no_x000D_
 Distrito do Buriti”.</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/593/scanner_20240822_9-51.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/593/scanner_20240822_9-51.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Sr. Prefeito Municipal de Alto Araguaia/MT_x000D_
 Sr. Gustavo de Melo Anicésio e a Secretaria Municipal de Esportes, Cultura,_x000D_
 Lazer e Turismo Sra. Eva Carmem Vieira de Carvalho, “solicitando o retorno_x000D_
 do Programa Vida Ativa”.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/594/scanner_20240822_9-49.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/594/scanner_20240822_9-49.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo, “Solicitando que se verifique_x000D_
 a possibilidade financeira de a prefeitura disponibilizar estufas agrícolas para todos_x000D_
 os agricultores familiares em atividade.”</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/595/scanner_20240822_9-47.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/595/scanner_20240822_9-47.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, nos termos do art._x000D_
 100 do Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo e ao Secretário de_x000D_
 Administração, Sr. Manoelito Dias de Rezende Neto, nesta indicação “Solicitamos que_x000D_
 o Poder Executivo passe a fazer repasses financeiros de forma periodizada ao_x000D_
 Conselho Comunitário de Segurança (CONSEG).”</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/596/scanner_20240822_9-45.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/596/scanner_20240822_9-45.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicezio, com cópia ao Secretário de Saúde_x000D_
 Cleomar Vilela Rodrigues “ SOLICITANDO UM ESTUDO E ANÁLISE A_x000D_
 VIABILIDADE DE FORNECER ALMOÇO PARA OS PACIENTES QUE VÃO_x000D_
 PARA RONDONÓPOLIS-MT EM CONSULTAS ESPECIALIZADAS E ANALISAR_x000D_
 A POSSIBILIDADE DESTES PACIENTES COMEREM NO MESMO_x000D_
 RESTAURANTE QUE OS PACIENTES DA HEMODIÁLISE.</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/597/scanner_20240822_9-43.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/597/scanner_20240822_9-43.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, nos termos do Regimento_x000D_
 Interno desta Casa de Leis, requer que a presente indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo e o Secretário da saúde, Sr._x000D_
 Cleomar Vilela Rodrigues, sugerindo que: “Seja estudado a possibilidade de instituir_x000D_
 um Centro de Saúde do Idoso voltado ao atendimento multidisciplinar e_x000D_
 especializado (médico, enfermeiro, nutricionista, fisioterapeuta, psicólogo,_x000D_
 odontologia) das demandas relacionadas às pessoas com mais de 60 anos.”</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/598/scanner_20240822_9-7.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/598/scanner_20240822_9-7.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, nos termos do Regimento_x000D_
 Interno desta Casa de Leis, requer que a presente indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo e ao Secretário de saúde, Sr._x000D_
 Cleomar Vilela Rodrigues, sugerindo que: “Seja alugado um local adequado para_x000D_
 comportar as atividades do Centro de Reabilitação Caio Hugueney, a fim de ter_x000D_
 um local mais confortável e humanizado aos pacientes que necessitam de_x000D_
 tratamento._x000D_
 Ou, caso seja mais viável, sugere-se a construção de uma sede_x000D_
 apropriada para o Centro de Reabilitação, a fim de permitir que os profissionais_x000D_
 que lá trabalham, consigam realizar seus brilhantes trabalhos de maneira mais_x000D_
 eficiente e adequada, assim como proporcionar aos pacientes locais mais digno”</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/599/scanner_20240822_9-5.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/599/scanner_20240822_9-5.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo, e ao secretário de Obras,_x000D_
 Infraestrutura, Transporte e Frotas, Sr. Milton Fernandes de Lima, “Solicitando que_x000D_
 sejam instaladas coberturas nos locais em que as crianças da rede municipal de_x000D_
 ensino aguardam os ônibus do transporte escolar.”</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/600/scanner_20240822_9-1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/600/scanner_20240822_9-1.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo e a Secretária de Educação,_x000D_
 Sra. Eva Carmem Vieira de Carvalho, “a solicitação de reparos nas cadeiras e mesas_x000D_
 do refeitório da Escola Municipal Lourença Afonso de Mela, solicito, também, que_x000D_
 seja realizado reparos na porta que dá acesso a cozinha da Escola, que seja colocado_x000D_
 papel toalha nos banheiros e que a prefeitura analise a possibilidade financeira de_x000D_
 construir uma pequena quadra poliesportiva na escola.”</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/601/scanner_20240814_8-45.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/601/scanner_20240814_8-45.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhadaao Prefeito Municipal, Sr. Gustavo de Melo, e ao secretário de Obras,_x000D_
 Infraestrutura, Transporte e Frotas, Sr. Milton Fernandes de Lima, “Solicitando a_x000D_
 construção de uma passarela ou algo similar que dê mais segurança para os_x000D_
 pedestres, na rua Jerônimo Samita Maia, na subida que dá acesso ao Bairro_x000D_
 Professora Maria das Graças.”</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/602/scanner_20240814_8-43.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/602/scanner_20240814_8-43.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhadaao Prefeito Municipal, Sr. Gustavo de Melo, e ao secretário de Obras,_x000D_
 Infraestrutura, Transporte e Frotas, Sr. Milton Fernandes de Lima, “Solicitando que_x000D_
 sejam instaladas tartarugas de concreto na esquina da Av. Carlos Hugueney com a_x000D_
 rua Antônio Aires Fávero, bem como a Av. Jerônimo Samita Maia com a rua_x000D_
 Antônio Aires Fávero de modo a impedir o fluxo de veículos pesado, os quais_x000D_
 danificam a pavimentação asfáltica e causam risco aos demais condutores de veículos_x000D_
 e pedestres.”</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/603/scanner_20240814_8-41_-_convertido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/603/scanner_20240814_8-41_-_convertido.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, requer que, após a tramitação regimental desta_x000D_
 Casa, seja encaminhada ao Senhor Prefeito Municipal de Alto Araguaia – MT, a seguinte_x000D_
 Indicação “implantação de caixas de sugestões e reclamações em diversos pontos e_x000D_
 repartições públicas do município de Alto Araguaia/MT”.</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>Mariana de Souza, Clodoaldo, Fabiano do Gás, Luizinho, Marcos Nunes, Marilia Maia, Marilzan, Odair Ferruja, Ricardo Barbosa, Silvio Maia, Suzana Paniago</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/604/scanner_20240814_8-37-41.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/604/scanner_20240814_8-37-41.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, requerem à Mesa ouvido_x000D_
 o Soberano Plenário, que o mesmo seja oficiado e devidamente_x000D_
 encaminhado expediente ao Exmo. Sr. José Carlos Oliveira – Presidente do_x000D_
 INSS e ao Exmo. Sr. Roberto Fagner de Figueiredo Braga –_x000D_
 Superintendente da Região Norte Centro-Oeste RG5, “Solicitando ações_x000D_
 no sentido disponibilizar um perito para a Agência do INSS de Alto_x000D_
 Araguaia-MT”.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/605/scanner_20240814_8-33-35.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/605/scanner_20240814_8-33-35.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, nos termos do Regimento Interno_x000D_
 desta Casa de Leis, requer que a presente indicação seja devidamente encaminhada à_x000D_
 Secretária de Estado de Saúde de Mato Grosso, Sra. Kelluby de Oliveira, ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo e ao Secretário Municipal de Saúde, Sr. Cleomar Vilela_x000D_
 Rodrigues, ”sugerindo que façam gestão junto aos órgãos competentes, para que Alto_x000D_
 Araguaia passe a ser um polo regional de distribuição de soro antiofídico” .</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/606/scanner_20240814_8-31.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/606/scanner_20240814_8-31.pdf</t>
   </si>
   <si>
     <t>Vereadora Marília Maia Rabello Queiroz, partido PP, com assento_x000D_
 nesta Casa, em conformidade com o artigo 103,parágrafo único do Regimento_x000D_
 Interno,a pedido dos munícipes de Alto Araguaia-MT, requeiro à Mesa que este_x000D_
 expediente seja encaminhado ao Exmo. O Senhor GUSTAVO MELO DE_x000D_
 ANICÉZIO , Prefeito Municipal,e ao Senhor WELTON VILELA_x000D_
 CARDOSO Secretário Municipal de Finanças e Planejamento, Solicitando a_x000D_
 viabilidade da implantação de Sinal Wi-Fi, com acesso livre em todas as_x000D_
 praças de nossa cidade.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/607/scanner_20240814_8-29.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/607/scanner_20240814_8-29.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo e ao Secretário de Saúde,_x000D_
 Senhor Cleomar Vilela Rodrigues. Nesta indicação,“Solicito que seja contratado um_x000D_
 Médico Pediatra para atender no Hospital Municipal, uma vez que os recém nascidos_x000D_
 estão sendo encaminhados a cidade de Rondonópolis para realizarem as primeiras_x000D_
 consultas, causando, assim, exaustão nas mães que se encontram no período de_x000D_
 resguardo.”</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>Mariana de Souza, Luizinho, Marilia Maia</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/608/scanner_20240814_8-27.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/608/scanner_20240814_8-27.pdf</t>
   </si>
   <si>
     <t>Odinéia Mariana de Souza, Marília Rabello, Luiz Carlos Machado._x000D_
 Os Vereadores que a presente subscrevem, nos termos do Regimento_x000D_
 Interno desta Casa de Leis, requerem que a presente indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo, Secretário de saúde, Sr._x000D_
 Cleomar Vilela Rodrigues e ao Secretário de administração, Sr. Manoelito dos Dias de_x000D_
 Rezende Neto, sugerindo que: “Seja feito um estudo versando a viabilidade da_x000D_
 contratação de um dentista, para atender no PSF do córrego rico, pois moradores_x000D_
 da região nos comunicou que não consta com esse profissional”.</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/609/scanner_20240814_8-25.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/609/scanner_20240814_8-25.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o_x000D_
 Soberano Plenário, que o expediente seja encaminhado ao Prefeito_x000D_
 Municipal – Exmo. Sr. Gustavo Melo, ao Secretário de Administração –_x000D_
 Ilmo. Sr. Manoelito dos Dias de Rezende Neto, com cópia ao Diretor da_x000D_
 Cadeia Pública de Alto Araguaia – Ilmo. Sr. Anaides Pereira,_x000D_
 “Solicitando do Poder Executivo Municipal a aquisição e repasse de uma_x000D_
 roçadeira de jardim à Cadeia Pública de Alto Araguaia”.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/610/scanner_20240814_8-23.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/610/scanner_20240814_8-23.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que o expediente seja encaminhado ao Prefeito Municipal – Exmo. Sr._x000D_
 Gustavo Melo, ao Secretário de Administração – Ilmo. Sr. Manoelito dos Dias de_x000D_
 Rezende Neto, com cópia ao Diretor da Cadeia Pública de Alto Araguaia – Ilmo._x000D_
 Sr. Anaides Pereira, “solicitando a realização de um convênio entre Poder_x000D_
 Executivo e a Cadeia Pública de Alto Araguaia, para que os reeducandos_x000D_
 façam uma limpeza emergencial no Parque Ecológico Atanael Farias da_x000D_
 Costa”.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/611/scanner_20240814_8-21.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/611/scanner_20240814_8-21.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, nos termos do Regimento_x000D_
 Interno desta Casa de Leis, requerem que a presente indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo, Secretária de Educação, Sra._x000D_
 Eva Carmem Vieira de Carvalho e ao Secretário de administração, Sr. Manoelito dos_x000D_
 Dias de Rezende Neto, sugerindo que: “Seja feito a aquisição de um transformador_x000D_
 que comporte o funcionamento dos aparelhos de ar condicionado da Escola_x000D_
 Municipal Patrocínio Joaquim Dias”.</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/612/scanner_20240814_8-17-19.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/612/scanner_20240814_8-17-19.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o_x000D_
 Soberano Plenário, que a mesma seja aprovada e devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio com_x000D_
 cópia ao Secretário Municipal de Obras, Infraestrutura, Transporte e_x000D_
 Frotas, Milton Fernandes Lima e ao Secretário de Administração_x000D_
 Industria e Comercio, Manoelito dos Dias de Rezende Neto, “solicitando_x000D_
 um estudo que possibilite incluir no processo licitatório para a_x000D_
 contratação de serviços de limpeza pública com equipe permanente_x000D_
 no município de Alto Araguaia e no Distrito do Buriti”.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/613/scanner_20240814_8-15.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/613/scanner_20240814_8-15.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o_x000D_
 Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada_x000D_
 ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio com cópia ao Secretário_x000D_
 Municipal de Obras, Infraestrutura, Transporte e Frotas, Milton Fernandes_x000D_
 Lima, “solicitando melhorias na estrutura da quadra esportiva do_x000D_
 Assentamento P.A. do Gato Preto”.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/614/scanner_20240814_8-13.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/614/scanner_20240814_8-13.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito de Alto Araguaia-MT, Sr. Gustavo de Melo Anicézio_x000D_
 e ao Secretário Municipal de Obras, Infraestrutura, Transporte e Frotas Sr. Milton_x000D_
 Fernandes Lima “a instalação de aparelhos de academia ao ar livre na Praça Aldinor_x000D_
 Germano Rosa (Praça da Bandeira)”</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/615/scanner_20240814_8-11.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/615/scanner_20240814_8-11.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, requer à Mesa ouvido o Soberano Plenário, que_x000D_
 o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal Exmo. Sr. Gustavo_x000D_
 de Melo Anicézio, e a Secretaria Municipal de Esportes, Cultura, Lazer e Turismo - Srª. Eva_x000D_
 Carmem Vieira de Carvalho, “Sugerindo o retorno do evento “Vem Pro Parque”.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/616/scanner_20240814_8-9.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/616/scanner_20240814_8-9.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, nos termos do Regimento Interno_x000D_
 desta Casa de Leis, requer que a presente indicação seja devidamente encaminhada ao_x000D_
 Prefeito Municipal, Sr. Gustavo de Melo e ao Secretário Municipal de Saúde, Sr. Cleomar_x000D_
 Vilela Rodrigues, “sugerindo a aquisição de um Mamógrafo e um Tomógrafo para o_x000D_
 Hospital Municipal”.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/617/scanner_20240814_8-7.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/617/scanner_20240814_8-7.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo e a Secretária de Educação,_x000D_
 Sra. Eva Carmem Vieira de Carvalho, “a solicitação de uma reforma geral na escola_x000D_
 municipal Adalcy da Conceição Rodrigues, uma vez que a estrutura da escola se_x000D_
 encontra em péssimas condições.”</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/618/scanner_20240814_8-5.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/618/scanner_20240814_8-5.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo, e ao secretário de_x000D_
 Infraestrutura, Obras e Serviços Urbanos, Sr. Milton Lima, a “Solicitação que seja_x000D_
 realizada campanha informativa sobre a coleta seletiva de lixo e, posteriormente, seja_x000D_
 colocada à disposição da população tambores de coleta seletiva de lixo com os_x000D_
 padrões de cores estabelecidos na Resolução Nº 275 do Conselho Nacional do Meio_x000D_
 Ambiente (CONAMA).”</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/619/scanner_20240814_8-3.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/619/scanner_20240814_8-3.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo e a Secretária Municipal de_x000D_
 Educação Esportes Cultura, Cultura, Lazer e Turismo, Sra. Eva Carmem Vieira de_x000D_
 Carvalho, “Solicitando que a Prefeitura passe a realizar eventos esportivos de_x000D_
 mountain bike e corrida de rua de forma freqüente.”</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/620/scanner_20240814_7-31.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/620/scanner_20240814_7-31.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de_x000D_
 Obras e Infraestrutura, Sr. Milton Lima, solicitando a limpeza da Rua Leocádio Ribeiro_x000D_
 Teles, localizada no bairro vila aeroporto.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/720/scanner_20240814_7-29.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/720/scanner_20240814_7-29.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicezio, com cópia ao Secretário de Saúde_x000D_
 Cleomar Vilela Rodrigues “ SOLICITANDO A CONTRUÇÃO DE UMA NOVA_x000D_
 COZINHA PARA O HOSPITAL MUNICIPAL DEPUTADO CACILDO_x000D_
 HUGUENEY”.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/721/scanner_20240814_7-27.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/721/scanner_20240814_7-27.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, nos termos do Regimento Interno_x000D_
 desta Casa de Leis, requer que a presente indicação seja devidamente encaminhada ao_x000D_
 Prefeito Municipal, Sr. Gustavo de Melo e ao Secretário Municipal de Saúde, Sr. Cleomar_x000D_
 Vilela Rodrigues, “sugerindo um ponto de espera do ônibus da Saúde no Bairro Caminho_x000D_
 das Águas”.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/722/scanner_20240814_7-25.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/722/scanner_20240814_7-25.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, nos termos do Regimento Interno_x000D_
 desta Casa de Leis, requer que a presente indicação seja devidamente encaminhada ao_x000D_
 Prefeito Municipal, Sr. Gustavo de Melo e ao Secretário Municipal de Saúde, Sr. Cleomar_x000D_
 Vilela Rodrigues, “sugerindo a contratação de terapeuta ocupacional e psiquiatra infantil_x000D_
 para apoio no tratamento de crianças portadoras de necessidades especiais”._x000D_
 Justificativa</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/723/scanner_20240814_7-23.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/723/scanner_20240814_7-23.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Prefeito de Alto Araguaia – MT Sr. Gustavo Melo de Anicézio e_x000D_
 ao Secretário de Obras, Infraestrutura, Transporte e Frotas Sr. Milton Fernandes de_x000D_
 Lima solicitando manutenção na Estrada Vicinal dos Ranchos do Araguaia_x000D_
 localizada na MU 27, 21 km antes de Araguainha e a 7 km da MT 100.</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/724/scanner_20240814_7-33.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/724/scanner_20240814_7-33.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito de Alto Araguaia-MT, Sr. Gustavo de Melo Anicézio_x000D_
 e ao Secretário Municipal de Obras, Infraestrutura, Transporte e Frotas Sr. Milton_x000D_
 Fernandes Lima “solicitando a manutenção nos aparelhos de ar condicionado da_x000D_
 Escola Anibal Pereira Júnior na região do Gato Preto”</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/725/scanner_20240814_7-35.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/725/scanner_20240814_7-35.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito de Alto Araguaia-MT, Sr. Gustavo de Melo Anicézio_x000D_
 e ao Secretário Municipal de Obras, Infraestrutura, Transporte e Frotas Sr. Milton_x000D_
 Fernandes Lima “solicitando a reforma das duas cozinhas e do muro da Escola_x000D_
 Anibal Pereira Júnior na região do Gato Preto”.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/726/scanner_20240814_7-21.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/726/scanner_20240814_7-21.pdf</t>
   </si>
   <si>
     <t>Vereadora Marília Maia Rabello Queiroz, partido PP, com_x000D_
 assento nesta Casa, de conformidade com o artigo 103,parágrafo único do_x000D_
 Regimento Interno,a pedido dos munícipes de Alto Araguaia-MT, requeiro_x000D_
 à Mesa que este expediente seja encaminhado ao Exmo._x000D_
 Senhor GUSTAVO MELO DE ANICÉZIO , Prefeito Municipal, e ao_x000D_
 Senhor CLEOMAR VILELA RODRIGUES Secretário Municipal de_x000D_
 SAÚDE, SUGERINDO QUE, SEJA DISPONIBILIZADO UMA VEZ_x000D_
 POR SEMANA A COLETA MATERIAL (FEZES,SANGUE E_x000D_
 URINA) NO DISTRITO BURITI NA UNIDADE BÁSICA AMÉLIO_x000D_
 FIRMINO DE OLIVEIRA LOCALIZADO EM NOSSO MUNICÍPIO_x000D_
 DE ALTO ARAGUAIA</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/727/scanner_20240814_7-19.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/727/scanner_20240814_7-19.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o_x000D_
 Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada_x000D_
 ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio com cópia ao Secretário_x000D_
 Municipal de Obras, Infraestrutura, Transporte e Frotas, Milton Fernandes_x000D_
 Lima, “solicitando melhorias na iluminação do bairro Jardim Novo_x000D_
 Araguaia”.</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/728/scanner_20240814_7-17.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/728/scanner_20240814_7-17.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhadaao Prefeito Municipal, Sr. Gustavo de Melo, e ao secretário de Secretaria_x000D_
 Municipal de Agricultura, Pecuária e Abastecimento e Meio Ambiente, Sr. João Dias,_x000D_
 “Solicitando que seja implementada uma política consistentes de incentivo a_x000D_
 apicultura em nosso município.”</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/729/scanner_20240814_7-15.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/729/scanner_20240814_7-15.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo, e ao secretário de Secretaria_x000D_
 Municipal de Agricultura, Pecuária e Abastecimento e Meio Ambiente, Sr. João Dias,_x000D_
 “Solicitando que sejam implementadas política consistentes de incentivo a as_x000D_
 atividades de fruticultura e produção de derivados em Alto Araguaia.”</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/730/scanner_20240814_7-37.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/730/scanner_20240814_7-37.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, nos termos do Regimento Interno_x000D_
 desta Casa de Leis, requer que a presente indicação seja devidamente encaminhada ao_x000D_
 Prefeito Municipal, Sr. Gustavo de Melo e a Secretária Municipal de Assistência Social, Sra._x000D_
 Laura Missias, “sugerindo a revisão dos cadastros do Programa Feijão no Fogo e a_x000D_
 substituição daqueles que desenquadram por novas pessoas que estão em estado de_x000D_
 vulnerabilidade”.</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/731/scanner_20240814_7-39-41.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/731/scanner_20240814_7-39-41.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, nos termos do Regimento_x000D_
 Interno desta Casa de Leis, requer que a presente indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo e ao Secretário de_x000D_
 Administração, Sr. Manoelito, sugerindo que: “promova a doação de 60 sacos de_x000D_
 cimento, 6 metros de areia grossa, 5 metros de pedra n°2, um pacote de prego, 100_x000D_
 metros de tela, para que os reeducandos procedam com a reforma do pátio, que_x000D_
 está danificado e deteriorado.”</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/732/scanner_20240814_8-1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/732/scanner_20240814_8-1.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo, e ao secretário de_x000D_
 Infraestrutura, Obras e Serviços Urbanos, Sr. Milton Lima, a “Solicitação para que_x000D_
 intensifique os serviços de limpeza e iluminação no parque Ecológico Municipal_x000D_
 Atanael Farias da Costa.”</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/733/scanner_20240814_7-11.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/733/scanner_20240814_7-11.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, nos termos do Regimento Interno desta_x000D_
 Casa de Leis, requer que a presente indicação seja devidamente encaminhada ao_x000D_
 Prefeito Municipal, Sr. Gustavo de Melo e ao Secretário Municipal de Obras,_x000D_
 Infraestrutura, Transporte e Frotas, Sr. Milton Fernandes Lima, sugerindo “a reforma_x000D_
 no barracão da Associação dos Moradores do Gato Preto. O local é o único espaço_x000D_
 coletivo da região, desta forma, a sua reestruturação beneficiará toda comunidade_x000D_
 local.”</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/734/scanner_20240814_7-13.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/734/scanner_20240814_7-13.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicezio, com cópia ao Secretário de Saúde_x000D_
 Cleomar Vilela Rodrigues “ SOLICITO AO PREFEITO PROVIDÊNCIAS PARA_x000D_
 QUE O HOSPITAL MUNICIPAL (DEPUTADO CACILDO HUGUENEY)_x000D_
 FORNEÇA EXAMES (SOROLOGIA IGM E IGG) PARA DAGNÓSTICO DA_x000D_
 CHIKUNGUNYA”.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>Luizinho, Clodoaldo, Marcos Nunes, Mariana de Souza, Marilia Maia, Odair Ferruja, Ricardo Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/735/scanner_20240814_7-7-9.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/735/scanner_20240814_7-7-9.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a_x000D_
 Mesa encaminhe expediente ao Exmo. Senhor Prefeito Municipal Gustavo_x000D_
 de Melo Anicézio, e ao Secretário Municipal de finanças e planejamento,_x000D_
 Sr. Welton Vilela Cardoso. “Solicitando a viabilidade da aquisição de_x000D_
 uma máquina empilhadeira, cuja destinação seria a Ascalto ( Associação_x000D_
 dos Catadores de Material Reciclável de Alto Araguaia.)</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/736/scanner_20240814_7-3.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/736/scanner_20240814_7-3.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretária de_x000D_
 Obras e infraestrutura, Sr. Milton Fernandes de Lima, solicitando a construção de um_x000D_
 quebra-molas na Rua Guilherme Gonçalves Berigo, esquina com a Marechal Floriano_x000D_
 Peixoto.</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/737/scanner_20240814_7-5.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/737/scanner_20240814_7-5.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretária de_x000D_
 Obras e infraestrutura, Sr. Milton Fernandes de Lima, solicitando tapa-buracos na Rua_x000D_
 Marechal Floriano Peixoto, esquina com a Rua Mestre Angêlo.</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/738/scanner_20240814_7-1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/738/scanner_20240814_7-1.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o_x000D_
 Soberano Plenário, que o mesmo seja aprovado e devidamente encaminhado_x000D_
 ao Prefeito Municipal, Sr. Gustavo Melo de Anicézio, com cópia ao Secretário_x000D_
 de Obras Sr. Milton Lima, “Solicitando 800 metros de pavimentação na_x000D_
 Região do Gato Preto, no perímetro que compreende a escola, Igreja e_x000D_
 comércio local”.</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>Silvio Maia, Fabiano do Gás, Marilzan, Suzana Paniago</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/739/scanner_20240814_6-69-71.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/739/scanner_20240814_6-69-71.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do_x000D_
 art. 100 do Regimento Interno, requer à Presidente que esta indicação seja_x000D_
 devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo, “a_x000D_
 solicitação que seja Instituido o Sistema Colaborativo de Segurança e_x000D_
 Monitoramento no Município de Alto Araguaia, o qual consiste na_x000D_
 instalação de câmeras de segurança em pontos estratégicos no_x000D_
 município, como praças, parques, nas proximidades das escolas e demais_x000D_
 lugares freqüentados pelo público.”</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/740/scanner_20240814_6-65-67.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/740/scanner_20240814_6-65-67.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, nos termos do_x000D_
 Regimento Interno desta Casa de Leis, requer que a presente indicação seja_x000D_
 devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo e ao_x000D_
 Secretário de Saúde, Sr. Cleomar Vilela Rodrigues, sugerindo: “A majoração_x000D_
 do piso salarial dos agentes de saúde do município de Alto Araguaia para,_x000D_
 no mínimo, dois salários mínimos, conforme preceituado pela Emenda_x000D_
 Constitucional n°120 de 05 de maio de 2022. Além disso, a fim de valorizar_x000D_
 o trabalho destes importantes profissionais, sugere-se a criação de_x000D_
 vantagens e incentivos, conferindo-lhes mais dignidade e segurança.”</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/741/scanner_20240814_6-63.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/741/scanner_20240814_6-63.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, nos termos do Regimento Interno desta_x000D_
 Casa de Leis, requer que a presente indicação seja devidamente encaminhada ao_x000D_
 Prefeito Municipal, Sr. Gustavo de Melo e a Secretária Municipal de Esportes, Cultura,_x000D_
 Lazer e Turismo Sr.ª Eva Carmem, sugerindo “o retorno do Festival Náutico para_x000D_
 movimentar o comércio local, fomentar o turismo e resgatar os costumes tradicionais_x000D_
 e culturais agregados a essa festa”.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/742/scanner_20240814_6-61.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/742/scanner_20240814_6-61.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicezio, com cópia ao Secretário de Saúde_x000D_
 Cleomar Vilela Rodrigues “ SOLICITANDO PROVIDÊNCIAS PARA A_x000D_
 DISPONIBILIDADE DE VEÍCULOS COM MAIS CONFORTO E MELHOR_x000D_
 ESTADO DE CONSERVAÇÃO PARA A LOCOMOÇÃO DOS PACIENTES QUE_x000D_
 TRATAM DO CÂNCER ATÉ BARRETOS”.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/743/scanner_20240814_6-59.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/743/scanner_20240814_6-59.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, nos termos do Regimento Interno_x000D_
 desta Casa de Leis, requer que a presente indicação seja devidamente encaminhada ao_x000D_
 Prefeito Municipal, Sr. Gustavo de Melo e a Secretária Municipal de Esportes, Cultura, Lazer_x000D_
 e Turismo Sra. Eva Carmem Vieira de Carvalho, “sugerindo a troca da tela de proteção da_x000D_
 quadra esportiva do bairro Jardim Novo Araguaia e incluir sinalização e o barreira para_x000D_
 evitar entrada de veículos”.</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/744/scanner_20240814_6-57.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/744/scanner_20240814_6-57.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo, e ao secretário de_x000D_
 Infraestrutura, Obras e Serviços Urbanos, Sr. Milton Lima, a “Solicitação que seja_x000D_
 dado uma destinação ao antigo prédio da Escola Municipal Inácio Fraga, pois este se_x000D_
 encontra em total abandono, não cumprindo a função social que toda propriedade_x000D_
 deveria cumprir. Sugerimos, caso a estrutura do imóvel não esteja comprometida, que_x000D_
 seja instalado no prédio o “Centro Municipal de Artes Marciais”, o qual terá o_x000D_
 objetivo de difundir, junto às crianças e adolescentes, algumas modalidades de artes_x000D_
 marciais.”</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/745/scanner_20240814_6-55.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/745/scanner_20240814_6-55.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, nos termos do Regimento Interno_x000D_
 desta Casa de Leis, requer que a presente indicação seja devidamente encaminhada ao_x000D_
 Prefeito Municipal, Sr. Gustavo de Melo e ao Secretário Municipal de Obras Infraestrutura_x000D_
 Transporte e Frotas - Sr. Milton Fernandes de Lima, “sugerindo a recuperação das ruas do_x000D_
 Bairro Gabiroba, as quais se encontram com asfalto já deteriorado por ação do tempo”.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/746/scanner_20240814_6-53.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/746/scanner_20240814_6-53.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o_x000D_
 Soberano Plenário, que o mesmo seja aprovado e devidamente encaminhado_x000D_
 ao Secretário de Estado de Infraestrutura e Logística, Exmo. Sr. Marcelo_x000D_
 de Oliveira, ao Prefeito Municipal, Exmo. Sr. Gustavo Melo de Anicézio, e ao_x000D_
 Secretário de Obras Sr. Milton Lima, “Solicitando que sejam colocadas_x000D_
 placas de sinalização de curva no trecho da MT 100, antes e depois da_x000D_
 Ponte do Ribeirão Claro, no município de Alto Araguaia-MT”.</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/747/scanner_20240814_6-51.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/747/scanner_20240814_6-51.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Antonio Gabriel Oliveira dos Santos – Superintendente_x000D_
 Regional do DNIT, “solicitando a implantação de refletores nas faixas de pedestre da_x000D_
 Avenida Carlos Hugueney, para aumentar a segurança de todos que transitam no_x000D_
 local.”</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/748/scanner_20240814_6-49.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/748/scanner_20240814_6-49.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, nos termos do Regimento Interno_x000D_
 desta Casa de Leis, requer que a presente indicação seja devidamente encaminhada ao_x000D_
 Prefeito Municipal, Sr. Gustavo de Melo e ao Secretário Municipal de Obras Infraestrutura_x000D_
 Transporte e Frotas - Sr. Milton Fernandes de Lima, “sugerindo serviço de limpeza e reparos_x000D_
 na estrutura dos bueiros da Rua Benjamin Constant e Rua 24 de Fevereiro”.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>Clodoaldo, Fabiano do Gás, Luizinho, Marcos Nunes, Mariana de Souza, Marilia Maia, Marilzan, Odair Ferruja, Ricardo Barbosa, Silvio Maia, Suzana Paniago</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/749/scanner_20240814_6-45.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/749/scanner_20240814_6-45.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, nos termos do_x000D_
 Regimento Interno desta Casa de Leis, requerem que a presente indicação seja_x000D_
 devidamente encaminhada ao Exmo. Sr. Mauro Mendes - Governador do Estado_x000D_
 de Mato Grosso, ao Exmo. Sr. Alexandre Bustamante dos Santos - Secretário de_x000D_
 Segurança Pública de Mato Grosso e ao Exmo. Sr. Juarez Costa - Deputado_x000D_
 Federal, “solicitando a implantação de um Centro de Detenção Provisória_x000D_
 (CDP) no Município de Alto Araguaia-MT”.</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/750/scanner_20240814_6-43.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/750/scanner_20240814_6-43.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo, e ao secretário de Obras,_x000D_
 Infraestrutura, Transporte e Frotas, Sr. Milton Fernandes de Lima, “Solicitando a_x000D_
 intensificação do serviço de iluminação pública no bairro Jardim Novo Araguaia,_x000D_
 nas proximidades do restaurante HM .”</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/751/scanner_20240916_59.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/751/scanner_20240916_59.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, nos termos do_x000D_
 Regimento Interno desta Casa de Leis, requer que a presente indicação seja_x000D_
 devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo e ao_x000D_
 Secretário de Municipal de Agricultura, Pecuária, Abastecimento e Meio_x000D_
 Ambiente, Senhor João Dias, sugerindo “ a instalação de pontos de descarte_x000D_
 e de coleta de lixo eletrônico.”</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/752/scanner_20240814_6-41.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/752/scanner_20240814_6-41.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, nos termos do Regimento Interno_x000D_
 desta Casa de Leis, requer que a presente indicação seja devidamente encaminhada ao_x000D_
 Prefeito Municipal, Sr. Gustavo de Melo e a Secretária Municipal de Esportes, Cultura, Lazer_x000D_
 e Turismo Sra. Eva Carmem Vieira de Carvalho, “sugerindo a viabilidade de melhorias na_x000D_
 estrutura da Casa do Estudante Masculina”.</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/753/scanner_20240814_6-39.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/753/scanner_20240814_6-39.pdf</t>
   </si>
   <si>
     <t>A Vereadora que presente subscreve, requer à Mesa Ouvido o Soberano Plenário, que a_x000D_
 mesma seja aprovada e devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo_x000D_
 Anicezio, com cópia ao Secretário de Obras, Infraestrutura, Transporte e Frotas Sr._x000D_
 Milton Fernandes de Lima “SOLICITANDO TODA A SINALIZAÇÃO HORIZONTAL_x000D_
 (FAIXA DE PEDESTRES, LINHA DE RETENÇÃO, ETC) E A SINALIZAÇÃO_x000D_
 VERTICAL (PLACAS DE ADVERTÊNCIA; INDICAÇÃO, ETC) NA RUA FLORISVALDO_x000D_
 DE SOUZA PORTO EM FRENTE AO COLÉGIO OBJETIVO ” .</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/754/scanner_20240814_6-37.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/754/scanner_20240814_6-37.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicezio, com cópia ao Secretário de Saúde_x000D_
 Cleomar Vilela Rodrigues e a Secretária de Educação Eva Carmem Vieira de_x000D_
 Carvalho “ SOLICITANDO O FORNECIMENTO DE MÁSCARAS NAS ESCOLAS_x000D_
 PÚBLICAS MUNICIPAIS DE ALTO ARAGUAIA-MT”.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/755/scanner_20240814_6-35.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/755/scanner_20240814_6-35.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de_x000D_
 Obras e Infraestrutura, Sr. Milton Lima Fernandes, solicitando reparos na iluminação da_x000D_
 Rua José da Costa, bairro N.S. Aparecida (em frente a Mercearia Marques).</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/756/scanner_20240814_6-33.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/756/scanner_20240814_6-33.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo, e ao secretário de Saúde, Sr._x000D_
 Cleomar Vilela Rodrigues, “Solicitando a implantação de um posto de coleta de_x000D_
 materiais para exames na parte alta da cidade, mais especificamente, na Unidade_x000D_
 Básica de Saúde Vanessa Welter.”</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/757/scanner_20240814_6-31.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/757/scanner_20240814_6-31.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, nos termos do Regimento Interno_x000D_
 desta Casa de Leis, requer que a presente indicação seja devidamente encaminhada ao_x000D_
 Prefeito Municipal, Sr. Gustavo de Melo e ao Secretário Municipal de Agricultura, Pecuária e_x000D_
 Abastecimento e Meio Ambiente, “sugerindo que seja estudada a possibilidade de Criação_x000D_
 de um Parque de Preservação e Proteção Integral na área da nascente do Córrego_x000D_
 Gordura”</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>Mariana de Souza, Marcos Nunes</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/758/scanner_20240814_6-29.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/758/scanner_20240814_6-29.pdf</t>
   </si>
   <si>
     <t>Os vereadores que a presente subscrevem, requerem à Mesa ouvido o Soberano_x000D_
 Plenário, a fim de se autorizar o encaminhamento de ofício ao prefeito municipal, o Sr._x000D_
 Gustavo de Melo Anicézio, “sugerindo a análise da possibilidade de uma revisão e/ou_x000D_
 equiparação dos vencimentos dos servidores ocupantes do cargo de farmacêuticos, do_x000D_
 Município de Alto Araguaia – MT, a fim de garantir a igualdade e isonomia entre_x000D_
 eles”.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/759/scanner_20240814_6-27.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/759/scanner_20240814_6-27.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo e ao Secretário de_x000D_
 Administração, Sr. Manoelito Dias de Rezende Neto “a solicitação de que seja_x000D_
 Implementado uma "Casa do Empreendedor" em nossa cidade espaço que deverá_x000D_
 reunir serviços de apoio ao micro e pequeno empreendedor, com ferramentas para_x000D_
 capacitar, formar e informar empreendedores e aqueles que pretendem empreender.”</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/760/scanner_20240814_6-25.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/760/scanner_20240814_6-25.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo, Secretário de Administração,_x000D_
 Sr. Manoelito Dias de Rezende Neto e a Presidente da Câmara Municipal, Sra. Mariana_x000D_
 de Souza “a solicitação de que a prefeitura e a Câmara Municipal realize a_x000D_
 divulgação de cursos online gratuitos oferecidos pelo SEBRAE, USP e outras_x000D_
 instituições.”</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/761/scanner_20240814_6-23.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/761/scanner_20240814_6-23.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo e ao Secretário de_x000D_
 Administração, Sr. Manoelito Dias de Rezende Neto “nesta indicação, solicito ao_x000D_
 Poder Executivo que este providencie a formação de uma equipe de trabalho em_x000D_
 parceria com entidades ligadas ao segmento comercial (ACEAIA) para elaboração de_x000D_
 um Plano Municipal de Ações, com auxílio do SEBRAE, para o fortalecimento do_x000D_
 setor no município.”</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/762/143-_silvio-__qualificacao_dos_beneficiarios_de_programa_social.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/762/143-_silvio-__qualificacao_dos_beneficiarios_de_programa_social.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo e ao Secretário de_x000D_
 Administração, Sr. Manoelito Dias de Rezende Neto “a solicitação de que sejam_x000D_
 oferecidos cursos de capacitação aos beneficiários de programas sociais, bem como a_x000D_
 todos os munícipes que procuram a administração buscando algum auxílio da_x000D_
 secretaria de promoção social.”</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/763/scanner_20240814_6-21.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/763/scanner_20240814_6-21.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicézio,_x000D_
 e ao Secretário Municipal de Saúde, Sr. Cleomar Vilela dos santos. “Solicitando um_x000D_
 estudo de viabilidade da aquisição de uma máquina para a realização de exames de_x000D_
 Raios-X odontológico, cuja finalidade seria atender ao PSF Celso Siqueira França_x000D_
 (PSF Central)”.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/764/scanner_20240814_6-19.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/764/scanner_20240814_6-19.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o_x000D_
 Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada_x000D_
 ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio com cópia a Secretário_x000D_
 Municipal de Saúde, Cleomar Vilela Rodrigues, “sugerindo que seja_x000D_
 realizado campanha publicitária orientando a população a completarem o_x000D_
 esquema de vacinação contra Covid-19”.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/765/scanner_20240814_6-17.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/765/scanner_20240814_6-17.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, nos termos do Regimento Interno_x000D_
 desta Casa de Leis, requer que a presente indicação seja devidamente encaminhada ao_x000D_
 Prefeito Municipal, Sr. Gustavo de Melo e ao Secretário Municipal de Agricultura, Pecuária e_x000D_
 Abastecimento e Meio Ambiente, “sugerindo que seja estudada a possibilidade de_x000D_
 Contração de Empresa e ou Profissional Especializado para de Prestação de Serviço de_x000D_
 Castração e Implantação de Microchip Eletrônico para identificação em cães e gatos”</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/766/scanner_20240814_6-15.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/766/scanner_20240814_6-15.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, nos termos do Regimento Interno desta Casa_x000D_
 de Leis, requer que a presente indicação seja devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo Melo e ao Secretário Municipal de Obras Infraestrutura Transporte e_x000D_
 Frotas, Sr. Milton Fernandes de Lima – “solicitando os serviços de recapeamento,_x000D_
 drenagem pluvial e limpeza na Rua Laura Vicunã, Bairro São Francisco”.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/767/scanner_20240814_6-13.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/767/scanner_20240814_6-13.pdf</t>
   </si>
   <si>
     <t>A Vereadora que presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicezio, com cópia a Secretaria Municipal de_x000D_
 Esportes, Cultura, Lazer e Turismo Sra. Eva Carmem Vieira de Carvalho_x000D_
 “SOLICITANDO A REFORMA GERAL NA QUADRA SEBASTIÃO ELIAS DE_x000D_
 SOUZA (XIBIU) NO BAIRRO DA COHAB.”.</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/768/scanner_20240814_6-11.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/768/scanner_20240814_6-11.pdf</t>
   </si>
   <si>
     <t>A Vereadora que presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicezio, com cópia ao Secretário de Obras,_x000D_
 Infraestrutura, Transporte e Frotas Sr. Milton Fernandes de Lima_x000D_
 “SOLICITANDO A MANUTENÇÃO DA PINTURA DAS FAIXAS DE_x000D_
 PEDESTRES EM TODO O NOSSO MUNICÍPIO”.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/769/scanner_20240814_6-9.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/769/scanner_20240814_6-9.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo, e ao secretário de_x000D_
 Infraestrutura, Obras e Serviços Urbanos, Sr. Milton Lima, a “Solicitação para que seja_x000D_
 feito o recapeamento do asfalto, a recuperação de trecho pavimentado com bloquete_x000D_
 da Rua Laura Vicuna e outras medidas que, certamente, serão sugeridas pelo núcleo_x000D_
 de engenharia do Poder Executivo.”</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/770/scanner_20240814_6-5.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/770/scanner_20240814_6-5.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhadaao Prefeito Municipal, Sr. Gustavo de Melo, e ao secretário de Obras,_x000D_
 Infraestrutura, Transporte e Frotas, Sr. Milton Fernandes de Lima, “Solicitando a_x000D_
 construção de um aterro sanitário no Município.”</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/771/scanner_20240814_6-7.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/771/scanner_20240814_6-7.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito de Alto Araguaia-MT, Sr. Gustavo de Melo Anicézio e a_x000D_
 Secretária Municipal de Esportes, Cultura, Lazer e Turismo Srª Eva Carmem “que seja_x000D_
 avaliada a possibilidade do município disponibilizar um espaço fora do perímetro urbano_x000D_
 para a prática de som automotivo”.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/772/scan2_-_convertido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/772/scan2_-_convertido.pdf</t>
   </si>
   <si>
     <t>Vereadora Marília Maia Rabello Queiroz, partido_x000D_
 PP, com assento nesta Casa, de conformidade com o artigo 103,parágrafo único do_x000D_
 Regimento Interno, a pedido dos munícipes de Alto Araguaia-MT, requeiro à Mesa que este_x000D_
 expediente seja encaminhado ao Exmo. Senhor GUSTAVO MELO DE ANICÉZIO ,_x000D_
 Prefeito Municipal, e a Senhora EVA CARMEM VIEIRA DE CARVALHO Secretária_x000D_
 Municipal de EDUCAÇÃO, SOLICITANDO A INSTALAÇÃO DE UM PARQUE_x000D_
 INFANTIL NA ESCOLA MUNICIPAL JOSÉ INÁCIO FRAGA EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/773/scanner_20240814_6-1-3.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/773/scanner_20240814_6-1-3.pdf</t>
   </si>
   <si>
     <t>As Vereadoras que a presente subscrevem, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito Municipal_x000D_
 Sr. Gustavo de Melo Anicezio, com cópia ao Secretário de Saúde Cleomar Vilela_x000D_
 Rodrigues “ SOLICITANDO UM NOVO ÔNIBUS COM BANHEIRO_x000D_
 DIRECIONADO A SECRETÁRIA DE SAÚDE PARA TRANSPORTAR OS_x000D_
 PACIENTES QUE REALIZAM CONSULTAS ESPECIALIZADAS EM_x000D_
 RONDONÓPOLIS-MT ” .</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/774/scanner_20240814_5-53.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/774/scanner_20240814_5-53.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o_x000D_
 Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada_x000D_
 ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio com cópia a Secretária_x000D_
 Municipal de Esportes, Cultura, Lazer e Turismo, Eva Carmen, “solicitando a_x000D_
 manutenção nos banheiros do mini estádio da Vila Aeroporto”.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/775/scanner_20240814_5-51.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/775/scanner_20240814_5-51.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo, Secretário de Administração,_x000D_
 Sr. Manoelito Dias de Rezende Neto “a solicitação de que seja ministrados cursos_x000D_
 direcionados para donas de casa, como corte de costura, bordado, artesanato,_x000D_
 confeitaria, bolos e outros.”</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/776/scanner_20240814_5-49.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/776/scanner_20240814_5-49.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do_x000D_
 art. 100 do Regimento Interno, requer à Presidente que esta indicação seja_x000D_
 devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo e ao_x000D_
 Secretário de Administração, Sr. Manoelito dos Dias de Rezende Neto “a_x000D_
 solicitação de que seja elaborado um catálogo com informações sobre_x000D_
 todos os pontos turísticos do nosso município, e, posteriormente, seja_x000D_
 disponibilizado cópias em todos os bares, restaurante e hotéis da cidade.”</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/777/scanner_20240814_5-47.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/777/scanner_20240814_5-47.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo e ao Secretário de_x000D_
 Administração, Sr. Manoelito Dias de Rezende Neto “a solicitação de que Prefeitura_x000D_
 mande confeccionar placas e adesivos com imagens dos pontos turísticos da cidade, e,_x000D_
 posteriormente, seja colocados em lugares públicos ou freqüentados pelo público.”</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/778/scanner_20240814_5-45.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/778/scanner_20240814_5-45.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo e ao Secretário de_x000D_
 Administração, Sr. Manoelito Dias de Rezende Neto “a solicitação de que Prefeitura_x000D_
 forme uma equipe de trabalho com o objetivo de produzir um vídeo com o título “Por_x000D_
 que investir em Alto Araguaia”.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/779/scanner_20240814_5-43.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/779/scanner_20240814_5-43.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo, e ao secretário de_x000D_
 Infraestrutura, Obras e Serviços Urbanos, Sr. Milton Lima, a “Solicitação para que seja_x000D_
 fornecidas caçambas para descarte de entulhos para os munícipes de baixa renda_x000D_
 comprovada.”</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/780/scanner_20240814_5-41.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/780/scanner_20240814_5-41.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente encaminhada_x000D_
 ao Prefeito Municipal, Sr. Gustavo de Melo, e ao secretário de Infraestrutura, Obras e_x000D_
 Serviços Urbanos, Sr. Milton Lima, a “Solicitação para que seja feita a reposição ou_x000D_
 substituição completa de areia nos tanques de areia dos playground infantis do_x000D_
 município.”</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/781/scan2_-_convertido_2.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/781/scan2_-_convertido_2.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, nos termos do Regimento Interno_x000D_
 desta Casa de Leis, requer que a presente indicação seja devidamente encaminhada ao_x000D_
 Prefeito Municipal, Sr. Gustavo de Melo e a Secretária Municipal de Esportes, Cultura, Lazer_x000D_
 e Turismo Sra. Eva Carmem Vieira de Carvalho, sugerindo a:_x000D_
  Doação de kit de material escolar (caderno, lápis, caneta, lápis de cor, borracha e_x000D_
 afins, mochila) para os alunos das Escolas da Rede Municipal de Ensino;_x000D_
  Doação de kit completo de uniforme escolar (camiseta, short e tênis).</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/782/163-_silvio_maia_-_indicacao_energia_solar_em_unidades_habitacionais.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/782/163-_silvio_maia_-_indicacao_energia_solar_em_unidades_habitacionais.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhadaao Prefeito Municipal, Sr. Gustavo de Melo, e ao secretário de Obras,_x000D_
 Infraestrutura, Transporte e Frotas, Sr. Milton Fernandes de Lima, “Solicitando a_x000D_
 instalação de sistema de uso de energia solar em todos os programas de habitação_x000D_
 popular a serem construídos.”</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/783/164-_silvio_maia_indicacao_mini_usina_de_energia_solar.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/783/164-_silvio_maia_indicacao_mini_usina_de_energia_solar.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo e ao Secretário de_x000D_
 Administração, Sr. Manoelito Dias de Rezende Neto “a solicitação que Prefeitura_x000D_
 construa uma usina de energia solar fotovoltaicas, uma vez que a Prefeitura tem uma_x000D_
 gasto de 340 mil reais mensais com energia elétrica, totalizando mais de 4 milhões_x000D_
 por ano.”</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/784/scanner_20240814_5-39.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/784/scanner_20240814_5-39.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicézio,_x000D_
 e aos Secretários Municipais de Administração, Indústria e Comércio, Sr. Manoelito_x000D_
 Dos Dias de Rezende Neto e Secretario Municipal de Finanças, Sr.Welton Vilela_x000D_
 Cardoso “Solicitando um estudo de viabilidade visando a implementação de um_x000D_
 programa de distribuição de “Kit material de construção”,que seria voltado a atender_x000D_
 a demanda da população carente do município”.</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/785/scanner_20240814_5-37.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/785/scanner_20240814_5-37.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de_x000D_
 Infraestrutura Sr. Milton Fernandes Lima, solicitando tapa buracos na Rua Marechal_x000D_
 Floriano Peixoto, especificamente entre a esquina da Rua Benjamin Constant e a esquina_x000D_
 com a Rua Guilherme Gonçalves Berigo.</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/786/scanner_20240814_5-35.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/786/scanner_20240814_5-35.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de_x000D_
 Infraestrutura Sr. Milton Fernandes Lima, solicitando reparos em frente a creche do bairro_x000D_
 Vila Aeroporto, na Av. Maria da Glória Fávero, especificamente em frente a borracharia_x000D_
 do Manoel.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/787/scanner_20240814_5-33.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/787/scanner_20240814_5-33.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o_x000D_
 Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada_x000D_
 ao Prefeito Municipal, Sr. Gustavo de Melo Anicésio com cópia ao Secretário_x000D_
 Municipal de Obras, Infraestrutura, Transportes e Frotas Milton Fernandes_x000D_
 Lima, “solicitando reparos na estrada da região do Torto que dá acesso às_x000D_
 fazendas formiguinha, pedra furada, Santa Luzia, Andorinha”.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/788/scanner_20240814_5-31.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/788/scanner_20240814_5-31.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o_x000D_
 Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada_x000D_
 ao Prefeito Municipal, Sr. Gustavo de Melo Anicésio com cópia ao Diretor de_x000D_
 Esportes, Bruno Pio Peron, “sugerindo a volta dos Campeonatos Pantera_x000D_
 do Leste, Taça Araguaia de Futsal, Tacinha Araguaia e Campeonato_x000D_
 Interbairros de futebol Society e o retorno das escolinhas de futsal”.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/789/scanner_20240814_5-29.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/789/scanner_20240814_5-29.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o_x000D_
 Soberano Plenário, que a mesma seja aprovada e devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio com_x000D_
 cópia ao Secretário Municipal de Obras, Infraestrutura, Transportes e_x000D_
 Frotas Milton Fernandes Lima, “solicitando a reativação da Academia_x000D_
 Popular no bairro Beira Rio, localizada na Rua Rui Barbosa”.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/790/171-_andre_da_fm_-_indicacao_expoaia.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/790/171-_andre_da_fm_-_indicacao_expoaia.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o_x000D_
 Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada_x000D_
 ao Prefeito Municipal, Sr. Gustavo de Melo Anicésio com cópia ao Secretário_x000D_
 Municipal de Agricultura, João Dias “sugerindo a obrigatoriedade na_x000D_
 contratação de artistas locais (cantores) e um Show Gospel para abrir a_x000D_
 Expoaia de 2023”.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/791/scanner_20240814_5-27.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/791/scanner_20240814_5-27.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o_x000D_
 Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada_x000D_
 ao Prefeito Municipal, Sr. Gustavo de Melo Anicésio com cópia ao Secretário_x000D_
 Municipal de Obras, Infraestrutura, Transportes e Frotas Milton Fernandes_x000D_
 Lima, “solicitando a volta da realização do ERAG (Encontro Regional da_x000D_
 Arte Gospel)”.</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/792/scanner_20240814_5-19.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/792/scanner_20240814_5-19.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o_x000D_
 Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada_x000D_
 ao Prefeito Municipal, Sr. Gustavo de Melo Anicésio com cópia ao Secretário_x000D_
 Municipal de Obras, Infraestrutura, Transportes e Frotas Milton Fernandes_x000D_
 Lima, “solicitando a construção de dois quebra-molas na Rua Contorno,_x000D_
 no bairro Professora Maria das Graças de Sousa Pinto.”</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/793/scanner_20240814_5-17.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/793/scanner_20240814_5-17.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, nos termos do Regimento Interno_x000D_
 desta Casa de Leis, requer que a presente indicação seja devidamente encaminhada ao_x000D_
 Prefeito Municipal, Sr. Gustavo de Melo e ao Secretário Municipal de Obras Infraestrutura_x000D_
 Transporte e Frotas - Sr. Milton Fernandes de Lima, “sugerindo que:_x000D_
  Seja feita manutenção na estrada da MU-34;_x000D_
  Seja disponibilizado pá carregadeira, patrol e caminhão para realizar manutenção_x000D_
 nas estradas do Assentamento Córrego Rico.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/794/scanner_20240814_5-15.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/794/scanner_20240814_5-15.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicezio, com cópia ao Secretário de Saúde_x000D_
 Cleomar Vilela Rodrigues “ SOLICITANDO PARA QUE A PREFEITURA FAÇA_x000D_
 UMA LICITAÇÃO PARA A COMPRA DE APARELHOS AUDITIVOS”.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/795/scanner_20240814_5-5-13.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/795/scanner_20240814_5-5-13.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Sr. Prefeito Municipal de Alto Araguaia/MT Sr._x000D_
 Gustavo de Melo Anicésio e a Secretaria Municipal de Obras, Infraestrutura,_x000D_
 Transporte e Frotas Sr. Milton Fernandes de Lima, “solicitando a sinalização de_x000D_
 quebra mola localizado na rua Guilherme Gonçalves Berigo”.</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/796/docx.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/796/docx.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de_x000D_
 Obras e Infraestrutura Sr. Milton Fernandes Lima, solicitando que seja feito um_x000D_
 patrolamento na MU 462, na região do Paraíso.</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/797/scanner_20240814_5-1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/797/scanner_20240814_5-1.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de_x000D_
 Infraestrutura Sr. Milton Fernandes Lima, que seja viabilizado a possibilidade de um_x000D_
 recapeamento no bairro Maria das Graças, especificamente nas ruas aonde foi construído_x000D_
 o asfalto com resíduos sólidos de reutilização de esfera asfáltica.</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/798/scanner_20240814_4-109.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/798/scanner_20240814_4-109.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Antonio Gabriel Oliveira dos Santos – Superintendente_x000D_
 Regional do DNIT, “solicitando a reforma da passarela anexa a ponte sob o Rio_x000D_
 Boiadeiro, na BR 364, em Alto Araguaia -MT .”</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/799/scanner_20240814_4-107.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/799/scanner_20240814_4-107.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, nos termos do Regimento Interno desta Casa_x000D_
 de Leis, requer que a presente indicação seja devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo Melo e ao Secretário Municipal de Obras Infraestrutura Transporte e_x000D_
 Frotas, Sr. Milton Fernandes de Lima – “solicitando a reforma do ponto de ônibus da rua_x000D_
 21, do bairro Vila Aeroporto”.</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/800/scanner_20240814_4-105.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/800/scanner_20240814_4-105.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo, e ao secretário de_x000D_
 Infraestrutura, Obras e Serviços Urbanos, Sr. Milton Lima, a “solicitação que a_x000D_
 Prefeitura coloque placas na entrada da cidade e em toda avenida Carlos Hugueney,_x000D_
 orientando os caminhoneiros/carreteiros, que tem como destino a cidade de Alto_x000D_
 Taquari, a utilizarem somente a avenida Carlos Hugueney e a rua Jerônimo Samita_x000D_
 Maia.”</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/801/scanner_20240814_4-103.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/801/scanner_20240814_4-103.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo, e ao secretário de Obras,_x000D_
 Infraestrutura, Transporte e Frotas, Sr. Milton Fernandes de Lima, “Solicitando que o_x000D_
 Poder Executivo, através do setor competente, viabilize plantio de arvores nas_x000D_
 áreas publicas da cidade, e incentive a população sobre a necessidade do_x000D_
 plantio em áreas particulares, realizando projetos de conscientização e_x000D_
 arborização.”</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/802/scanner_20240814_4-101.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/802/scanner_20240814_4-101.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicézio,_x000D_
 e aos Secretários Municipais de Administração, Indústria e Comércio, Sr. Manoelito_x000D_
 Dos Dias de Rezende Neto e Secretario Municipal de Finanças, Sr. Welton Vilela_x000D_
 Cardoso “Solicitando um estudo de viabilidade, visando a abertura de processo_x000D_
 seletivo, para a contratação temporária de funcionários para ocupar o cargo de_x000D_
 bombeiro civil/brigadista”.</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/803/scanner_20240814_4-97.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/803/scanner_20240814_4-97.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o_x000D_
 Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada_x000D_
 ao Prefeito Municipal, Sr. Gustavo de Melo Anicésio com cópia a Secretária_x000D_
 Municipal de Esportes, Cultura, Lazer e turismo, Eva Carmem, “sugerindo o_x000D_
 retorno do desfile cívico no aniversário de Alto Araguaia em 26 de_x000D_
 outubro.”</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/804/scanner_20240814_4-95.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/804/scanner_20240814_4-95.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o_x000D_
 Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada_x000D_
 ao Prefeito Municipal, Sr. Gustavo de Melo Anicésio com cópia ao Secretário_x000D_
 Municipal de Obras, Infraestrutura, Transportes e Frotas Milton Fernandes_x000D_
 Lima, “sugerindo a implantação de serviço de acesso à internet via wi-fi_x000D_
 livre gratuito nas praças Coronel Ondino Rodrigues Lima, Aldinor_x000D_
 Germano Rosa e Praça do bairro Boiadeiro.”</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/805/scanner_20240814_4-93.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/805/scanner_20240814_4-93.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o_x000D_
 Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada_x000D_
 ao Prefeito Municipal, Sr. Gustavo de Melo Anicésio com cópia a Secretária_x000D_
 Municipal de Educação, Eva Carmem, “sugerindo que estudantes de baixa_x000D_
 renda da rede municipal de ensino sejam assistidos pelo município_x000D_
 disponibilizando a merenda escolar também fora do período letivo.”</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/806/scanner_20240814_4-91.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/806/scanner_20240814_4-91.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o_x000D_
 Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada_x000D_
 ao Prefeito Municipal, Sr. Gustavo de Melo Anicésio com cópia ao Secretário_x000D_
 Municipal de Obras, Infraestrutura, Transportes e Frotas Milton Fernandes_x000D_
 Lima, “sugerindo a reforma do Terminal Rodoviário de Alto Araguaia.”</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/807/scanner_20240814_4-89.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/807/scanner_20240814_4-89.pdf</t>
   </si>
   <si>
     <t>A Vereadora que presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicezio, com cópia ao Secretário de Obras,_x000D_
 Infraestrutura, Transporte e Frotas Sr. Milton Fernandes de Lima_x000D_
 “SOLICITANDO A AQUISIÇÃO DE CARRINHOS DE LIXO APROPRIADOS_x000D_
 PARA OS GARIS DO NOSSO MUNICÍPIO”.</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/808/scanner_20240814_4-87.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/808/scanner_20240814_4-87.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicezio, com cópia ao Secretário de Saúde_x000D_
 Cleomar Vilela Rodrigues “ SOLICITANDO A CONSTRUÇÃO DE UMA ÁREA_x000D_
 COBERTA, INCLUINDO CADEIRAS, BEBEDOURO E BANHEIROS NA_x000D_
 SECRETARIA DE SAÚDE”.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/809/scanner_20240814_4-85.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/809/scanner_20240814_4-85.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito de Alto Araguaia-MT, Sr. Gustavo Melo de Anicézio_x000D_
 e ao Secretário de Obras, Infraestrutura, Transporte e Frotas, Srº Milton Fernandes Lima_x000D_
 sugerindo que as luzes da Orla do Estádio Antônio Afonso de Melo (Bilinão), sejam_x000D_
 ligadas durante o período noturno, para maior comodidade de quem pratica_x000D_
 exercícios a noite e das famílias que ficam no local até começar a escurecer.</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/810/scanner_20240814_4-83.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/810/scanner_20240814_4-83.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de_x000D_
 Obras e Infraestrutura Sr. Milton Fernandes Lima, solicitando que seja feito uma campanha_x000D_
 de divulgação sobre jogar o entulho nas ruas.</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/811/scanner_20240814_4-81.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/811/scanner_20240814_4-81.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, nos termos do Regimento Interno desta Casa_x000D_
 de Leis, requer que a presente indicação seja devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo Melo e ao Secretário Municipal de Obras Infraestrutura Transporte e_x000D_
 Frotas, Sr. Milton Fernandes de Lima – “solicitando melhorias das ruas A1, B1 e F1 do_x000D_
 bairro Nossa Senhora Aparecida”</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/812/scanner_20240814_4-79.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/812/scanner_20240814_4-79.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo e a Secretária de Educação,_x000D_
 Sra. Eva Carmem Vieira de Carvalho, “solicitação que seja instituído um programa de_x000D_
 atividades físicas para a terceira idade (hidroginástica, bocha, pilates entre outros).”</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/813/scanner_20240814_4-77.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/813/scanner_20240814_4-77.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o_x000D_
 Soberano Plenário, que a mesma seja aprovada e devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio com_x000D_
 cópia ao Secretário Municipal de Saúde, Cleomar Vilela, “sugerindo a_x000D_
 disponibilização uma casa de apoio para moradores da zona rural_x000D_
 que vem realizar tratamento de saúde em Alto Araguaia.”</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/814/scanner_20240814_4-75.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/814/scanner_20240814_4-75.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o_x000D_
 Soberano Plenário, que a mesma seja aprovada e devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio com_x000D_
 cópia ao Secretário Municipal de Obras, Infraestrutura, Transportes e_x000D_
 Frotas Milton Fernandes Lima, “sugerindo a criação de um aeroporto_x000D_
 municipal.”</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/815/scanner_20240814_4-73.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/815/scanner_20240814_4-73.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o_x000D_
 Soberano Plenário, que a mesma seja aprovada e devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio com_x000D_
 cópia ao Secretário Municipal de Obras, Infraestrutura, Transportes e_x000D_
 Frotas Milton Fernandes Lima, “sugerindo uma revitalização no atual_x000D_
 cemitério de Alto Araguaia através de arborização no local, ou a_x000D_
 construção de um novo cemitério com espaços para celebração_x000D_
 ecumênica.”</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/816/scanner_20240814_4-71.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/816/scanner_20240814_4-71.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o_x000D_
 Soberano Plenário, que a mesma seja aprovada e devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio com_x000D_
 cópia ao Secretário Municipal de Saúde, Cleomar Vilela, “sugerindo_x000D_
 plantão de dentistas aos finais de semana no Hospital Municipal_x000D_
 Deputado Cacildo Hugueney.”</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/817/scanner_20240814_4-67-69.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/817/scanner_20240814_4-67-69.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, nos termos do Regimento Interno desta Casa de Leis,_x000D_
 requer que a presente indicação seja devidamente encaminhada ao Prefeito Municipal, Sr._x000D_
 Gustavo de Melo e ao Secretário Municipal de Agricultura, Pecuária e Abastecimento e Meio_x000D_
 Ambiente, “sugerindo que seja realizada na Área de Preservação Permanente (APP)_x000D_
 localizada na rua F1, do bairro Nossa Senhora Aparecida:_x000D_
  Instalação de cercas e placas informativas proibindo jogar lixo;_x000D_
  Revitalização e paisagismo;_x000D_
  Calçadas e alambrado.</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/818/scanner_20240814_4-61-65.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/818/scanner_20240814_4-61-65.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Sr. Prefeito Municipal de Alto Araguaia/MT_x000D_
 Sr. Gustavo de Melo Anicésio e a Secretaria Municipal de Obras, Infraestrutura,_x000D_
 Transporte e Frotas Sr. Milton Fernandes de Lima, “solicitando quebra mola_x000D_
 para rua Maria Leocádia, próximo a ponte do Estádio Antônio Afonso de_x000D_
 Melo (Bilinão)”.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/819/scanner_20240814_4-59.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/819/scanner_20240814_4-59.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, nos termos do Regimento Interno_x000D_
 desta Casa de Leis, requer que a presente indicação seja devidamente encaminhada ao_x000D_
 Prefeito Municipal, Sr. Gustavo de Melo e ao Secretário Municipal de Saúde, Sr. Cleomar_x000D_
 Vilela Rodrigues, “sugerindo a aquisição de um smartphone com conta no whatsapp, para_x000D_
 atender os munícipes que não tem condições de fazer uma ligação para o telefone fixo do_x000D_
 Hospital Municipal”.</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/820/scanner_20240814_4-57.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/820/scanner_20240814_4-57.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de_x000D_
 Obras e Infraestrutura Sr. Milton Fernandes Lima, solicitando que seja feito um_x000D_
 patrolamento e recuperação da estrada do Gato Preto.</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/821/scanner_20240814_4-55.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/821/scanner_20240814_4-55.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de Obras e Infraestrutura Sr. Milton Fernandes Lima, solicitando que seja feito um patrolamento e recuperação na subida da estrada da Serra Monte Sinai.</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>Luizinho, Mariana de Souza, Odair Ferruja</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/822/scanner_20240814_4-53.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/822/scanner_20240814_4-53.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicézio,_x000D_
 e aos Secretários Municipais de Administração, Indústria e Comércio, Sr. Manoelito_x000D_
 Dos Dias de Rezende Neto, Secretario Municipal de Finanças, Sr.Welton Vilela_x000D_
 Cardoso, e secretário de obras e infraestrutura,Sr. Milton Fernandes de Lima_x000D_
 “Solicitando um estudo de viabilidade junto aos órgãos competentes, para que sejam_x000D_
 tomadas as legais e cabíveis providências, visando a construção de um barracão para_x000D_
 abrigar a frota de veículos da prefeitura municipal.”.</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/823/scanner_20240814_4-51.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/823/scanner_20240814_4-51.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Alan Resende Porto– Secretário de Estado de Educação de_x000D_
 Mato Grosso, “solicitando que seja disponibilizado lanche aos servidores e_x000D_
 professores das Escolas Estaduais de Alto Araguaia.”</t>
   </si>
   <si>
     <t>1907</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1907/scanner_20240814_4-49.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1907/scanner_20240814_4-49.pdf</t>
   </si>
   <si>
     <t>Solicitando a implantação de estacionamento Escama de Peixe na Rua Silvio José de Castro Maia (entre a rua General Osório e Dr. José Morbeck, tendo como ponto de referência “Caixa Econômica”), na Rua General Osório (entre a rua Silvio Jose de castro Maia e Avenida Carlos Hugueney, tendo como ponto de referência “Galeria Espaço Araguaia”), na Avenida Jerônimo Samita Maia (na rua da Feira Municipal), e na Rua Silvio Jose de Castro Maia (tendo como referência</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/824/206_-_mariana-_cercas_parquinho.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/824/206_-_mariana-_cercas_parquinho.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, nos termos do Regimento Interno_x000D_
 desta Casa de Leis, requer que a presente indicação seja devidamente encaminhada ao_x000D_
 Prefeito Municipal, Sr. Gustavo de Melo e ao Secretário Municipal de Obras, Infraestrutura,_x000D_
 Transporte e Frotas, Srº Milton Fernandes Lima, “sugerindo a manutenção das cercas de_x000D_
 proteção do parquinho infantil da praça da Matriz”.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/825/207-_marcos_nunes.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/825/207-_marcos_nunes.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito de Alto Araguaia-MT, Sr. Gustavo Melo de Anicézio_x000D_
 e ao Secretário de Saúde – Srº Cleomar Vilela Rodrigues sugerindo:_x000D_
 “que seja estudada a possibilidade e viabilidade de firmar convênio com_x000D_
 médicos veterinários locais ou com o Centro Universitário de Mineiros (UNIFIMES)_x000D_
 para realização de campanhas de castração gratuita de animais, para famílias de_x000D_
 baixa renda e que possuam CadÚnico, evitando-se o abandono e crias indesejadas.”</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>Suzana Paniago, Clodoaldo, Fabiano do Gás, Luizinho, Marcos Nunes, Mariana de Souza, Marilia Maia, Marilzan, Odair Ferruja, Ricardo Barbosa, Silvio Maia</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/826/scanner_20240814_4-43.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/826/scanner_20240814_4-43.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que presente subscrevem, requerem à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito Municipal, Sr._x000D_
 Gustavo de Melo Anicézio, com cópia a Secretária Municipal de Esportes, Cultura,_x000D_
 Lazer e Turismo Eva Carmem Vieira de Carvalho “SOLICITANDO A REALIZAÇÃO_x000D_
 DAS AULAS DE ZUMBA NA QUADRA DO BAIRRO PARQUE DO CERRADO”.</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/907/scanner_20240814_4-45.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/907/scanner_20240814_4-45.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhadaao Prefeito Municipal, Sr. Gustavo de Melo, e ao secretário de Secretaria_x000D_
 Municipal de Agricultura, Pecuária e Abastecimento e Meio Ambiente, Sr. João Dias,_x000D_
 “Visando formar indivíduos preocupados com os problemas ambientais e que_x000D_
 busquem a conservação e preservação dos recursos naturais e a sustentabilidade,_x000D_
 solicito que seja implementada um amplo programa ou Plano de Educação Ambiental_x000D_
 no município, com o maior foco nas escolas.”</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/908/scanner_20240814_4-39.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/908/scanner_20240814_4-39.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Prefeito de Alto Araguaia – MT Sr. Gustavo de Melo Anicézio e_x000D_
 ao Secretário de Obras, Infraestrutura, Transporte e Frotas Sr. Milton Fernandes de_x000D_
 Lima sugere “que sejam feitos dois quebra-molas, um na Rua Antônio Aires Fávero e_x000D_
 o outro Rua 12 de Outubro, próximos ao cruzamento dessas duas vias”.</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/909/scanner_20240814_4-37.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/909/scanner_20240814_4-37.pdf</t>
   </si>
   <si>
     <t>desta Casa de Leis, requer que a presente indicação seja devidamente encaminhada ao_x000D_
 Prefeito Municipal, Sr. Gustavo de Melo e a Secretária Municipal de Educação, Srª Eva_x000D_
 Carmem, “pedindo informações sobre o Projeto Tom Jobim:_x000D_
  Como está a situação do Projeto?_x000D_
  Qual a previsão para a contratação de uma nova professora para_x000D_
 Projeto ?</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/910/scanner_20240814_4-35.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/910/scanner_20240814_4-35.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo, e ao secretário de Secretaria_x000D_
 Municipal de Agricultura, Pecuária e Abastecimento e Meio Ambiente, Sr. João Dias,_x000D_
 “Solicitando que seja concedida isenção de IPTU pelo prazo de 2 a 4 anos aos_x000D_
 proprietários de residências que instalarem qualquer tipo sistema de tratamento_x000D_
 ecológico e/ou biológico de esgoto doméstico, como biodigestor, fossas ecológicas ou_x000D_
 qualquer outro sistema de tratamento ecológico e/ou biológico de esgoto.”</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/911/scanner_20240814_4-33.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/911/scanner_20240814_4-33.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo, ao secretário de Secretaria_x000D_
 Municipal de Agricultura, Pecuária e Abastecimento e Meio Ambiente, Sr. João Dias, e_x000D_
 a Presidente da Câmara Municipal, Senhora Mariana de Souza “a Solicitação que o_x000D_
 Poder Executivo e Legislativo instale qualquer tipo sistema de tratamento ecológico_x000D_
 e/ou biológico de esgoto doméstico, como o biodigestor, fossas ecológicas ou qualquer_x000D_
 outro sistema de tratamento ecológico e/ou biológico nas Escolas, Câmara Municipal_x000D_
 e demais prédios públicos.”</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/912/scanner_20240814_4-31.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/912/scanner_20240814_4-31.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de_x000D_
 Obras e Infraestrutura Sr. Milton Fernandes Lima, solicitando que seja feito um tapa-buraco_x000D_
 na Rua Contorno, próximo a loja Maju Variedades, no bairro Maria das Graças.</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/913/scanner_20240814_4-29.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/913/scanner_20240814_4-29.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e à Secretária_x000D_
 Municipal de Educação Cultura Esportes Lazer e Turismo de Alto Araguaia/MT, solicitando_x000D_
 a disponibilidade de um treinador de futebol para o bairro Jardim Novo Araguaia.</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/914/scanner_20240814_4-27.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/914/scanner_20240814_4-27.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e à Ilma. Sra. Eva_x000D_
 Carmem Vieira de Carvalho - Secretária Municipal de Educação Cultura Esportes Lazer e_x000D_
 Turismo de Alto Araguaia/MT, “solicitando a criação de um Centro Cultural”.</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/915/scanner_20240814_4-23-25.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/915/scanner_20240814_4-23-25.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo e a Secretária de Educação,_x000D_
 Sra. Eva Carmem Vieira de Carvalho, “a solicitação que seja instituído um programa_x000D_
 ou projeto que tenha como finalidade ensinar técnicas e estimular a prática da_x000D_
 oratória em todas as escolas publicas municipais.”</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/916/scanner_20240814_4-21.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/916/scanner_20240814_4-21.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o_x000D_
 Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada_x000D_
 ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio com cópia ao Secretário_x000D_
 Municipal de Obras, Infraestrutura, Transporte e Frotas, Milton Fernandes Lima_x000D_
 “solicitando limpeza do Cemitério Municipal”.</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/917/scanner_20240814_4-19.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/917/scanner_20240814_4-19.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o_x000D_
 Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada_x000D_
 ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio com cópia a Secretária_x000D_
 Municipal de Educação, Eva Carmem, “solicitando a manutenção/reforma_x000D_
 na Escola Municipal Adalcy da Conceição Rodrigues”.</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/918/scanner_20240814_4-17.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/918/scanner_20240814_4-17.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de_x000D_
 Obras e Infraestrutura Sr. Milton Fernandes Lima, solicitando que seja feito uma limpeza em_x000D_
 todos os bueiros do município.</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/919/scanner_20240814_4-15.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/919/scanner_20240814_4-15.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o_x000D_
 Soberano Plenário, que a mesma seja aprovada e devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio com_x000D_
 cópia ao Secretário Municipal de Obras, Infraestrutura, Transporte e Frotas,_x000D_
 Milton Fernandes Lima “solicitando melhorias na infraestrutura do_x000D_
 Parque Ecológico Municipal de Alto Araguaia”.</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/920/scanner_20240814_4-11-13.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/920/scanner_20240814_4-11-13.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, nos termos do Regimento Interno_x000D_
 desta Casa de Leis, requer que a presente indicação seja devidamente encaminhada ao_x000D_
 Prefeito Municipal, Sr. Gustavo de Melo e a Secretária Municipal Educação, Srª Eva Carmem_x000D_
 Vieira de Carvalho, “sugerindo melhorias para a creche Izoldina de Castro Maia, tais_x000D_
 como:_x000D_
  Mesas para aulas e refeitório;_x000D_
  Livros infantis para atividades de leitura;_x000D_
  Instalar placas de identificação escolar, a fim de reduzir_x000D_
 velocidade de veículos;_x000D_
  Realizar limpeza do terreno.</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/921/scanner_20240814_4-9.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/921/scanner_20240814_4-9.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o_x000D_
 Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada_x000D_
 ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio com cópia ao Secretário_x000D_
 Municipal de Obras, Infraestrutura, Transporte e Frotas, Milton Fernandes Lima_x000D_
 “solicitando manutenção na iluminação do canteiro central da Avenida_x000D_
 Carlos Hugueney”.</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/922/scanner_20240814_4-7.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/922/scanner_20240814_4-7.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de_x000D_
 Infraestrutura Sr. Milton Fernandes Lima, “solicitando tapa buracos nas Ruas A1, B1 e C1,_x000D_
 localizadas no bairro Nossa Senhora Aparecida.”</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/923/scanner_20240814_4-5.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/923/scanner_20240814_4-5.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de_x000D_
 Obras e Infraestrutura Sr. Milton Fernandes Lima, “solicitando que seja feito um tapaburaco_x000D_
 nas Rua B a Rua H, no bairro Maria das Graças.”</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/924/scanner_20240814_4-3.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/924/scanner_20240814_4-3.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o_x000D_
 Soberano Plenário, que a mesma seja aprovada e devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio com_x000D_
 cópia ao Secretário Municipal de Obras, Infraestrutura, Transporte e_x000D_
 Frotas, Milton Fernandes Lima “solicitando a implantação de faixa de_x000D_
 pedestre entre a Rua 24 de fevereiro e Rua Marechal Rondon”.</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/925/scanner_20240814_4-1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/925/scanner_20240814_4-1.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o_x000D_
 Soberano Plenário, que a mesma seja aprovada e devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio com_x000D_
 cópia ao Secretário Municipal de Obras, Infraestrutura, Transporte e_x000D_
 Frotas, Milton Fernandes Lima “solicitando a disponibilização de_x000D_
 número telefônico para a população realizar ligações em caso de_x000D_
 dúvidas e queixas em relação a iluminação pública municipal”.</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/926/scanner_20240814_3-51.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/926/scanner_20240814_3-51.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo e a Secretária de Educação,_x000D_
 Sra. Eva Carmem Vieira de Carvalho, “a solicitação que sejam realizados todos os_x000D_
 anos, no município, o torneio de futsal ou futebol Society entre famílias, com_x000D_
 premiações para a equipe vencedora e também para a melhor torcida organizada.”</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/927/scanner_20240814_3-49.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/927/scanner_20240814_3-49.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo e a Secretária de Educação,_x000D_
 Sra. Eva Carmem Vieira de Carvalho, “a solicitação que seja realizado, todos os anos,_x000D_
 no município, a maratona ou corrida de rua feminina, com premiação relevante, de_x000D_
 modo a atrair mulheres de toda a região.”</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/928/scanner_20240814_3-47.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/928/scanner_20240814_3-47.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo, e ao secretário de Obras,_x000D_
 Infraestrutura, Transporte e Frotas, Sr. Milton Fernandes de Lima, “Solicitando que_x000D_
 seja instalado oitão ou eitão na cobertura da quadra poliesportiva localizada na praça_x000D_
 Tiradentes (praça do boiadeiro).”</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/929/scanner_20240814_3-45.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/929/scanner_20240814_3-45.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo e a Secretária de Educação,_x000D_
 Sra. Eva Carmem Vieira de Carvalho, “a solicitação que seja inserido assuntos e_x000D_
 palestras referentes ao empreendedorismo nas escolas públicas municipais,_x000D_
 buscando ajudar os estudantes a formarem futuras competências e habilidades_x000D_
 empreendedoras.”</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/930/scanner_20240814_3-43.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/930/scanner_20240814_3-43.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de_x000D_
 Saúde Sr. Cleomar Vilela Rodrigues, solicitando que seja feito instalações de bancos de_x000D_
 espera na UBS Manoel Marques no bairro Cohab.</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/931/scanner_20240814_3-41-52.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/931/scanner_20240814_3-41-52.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Superintendente Regional do Departamento Nacional de Infraestrutura e_x000D_
 Transportes (DNIT) do Estado de Mato Grosso Sr. Antônio Gabriel Oliveira dos Santos_x000D_
 “solicitando a instalação de barra de proteção de metal nas rotatórias dos KM 14 e_x000D_
 16, na BR 364 e redutores de velocidade próximos a estas rotatórias, no município de_x000D_
 Alto Araguaia.”</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/932/scanner_20240814_3-39.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/932/scanner_20240814_3-39.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo, e ao secretário de Saúde, Sra._x000D_
 Manuela Nunes de Souza, “Solicitando que a prefeitura passe a fornecer alimento ou_x000D_
 lanche para pacientes e acompanhantes que fazem tratamento pelo SUS fora do_x000D_
 município (Rondonópolis).”</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/933/scanner_20240814_3-37.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/933/scanner_20240814_3-37.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo, e ao secretário de Obras,_x000D_
 Infraestrutura, Transporte e Frotas, Sr. Milton Fernandes de Lima, “Solicitando que_x000D_
 sejam implementado um programa de gestão de resíduos, para transportar,_x000D_
 processar, reciclar e reaproveitar os entulhos de construção civil produzidos_x000D_
 em obras públicas e privadas executadas na cidade.”</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/934/scanner_20240814_3-35.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/934/scanner_20240814_3-35.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o_x000D_
 Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada_x000D_
 ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio com cópia ao Secretário_x000D_
 Municipal de Obras, Infraestrutura, Transporte e Frotas, Milton Fernandes Lima_x000D_
 “solicitando melhorias na estrutura física do ponto de ônibus escolar_x000D_
 localizado na Rua 21 na Vila Aeroporto”.</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/935/scanner_20240814_3-33.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/935/scanner_20240814_3-33.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, nos termos do Regimento Interno_x000D_
 desta Casa de Leis, requer que a presente indicação seja devidamente encaminhada ao_x000D_
 Prefeito Municipal, Sr. Gustavo de Melo e ao Secretário Municipal de Obras, Infraestrutura,_x000D_
 Transporte e Frotas, Srº Milton Fernandes Lima, “sugerindo a instalação de um ponto de_x000D_
 ônibus na rua Benedito Jose da Costa, no bairro Nossa Senhora Aparecida”.</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/936/scanner_20240814_3-29-31.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/936/scanner_20240814_3-29-31.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o_x000D_
 Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada_x000D_
 ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio com cópia ao Secretário_x000D_
 Municipal de Obras, Infraestrutura, Transporte e Frotas, Milton Fernandes Lima_x000D_
 “solicitando melhorias na estrutura da ponte do Ribeirão Claro, na MU_x000D_
 34”.</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/937/scanner_20240814_3-27.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/937/scanner_20240814_3-27.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a_x000D_
 Mesa encaminhe expediente ao Exmo. Senhor Prefeito Municipal Gustavo de_x000D_
 Melo Anicézio, e aos Secretários Municipais de Finanças, Sr.Welton Vilela_x000D_
 Cardoso, e secretário de obras e infraestrutura,Sr. Milton Fernandes de Lima_x000D_
 “Solicitando um estudo de viabilidade, visando a instalação de um ponto_x000D_
 de ônibus na Rua Dr. José Morbeck (subida da Rodoviária).”</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/938/scanner_20240814_3-25.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/938/scanner_20240814_3-25.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo, e ao secretário de Saúde, Sra._x000D_
 Manuela Nunes de Souza, “a solicitação que sejam implementados_x000D_
 trocadores/fraldários no Hospital Municipal e nos PSFs do nosso município.”</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/939/scanner_20240814_3-23.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/939/scanner_20240814_3-23.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, nos termos do Regimento Interno_x000D_
 desta Casa de Leis, requer que a presente indicação seja devidamente encaminhada ao_x000D_
 Prefeito Municipal, Sr. Gustavo de Melo e a Secretária Municipal de Saúde, Srª Manoela_x000D_
 Nunes, “sugerindo a contratação de mais psicólogos para suprir a demanda de pacientes do_x000D_
 Centro de Reabilitação”.</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/940/242_-_marcos_nunes_a_aquisicao_de_microfones_para_os_professores_da_rede_publica_municipal_que_assim_desejarem_a_fim_de_melhorar_a_qualidade_das_aulas_sendo_medida_de_profilaxia_aos_professo..pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/940/242_-_marcos_nunes_a_aquisicao_de_microfones_para_os_professores_da_rede_publica_municipal_que_assim_desejarem_a_fim_de_melhorar_a_qualidade_das_aulas_sendo_medida_de_profilaxia_aos_professo..pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, nos termos do Regimento Interno desta_x000D_
 Casa de Leis, requer que a presente indicação seja devidamente encaminhada ao_x000D_
 Prefeito Municipal, Sr. Gustavo de Melo e a Secretária Municipal de Educação Sr.ª Eva_x000D_
 Carmem, sugerindo “a aquisição de microfones para os professores da rede pública_x000D_
 municipal, que assim desejarem, a fim de melhorar a qualidade das aulas, sendo_x000D_
 medida de profilaxia aos professores e, também, de auxílio às crianças com alguma_x000D_
 necessidade especial”.</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/941/scanner_20240814_3-3.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/941/scanner_20240814_3-3.pdf</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/942/scanner_20240814_3-21.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/942/scanner_20240814_3-21.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo e ao Secretário de Saúde,_x000D_
 Senhora Manoela Nunes de Souza. Nesta indicação, “Solicito que sejam_x000D_
 providenciados todos os exames nos neonatos, tais como teste do pezinho, teste_x000D_
 orelhinha, teste olhinho, vacinação e orientação sobre amamentação, antes da alta_x000D_
 hospitalar.”</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/943/scanner_20240814_3-19.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/943/scanner_20240814_3-19.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicezio, com cópia a Secretária de Saúde Manoela_x000D_
 Nunes de Souza “ SOLICITANDO O CONSERTO DO AR CONDICIONADO DA_x000D_
 RECEPÇÃO NO HOSPITAL MUNICIPAL “DEPUTADO CACILDO_x000D_
 HUGUENEY”.</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/944/scanner_20240814_3-17.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/944/scanner_20240814_3-17.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicezio, com cópia a Secretária de Saúde Manoela_x000D_
 Nunes de Souza “ SOLICITANDO O PLANO DE SAÚDE AOS SERVIDORES_x000D_
 MUNICIPAIS EM PARCERIA COM O SINDICATO MUNICIPAL”.</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/945/scanner_20240814_3-15.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/945/scanner_20240814_3-15.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicezio, com cópia a Secretária de Saúde Manoela_x000D_
 Nunes de Souza “ SOLICITANDO A INSTAURAÇÃO DE “PLANTÃO” NA_x000D_
 FARMÁCIA BÁSICA PARA ATENDER AOS FINAIS DE SEMANA E FERIADOS_x000D_
 PROLONGADOS”.</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/946/scanner_20240814_3-13.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/946/scanner_20240814_3-13.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de_x000D_
 Obras e Infraestrutura Sr. Milton Fernandes Lima, solicitando que seja feito reparo na Rua_x000D_
 24 de fevereiro, esquina do açougue.</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/947/scanner_20240814_3-11.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/947/scanner_20240814_3-11.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, nos termos do Regimento Interno_x000D_
 desta Casa de Leis, requer que a presente indicação seja devidamente encaminhada ao_x000D_
 Prefeito Municipal, Sr. Gustavo de Melo e a Secretária Municipal Saúde, Srª Manoela_x000D_
 Nunes,“sugerindo a possibilidade de realizar em todas as escolas do município,_x000D_
 campanha de orientação e prevenção ao suicídio”.</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/948/scanner_20240814_3-5-7.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/948/scanner_20240814_3-5-7.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido_x000D_
 o Soberano Plenário, que a mesma seja aprovada e devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio_x000D_
 com cópia ao Secretário Municipal de Agricultura, Pecuária e_x000D_
 Abastecimento e Meio Ambiente, Sr. João Dias “solicitando_x000D_
 melhorias na infraestrutura a feira municipal”.</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/949/scanner_20240814_3-1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/949/scanner_20240814_3-1.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicezio, com cópia a Secretária de Saúde Manoela_x000D_
 Nunes de Souza “ SOLICITANDO QUE SEJA COLOCADO UM BEBEDOURO NA_x000D_
 ÁREA EXTERNA (LOCAL ONDE OS PACIENTES AGUARDAM CONSULTAS)_x000D_
 DO PSF “ONDINO RODRIGUES DE LIMA” NA VILA AEROPORTO”.</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/844/001-2022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/844/001-2022.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Sr. Gustavo Melo – Prefeito Municipal e ao Ilmo. Sr. Milton Fernandes de Lima – Secretário Municipal de Obras Infraestrutura Transporte e Frotas,  “solicitando o serviço de canalização de águas pluviais e recapeamento da Rua Laura Vicunã, no Bairro São Francisco”.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/845/002-2022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/845/002-2022.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Sr. Gustavo Melo – Prefeito Municipal, ao Secretário Municipal de Administração, Sr. Manoelito dos Dias do Rezende Neto, “requerendo ações junto ao Setor Competente no sentido de fazer cumprir o que determina o Código de Postura do Município no diz respeito ao dever do cidadão em relação à limpeza de terrenos”.</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/847/003-2022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/847/003-2022.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicézio e a Secretário de Municipal de Saúde, Cleomar Vilela Rodrigues, requerendo informações sobre a realização de campanhas de divulgação, para o combate do mosquito Aedes Aegypti, transmissor da dengue, chikungunya e zika.</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/848/004-2022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/848/004-2022.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicézio e a Secretário de Municipal de Obras, Infraestrutura, Transporte e Frotas, Milton Fernandes Lima, requerendo informações sobre a existência de estudo e planejamento visando a execução de serviços de tapa-buracos.</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/849/005-2022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/849/005-2022.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, ouvido o Plenário, cumprindo as formalidades legais e regimentais, vem Requerer do Prefeito Municipal, o Sr. Gustavo Melo de Anicézio, e ao Secretário de Obras, Infraestrutura, Sr. Milton Fernandes de Lima, para que seja feita uma  licitação imediata para contratação de uma empresa para manutenção da iluminação pública..</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/850/006-2022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/850/006-2022.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, ouvido o Plenário, cumprindo as formalidades legais e regimentais, vem Requerer do Prefeito Municipal, o Sr. Gustavo Melo de Anicézio, e ao Secretário de Obras, Infraestrutura, Sr. Milton Fernandes de Lima, para que seja feito reparos no telhado e nas paredes da Escola Municipal Maria Júlia de Almeida.</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/856/007-2022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/856/007-2022.pdf</t>
   </si>
   <si>
     <t>Requeiro, após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Sr. Gustavo Melo – Prefeito Municipal, e ao Secretário Municipal de Obras e infraestrutura, Sr. Milton Fernandes de Lima, para que “torne mão única de direção, procedendo com a devida sinalização, a rua Urquiza de Castro, localizada no setor Castro, no trecho que compreende a Escola Centro Educacional Elohim e  a Rua Guilherme Gonçalves Berigo, localizado no Bairro Gabiroba, no trecho que compreende a Escola Municipal Adalcy da Conceição Rodrigues”.</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/860/008-2022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/860/008-2022.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicézio e a Secretário de Municipal de Saúde, Cleomar Vilela Rodrigues, requerendo informações sobre as notificações aplicadas devido as condições de limpeza de terrenos, e casos de dengue, chikungunya e zika entre JANEIRO DE 2020 a 31 DE JANEIRO 2022.</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/862/009-2022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/862/009-2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 101 do Regimento Interno, requer à Mesa, ouvido o soberano plenário, que este seja aprovado e devidamente encaminhado ao Prefeito Municipal, Sr. Gustavo de Melo e ao secretário de Infraestrutura, Obras e Serviços Urbanos, Sr. Milton Lima, “a solicitação de informações sobre quais ruas foram ou estão sendo cascalhadas na zona urbana de nosso município no ano de 2021, por qual motivo a prefeitura está colocando cascalhonas ruas do loteamento Vista do Araguaia e de quem a prefeitura está comprando ou comprou o cascalho.”</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/865/010-2022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/865/010-2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 101 do Regimento Interno, requer à Mesa, ouvido o soberano plenário, que o mesmo seja aprovado e devidamente encaminhado ao Prefeito Municipal, Sr. Gustavo de Melo e ao Secretário de Administração, Sr. Manoelito dos Dias de Rezende Neto “a Solicitação de informações sobre a quantidade de pontes que foram reformadas e construídas no município desde janeiro de 2017 até a presente data. Requer informações da forma de contratação das empresas que prestaram esses serviços e quais pontes foram reformadas ou construídas pela empresa AR couto, requer, ainda, as respectivas planilhas orçamentárias das pontes reformadas ou construídas pela empresa citada.”</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/869/011-2022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/869/011-2022.pdf</t>
   </si>
   <si>
     <t>Requeiro, após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Sr. Gustavo Melo – Prefeito Municipal, e a Secretária de Assistência e Desenvolvimento Social, Sra. Priscila Dourado Martins, para que se dignem a informar: _x000D_
 1.	“O Poder Executivo pretende criar a Sala da Mulher? Caso deseje, quais ações estão sendo adotadas neste sentido?_x000D_
 2.	Quais medidas estão sendo tomadas na defesa e proteção das mulheres vítimas de violência doméstica no município de Alto Araguaia?_x000D_
 3.	Qual procedimento é feito quando alguma mulher, vítima de violência, procurada ajuda junto à Prefeitura Municipal de Alto Araguaia?_x000D_
 4.	Quais políticas públicas o Poder Executivo pretende implementar para a prevenção deste tipo de crime?”</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/879/012-2022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/879/012-2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 101 do Regimento Interno, requer à Mesa, ouvido o soberano plenário, que o mesmo seja aprovado e devidamente encaminhado ao Prefeito Municipal, Sr. Gustavo de Melo, “a Solicitação de informações sobre o Revisão Geral Anual (RGA), que deve ser concedida aos servidores públicos, nos termos do inciso X do art. 37 da Constituição Federal, referente às perdas inflacionárias no ano de 2020, que deveria ser concedido em 2021.”</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/882/013-2022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/882/013-2022.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicézio e a Secretária Municipal de Educação -, Sra. Eva Carmem Vieira de Carvalho “Requerendo informações sobre o término da obra da Creche Pro-infância Tipo B, denominada Dina Thereza Hugueney de Almeida, localizada no Bairro Vila Aeroporto.</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/886/014-2022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/886/014-2022.pdf</t>
   </si>
   <si>
     <t>Requeiro, após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Sr. Gustavo Melo – Prefeito Municipal, e a Secretária de Educação, Sra. Eva Carmen, para que se dignem a informar: _x000D_
 1.	A gratificação pelo deslocamento contínuo a serviço, para escola que esteja fora do perímetro urbano, criada pela Lei n° 2610/09, está sendo paga de qual maneira?_x000D_
 2.	A gratificação de 15% está sendo calculada com base no subsídio, conforme artigo art. 70, inciso VI?_x000D_
 3.	Caso não esteja, qual amparo legal respalda o pagamento de modo diverso?</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/888/015-2022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/888/015-2022.pdf</t>
   </si>
   <si>
     <t>Requeremos, após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Sr. Gustavo Melo – Prefeito Municipal e ao Secretário de Administração, “Solicitando informações sobre o andamento do processo de implantação e operação do Condomínio Industrial e Logístico J.K., no que tange às obrigações do Poder Executivo Municipal”.</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/892/016-2022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/892/016-2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano Plenário, requer à Mesa, ouvido o soberano plenário, que o mesmo seja aprovado e devidamente encaminhado ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio, com cópia ao Secretário de Obras Sr. Milton Lima e à Empresa Energisa, “Solicitando providências junto às empresas que trabalham com distribuição de internet na cidade, quanto a forma de fixação da fiação nos postes”.</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/893/017-2022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/893/017-2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 101 do Regimento Interno, requer à Mesa, ouvido o soberano plenário, que este seja aprovado e devidamente encaminhado a Exma. Senhora Presidente da Câmara Municipal de Alto Araguaia, Odinéia Mariana de Souza, a solicitação de informações acerca de qual data o veículo Amarok, alugado por este Poder, foi entregue ao Legislativo e com qual quilometragem (quantidade de quilômetros rodados) o veículo se encontrava no momento de sua entrega.</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/894/018-2022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/894/018-2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 101 do Regimento Interno, requer à Mesa, ouvido o soberano plenário, que este seja aprovado e devidamente encaminhado ao Prefeito Municipal, Sr. Gustavo de Melo e ao secretário de Infraestrutura, Obras e Serviços Urbanos, Sr. Milton Lima a solicitação de informações sobre algumas ruas que foram asfaltadas no ano de 2021, ruas I, J, Realino Gomes Rodrigues, João Silva (Nenezão), Agenor Romualdo Pereira, Feluchon Garcia Lemos, Jacinto Bento Filho, João Francisco Paes e Avenida Contorno 1, no bairro Professora Maria das Graças. Solicito informações se havia quantidade significativa de cascalhos nessas ruas, se esta reposta for afirmativa, requer informações se houve a dedução, no pagamento da camada do asfalto que é formada por cascalho (sub-base), do valor do cascalho, previamente colocado pela prefeitura nessas ruas, requeiro que a resposta seja acompanhada da respectiva prova contida no processo de pagamento.</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/895/019-2022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/895/019-2022.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, ouvido o Plenário, cumprindo as formalidades legais e regimentais, vem Requerer do Prefeito Municipal, o Sr. Gustavo Melo de Anicézio, ao Secretário de Obras e Infraestrutura, Sr. Milton Fernandes de Lima e ao Secretário de Finanças, Sr. Welton Vilela Júnior, solicitando informações sobre a carreta que foi tombada com cascalho em agosto/2021.</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/896/020-2022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/896/020-2022.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicézio e a Secretário de Municipal de Saúde, Cleomar Vilela Rodrigues, requerendo informações sobre o cumprimento da Lei 4320/2021, que dispõe sobre a publicação em site na Internet da lista de espera de consultas comuns ou especializadas, exames, cirurgias e quaisquer outros procedimentos ou ações de saúde agendada pelos cidadãos no município.</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/897/021-2022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/897/021-2022.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Sr. Prefeito, Gustavo de Melo Anicézio, e ao Secretário Municipal de Administração, Srº. Manoelito dos Dias de Rezende Neto, e o Secretário Municipal de Finanças Welton Vilela Cardoso “Solicitando um estudo de viabilidade para retorno do programa “Pró Estágio”, criado em 2017, e suspenso em 2020, em razão da pandemia do novo Coronavírus”.</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/898/022-2022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/898/022-2022.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário, nos termos do Art. 101, § 3º, VI, do Regimento Interno, que a Mesa encaminhe expediente ao Exmo. Sr. Gustavo Melo – Prefeito Municipal e ao Ilmo. Sr. Milton Fernandes de Lima – Secretário Municipal de Obras Infraestrutura e Serviços Urbanos, Transporte e Frotas, que informe nos termos do Art. 54, XX, da Lei Orgânica Municipal, quais ruas dos bairros Maria das Graças de Souza Pinto, Nossa Senhora Aparecida, Setor Demelas, Vila Aeroporto, Jardim novo Araguaia, São Francisco e Coahb I e II ainda não dispõe de rede de energia elétrica”.</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/899/023-2022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/899/023-2022.pdf</t>
   </si>
   <si>
     <t>Requeiro, após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Sr. Gustavo Melo – Prefeito Municipal, e a Secretária de Educação, Sra. Eva Carmem Vieira de Carvalho, para que se dignem a informar: _x000D_
 _x000D_
 1.	A Lei 3.388 de 29 de abril de 2014 está sendo devidamente executada nas escolas públicas municipais de Alto Araguaia? _x000D_
 2.	Quais ações estão sendo adotadas para a implementação do “PROGRAMA EDUCAÇÃO ANTI-DROGAS”?</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/900/024-2022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/900/024-2022.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicézio e a Secretário de Municipal de Agricultura, Pecuária, Abastecimento e Meio Ambiente, João Dias, requerendo informações sobre o cronograma de implantação de um novo método de distribuição de água na Região do Córrego Rico.</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/901/025-2022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/901/025-2022.pdf</t>
   </si>
   <si>
     <t>Requeiro, após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Sr. Gustavo Melo – Prefeito Municipal, e ao Secretário Municipal de Saúde, Sr.  Cleomar Vilela Rodrigues, com alguns questionamentos sobre as ações município em relação ao tratamento de Dependência Química. Os questionamentos são os seguintes:_x000D_
 _x000D_
 •	O Município mantém convênio com Clinica de Recuperação de Dependentes Químicos?_x000D_
 •	Caso tenha convênio, qual é a clínica? Como o tratamento é disponibilizado? O que os cidadãos devem fazer para a solicitar este tratamento? Quem devem procurar?</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/902/026-2022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/902/026-2022.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, ouvido o Plenário, cumprindo as formalidades legais e regimentais, vem Requerer do Prefeito Municipal, o Sr. Gustavo Melo de Anicézio, ao Secretário de Obras e Infraestrutura, Sr. Milton Fernandes de Lima, solicitando a instalação de 3 (três) postes de iluminação na praça do bairro Parque do Cerrado.</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/903/027-2022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/903/027-2022.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, ouvido o Plenário, cumprindo as formalidades legais e regimentais, vem Requerer do Prefeito Municipal, o Sr. Gustavo Melo de Anicézio, ao Secretário de Obras e Infraestrutura, Sr. Milton Fernandes de Lima, solicitando contratação de uma empresa de limpeza urbana o mais breve possível.</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/904/028-2022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/904/028-2022.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, ouvido o Plenário, cumprindo as formalidades legais e regimentais, vem Requerer do Prefeito Municipal, o Sr. Gustavo Melo de Anicézio, ao Secretário de Obras e Infraestrutura, Sr. Milton Fernandes de Lima, solicitando informações sobre o motivo de retirada do quebra-molas da Rua Abílio Siqueira.</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/905/029-2022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/905/029-2022.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, ouvido o Plenário, cumprindo as formalidades legais e regimentais, vem Requerer do Prefeito Municipal, o Sr. Gustavo Melo de Anicézio, ao Secretário de Obras e Infraestrutura, Sr. Milton Fernandes de Lima, solicitando para que seja feito tapa-buracos nas seguintes: Rua José C. de Castro e Rua Isolda de Castro Bino (esquina com a Rua Urquiza de Castro), ambas localizadas no bairro Setor Castro.</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/906/030-2022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/906/030-2022.pdf</t>
   </si>
   <si>
     <t>Requeiro, após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Sr. Gustavo Melo – Prefeito Municipal, e ao Secretário de Obras e Infraestrutura, Sr. Milton Fernandes Lima, para que se dignem a informar: _x000D_
 _x000D_
 1.	“Conforme o artigo 3° do nosso Código de Postura compete à Prefeitura a limpeza urbana e o controle de lixo. O que tem feito o Poder Executivo para que este mandamento se concretize? _x000D_
 2.	O Poder Executivo pretende realizar mutirão de limpeza visando o recolhimento dos entulhos e lixos espalhados pelas calçadas de nosso município?_x000D_
 3.	O Município tem fiscalizado e notificado os proprietários de terrenos que se encontram abandonados e com grande acúmulo de lixo? _x000D_
 4.	O Município tem aplicado a multa prevista no artigo 148 do Código de Postura?_x000D_
 5.	Quais ações concretas o Poder Executivo está realizando para melhorar a limpeza da cidade?”</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/985/031-2022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/985/031-2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 101 do Regimento Interno, requer à Mesa, ouvido o soberano plenário, que o mesmo seja aprovado e devidamente encaminhado ao Prefeito Municipal, Sr. Gustavo de Melo e ao Secretário de Administração, Sr. Manoelito dos Dias de Rezende Neto “Solicitando informações detalhadas a respeito da emenda destinada pelo Deputado Estadual Nininho, entre os meses de maio e junho deste ano, requer informações sobre qual forma os valores foram gastos, ou seja, o que foi adquirido pela prefeitura com os recursos destinados pelo parlamentar.”</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/986/032-2022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/986/032-2022.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, ouvido o Plenário, cumprindo as formalidades legais e regimentais, vem Requerer do Prefeito Municipal, o Sr. Gustavo Melo de Anicézio, ao Secretário de Obras e Infraestrutura, Sr. Milton Fernandes de Lima, solicitando a conclusão da obra do canteiro da Av. do Bairro Maria das Graças.</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/987/033-2022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/987/033-2022.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, ouvido o Plenário, cumprindo as formalidades legais e regimentais, vem Requerer do Prefeito Municipal, o Sr. Gustavo Melo de Anicézio, ao Secretário de Obras e Infraestrutura, Sr. Milton Fernandes de Lima, solicitando que peça a agilidade da empresa que está instalando bueiros na travessia do bairro N.S Aparecida para o bairro Parque do Cerrado.</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/988/034-2022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/988/034-2022.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicézio, e ao Secretário Municipal de obras e infraestrutura, Sr. Milton Fernandes de Lima “Solicitando informações acerca das obras paradas nas avenidas Vereador Lauriston Barbosa de Souza, e Avenida Rotary”.</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/989/035-2022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/989/035-2022.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, ouvido o Plenário, cumprindo as formalidades legais e regimentais, vem Requerer do Prefeito Municipal, o Sr. Gustavo Melo de Anicézio, ao Secretário de Administração, Sr. Manoelito Dias de Rezende Neto, solicitando informações sobre as casas do loteamento Casa Feliz ( próximo ao canil municipal), no bairro Maria das Graças.</t>
   </si>
   <si>
     <t>1845</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1845/036-2022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1845/036-2022.pdf</t>
   </si>
   <si>
     <t>solicitando informações _x000D_
 sobre a licitação da empresa de limpeza urbana.</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1000/037-2022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1000/037-2022.pdf</t>
   </si>
   <si>
     <t>Requeiro, após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Sr. Gustavo Melo – Prefeito Municipal e ao Secretário de Obras, Sr. Milton Fernandes de Lima, para que: _x000D_
 ●	Sinalizam de forma adequada as vias públicas municipais, principalmente as faixas de pedestre e os quebra-molas. _x000D_
 ●	Instalem placas indicativas para orientar o trafego, evitando acidentes. _x000D_
 ●	Instalação de luzes de apoio e/ou refletores nas faixas de pedestres situadas em locais mais escuros, como as faixas da Avenida Carlos Hugueney próximas ao Posto de n°1 e Praça da Bandeira.</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1018/038-2022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1018/038-2022.pdf</t>
   </si>
   <si>
     <t>Requeiro, após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Sr. Gustavo Melo – Prefeito Municipal, e ao Secretário de Administração, Sr. Manoelito dos Dias de Rezende Neto, para que se dignem a informar sobre a reforma do PSf Gair de Bairros do bairro Gabiroba: _x000D_
 _x000D_
 1.	Por qual motivo a obra de reforma do PSF Gair de Bairros está paralisada?_x000D_
 2.	Existe alguma previsão para a retomada da obra?_x000D_
 3.	Quais medidas o Poder Executivo está tomando para agilizar o andamento da obra?</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1029/039-2022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1029/039-2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano Plenário, que o mesmo seja aprovado e devidamente encaminhado ao Prefeito Municipal, Sr. Gustavo Melo de Anicézio, com cópia ao Secretário de Obras Sr. Milton Lima, “Solicitando que a usina de tratamento de esgoto trabalhe 100% de sua capacidade.</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1033/040-2022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1033/040-2022.pdf</t>
   </si>
   <si>
     <t>Requeremos, alicerçados no artigo 100, §3°, inc. IX, do Regimento Interno desta Casa Leis e artigo 17, inciso XIII da Lei Orgânica do Município, após ouvido o Plenário, que a Mesa reitere a convocação emanada ao Secretário Municipal de Saúde, Sr.  Cleomar Vilela Rodrigues, para que compareça na Câmara Municipal de Alto Araguaia, no dia 26/09/2022, às 19h (horária Brasília) para prestar informações relevantes afetas a sua Secretaria e sobre as quais tem o poder e o dever de esclarecimento a este Poder Legislativo e a toda população. Os questionamentos serão os seguintes:_x000D_
 _x000D_
 •	Disponibilização de medicamentos? _x000D_
 •	Lista de espera para realização de exames?_x000D_
 •	Transição de administração do Hospital Municipal?</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1034/041-2022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1034/041-2022.pdf</t>
   </si>
   <si>
     <t>Requeiro, após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Sr. Gustavo Melo – Prefeito Municipal, para que “Promova a realização de testes de acuidade visual e auditiva nos alunos das escolas e creches da Rede Municipal de Ensino.”</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1035/042-2022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1035/042-2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 101 do Regimento Interno, requer à Mesa, ouvido o soberano plenário, que o mesmo seja aprovado e devidamente encaminhado ao Prefeito Municipal, Sr. Gustavo de Melo e ao Secretário de Administração, Sr. Manoelito dos Dias de Rezende Neto “a Solicitação de uma cópia da planilha orçamentária referente à obra da reforma e revitalização da praça Tiradentes (praça do boiadeiro).”</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1036/043-2022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1036/043-2022.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, ouvido o Plenário, cumprindo as formalidades legais e regimentais, vem Requerer do Prefeito Municipal, o Sr. Gustavo Melo de Anicézio, ao Secretário de Obras e Infraestrutura, Sr. Milton Fernandes de Lima, solicitando que seja cobrado da empresa Brooks a colocação de uma tela de proteção ao realizar o serviço de roçagem.</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1037/044-2022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1037/044-2022.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Secretário Municipal de Finanças, Sr. Welton Vilela Cardoso “Solicitando informações acerca das fiscalização do cumprimento da LEI Nº 4287, DE 10 DE JUNHO DE 2021- “Dispõe sobre a instalação de armários de guarda-volumes nos estabelecimentos de agências bancárias, bancos e cooperativas de crédito, na área em que antecedem as portas que possuem dispositivos de travamento eletrônico, no âmbito do Município de Alto Araguaia-MT ”.</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1038/045-2022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1038/045-2022.pdf</t>
   </si>
   <si>
     <t>Requeiro, após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Sr. Gustavo Melo – Prefeito Municipal, e à Secretária de Educação, Cultura, Esportes e Turismo, Sra. Eva Carmem Vieira Carvalho, para que se dignem a informar: _x000D_
 1.	Quais programas esportivos estão em andamento no município de Alto Araguaia? _x000D_
 2.	Como está a manutenção das quadras poliesportivas do município?_x000D_
 3.	Quais recursos são destinados ao esporte e lazer no nosso município? _x000D_
 4.	Quais políticas públicas foram criadas a fim de promover o esporte e quais ainda serão criadas?</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1039/046-2022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1039/046-2022.pdf</t>
   </si>
   <si>
     <t>Requeiro, após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao superintendente regional do Departamento Nacional de Infraestrutura e Transportes (DNIT) do Estado de Mato Grosso Sr. Antônio Gabriel Oliveira dos Santos, para que se dignem a: _x000D_
 ●	Restaurar/reformar a passarela da ponte sobre o Rio Boiadeiro, localizada na BR 364 entrada de Alto Araguaia-MT.</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1040/047-2022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1040/047-2022.pdf</t>
   </si>
   <si>
     <t>Requeiro, após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Sr. Gustavo Melo – Prefeito Municipal, e à Secretária Saúde, Sra. Manoela Nunes, para que se dignem a informar sobre o atendimento odontológico referente a tratamento de canal, no município de Alto Araguaia: _x000D_
 1.	Está sendo realizado o atendimento especializado em canal? Caso não esteja, qual a previsão de retorno?_x000D_
 2.	Há equipamentos específicos capazes de atender tal especialidade?</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1041/048-2022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1041/048-2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 101 do Regimento Interno, requer à Mesa, ouvido o soberano plenário, que o mesmo seja aprovado e devidamente encaminhado ao Prefeito Municipal, Sr. Gustavo de Melo e ao Secretário de Administração, Sr. Manoelito dos Dias de Rezende Neto “solicitamos, novamente, cópia da planilha orçamentária referente à obra da reforma e revitalização da praça Tiradentes (praça do boiadeiro).”</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1042/049-2022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1042/049-2022.pdf</t>
   </si>
   <si>
     <t>O Vereador (cidadão) que o presente subscreve, nos termos do art. 101 do Regimento Interno e Lei Federal nº 12.527, de 18 de novembro de 2021 (Lei de Acesso a Informação), requer à Mesa, ouvido o soberano plenário, que o mesmo seja aprovado e devidamente encaminhado ao Prefeito Municipal, Sr. Gustavo de Melo e ao Secretário de Administração, Sr. Manoelito dos Dias de Rezende Neto “a solicitação de cópia da planilha orçamentária referente à obra da reforma e revitalização da praça Tiradentes (praça do boiadeiro).”</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1043/050-2022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1043/050-2022.pdf</t>
   </si>
   <si>
     <t>Requeremos, após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Sr. Gustavo Melo – Prefeito Municipal e ao Secretário de Obras e Infraestrutura Sr. Milton Lima, “Solicitando informações sobre a pavimentação do loteamento Vista do Araguaia, no bairro Jardim Novo Araguaia”. _x000D_
 1.	Por qual motivo a obra está paralisada?_x000D_
 2.	Há previsão de retorno da obra?</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1046/051-2022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1046/051-2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 101 do Regimento Interno, requer à Mesa, ouvido o soberano plenário, que o mesmo seja aprovado e devidamente encaminhado ao Prefeito Municipal, Sr. Gustavo de Melo Requeiro, e ao Secretário Municipal de Obras, Infraestrutura, Transporte e Frotas, Milton Fernandes Lima, requerendo informação referente a solicitação realizada por meio da indicação 071/2022 de minha autoria, onde solicito o rebaixamento do canteiro central na direção da faixa de pedestre em frente ao Banco do Brasil .</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1067/052-2022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1067/052-2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 101 do Regimento Interno, requer à Mesa, ouvido o soberano plenário, que o mesmo seja aprovado e devidamente encaminhado ao Prefeito Municipal, Sr. Gustavo de Melo Requeiro, e ao Secretário Municipal de Agricultura, Pecuária e Abastecimento e Meio Ambiente, requerendo informação referente aos equipamentos e maquinários da Agricultura Familiar._x000D_
 _x000D_
 REQUEIRO que, nos termos do Excelentíssimo Senhor Prefeito Municipal para que encaminhe a esta Casa de Leis as seguintes informações:_x000D_
 •	O município recebeu maquinários e ou equipamentos para serem usados na Agricultura Familiar? Caso positivo, quais são as maquinas e equipamentos?_x000D_
 •	Qual o método usado para a prestação de serviço de máquinas e equipamentos aos Agricultores?</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1072/053-2022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1072/053-2022.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Prefeito Municipal – Sr. Gustavo Melo e à Secretário Municipal de Assistência Social - Sra. Priscila Dourado, “Solicitando informações acerca dos atos do Poder Executivo em relação ao cumprimento da Lei Municipal nº 4289/20201 - Dispõe sobre a Instituição do Programa Municipal “Doar é preciso”.</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1073/054-2022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1073/054-2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 101 do Regimento Interno, requer à Mesa, ouvido o soberano plenário, que o mesmo seja aprovado e devidamente encaminhado ao Prefeito Municipal, Sr. Gustavo de Melo e ao Secretário de Saúde Sr. Cleomar Vilela Rodrigues, “a Solicitação de informações das razoes que levaram o Prefeito e o Secretário a não executar a Lei 4.305/2021, a qual instituiu no município o programa “farmácia solidária.”</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1075/055-2022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1075/055-2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 101 do Regimento Interno, requer à Mesa, ouvido o soberano plenário, que o mesmo seja aprovado e devidamente encaminhado ao Prefeito Municipal, Sr. Gustavo de Melo e ao Secretário de Saúde Sr. Cleomar Vilela Rodrigues, “a Solicitação de informações das razoes que levaram o Prefeito e o Secretário a não executar a Lei 4.322/2021, a qual dispõe sobre a humanização do atendimento na área da saúde pública municipal e dá outras providências.”</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1082/056-2022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1082/056-2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 101 do Regimento Interno, requer à Mesa, ouvido o soberano plenário, que o mesmo seja aprovado e devidamente encaminhado ao Prefeito Municipal, Sr. Gustavo de Melo e a Secretária de Educação, Sra. Eva Carmem Vieira de Carvalho, “a Solicitação de informações dos motivos que levaram o Prefeito e a Secretária a não cumprir a integralidade da Lei Municipal 4.295/2021, a qual instituiu nas Escolas Públicas Municipais o Programa de Aprendizagem do Jogo de Xadrez. O art. 4º da referida Lei obriga o Poder Executivo a realizar competições oficiais, anualmente, com a participação, sempre que possível, de alunos da rede pública municipal de ensino, o que não ocorreu no ano de 2021 e 2022.”</t>
   </si>
   <si>
     <t>1903</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária (Origem Executivo)</t>
   </si>
   <si>
     <t>GUSTAVO MELO DE ANICEZIO</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1903/scanner_20240822.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1903/scanner_20240822.pdf</t>
   </si>
   <si>
     <t>disponibilizar ônibus aos atletas da Associação _x000D_
 Araguaiense de Futsal, e dá outras providências.</t>
   </si>
   <si>
     <t>1846</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1846/scanner_20240822_2.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1846/scanner_20240822_2.pdf</t>
   </si>
   <si>
     <t>“Autoriza a abertura de Crédito Adicional Especial _x000D_
 no orçamento vigente e dá Outras Providencias”.</t>
   </si>
   <si>
     <t>1847</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1847/scanner_20240822_3.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1847/scanner_20240822_3.pdf</t>
   </si>
   <si>
     <t>“Autoriza a abertura de Crédito Adicional _x000D_
 Especial no orçamento vigente e dá Outras _x000D_
 Providencias”.</t>
   </si>
   <si>
     <t>1848</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1848/scanner_20240822_4.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1848/scanner_20240822_4.pdf</t>
   </si>
   <si>
     <t>“Autoriza a abertura de Crédito Adicional Especial no orçamento vigente e dá Outras Providencias”,</t>
   </si>
   <si>
     <t>1849</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1849/scanner_20240822_5.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1849/scanner_20240822_5.pdf</t>
   </si>
   <si>
     <t>“Autoriza a abertura de Crédito Adicional _x000D_
 Suplementar no orçamento vigente e dá Outras _x000D_
 Providencias”.</t>
   </si>
   <si>
     <t>1850</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1850/scanner_20240822_7.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1850/scanner_20240822_7.pdf</t>
   </si>
   <si>
     <t>“Autoriza a abertura de Crédito Adicional Suplementar no orçamento vigente e dá Outras _x000D_
 Providencias”.</t>
   </si>
   <si>
     <t>1851</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1851/scanner_20240822_8.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1851/scanner_20240822_8.pdf</t>
   </si>
   <si>
     <t>1852</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1852/scanner_20240822_9.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1852/scanner_20240822_9.pdf</t>
   </si>
   <si>
     <t>1853</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1853/scanner_20240822_10.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1853/scanner_20240822_10.pdf</t>
   </si>
   <si>
     <t>“autoriza a abertura de Crédito Adicional _x000D_
 Especial no orçamento vigente e dá Outras _x000D_
 Providencias”.</t>
   </si>
   <si>
     <t>1854</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1854/scanner_20240822_11.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1854/scanner_20240822_11.pdf</t>
   </si>
   <si>
     <t>1855</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1855/scanner_20240822_11.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1855/scanner_20240822_11.pdf</t>
   </si>
   <si>
     <t>“Autoriza a abertura de Crédito P Gl _x000D_
 Especial no orçamento vigente”.</t>
   </si>
   <si>
     <t>1856</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1856/scanner_20240822_12.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1856/scanner_20240822_12.pdf</t>
   </si>
   <si>
     <t>1857</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1857/scanner_20240822_13.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1857/scanner_20240822_13.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de € dito Adicional _x000D_
 al são» Suplementar no Orçamento do Exercício de _x000D_
 2022, lei nº 4309 de 29 de julho de 2021.</t>
   </si>
   <si>
     <t>1858</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1858/scanner_20240822_14.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1858/scanner_20240822_14.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de _x000D_
 Adicional Suplementar no Orçam _x000D_
 Exercício de 2022, lei nº 4309 de 29 de _x000D_
 julho de 2021.</t>
   </si>
   <si>
     <t>1859</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1859/scanner_20240822_15.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1859/scanner_20240822_15.pdf</t>
   </si>
   <si>
     <t>"Altera dispositivos da Lei Municipal nº 1.839, _x000D_
 de 21 de junho de 2005”.</t>
   </si>
   <si>
     <t>1860</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1860/scanner_20240822_16.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1860/scanner_20240822_16.pdf</t>
   </si>
   <si>
     <t>1861</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1861/scanner_20240822_17.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1861/scanner_20240822_17.pdf</t>
   </si>
   <si>
     <t>“Altera os Artigos 4º e 28º da Lei Municipal Data: 0/0 Wa? f É 2.221/2007 e dá outras providências”.</t>
   </si>
   <si>
     <t>1862</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1862/scanner_20240822_18.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1862/scanner_20240822_18.pdf</t>
   </si>
   <si>
     <t>“Autoriza a abertura de Créd jonal _x000D_
 Suplementar no orçamento vigente e-dá Outras _x000D_
 Providencias”.</t>
   </si>
   <si>
     <t>1863</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1863/scanner_20240822_19.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1863/scanner_20240822_19.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo custéar despesas _x000D_
 Data: 04 | 04 / dn “ case” para participação de alunos do Projeto “Atletas _x000D_
 de Fogo” no Campeonato Estadual de Jiu-Jitsu, _x000D_
 na cidade de Cuiabá/MT”.</t>
   </si>
   <si>
     <t>1864</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1864/scanner_20240822_20.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1864/scanner_20240822_20.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as consignaçõe olha de _x000D_
 pagamento dos servidores ativos e inativos, _x000D_
 e pensionistas do Poder Executivo _x000D_
 Municipal.</t>
   </si>
   <si>
     <t>1865</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1865/scanner_20240822_21.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1865/scanner_20240822_21.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de cri fEjonal _x000D_
 Suplementar no orçamento vigente; na dotação _x000D_
 da Câmara Municipal de Alto Araguaia.</t>
   </si>
   <si>
     <t>1866</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1866/scanner_20240822_22.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1866/scanner_20240822_22.pdf</t>
   </si>
   <si>
     <t>“Altera dispositivo da Lei Municipal nº 1.547, _x000D_
 de 14 de outubro de 2003, corrigindo o valor</t>
   </si>
   <si>
     <t>1867</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1867/scanner_20240822_23.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1867/scanner_20240822_23.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre autorização Legislativa para promover BE E / O q [24052 Caso campanha de estímulo à arrecadação do imposto sobre a Data: Co propriedade predial e territorial urbana - IPTU, mediante À O sassão soiduralou O realização de sorteios de prêmios, como meio de auxiliar a fiscalização e melhorar a arrecadação de tributos municipais.</t>
   </si>
   <si>
     <t>1868</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1868/scanner_20240822_24.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1868/scanner_20240822_24.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo icipal a _x000D_
 2 / Os / OO Doses” firmar convênio com o Centro de Equoterapia _x000D_
 Data. Bs | ( e Equitação Equoamigos, a fim de repassar _x000D_
 13 Sossão — AAAAR juta recursos financeiros para manutenção das _x000D_
 mam atividades e dá outras providências.</t>
   </si>
   <si>
     <t>1870</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1870/scanner_20240822_26.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1870/scanner_20240822_26.pdf</t>
   </si>
   <si>
     <t>“Altera a quantidade de vagas do cargo _x000D_
 Data: 0X| VI IS ( de fonoaudiólogo (a), constante do _x000D_
 / 3 Ç Sossã srdu vais Anexo I — Quadro de Pessoal — da Lei _x000D_
 Municipal 2742/2010”.</t>
   </si>
   <si>
     <t>1869</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1869/scanner_20240822_25.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1869/scanner_20240822_25.pdf</t>
   </si>
   <si>
     <t>utoriza o Poder Executivo icipal a _x000D_
 2 / Os / OO Doses” firmar convênio com o Centro de Equoterapia _x000D_
 Data. Bs | ( e Equitação Equoamigos, a fim de repassar _x000D_
 13 Sossão — AAAAR juta recursos financeiros para manutenção das _x000D_
 mam atividades e dá outras providências.</t>
   </si>
   <si>
     <t>1871</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1871/scanner_20240822_27.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1871/scanner_20240822_27.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura dep e _x000D_
 Adicional Especial no Orça o do _x000D_
 Exercício de 2022, Lei nº 4309, de 29 de _x000D_
 julho de 2021.</t>
   </si>
   <si>
     <t>1872</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1872/scanner_20240822_28.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1872/scanner_20240822_28.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Ad ente _x000D_
 Especial no Orçamento do Exercício de 2 _x000D_
 lei nº 4309 de 29 de julho de 2021.</t>
   </si>
   <si>
     <t>1873</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1873/scanner_20240822_29.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1873/scanner_20240822_29.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a isenção fiscal a empreendimentos natas do mato? E nie tata: 16) 0 Pior 5 imobiliários vinculados ao Programa Casa Verde e _x000D_
 1 pa Sessão A durando Amarela, instituído pela lei 14.118, de 12 de janeiro _x000D_
 de 2021.</t>
   </si>
   <si>
     <t>1874</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1874/scanner_20240822_30.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1874/scanner_20240822_30.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Especia _x000D_
 ( 44 Sassão nm Aiandi O no orçamento vigente.</t>
   </si>
   <si>
     <t>1875</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1875/scanner_20240822_31.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1875/scanner_20240822_31.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre autorização para celebrar convênio _x000D_
 n com o Sindicato Rural de Alto Araguaia”.</t>
   </si>
   <si>
     <t>1876</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1876/scanner_20240822_32.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1876/scanner_20240822_32.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Muntfêi te _x000D_
 adquirir presentes para serem sorteados no _x000D_
 Almoço das Mães”.</t>
   </si>
   <si>
     <t>1877</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1877/scanner_20240822_33.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1877/scanner_20240822_33.pdf</t>
   </si>
   <si>
     <t>"Autoriza o município de Alto Araguaia a _x000D_
 disponibilizar ônibus aos atletas da Associação _x000D_
 Araguaiense de Futsal, e dá outras _x000D_
 providências.”</t>
   </si>
   <si>
     <t>1878</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1878/scanner_20240822_34.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1878/scanner_20240822_34.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Alto Araguai _x000D_
 firmar termo de cessão de uso junto ao _x000D_
 assão euduaacio As município de Ponte Branca.”</t>
   </si>
   <si>
     <t>1879</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1879/scanner_20240822_35.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1879/scanner_20240822_35.pdf</t>
   </si>
   <si>
     <t>“Autoriza repasse financeiro en caráter de incentivo cultural para a promoção de festas Juninas nas escolas municipais”.</t>
   </si>
   <si>
     <t>1880</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1880/scanner_20240822_36.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1880/scanner_20240822_36.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a firmar-Férmo de _x000D_
 Cooperação com o Sindicato Rural de Alto _x000D_
 Araguaia, realizar serviços de limpeza, _x000D_
 manutenção e adequações no Parque de _x000D_
 Exposições Silvio José de Castro Maia.</t>
   </si>
   <si>
     <t>1881</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1881/scanner_20240822_37.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1881/scanner_20240822_37.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédit icional _x000D_
 Especial no orçamento vigente.</t>
   </si>
   <si>
     <t>1882</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1882/scanner_20240822_38.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1882/scanner_20240822_38.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o adicional de produtividade a ser paga _x000D_
 aos fiscais de tributos em efetivo exercicio no _x000D_
 Documento = município de Alto Araguaia.</t>
   </si>
   <si>
     <t>1883</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1883/scanner_20240822_39.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1883/scanner_20240822_39.pdf</t>
   </si>
   <si>
     <t>Autoriza o custeio de despesas objetivando subsidiar o registro dos títulos de legitimação fundiária no âmbito da Lei Federal nº _x000D_
 13.465/2017 e Decreto Federal n. 9.310/2018, inerentes à Regularização Fundiária de Interesse Específico - REURB-E, dos Bairros COHAB I/A e COHAB II.</t>
   </si>
   <si>
     <t>1884</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1884/scanner_20240822_40.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1884/scanner_20240822_40.pdf</t>
   </si>
   <si>
     <t>1885</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1885/scanner_20240822_41.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1885/scanner_20240822_41.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adiciona cial no orçamento vigente.</t>
   </si>
   <si>
     <t>1886</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1886/scanner_20240822_42.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1886/scanner_20240822_42.pdf</t>
   </si>
   <si>
     <t>utoriza a abertura de Crédito Adicional E arma _x000D_
 no orçamento vigente.</t>
   </si>
   <si>
     <t>1887</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1887/scanner_20240822_43.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1887/scanner_20240822_43.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adici Suplementar no orçamento vigente.</t>
   </si>
   <si>
     <t>1888</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1888/scanner_20240822_44.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1888/scanner_20240822_44.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Alto Araguaia disponibilizar ônibus aos atletas da Associação Araguaiense de Futsal, e dá outras providências.</t>
   </si>
   <si>
     <t>1889</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/</t>
   </si>
   <si>
     <t>ooperação com o Sindicato ral de Alto _x000D_
 Araguaia, para o custeio de despesas com à _x000D_
 realização da 16º EXPOAIA</t>
   </si>
   <si>
     <t>1890</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1890/scanner_20240822_46.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1890/scanner_20240822_46.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito _x000D_
  _x000D_
 Adicional _x000D_
 Especialno orçamento vigente.</t>
   </si>
   <si>
     <t>1891</t>
   </si>
   <si>
     <t>Autoriza o município de Alto Afaguaia a _x000D_
 custear despesas com hospedagem e _x000D_
 alimentação para os integrantes da Policia _x000D_
 Militar do Estado de Mato Grosso que se _x000D_
 deslocarão para garantir a segurança da 16º _x000D_
 EXPOAIA.</t>
   </si>
   <si>
     <t>1892</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1892/scanner_20240822_48.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1892/scanner_20240822_48.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito _x000D_
 Suplementar no orçamento vigente e_x000D_
 Providencias.</t>
   </si>
   <si>
     <t>1893</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1893/scanner_20240822_49.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1893/scanner_20240822_49.pdf</t>
   </si>
   <si>
     <t>toriza a abertura de Créditay Adlici _x000D_
 Especial no orçamento vigente.</t>
   </si>
   <si>
     <t>1894</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1894/scanner_20240822_50.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1894/scanner_20240822_50.pdf</t>
   </si>
   <si>
     <t>“Altera a redação da Lei Municipal n. 2.575 _x000D_
 de outubro de 2009, que Reestrutura o Regime _x000D_
 Próprio de Previdência Social do Município de Alto _x000D_
 Araguaia/MT e, dá outras providências”</t>
   </si>
   <si>
     <t>1895</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1895/scanner_20240822_51.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1895/scanner_20240822_51.pdf</t>
   </si>
   <si>
     <t>"Altera dispositivos da Lei Municipal _x000D_
 d2l Sessão cida lia de 21 de junho de 2005".</t>
   </si>
   <si>
     <t>1896</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1896/scanner_20240822_52.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1896/scanner_20240822_52.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a política remunerato dos _x000D_
 Agentes Comunitários de Saúde e Agentes de _x000D_
 Combate às Endemias.”</t>
   </si>
   <si>
     <t>1897</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1897/scanner_20240822_53.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1897/scanner_20240822_53.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito”Adicional _x000D_
 Especial no Orçamento do Exercício de 2022, _x000D_
 lei nº 4309 de 29 de julho de 2021.</t>
   </si>
   <si>
     <t>1898</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1898/scanner_20240822_54.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1898/scanner_20240822_54.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédit6" al _x000D_
 Suplementar no orçamento vigente</t>
   </si>
   <si>
     <t>1899</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1899/scanner_20240822_55.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1899/scanner_20240822_55.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o adicional de produtividade a s&amp; nte _x000D_
 aos fiscais de tributos em efetivo exercício” no _x000D_
 município de Alto Araguaia.</t>
   </si>
   <si>
     <t>1900</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1900/scanner_20240822_56.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1900/scanner_20240822_56.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Créd icional _x000D_
 Suplementar no orçamento vigente:</t>
   </si>
   <si>
     <t>1901</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1901/scanner_20240822_57.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1901/scanner_20240822_57.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adigrôfial _x000D_
 Suplementar no orçamento vigente:</t>
   </si>
   <si>
     <t>1902</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1902/scanner_20240822_58.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1902/scanner_20240822_58.pdf</t>
   </si>
   <si>
     <t>1908</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1908/scanner_20240827.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1908/scanner_20240827.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Alto Ara nte _x000D_
 disponibilizar ônibus aos atletas da Equipe _x000D_
 Futebol Clube.</t>
   </si>
   <si>
     <t>1914</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1914/scanner_20240827_7.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1914/scanner_20240827_7.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 3.435, _x000D_
 0 4 “Sos _x000D_
  _x000D_
  _x000D_
  _x000D_
 ão Agr dura da A de 03 de junho de 2014.</t>
   </si>
   <si>
     <t>1909</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1909/scanner_20240827_2.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1909/scanner_20240827_2.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito A _x000D_
 Suplementar no orçamento vigente e _x000D_
 Providencias.</t>
   </si>
   <si>
     <t>1910</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1910/scanner_20240827_3.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1910/scanner_20240827_3.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito PA ntg _x000D_
 Suplementar no orçamento vigente € dá Qútras _x000D_
 Providencias.</t>
   </si>
   <si>
     <t>1911</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1911/scanner_20240827_4.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1911/scanner_20240827_4.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir _x000D_
 Créditos Adicionais Suplementares até o limite de _x000D_
 15% (quinze por cento) da despesa fixada na Lei</t>
   </si>
   <si>
     <t>1912</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1912/scanner_20240827_5.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1912/scanner_20240827_5.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Alto Araguaia a _x000D_
 disponibilizar veículo para deslocamento da _x000D_
 equipe censitária do IBGE e dá outras _x000D_
 providências.</t>
   </si>
   <si>
     <t>1913</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1913/scanner_20240827_6.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1913/scanner_20240827_6.pdf</t>
   </si>
   <si>
     <t>Autoriza este município a celebrar convenisecom a _x000D_
 Associação de Catadores de Material Reticlável do _x000D_
 / Município de Alto Araguaia = _x000D_
 ão snduma pu E ASCALTOARAGUAIA.</t>
   </si>
   <si>
     <t>1942</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1942/scanner_20240827_6.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1942/scanner_20240827_6.pdf</t>
   </si>
   <si>
     <t>1943</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1943/scan2_-_convertido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1943/scan2_-_convertido.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a política remuner ria dos _x000D_
 Enfermeiros, Técnicos de Enfermagem e Auxiliar _x000D_
 de Enfermagem, nos termos do que dispõe o Art. _x000D_
 15-C, da Lei Federal nº 7.498, de 25 de junho de _x000D_
 1986.</t>
   </si>
   <si>
     <t>1915</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1915/scanner_20240827_10.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1915/scanner_20240827_10.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a realizar repasse _x000D_
 pecuniário à Associação de Pais e Amigos dos _x000D_
 Excepcionais - APAE” de Alto Araguaia, para _x000D_
 a realização do evento 4º Porco no Tacho”.</t>
   </si>
   <si>
     <t>1916</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1916/scanner_20240827_11.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1916/scanner_20240827_11.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional _x000D_
 Suplementar no orçamento vigente e dá Outras _x000D_
 Providencias.</t>
   </si>
   <si>
     <t>1917</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1917/scanner_20240827_12.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1917/scanner_20240827_12.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional _x000D_
 Especial no orçamento vigente € dá Outras _x000D_
 Providencias.</t>
   </si>
   <si>
     <t>1918</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1918/scanner_20240827_15.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1918/scanner_20240827_15.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para à elabora _x000D_
 aa Sessão gudurmada! orçamentária de 2023.</t>
   </si>
   <si>
     <t>1920</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1920/scanner_20240827_13.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1920/scanner_20240827_13.pdf</t>
   </si>
   <si>
     <t>1919</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1919/scanner_20240827_14.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1919/scanner_20240827_14.pdf</t>
   </si>
   <si>
     <t>“Estima a receita e fixa a despesa do município _x000D_
 4 f | 16 ( ga de Alto Araguaia, Estado de Mato Grosso, para _x000D_
 es o exercício financeiro de 2023.</t>
   </si>
   <si>
     <t>1921</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1921/scanner_20240827_16.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1921/scanner_20240827_16.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Alto Araguaia a _x000D_
 realizar o pagamento de custas cartorárias com _x000D_
 o arquivamento dos atos constitutivos da _x000D_
 Associação dos Produtores de Queijo _x000D_
 Cabacinha do Araguaia.</t>
   </si>
   <si>
     <t>1922</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1922/scanner_20240827_18.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1922/scanner_20240827_18.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédit dicional _x000D_
 Suplementar no orçamento vigente.</t>
   </si>
   <si>
     <t>1923</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1923/scanner_20240827_19.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1923/scanner_20240827_19.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROCESSO DE ESCOLHA DOS _x000D_
 GESTORES DAS INSTITUIÇÕES DE ENSINO DA REDE _x000D_
 PÚBLICA MUNICIPAL DO MUNICÍPIO DE ALTO _x000D_
 ARAGUAIA.</t>
   </si>
   <si>
     <t>1924</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1924/scanner_20240827_20.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1924/scanner_20240827_20.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Sistema Unico de Assistência Social do _x000D_
 sit * Município de Alto Araguaia/MT e dá outras providências.</t>
   </si>
   <si>
     <t>1927</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1927/scanner_20240827_23.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1927/scanner_20240827_23.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Especial no orçamento vigente e dá Outras Providencias.</t>
   </si>
   <si>
     <t>1925</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1925/scanner_20240827_21.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1925/scanner_20240827_21.pdf</t>
   </si>
   <si>
     <t>“ Autoriza o Poder Executivo a realizar repasse _x000D_
 pecuniário, mediante convênio, ao Rotary Club _x000D_
 de Alto Araguaia/MT para a aquisição de _x000D_
 equipamentos para o banco de materiais _x000D_
 ortopédicos”.</t>
   </si>
   <si>
     <t>1926</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1926/scanner_20240827_22.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1926/scanner_20240827_22.pdf</t>
   </si>
   <si>
     <t>«Altera os anexos do PPA (20 _x000D_
 ata APV 0/40% Ro quer _x000D_
 35" Sassã qa “au is outras providências”.</t>
   </si>
   <si>
     <t>1928</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1928/scanner_20240827_25.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1928/scanner_20240827_25.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir Créditos Adicionais Suplementares até o limite de 15% (quinze por cento) da despesa fixada na Lei Orçamentária de nº 4.309, de 19 de Julho de 2021.</t>
   </si>
   <si>
     <t>1930</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1930/scanner_20240827_26.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1930/scanner_20240827_26.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Alto Araguaia a _x000D_
 disponibilizar ônibus, e dá outras providências.</t>
   </si>
   <si>
     <t>1944</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1944/scan2_-_convertido_1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1944/scan2_-_convertido_1.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédifo Adicional Suplementar no orçamento vigente e dá Outras Providencias.</t>
   </si>
   <si>
     <t>1932</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1932/scanner_20240827_28.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1932/scanner_20240827_28.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adigi lementar no orçamento vigente.</t>
   </si>
   <si>
     <t>1934</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1934/scanner_20240827_30.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1934/scanner_20240827_30.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional _x000D_
 Especial no orçamento vigente.</t>
   </si>
   <si>
     <t>1933</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1933/scanner_20240827_29.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1933/scanner_20240827_29.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Alto Araguaia a cystear _x000D_
 despesas com atletas e instrutores para participação de Campeonato Mundial de Jiy-Jitu.</t>
   </si>
   <si>
     <t>1935</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1935/scanner_20240827_32.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1935/scanner_20240827_32.pdf</t>
   </si>
   <si>
     <t>“Autoriza a abertura de Crédito icional Suplementar no orçamento vigente dá Outras _x000D_
 Providencias”. _x000D_
  3190.04</t>
   </si>
   <si>
     <t>1929</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1929/scanner_20240827_24.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1929/scanner_20240827_24.pdf</t>
   </si>
   <si>
     <t>1931</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1931/scanner_20240827_27.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1931/scanner_20240827_27.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar no orçamento vigente e dá Outras Providencias.</t>
   </si>
   <si>
     <t>1936</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1936/scanner_20240827_33.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1936/scanner_20240827_33.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a adghirir presentes e doá-los aos noivos no _x000D_
 Casamento Comunitário”.</t>
   </si>
   <si>
     <t>1937</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1937/scanner_20240827_34.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1937/scanner_20240827_34.pdf</t>
   </si>
   <si>
     <t>"Cria Cargos, altera os Anexos Jel _x000D_
 &gt; [ ici o 2742/2010, e dá oxras _x000D_
 Data: GS / [4 fedo A Du Municipal n _x000D_
 providências.</t>
   </si>
   <si>
     <t>1938</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1938/scanner_20240827_35.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1938/scanner_20240827_35.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicionales! tar no _x000D_
 orçamento vigente.</t>
   </si>
   <si>
     <t>1939</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1939/scanner_20240827_36.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1939/scanner_20240827_36.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a cessão em comodato do imóvel que menciona.”.</t>
   </si>
   <si>
     <t>1940</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1940/scanner_20240827_37.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1940/scanner_20240827_37.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a prorrogação de cessão em comodato, do imóvel que menciona.”</t>
   </si>
   <si>
     <t>1941</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1941/scanner_20240827_38.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1941/scanner_20240827_38.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Executivo Municipal a repa$sar aos _x000D_
 Agentes Comunitários de Saúde vinculados às _x000D_
 equipes de Saúde da Família, incentivo financeiro _x000D_
 adicional.”</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária (Origem Legislativo)</t>
   </si>
   <si>
     <t>MESA DIRETORA - MD, Marcos Nunes, Mariana de Souza, Marilia Maia, Ricardo Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/958/scan2_-_convertido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/958/scan2_-_convertido.pdf</t>
   </si>
   <si>
     <t>“Altera dispositivos e anexos da Lei_x000D_
 Municipal n° 2.545/2009, e dá outras_x000D_
 providências.”</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/959/scan2_-_convertido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/959/scan2_-_convertido.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a atualização monetária_x000D_
 dos subsídios dos Vereadores, fixados_x000D_
 pela Lei n° 3.024, de 03 de setembro_x000D_
 de 2012 e concessão de RGA aos_x000D_
 vereadores”.</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/961/2222_-_convertido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/961/2222_-_convertido.pdf</t>
   </si>
   <si>
     <t>“Altera o anexo I da Lei Municipal n°_x000D_
 2.545/2009, e dá outras providências.”</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/962/scan2_-_convertido_1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/962/scan2_-_convertido_1.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a criação do Programa Municipal_x000D_
 “Porteira Adentro”, e dá outras providências”.</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/963/scanner_20240828_10.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/963/scanner_20240828_10.pdf</t>
   </si>
   <si>
     <t>“Institui a Semana da Conscientização do transtorno do espectro_x000D_
 autista e dá outras providências.”</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/964/scanner_20240828_11.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/964/scanner_20240828_11.pdf</t>
   </si>
   <si>
     <t>“Institui no município de Alto Araguaia, estado de Mato Grosso, o_x000D_
 Dia Municipal de Conscientização da Fibromialgia.”</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/965/scanner_20240828_12.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/965/scanner_20240828_12.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a criação da Semana Municipal de_x000D_
 Prevenção, Conscientização e Combate ao Uso de_x000D_
 Drogas”.</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/966/scanner_20240828_13.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/966/scanner_20240828_13.pdf</t>
   </si>
   <si>
     <t>Institui o mês “Abril Laranja” no Calendário_x000D_
 Oficial de Eventos do Município de Alto_x000D_
 Araguaia - MT, voltado à prevenção da_x000D_
 crueldade animal e dá outras providências.</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/967/scanner_20240828_14.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/967/scanner_20240828_14.pdf</t>
   </si>
   <si>
     <t>“Declara de utilidade pública a Associação de_x000D_
 Catadores de Material Reciclável do Município_x000D_
 de Alto Araguaia-MT e dá outras providencias”.</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
     <t>MESA DIRETORA - MD, Luizinho, Mariana de Souza, Marilia Maia</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/969/scanner_20240828_15.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/969/scanner_20240828_15.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a obrigatoriedade no_x000D_
 Município de Alto Araguaia da divulgação_x000D_
 de informações sobre obras públicas_x000D_
 paralisadas, contendo os motivos, tempo de_x000D_
 interrupção e nova data prevista para_x000D_
 término”.</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/970/scanner_20240828_16.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/970/scanner_20240828_16.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE ESPAÇO_x000D_
 RESERVADO EM SHOWS, APRESENTAÇÕES_x000D_
 ARTÍSTICAS E CULTURAIS, EVENTOS_x000D_
 ESPORTIVOS E SIMILARES PARA_x000D_
 PORTADORES DE NECESSIDADES_x000D_
 ESPECIAIS (PNE`S) NO MUNICÍPIO DE_x000D_
 ALTO ARAGUAIA E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1945</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1945/scanner_20240828_17.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1945/scanner_20240828_17.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal de _x000D_
 Atenção ao Idoso e dá outras _x000D_
 providências.</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/971/scanner_20240828_19.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/971/scanner_20240828_19.pdf</t>
   </si>
   <si>
     <t>“CRIA REGRAS PARA A INSTALAÇÃO E_x000D_
 MANUTENÇÃO DE FIOS E CABOS FIXADOS NOS_x000D_
 POSTES DA REDE ELÉTRICA EXISTENTES NA_x000D_
 ZONA URBANA E RURAL DO MUNICÍPIO DE_x000D_
 ALTO ARAGUAIA – MT, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS ”</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/972/scanner_20240828_20.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/972/scanner_20240828_20.pdf</t>
   </si>
   <si>
     <t>"Institui a "campanha calçada limpa” no_x000D_
 município de Alto Araguaia”.</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/973/scanner_20240828_21.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/973/scanner_20240828_21.pdf</t>
   </si>
   <si>
     <t>"Institui o Sistema Colaborativo de Segurança e_x000D_
 Monitoramento no Município de Alto Araguaia,_x000D_
 denominado ‘Alto Araguaia Mais Segura’, e dá outras_x000D_
 providências”.</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/974/scanner_20240828_23.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/974/scanner_20240828_23.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE AS DIRETRIZES PARA A POLÍTICA_x000D_
 MUNICIPAL DE ESTÍMULO, INCENTIVO E_x000D_
 PROMOÇÃO DA MULHER EMPREENDEDORA NO_x000D_
 MUNICÍPIO DE ALTO ARAGUAIA.”</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
     <t>MESA DIRETORA - MD, Fabiano do Gás, Silvio Maia, Suzana Paniago</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/975/scanner_20240828_24.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/975/scanner_20240828_24.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a obrigatoriedade_x000D_
 do fornecimento de vagas nas_x000D_
 creches em período integral na_x000D_
 rede municipal de ensino de Alto_x000D_
 Araguaia/MT.”</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/976/scanner_20240828_30.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/976/scanner_20240828_30.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre prolongamento_x000D_
 da Rua Santa Rita, no Bairro_x000D_
 Gabiroba”</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/977/scanner_20240828_29.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/977/scanner_20240828_29.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre nomeação de Rua no_x000D_
 Bairro Gabiroba”</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/978/scanner_20240828_28.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/978/scanner_20240828_28.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre nomeação de Rua, no_x000D_
 Bairro Gabiroba”</t>
   </si>
   <si>
     <t>1946</t>
   </si>
   <si>
     <t>Clodoaldo, Fabiano do Gás, Luizinho, Marcos Nunes, Mariana de Souza, Marilia Maia, Marilzan, MESA DIRETORA - MD, Odair Ferruja, Ricardo Barbosa, Silvio Maia, Suzana Paniago</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1946/scanner_20240828_27.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1946/scanner_20240828_27.pdf</t>
   </si>
   <si>
     <t>“Institui o pagamento dos direitos sociais do 13º _x000D_
 (décimo terceiro) salário e o pagamento de férias _x000D_
 acrescido do terço constitucional aos vereadores do _x000D_
 Município de Alto Araguaia — MT, e dá outras _x000D_
 providências.”</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/982/scanner_20240828_26.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/982/scanner_20240828_26.pdf</t>
   </si>
   <si>
     <t>“Altera dispositivos e anexos da Lei_x000D_
 Municipal nº 2545/2009 e dá outras_x000D_
 providências”.</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Mariana de Souza, Marcos Nunes, Marilia Maia, Ricardo Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1158/docx-2-3.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1158/docx-2-3.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre o auxílio legislativo aos_x000D_
 servidores comissionados do Poder_x000D_
 Legislativo Municipal, e dá outras_x000D_
 providências.”</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
     <t>MESA DIRETORA - MD</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1159/scanner_20240828_2.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1159/scanner_20240828_2.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a regulamentação de concessão,_x000D_
 aplicação e prestação de contas de recursos_x000D_
 públicos utilizados, sob a forma de suprimentos de_x000D_
 fundos, no âmbito de competência da Câmara_x000D_
 Municipal de Alto Araguaia – MT, e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1160/scan2_-_convertido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1160/scan2_-_convertido.pdf</t>
   </si>
   <si>
     <t>“INSTITUI A ÂMBITO MUNICIPAL A HORARIA _x000D_
 AOS SERVIDORES PÚBLICOS MUNICIPAIS _x000D_
 APOSENTADOS, EM RECONHECIMENTO AOS _x000D_
 SERVIÇOS PRESTADOS À ADMINISTRAÇÃO _x000D_
 MUNICIPAL DURANTE O TEMPO DE EXERCÍCIO _x000D_
 DAS SUAS FUNÇÕES”.</t>
   </si>
   <si>
     <t>1949</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1949/004-_projeto_de_resolucao_-_regimento.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1949/004-_projeto_de_resolucao_-_regimento.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o auxílio alimentação aos servidores efetivos e comissionados em atividade pelo Poder Legislativo _x000D_
 municipal e dá outras providências.”</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1161/pdf-16-20_-_convertido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1161/pdf-16-20_-_convertido.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre o auxílio alimentação aos_x000D_
 servidores efetivos e comissionados em_x000D_
 atividade pelo Poder Legislativo_x000D_
 municipal e dá outras providências.”</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto do Legislativo</t>
   </si>
   <si>
     <t>CFOF - Comissão de Finanças, Orçamento e Fiscalização</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1162/scanner_20240828_32.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1162/scanner_20240828_32.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre as Contas Anuais de _x000D_
 Governo da Prefeitura Municipal de Alto _x000D_
 Araguaia-MT, relativas ao exercício _x000D_
 financeiro de 2020.”</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1163/scanner_20240828_34.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1163/scanner_20240828_34.pdf</t>
   </si>
   <si>
     <t>“Concede título de cidadão_x000D_
 Araguaiense ao Sr. Wilson_x000D_
 Nascimento da Silva”.</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1164/scanner_20240828_36.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1164/scanner_20240828_36.pdf</t>
   </si>
   <si>
     <t>“Concede título de cidadão Araguaiense a_x000D_
 Sra. SUELENE COCK CORRÊA”</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1165/scanner_20240828_38.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1165/scanner_20240828_38.pdf</t>
   </si>
   <si>
     <t>“Concede título de cidadão_x000D_
 Araguaiense ao Sr. Adelson Luiz de_x000D_
 Oliveira”.</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1166/scanner_20240828_40.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1166/scanner_20240828_40.pdf</t>
   </si>
   <si>
     <t>“Concede título de cidadão_x000D_
 Araguaiense ao Sr. José Fernandes_x000D_
 Correa Noleto”.</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1167/scanner_20240828_42.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1167/scanner_20240828_42.pdf</t>
   </si>
   <si>
     <t>“Concede título de cidadão_x000D_
 Araguaiense ao Sr. Marcos Cardial_x000D_
 de Souza”</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1168/scanner_20240828_44.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1168/scanner_20240828_44.pdf</t>
   </si>
   <si>
     <t>“Concede título de cidadão_x000D_
 Araguaiense ao Sr. Alaerte de Jesus_x000D_
 Serafim Filho”.</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1169/scanner_20240828_46.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1169/scanner_20240828_46.pdf</t>
   </si>
   <si>
     <t>“Concede título de_x000D_
 cidadão Araguaiense a Sr._x000D_
 WILLIAM RODRIGUES_x000D_
 DA SILVA”.</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1170/scanner_20240828_48.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1170/scanner_20240828_48.pdf</t>
   </si>
   <si>
     <t>“Concede título de cidadão_x000D_
 Araguaiense a Sr. JOSÉ FABIANO_x000D_
 DIAS DE SOUZA”.</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1171/scanner_20240828_50.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1171/scanner_20240828_50.pdf</t>
   </si>
   <si>
     <t>“Concede título de_x000D_
 cidadão Araguaiense a_x000D_
 Sra. Glaucielia Rodrigues_x000D_
 Pereira”.</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1172/scanner_20240828_52.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1172/scanner_20240828_52.pdf</t>
   </si>
   <si>
     <t>“Concede título de cidadão_x000D_
 Araguaiense ao Sr. Réulliner da_x000D_
 Silva Rodrigues”.</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
     <t>Marcos Nunes, Clodoaldo, Luizinho</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1173/scanner_20240828_54.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1173/scanner_20240828_54.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre as Contas Anuais de_x000D_
 Governo da Prefeitura Municipal de_x000D_
 Alto Araguaia-MT, relativas ao exercício_x000D_
 financeiro de 2021.”</t>
   </si>
   <si>
     <t>1947</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1947/scanner_20240828_56.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1947/scanner_20240828_56.pdf</t>
   </si>
   <si>
     <t>“Concede título de _x000D_
 cidadão Araguaiense a Sr. _x000D_
 JOSÉ DE OLIVEIRA _x000D_
 LOPES.”.</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
     <t>VT</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1174/scanner_20240828_22.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1174/scanner_20240828_22.pdf</t>
   </si>
   <si>
     <t>Veto ao Projeto de Lei do Legislativo nº 15/2022.</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1175/scanner_20240828_25.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1175/scanner_20240828_25.pdf</t>
   </si>
   <si>
     <t>Veto ao Projeto de Lei do Legislativo nº 17/2022</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção de Congratulações e Aplausos.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1176/scan2-16-17.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1176/scan2-16-17.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES_x000D_
 PARA A PRIMEIRA DAMA E SECRETÁRIA DE_x000D_
 ASSISTÊNCIA SOCIAL, PRISCILA DOURADO_x000D_
 MARTINS.</t>
   </si>
   <si>
     <t>1177</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1177/scan2-15.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1177/scan2-15.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações para ao Sr. Elias_x000D_
 Carvalho de Souza.</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1178/scan2-14.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1178/scan2-14.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, vem respeitosamente, requerer à Mesa,_x000D_
 ouvido o Soberano Plenário, com fulcro no Regimento Interno desta Augusta Casa de_x000D_
 Leis, que seja aprovada MOÇÃO DE APLAUSOS ao Assessor Parlamentar Federal Sr._x000D_
 Marco Aurélio Carvalho Barros, profissional que dedicou anos a servir o município de_x000D_
 Alto Araguaia, de forma competente e transparente, onde desconhecemos a existência_x000D_
 de qualquer ato que desabone a sua conduta profissional e pessoal.</t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1179/scan2-13.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1179/scan2-13.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações à Jovem Ana_x000D_
 Paula Oliveira Freitas.</t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1180/scan2-11-12.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1180/scan2-11-12.pdf</t>
   </si>
   <si>
     <t>“Moção de Aplausos e Congratulações ao Jovem Thiago_x000D_
 Alves Campos”</t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1181/scan2-10.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1181/scan2-10.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações à Jovem_x000D_
 Gyovanna Almeida Rego Pina.</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1182/scan2-8-9.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1182/scan2-8-9.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS a Professora aposentada Cleonice Garcia Velasco, aos_x000D_
 relevantes serviços prestados na educação municipal de Alto Araguaia-MT.</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1183/scan2-7.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1183/scan2-7.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS ao Servidor Público Epaminondas de Carvalho_x000D_
 Goulart, aos relevantes serviços prestados ao município de Alto Araguaia-MT.</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1184/scan2-6.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1184/scan2-6.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS a Professora Marilene Leite Fraga, aos seus relevantes_x000D_
 serviços prestados na educação no município de Alto Araguaia-MT.</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1185/scan2-4-5.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1185/scan2-4-5.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS a Professora Kátia Líria Amorim, aos seus relevantes_x000D_
 serviços prestados na educação municipal de Alto Araguaia-MT.</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS aos garis, pelos seus relevantes serviços prestados no_x000D_
 município de Alto Araguaia-MT.</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1187/scan2-3.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1187/scan2-3.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS ao Drº Leonardo Lincoln de Melo Chaga, pelos seus_x000D_
 relevantes serviços prestados no município de Alto Araguaia-MT.</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1188/scan2-2.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1188/scan2-2.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS a Joamir Ramos da Silva, pela sua força e_x000D_
 determinação diante da vida.</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
     <t>Marilia Maia, Clodoaldo</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1189/scan2-1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1189/scan2-1.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR pelo falecimento da Sra._x000D_
 Elzira Presser.</t>
   </si>
   <si>
     <t>1948</t>
   </si>
   <si>
     <t>ELO</t>
   </si>
   <si>
     <t>Emenda a Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1948/scanner_20240828_57.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1948/scanner_20240828_57.pdf</t>
   </si>
   <si>
     <t>EMENDA: acrescenta o artigo 78-A na Lei Orgânica Municipal de Alto Araguaia, instituindo o orçamento impositivo.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -6930,51 +6930,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/437/scanner_20240822_11-69.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/440/scanner_20240822_11-67.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/445/scanner_20240822_11-65.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/447/scanner_20240822_11-61-63.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/450/scanner_20240822_11-59.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1904/scanner_20240822_11-57.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/469/scanner_20240822_11-55.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/471/scanner_20240822_11-53.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/473/scanner_20240822_11-51.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/475/scanner_20240822_11-49.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/477/scanner_20240822_11-47.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/479/scanner_20240822_11-45.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/481/scanner_20240822_11-43.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/482/scanner_20240822_11-41.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/485/scanner_20240822_11-39.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/487/scanner_20240822_11-37.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/489/scanner_20240822_11-35.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/490/scanner_20240822_11-33.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/492/scanner_20240822_11-31.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/493/scanner_20240822_11-29.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/495/scanner_20240822_11-25.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/497/scanner_20240822_11-23.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/499/scanner_20240822_11-21.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/501/scanner_20240822_11-19.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/503/scanner_20240822_11-17.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/505/scanner_20240822_11-13.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/507/scanner_20240822_11-11.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/509/scanner_20240822_11-15.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/511/scanner_20240822_11-9.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/513/scanner_20240822_11-1.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/515/scanner_20240822_10-59.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/517/scanner_20240822_10-57.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1905/scanner_20240822_10-55.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/537/scanner_20240822_10-51-53.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/539/scanner_20240822_10-49.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/540/scanner_20240822_10-47.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/545/scanner_20240822_10-45.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/548/scanner_20240822_10-43.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/551/scanner_20240822_10-41.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/553/scanner_20240822_10-33-39.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/555/scanner_20240822_10-31.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/557/scanner_20240822_10-27-29.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/559/scanner_20240822_10-25.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/562/scanner_20240822_10-23.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/563/scanner_20240822_10-21.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/566/scanner_20240822_10-19.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/567/scanner_20240822_10-17.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/568/scanner_20240822_10-15.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/569/scanner_20240822_10-13.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/570/scanner_20240822_10-5-11.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/571/scanner_20240822_10-3.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/572/scanner_20240822_10-1.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/573/scanner_20240822_9-41.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/574/scanner_20240822_9-39.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/575/scanner_20240822_9-37.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/576/scanner_20240822_9-35.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/577/scanner_20240822_9-33.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/578/scanner_20240822_9-31.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/579/scanner_20240822_9-29.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/580/scanner_20240822_9-27.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/581/scanner_20240822_9-23.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/582/scanner_20240822_9-27.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/583/scanner_20240822_9-21.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/584/scanner_20240822_9-19.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/585/scanner_20240822_9-17.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/586/scanner_20240822_9-15.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/587/scanner_20240822_9-13.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/588/scanner_20240822_9-11.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/589/scanner_20240822_9-9.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/590/scanner_20240822_9-57.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/591/scanner_20240822_9-55.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/592/scanner_20240822_9-53.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/593/scanner_20240822_9-51.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/594/scanner_20240822_9-49.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/595/scanner_20240822_9-47.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/596/scanner_20240822_9-45.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/597/scanner_20240822_9-43.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/598/scanner_20240822_9-7.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/599/scanner_20240822_9-5.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/600/scanner_20240822_9-1.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/601/scanner_20240814_8-45.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/602/scanner_20240814_8-43.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/603/scanner_20240814_8-41_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/604/scanner_20240814_8-37-41.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/605/scanner_20240814_8-33-35.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/606/scanner_20240814_8-31.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/607/scanner_20240814_8-29.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/608/scanner_20240814_8-27.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/609/scanner_20240814_8-25.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/610/scanner_20240814_8-23.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/611/scanner_20240814_8-21.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/612/scanner_20240814_8-17-19.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/613/scanner_20240814_8-15.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/614/scanner_20240814_8-13.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/615/scanner_20240814_8-11.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/616/scanner_20240814_8-9.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/617/scanner_20240814_8-7.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/618/scanner_20240814_8-5.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/619/scanner_20240814_8-3.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/620/scanner_20240814_7-31.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/720/scanner_20240814_7-29.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/721/scanner_20240814_7-27.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/722/scanner_20240814_7-25.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/723/scanner_20240814_7-23.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/724/scanner_20240814_7-33.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/725/scanner_20240814_7-35.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/726/scanner_20240814_7-21.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/727/scanner_20240814_7-19.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/728/scanner_20240814_7-17.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/729/scanner_20240814_7-15.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/730/scanner_20240814_7-37.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/731/scanner_20240814_7-39-41.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/732/scanner_20240814_8-1.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/733/scanner_20240814_7-11.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/734/scanner_20240814_7-13.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/735/scanner_20240814_7-7-9.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/736/scanner_20240814_7-3.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/737/scanner_20240814_7-5.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/738/scanner_20240814_7-1.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/739/scanner_20240814_6-69-71.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/740/scanner_20240814_6-65-67.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/741/scanner_20240814_6-63.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/742/scanner_20240814_6-61.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/743/scanner_20240814_6-59.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/744/scanner_20240814_6-57.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/745/scanner_20240814_6-55.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/746/scanner_20240814_6-53.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/747/scanner_20240814_6-51.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/748/scanner_20240814_6-49.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/749/scanner_20240814_6-45.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/750/scanner_20240814_6-43.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/751/scanner_20240916_59.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/752/scanner_20240814_6-41.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/753/scanner_20240814_6-39.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/754/scanner_20240814_6-37.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/755/scanner_20240814_6-35.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/756/scanner_20240814_6-33.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/757/scanner_20240814_6-31.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/758/scanner_20240814_6-29.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/759/scanner_20240814_6-27.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/760/scanner_20240814_6-25.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/761/scanner_20240814_6-23.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/762/143-_silvio-__qualificacao_dos_beneficiarios_de_programa_social.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/763/scanner_20240814_6-21.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/764/scanner_20240814_6-19.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/765/scanner_20240814_6-17.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/766/scanner_20240814_6-15.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/767/scanner_20240814_6-13.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/768/scanner_20240814_6-11.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/769/scanner_20240814_6-9.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/770/scanner_20240814_6-5.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/771/scanner_20240814_6-7.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/772/scan2_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/773/scanner_20240814_6-1-3.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/774/scanner_20240814_5-53.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/775/scanner_20240814_5-51.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/776/scanner_20240814_5-49.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/777/scanner_20240814_5-47.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/778/scanner_20240814_5-45.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/779/scanner_20240814_5-43.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/780/scanner_20240814_5-41.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/781/scan2_-_convertido_2.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/782/163-_silvio_maia_-_indicacao_energia_solar_em_unidades_habitacionais.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/783/164-_silvio_maia_indicacao_mini_usina_de_energia_solar.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/784/scanner_20240814_5-39.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/785/scanner_20240814_5-37.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/786/scanner_20240814_5-35.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/787/scanner_20240814_5-33.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/788/scanner_20240814_5-31.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/789/scanner_20240814_5-29.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/790/171-_andre_da_fm_-_indicacao_expoaia.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/791/scanner_20240814_5-27.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/792/scanner_20240814_5-19.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/793/scanner_20240814_5-17.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/794/scanner_20240814_5-15.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/795/scanner_20240814_5-5-13.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/796/docx.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/797/scanner_20240814_5-1.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/798/scanner_20240814_4-109.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/799/scanner_20240814_4-107.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/800/scanner_20240814_4-105.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/801/scanner_20240814_4-103.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/802/scanner_20240814_4-101.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/803/scanner_20240814_4-97.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/804/scanner_20240814_4-95.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/805/scanner_20240814_4-93.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/806/scanner_20240814_4-91.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/807/scanner_20240814_4-89.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/808/scanner_20240814_4-87.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/809/scanner_20240814_4-85.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/810/scanner_20240814_4-83.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/811/scanner_20240814_4-81.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/812/scanner_20240814_4-79.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/813/scanner_20240814_4-77.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/814/scanner_20240814_4-75.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/815/scanner_20240814_4-73.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/816/scanner_20240814_4-71.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/817/scanner_20240814_4-67-69.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/818/scanner_20240814_4-61-65.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/819/scanner_20240814_4-59.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/820/scanner_20240814_4-57.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/821/scanner_20240814_4-55.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/822/scanner_20240814_4-53.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/823/scanner_20240814_4-51.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1907/scanner_20240814_4-49.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/824/206_-_mariana-_cercas_parquinho.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/825/207-_marcos_nunes.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/826/scanner_20240814_4-43.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/907/scanner_20240814_4-45.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/908/scanner_20240814_4-39.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/909/scanner_20240814_4-37.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/910/scanner_20240814_4-35.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/911/scanner_20240814_4-33.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/912/scanner_20240814_4-31.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/913/scanner_20240814_4-29.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/914/scanner_20240814_4-27.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/915/scanner_20240814_4-23-25.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/916/scanner_20240814_4-21.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/917/scanner_20240814_4-19.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/918/scanner_20240814_4-17.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/919/scanner_20240814_4-15.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/920/scanner_20240814_4-11-13.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/921/scanner_20240814_4-9.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/922/scanner_20240814_4-7.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/923/scanner_20240814_4-5.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/924/scanner_20240814_4-3.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/925/scanner_20240814_4-1.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/926/scanner_20240814_3-51.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/927/scanner_20240814_3-49.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/928/scanner_20240814_3-47.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/929/scanner_20240814_3-45.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/930/scanner_20240814_3-43.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/931/scanner_20240814_3-41-52.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/932/scanner_20240814_3-39.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/933/scanner_20240814_3-37.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/934/scanner_20240814_3-35.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/935/scanner_20240814_3-33.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/936/scanner_20240814_3-29-31.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/937/scanner_20240814_3-27.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/938/scanner_20240814_3-25.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/939/scanner_20240814_3-23.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/940/242_-_marcos_nunes_a_aquisicao_de_microfones_para_os_professores_da_rede_publica_municipal_que_assim_desejarem_a_fim_de_melhorar_a_qualidade_das_aulas_sendo_medida_de_profilaxia_aos_professo..pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/941/scanner_20240814_3-3.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/942/scanner_20240814_3-21.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/943/scanner_20240814_3-19.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/944/scanner_20240814_3-17.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/945/scanner_20240814_3-15.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/946/scanner_20240814_3-13.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/947/scanner_20240814_3-11.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/948/scanner_20240814_3-5-7.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/949/scanner_20240814_3-1.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/844/001-2022.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/845/002-2022.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/847/003-2022.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/848/004-2022.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/849/005-2022.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/850/006-2022.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/856/007-2022.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/860/008-2022.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/862/009-2022.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/865/010-2022.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/869/011-2022.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/879/012-2022.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/882/013-2022.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/886/014-2022.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/888/015-2022.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/892/016-2022.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/893/017-2022.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/894/018-2022.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/895/019-2022.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/896/020-2022.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/897/021-2022.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/898/022-2022.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/899/023-2022.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/900/024-2022.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/901/025-2022.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/902/026-2022.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/903/027-2022.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/904/028-2022.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/905/029-2022.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/906/030-2022.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/985/031-2022.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/986/032-2022.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/987/033-2022.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/988/034-2022.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/989/035-2022.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1845/036-2022.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1000/037-2022.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1018/038-2022.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1029/039-2022.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1033/040-2022.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1034/041-2022.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1035/042-2022.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1036/043-2022.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1037/044-2022.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1038/045-2022.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1039/046-2022.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1040/047-2022.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1041/048-2022.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1042/049-2022.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1043/050-2022.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1046/051-2022.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1067/052-2022.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1072/053-2022.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1073/054-2022.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1075/055-2022.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1082/056-2022.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1903/scanner_20240822.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1846/scanner_20240822_2.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1847/scanner_20240822_3.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1848/scanner_20240822_4.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1849/scanner_20240822_5.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1850/scanner_20240822_7.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1851/scanner_20240822_8.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1852/scanner_20240822_9.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1853/scanner_20240822_10.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1854/scanner_20240822_11.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1855/scanner_20240822_11.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1856/scanner_20240822_12.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1857/scanner_20240822_13.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1858/scanner_20240822_14.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1859/scanner_20240822_15.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1860/scanner_20240822_16.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1861/scanner_20240822_17.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1862/scanner_20240822_18.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1863/scanner_20240822_19.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1864/scanner_20240822_20.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1865/scanner_20240822_21.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1866/scanner_20240822_22.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1867/scanner_20240822_23.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1868/scanner_20240822_24.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1870/scanner_20240822_26.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1869/scanner_20240822_25.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1871/scanner_20240822_27.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1872/scanner_20240822_28.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1873/scanner_20240822_29.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1874/scanner_20240822_30.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1875/scanner_20240822_31.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1876/scanner_20240822_32.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1877/scanner_20240822_33.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1878/scanner_20240822_34.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1879/scanner_20240822_35.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1880/scanner_20240822_36.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1881/scanner_20240822_37.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1882/scanner_20240822_38.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1883/scanner_20240822_39.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1884/scanner_20240822_40.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1885/scanner_20240822_41.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1886/scanner_20240822_42.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1887/scanner_20240822_43.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1888/scanner_20240822_44.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1890/scanner_20240822_46.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1892/scanner_20240822_48.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1893/scanner_20240822_49.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1894/scanner_20240822_50.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1895/scanner_20240822_51.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1896/scanner_20240822_52.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1897/scanner_20240822_53.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1898/scanner_20240822_54.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1899/scanner_20240822_55.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1900/scanner_20240822_56.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1901/scanner_20240822_57.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1902/scanner_20240822_58.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1908/scanner_20240827.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1914/scanner_20240827_7.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1909/scanner_20240827_2.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1910/scanner_20240827_3.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1911/scanner_20240827_4.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1912/scanner_20240827_5.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1913/scanner_20240827_6.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1942/scanner_20240827_6.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1943/scan2_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1915/scanner_20240827_10.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1916/scanner_20240827_11.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1917/scanner_20240827_12.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1918/scanner_20240827_15.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1920/scanner_20240827_13.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1919/scanner_20240827_14.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1921/scanner_20240827_16.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1922/scanner_20240827_18.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1923/scanner_20240827_19.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1924/scanner_20240827_20.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1927/scanner_20240827_23.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1925/scanner_20240827_21.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1926/scanner_20240827_22.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1928/scanner_20240827_25.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1930/scanner_20240827_26.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1944/scan2_-_convertido_1.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1932/scanner_20240827_28.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1934/scanner_20240827_30.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1933/scanner_20240827_29.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1935/scanner_20240827_32.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1929/scanner_20240827_24.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1931/scanner_20240827_27.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1936/scanner_20240827_33.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1937/scanner_20240827_34.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1938/scanner_20240827_35.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1939/scanner_20240827_36.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1940/scanner_20240827_37.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1941/scanner_20240827_38.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/958/scan2_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/959/scan2_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/961/2222_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/962/scan2_-_convertido_1.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/963/scanner_20240828_10.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/964/scanner_20240828_11.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/965/scanner_20240828_12.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/966/scanner_20240828_13.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/967/scanner_20240828_14.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/969/scanner_20240828_15.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/970/scanner_20240828_16.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1945/scanner_20240828_17.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/971/scanner_20240828_19.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/972/scanner_20240828_20.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/973/scanner_20240828_21.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/974/scanner_20240828_23.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/975/scanner_20240828_24.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/976/scanner_20240828_30.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/977/scanner_20240828_29.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/978/scanner_20240828_28.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1946/scanner_20240828_27.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/982/scanner_20240828_26.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1158/docx-2-3.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1159/scanner_20240828_2.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1160/scan2_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1949/004-_projeto_de_resolucao_-_regimento.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1161/pdf-16-20_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1162/scanner_20240828_32.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1163/scanner_20240828_34.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1164/scanner_20240828_36.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1165/scanner_20240828_38.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1166/scanner_20240828_40.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1167/scanner_20240828_42.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1168/scanner_20240828_44.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1169/scanner_20240828_46.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1170/scanner_20240828_48.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1171/scanner_20240828_50.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1172/scanner_20240828_52.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1173/scanner_20240828_54.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1947/scanner_20240828_56.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1174/scanner_20240828_22.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1175/scanner_20240828_25.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1176/scan2-16-17.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1177/scan2-15.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1178/scan2-14.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1179/scan2-13.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1180/scan2-11-12.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1181/scan2-10.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1182/scan2-8-9.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1183/scan2-7.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1184/scan2-6.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1185/scan2-4-5.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1187/scan2-3.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1188/scan2-2.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1189/scan2-1.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1948/scanner_20240828_57.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/437/scanner_20240822_11-69.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/440/scanner_20240822_11-67.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/445/scanner_20240822_11-65.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/447/scanner_20240822_11-61-63.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/450/scanner_20240822_11-59.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1904/scanner_20240822_11-57.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/469/scanner_20240822_11-55.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/471/scanner_20240822_11-53.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/473/scanner_20240822_11-51.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/475/scanner_20240822_11-49.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/477/scanner_20240822_11-47.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/479/scanner_20240822_11-45.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/481/scanner_20240822_11-43.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/482/scanner_20240822_11-41.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/485/scanner_20240822_11-39.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/487/scanner_20240822_11-37.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/489/scanner_20240822_11-35.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/490/scanner_20240822_11-33.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/492/scanner_20240822_11-31.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/493/scanner_20240822_11-29.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/495/scanner_20240822_11-25.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/497/scanner_20240822_11-23.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/499/scanner_20240822_11-21.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/501/scanner_20240822_11-19.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/503/scanner_20240822_11-17.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/505/scanner_20240822_11-13.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/507/scanner_20240822_11-11.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/509/scanner_20240822_11-15.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/511/scanner_20240822_11-9.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/513/scanner_20240822_11-1.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/515/scanner_20240822_10-59.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/517/scanner_20240822_10-57.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1905/scanner_20240822_10-55.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/537/scanner_20240822_10-51-53.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/539/scanner_20240822_10-49.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/540/scanner_20240822_10-47.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/545/scanner_20240822_10-45.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/548/scanner_20240822_10-43.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/551/scanner_20240822_10-41.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/553/scanner_20240822_10-33-39.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/555/scanner_20240822_10-31.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/557/scanner_20240822_10-27-29.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/559/scanner_20240822_10-25.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/562/scanner_20240822_10-23.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/563/scanner_20240822_10-21.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/566/scanner_20240822_10-19.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/567/scanner_20240822_10-17.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/568/scanner_20240822_10-15.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/569/scanner_20240822_10-13.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/570/scanner_20240822_10-5-11.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/571/scanner_20240822_10-3.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/572/scanner_20240822_10-1.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/573/scanner_20240822_9-41.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/574/scanner_20240822_9-39.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/575/scanner_20240822_9-37.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/576/scanner_20240822_9-35.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/577/scanner_20240822_9-33.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/578/scanner_20240822_9-31.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/579/scanner_20240822_9-29.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/580/scanner_20240822_9-27.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/581/scanner_20240822_9-23.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/582/scanner_20240822_9-27.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/583/scanner_20240822_9-21.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/584/scanner_20240822_9-19.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/585/scanner_20240822_9-17.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/586/scanner_20240822_9-15.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/587/scanner_20240822_9-13.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/588/scanner_20240822_9-11.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/589/scanner_20240822_9-9.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/590/scanner_20240822_9-57.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/591/scanner_20240822_9-55.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/592/scanner_20240822_9-53.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/593/scanner_20240822_9-51.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/594/scanner_20240822_9-49.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/595/scanner_20240822_9-47.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/596/scanner_20240822_9-45.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/597/scanner_20240822_9-43.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/598/scanner_20240822_9-7.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/599/scanner_20240822_9-5.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/600/scanner_20240822_9-1.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/601/scanner_20240814_8-45.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/602/scanner_20240814_8-43.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/603/scanner_20240814_8-41_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/604/scanner_20240814_8-37-41.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/605/scanner_20240814_8-33-35.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/606/scanner_20240814_8-31.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/607/scanner_20240814_8-29.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/608/scanner_20240814_8-27.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/609/scanner_20240814_8-25.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/610/scanner_20240814_8-23.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/611/scanner_20240814_8-21.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/612/scanner_20240814_8-17-19.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/613/scanner_20240814_8-15.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/614/scanner_20240814_8-13.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/615/scanner_20240814_8-11.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/616/scanner_20240814_8-9.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/617/scanner_20240814_8-7.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/618/scanner_20240814_8-5.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/619/scanner_20240814_8-3.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/620/scanner_20240814_7-31.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/720/scanner_20240814_7-29.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/721/scanner_20240814_7-27.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/722/scanner_20240814_7-25.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/723/scanner_20240814_7-23.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/724/scanner_20240814_7-33.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/725/scanner_20240814_7-35.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/726/scanner_20240814_7-21.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/727/scanner_20240814_7-19.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/728/scanner_20240814_7-17.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/729/scanner_20240814_7-15.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/730/scanner_20240814_7-37.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/731/scanner_20240814_7-39-41.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/732/scanner_20240814_8-1.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/733/scanner_20240814_7-11.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/734/scanner_20240814_7-13.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/735/scanner_20240814_7-7-9.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/736/scanner_20240814_7-3.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/737/scanner_20240814_7-5.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/738/scanner_20240814_7-1.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/739/scanner_20240814_6-69-71.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/740/scanner_20240814_6-65-67.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/741/scanner_20240814_6-63.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/742/scanner_20240814_6-61.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/743/scanner_20240814_6-59.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/744/scanner_20240814_6-57.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/745/scanner_20240814_6-55.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/746/scanner_20240814_6-53.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/747/scanner_20240814_6-51.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/748/scanner_20240814_6-49.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/749/scanner_20240814_6-45.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/750/scanner_20240814_6-43.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/751/scanner_20240916_59.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/752/scanner_20240814_6-41.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/753/scanner_20240814_6-39.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/754/scanner_20240814_6-37.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/755/scanner_20240814_6-35.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/756/scanner_20240814_6-33.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/757/scanner_20240814_6-31.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/758/scanner_20240814_6-29.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/759/scanner_20240814_6-27.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/760/scanner_20240814_6-25.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/761/scanner_20240814_6-23.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/762/143-_silvio-__qualificacao_dos_beneficiarios_de_programa_social.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/763/scanner_20240814_6-21.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/764/scanner_20240814_6-19.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/765/scanner_20240814_6-17.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/766/scanner_20240814_6-15.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/767/scanner_20240814_6-13.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/768/scanner_20240814_6-11.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/769/scanner_20240814_6-9.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/770/scanner_20240814_6-5.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/771/scanner_20240814_6-7.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/772/scan2_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/773/scanner_20240814_6-1-3.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/774/scanner_20240814_5-53.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/775/scanner_20240814_5-51.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/776/scanner_20240814_5-49.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/777/scanner_20240814_5-47.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/778/scanner_20240814_5-45.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/779/scanner_20240814_5-43.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/780/scanner_20240814_5-41.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/781/scan2_-_convertido_2.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/782/163-_silvio_maia_-_indicacao_energia_solar_em_unidades_habitacionais.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/783/164-_silvio_maia_indicacao_mini_usina_de_energia_solar.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/784/scanner_20240814_5-39.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/785/scanner_20240814_5-37.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/786/scanner_20240814_5-35.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/787/scanner_20240814_5-33.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/788/scanner_20240814_5-31.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/789/scanner_20240814_5-29.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/790/171-_andre_da_fm_-_indicacao_expoaia.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/791/scanner_20240814_5-27.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/792/scanner_20240814_5-19.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/793/scanner_20240814_5-17.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/794/scanner_20240814_5-15.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/795/scanner_20240814_5-5-13.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/796/docx.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/797/scanner_20240814_5-1.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/798/scanner_20240814_4-109.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/799/scanner_20240814_4-107.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/800/scanner_20240814_4-105.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/801/scanner_20240814_4-103.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/802/scanner_20240814_4-101.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/803/scanner_20240814_4-97.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/804/scanner_20240814_4-95.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/805/scanner_20240814_4-93.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/806/scanner_20240814_4-91.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/807/scanner_20240814_4-89.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/808/scanner_20240814_4-87.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/809/scanner_20240814_4-85.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/810/scanner_20240814_4-83.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/811/scanner_20240814_4-81.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/812/scanner_20240814_4-79.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/813/scanner_20240814_4-77.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/814/scanner_20240814_4-75.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/815/scanner_20240814_4-73.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/816/scanner_20240814_4-71.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/817/scanner_20240814_4-67-69.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/818/scanner_20240814_4-61-65.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/819/scanner_20240814_4-59.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/820/scanner_20240814_4-57.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/821/scanner_20240814_4-55.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/822/scanner_20240814_4-53.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/823/scanner_20240814_4-51.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1907/scanner_20240814_4-49.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/824/206_-_mariana-_cercas_parquinho.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/825/207-_marcos_nunes.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/826/scanner_20240814_4-43.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/907/scanner_20240814_4-45.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/908/scanner_20240814_4-39.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/909/scanner_20240814_4-37.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/910/scanner_20240814_4-35.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/911/scanner_20240814_4-33.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/912/scanner_20240814_4-31.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/913/scanner_20240814_4-29.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/914/scanner_20240814_4-27.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/915/scanner_20240814_4-23-25.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/916/scanner_20240814_4-21.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/917/scanner_20240814_4-19.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/918/scanner_20240814_4-17.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/919/scanner_20240814_4-15.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/920/scanner_20240814_4-11-13.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/921/scanner_20240814_4-9.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/922/scanner_20240814_4-7.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/923/scanner_20240814_4-5.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/924/scanner_20240814_4-3.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/925/scanner_20240814_4-1.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/926/scanner_20240814_3-51.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/927/scanner_20240814_3-49.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/928/scanner_20240814_3-47.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/929/scanner_20240814_3-45.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/930/scanner_20240814_3-43.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/931/scanner_20240814_3-41-52.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/932/scanner_20240814_3-39.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/933/scanner_20240814_3-37.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/934/scanner_20240814_3-35.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/935/scanner_20240814_3-33.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/936/scanner_20240814_3-29-31.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/937/scanner_20240814_3-27.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/938/scanner_20240814_3-25.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/939/scanner_20240814_3-23.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/940/242_-_marcos_nunes_a_aquisicao_de_microfones_para_os_professores_da_rede_publica_municipal_que_assim_desejarem_a_fim_de_melhorar_a_qualidade_das_aulas_sendo_medida_de_profilaxia_aos_professo..pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/941/scanner_20240814_3-3.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/942/scanner_20240814_3-21.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/943/scanner_20240814_3-19.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/944/scanner_20240814_3-17.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/945/scanner_20240814_3-15.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/946/scanner_20240814_3-13.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/947/scanner_20240814_3-11.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/948/scanner_20240814_3-5-7.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/949/scanner_20240814_3-1.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/844/001-2022.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/845/002-2022.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/847/003-2022.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/848/004-2022.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/849/005-2022.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/850/006-2022.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/856/007-2022.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/860/008-2022.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/862/009-2022.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/865/010-2022.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/869/011-2022.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/879/012-2022.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/882/013-2022.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/886/014-2022.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/888/015-2022.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/892/016-2022.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/893/017-2022.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/894/018-2022.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/895/019-2022.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/896/020-2022.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/897/021-2022.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/898/022-2022.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/899/023-2022.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/900/024-2022.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/901/025-2022.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/902/026-2022.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/903/027-2022.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/904/028-2022.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/905/029-2022.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/906/030-2022.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/985/031-2022.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/986/032-2022.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/987/033-2022.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/988/034-2022.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/989/035-2022.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1845/036-2022.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1000/037-2022.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1018/038-2022.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1029/039-2022.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1033/040-2022.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1034/041-2022.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1035/042-2022.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1036/043-2022.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1037/044-2022.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1038/045-2022.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1039/046-2022.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1040/047-2022.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1041/048-2022.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1042/049-2022.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1043/050-2022.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1046/051-2022.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1067/052-2022.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1072/053-2022.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1073/054-2022.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1075/055-2022.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1082/056-2022.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1903/scanner_20240822.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1846/scanner_20240822_2.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1847/scanner_20240822_3.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1848/scanner_20240822_4.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1849/scanner_20240822_5.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1850/scanner_20240822_7.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1851/scanner_20240822_8.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1852/scanner_20240822_9.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1853/scanner_20240822_10.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1854/scanner_20240822_11.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1855/scanner_20240822_11.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1856/scanner_20240822_12.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1857/scanner_20240822_13.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1858/scanner_20240822_14.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1859/scanner_20240822_15.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1860/scanner_20240822_16.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1861/scanner_20240822_17.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1862/scanner_20240822_18.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1863/scanner_20240822_19.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1864/scanner_20240822_20.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1865/scanner_20240822_21.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1866/scanner_20240822_22.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1867/scanner_20240822_23.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1868/scanner_20240822_24.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1870/scanner_20240822_26.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1869/scanner_20240822_25.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1871/scanner_20240822_27.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1872/scanner_20240822_28.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1873/scanner_20240822_29.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1874/scanner_20240822_30.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1875/scanner_20240822_31.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1876/scanner_20240822_32.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1877/scanner_20240822_33.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1878/scanner_20240822_34.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1879/scanner_20240822_35.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1880/scanner_20240822_36.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1881/scanner_20240822_37.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1882/scanner_20240822_38.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1883/scanner_20240822_39.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1884/scanner_20240822_40.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1885/scanner_20240822_41.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1886/scanner_20240822_42.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1887/scanner_20240822_43.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1888/scanner_20240822_44.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1890/scanner_20240822_46.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1892/scanner_20240822_48.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1893/scanner_20240822_49.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1894/scanner_20240822_50.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1895/scanner_20240822_51.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1896/scanner_20240822_52.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1897/scanner_20240822_53.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1898/scanner_20240822_54.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1899/scanner_20240822_55.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1900/scanner_20240822_56.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1901/scanner_20240822_57.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1902/scanner_20240822_58.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1908/scanner_20240827.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1914/scanner_20240827_7.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1909/scanner_20240827_2.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1910/scanner_20240827_3.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1911/scanner_20240827_4.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1912/scanner_20240827_5.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1913/scanner_20240827_6.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1942/scanner_20240827_6.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1943/scan2_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1915/scanner_20240827_10.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1916/scanner_20240827_11.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1917/scanner_20240827_12.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1918/scanner_20240827_15.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1920/scanner_20240827_13.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1919/scanner_20240827_14.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1921/scanner_20240827_16.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1922/scanner_20240827_18.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1923/scanner_20240827_19.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1924/scanner_20240827_20.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1927/scanner_20240827_23.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1925/scanner_20240827_21.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1926/scanner_20240827_22.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1928/scanner_20240827_25.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1930/scanner_20240827_26.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1944/scan2_-_convertido_1.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1932/scanner_20240827_28.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1934/scanner_20240827_30.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1933/scanner_20240827_29.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1935/scanner_20240827_32.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1929/scanner_20240827_24.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1931/scanner_20240827_27.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1936/scanner_20240827_33.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1937/scanner_20240827_34.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1938/scanner_20240827_35.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1939/scanner_20240827_36.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1940/scanner_20240827_37.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1941/scanner_20240827_38.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/958/scan2_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/959/scan2_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/961/2222_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/962/scan2_-_convertido_1.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/963/scanner_20240828_10.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/964/scanner_20240828_11.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/965/scanner_20240828_12.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/966/scanner_20240828_13.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/967/scanner_20240828_14.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/969/scanner_20240828_15.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/970/scanner_20240828_16.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1945/scanner_20240828_17.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/971/scanner_20240828_19.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/972/scanner_20240828_20.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/973/scanner_20240828_21.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/974/scanner_20240828_23.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/975/scanner_20240828_24.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/976/scanner_20240828_30.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/977/scanner_20240828_29.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/978/scanner_20240828_28.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1946/scanner_20240828_27.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/982/scanner_20240828_26.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1158/docx-2-3.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1159/scanner_20240828_2.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1160/scan2_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1949/004-_projeto_de_resolucao_-_regimento.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1161/pdf-16-20_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1162/scanner_20240828_32.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1163/scanner_20240828_34.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1164/scanner_20240828_36.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1165/scanner_20240828_38.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1166/scanner_20240828_40.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1167/scanner_20240828_42.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1168/scanner_20240828_44.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1169/scanner_20240828_46.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1170/scanner_20240828_48.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1171/scanner_20240828_50.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1172/scanner_20240828_52.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1173/scanner_20240828_54.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1947/scanner_20240828_56.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1174/scanner_20240828_22.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1175/scanner_20240828_25.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1176/scan2-16-17.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1177/scan2-15.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1178/scan2-14.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1179/scan2-13.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1180/scan2-11-12.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1181/scan2-10.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1182/scan2-8-9.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1183/scan2-7.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1184/scan2-6.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1185/scan2-4-5.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1187/scan2-3.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1188/scan2-2.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1189/scan2-1.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2022/1948/scanner_20240828_57.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H460"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="40.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="155.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>