--- v0 (2025-10-08)
+++ v1 (2026-03-16)
@@ -54,8546 +54,8546 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Clodoaldo</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/302/doc_1-26.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/302/doc_1-26.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, requer à Mesa ouvido o Soberano Plenário, _x000D_
 que o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal, Sr. _x000D_
 Gustavo de Melo Anicézio, ao Secretário Municipal de Agricultura Pecuária e _x000D_
 Abastecimento e Meio Ambiente – Sr. João Dias e ao Secretário Municipal de Obras _x000D_
 Infraestrutura Transporte e Frotas – Sr. Milton Fernandes de Lima, “Solicitando a _x000D_
 inclusão de um caminhão caçamba e máquina pá-carregadeira na Patrulha Rural do _x000D_
 nosso município”</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/303/doc_1-23.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/303/doc_1-23.pdf</t>
   </si>
   <si>
     <t>INDICO A CONSTRUÇÃO DE UMA PRAÇA PÚBLICA COM_x000D_
 PLAYGROUND NO BAIRRO PARQUE CERRADO, MUNICÍPIO_x000D_
 DE ALTO ARAGUAIA-MT</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Suzana Paniago</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/304/doc_1-22.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/304/doc_1-22.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, requer à Mesa Ouvido o Soberano _x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito Municipal, _x000D_
 Sr. Gustavo de Melo Anicezio, com cópia à Secretaria Municipal de Saúde Manoela _x000D_
 Nunes de Souza “solicitando o retorno de cirurgias eletivas no Hospital Municipal_x000D_
 Cacildo Hugueney de Alto Araguaia-MT”.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/305/doc_1-21.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/305/doc_1-21.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicezio, com cópia à Secretaria Municipal de Saúde_x000D_
 Manoela Nunes de Souza “solicitando a contratação de um Médico Pediatra, para_x000D_
 atendimento das crianças no Hospital Municipal Cacildo Hugueney de Alto_x000D_
 Araguaia-MT”._x000D_
 JU</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Mariana de Souza</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/306/doc_1-20.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/306/doc_1-20.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal,_x000D_
 Sr. Gustavo de Melo Anicézio, ao Secretário Municipal de Obras Infraestrutura_x000D_
 Transporte e Frotas – Sr. Milton Fernandes de Lima, “Solicitando um patrolamento_x000D_
 nas estradas da zona rural, na região do Gato Preto e Buriti”.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/307/doc_1-19.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/307/doc_1-19.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal,_x000D_
 Sr. Gustavo de Melo Anicézio, ao Secretário Municipal de Obras Infraestrutura_x000D_
 Transporte e Frotas – Sr. Milton Fernandes de Lima, “Solicitando um espaço adequado_x000D_
 para realização dos exames práticos de direção veicular”</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/308/doc_1-18.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/308/doc_1-18.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio, a Secretária Municipal de Educação – Sra. Paula Regina Niedermeier Fraga, “Solicitando uma escola para os bairros Professora Maria das Graças de Souza Pinto e Parque do Cerrado”.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Marcos Nunes</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/309/doc_1-17.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/309/doc_1-17.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito de Alto Araguaia-MT, Sr. Gustavo Melo de Anicézio_x000D_
 e à Secretária Municipal de Saúde - Sra. Manoela Nunes de Souza, solicitando que_x000D_
 providenciem a contratação de um médico cardiologista para atender a população de_x000D_
 Alto Araguaia-MT, pelos motivos que se seguem:</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Luizinho</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/310/doc_1-16.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/310/doc_1-16.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicézio , e ao_x000D_
 Secretário de Infraestrutura Milton Fernandes de Lima, “indicando a pavimentação_x000D_
 asfáltica no Bairro Demellas”</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Ricardo Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/311/doc_1-14-15.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/311/doc_1-14-15.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa enca_x0002_minhe expediente ao Exmo. Sr. Prefeito Municipal de Alto Araguaia, Sr. Gustavo de Melo_x000D_
 Anicesio e ao Secretaria Municipal de Obras, Infraestrutura, Transporte e Frotas, Sr. Milton_x000D_
 Fernandes de Lima, “ solicitando o reparo do encabeçamento da Ponte Mista na MU45, so_x0002_bre o Rio de Araguainha”</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Odair Ferruja</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/312/doc_1-13.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/312/doc_1-13.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicézio , e ao_x000D_
 Secretário de Infraestrutura Milton Fernandes de Lima, “solicitando serviço urgente de_x000D_
 recolhimento de entulho e que o cronograma de recolhimento de entulho nos bairros_x000D_
 da nossa cidade seja amplamente divulgado à população”.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Silvio Maia</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/313/doc_1-12.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/313/doc_1-12.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo e ao Secretário de_x000D_
 Administração, Sr. Manoelito Dias de Rezende Neto. Nesta indicação, “Solicitamos a_x000D_
 construção de uma casa nas proximidades da central de captação de água para o Sr._x000D_
 João Maria Severo dos Anjos, servidor público do município, residir enquanto estiver_x000D_
 desempenhando as funções de vigia junta à central”.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/314/doc_1-11.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/314/doc_1-11.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo e a Secretária de Educação,_x000D_
 Sra. Paula Regina Niedermeier Fraga. “Nesta indicação, Solicitamos a aquisição de_x000D_
 130 (cento e trinta) computadores para atender as demandas das escolas do nosso_x000D_
 município”.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Fabiano do Gás</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/315/doc_1-10.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/315/doc_1-10.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano Plenário, que a_x000D_
 mesma seja aprovada e devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo_x000D_
 Anicesio, com cópia ao Secretário Municipal de Obras, Infraestrutura, Transporte e Frotas Milton_x000D_
 Fernandes de Lima, “solicitando a recuperação da via de principal acesso ao Bairro Professora Maria_x000D_
 da Graça de Souza Pinto e bairros adjacentes”.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/316/doc_1-9.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/316/doc_1-9.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, requerem à Mesa, Ouvido o Soberano Plenário,_x000D_
 que a mesma seja aprovada e devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo_x000D_
 Anicesio, com cópia a Secretária Municipal de Educação Paula Regina Niedermeier, “solicitando a_x000D_
 aquisição de tablets para a Rede Pública Municipal de Alto Araguaia”.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/317/doc_1-8.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/317/doc_1-8.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer á Mesa Ouvido o Soberano Plenário, que a_x000D_
 mesma seja aprovada e devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo_x000D_
 Anicézio, com cópia ao Secretário Municipal de Obras, Infraestrutura, Transporte e Frotas – Sr. Milton_x000D_
 Fernandes de Lima, “solicitando a implantação de iluminação na Avenida Contorno no Bairro_x000D_
 Professora Maria da Graça de Souza Pinto, Casa Feliz e Parque do Cerrado”.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Marilia Maia</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/318/doc_1-7.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/318/doc_1-7.pdf</t>
   </si>
   <si>
     <t>Senhora Presidente, apresento a Vossa Excelência, nos termos do artigo 103 parágrafo_x000D_
 único do Regimento Interno dessa casa de leis, a presente indicação, onde a pedido de_x000D_
 representantes dos Trabalhadores na Movimentação de Mercadorias em Geral que exercem a_x000D_
 profissão de chapa em nossa cidade, solicitar junto ao Prefeito Municipal de Alto Araguaia- Sr._x000D_
 Gustavo Melo, “a construção de um espaço físico, que servirá como ponto de apoio para os_x000D_
 trabalhadores da categoria ora mencionada</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/319/doc_1-6.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/319/doc_1-6.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Senhor Prefeito Municipal Gustavo de_x000D_
 Melo Anicézio , e ao Diretor da DIVAES – Sr. Tiago Garcia, “solicitando_x000D_
 a suspensão do corte no fornecimento de água por 05 meses e após este_x000D_
 período que haja um parcelamento das referidas contas”.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/320/doc_1-5.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/320/doc_1-5.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo_x000D_
 Anicézio , ao Secretário de Obras Infraestrutura Transporte – Sr. Milton Lima e_x000D_
 Secretário Municipal de Agricultura Pecuária e Abastecimento e Meio Ambiente_x000D_
 – Sr. João Dias, “solicitando a drenagem da água que está em acumulo na_x000D_
 contenção de terras na área verde existente na lateral da Rua Leocádio Teles e_x000D_
 serviço de proteção através de cerca da referida área verde”.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/321/doc_1-3-4.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/321/doc_1-3-4.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicezio, com cópia a Secretaria de Saúde Manoela_x000D_
 Nunes de Souza “Solicitando um local exclusivo, para recebimento, testagem e_x000D_
 tratamento de possíveis pacientes com COVID -19”.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Suzana Paniago, Clodoaldo, Fabiano do Gás, Luizinho, Marcos Nunes, Mariana de Souza, Marilia Maia, Marilzan, Odair Ferruja, Ricardo Barbosa, Silvio Maia</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/322/scan25_arquivos_mesclados_2.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/322/scan25_arquivos_mesclados_2.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, requerem à Mesa Ouvido_x000D_
 o Soberano Plenário, que a mesma seja aprovada e devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo Anicezio, com_x000D_
 cópia a Secretária de Saúde Manoela Nunes de Souza “Solicitando a_x000D_
 contratação de Médicos que tenham no mínimo 3 anos de experiência_x000D_
 para o pronto atendimento (PA) do Hospital Municipal, em urgências e_x000D_
 emergências.”</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/323/doc_4-30.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/323/doc_4-30.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal,_x000D_
 Sr. Gustavo de Melo Anicézio, ao Secretário Municipal de Agricultura Pecuária e_x000D_
 Abastecimento e Meio Ambiente – Sr. João Dias “Solicitando a implantação de_x000D_
 abatedouro de animais bovinos em nosso município”.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/324/doc_4-29.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/324/doc_4-29.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente_x000D_
 ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio, e ao Secretário de Infraestrutura_x000D_
 Sr. Milton Fernandes de Lima, a criação de uma rede de energia de baixa tensão no_x000D_
 loteamento de agricultura familiar que fica ao lado da BR364 KM-07, em frente ao antigo_x000D_
 posto areia branca.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/325/scanner_20240916_60.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/325/scanner_20240916_60.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente_x000D_
 ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio, e ao Secretário de Infraestrutura_x000D_
 Sr. Milton Fernandes de Lima, a realização de um projeto para a ampliação do nosso sistema_x000D_
 de captação de água, para fortalecer o abastecimento de nossa cidade._x000D_
  Justifica-se a presente indicação, devido à crescente demanda da população o sistema de_x000D_
 captação não consegue suprir a mesma de forma efetiva, tornando-se assim um ponto que_x000D_
 exige atenção para que não inviabilize investimentos futuros.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/326/doc_4-28.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/326/doc_4-28.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente_x000D_
 ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio, e ao Secretário de Infraestrutura_x000D_
 Sr. Milton Fernandes de Lima, a criação de uma estação de tratamento de esgoto (ETE) na_x000D_
 parte alta da cidade._x000D_
  Justifica-se a presente indicação, a criação desta estação visa diminuir o impacto da_x000D_
 poluição em nossos afluentes e também a descarga direta de material em nossos rios.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/327/doc_4-27.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/327/doc_4-27.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente_x000D_
 ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio, e ao Secretário de Infraestrutura_x000D_
 Sr. Milton Fernandes de Lima, execução de um projeto para iluminação do miniestádio_x000D_
 Benedito Paes Felício no bairro Nossa Senhora Aparecida.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/328/doc_4-26.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/328/doc_4-26.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao_x000D_
 Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio, e ao Secretário de Obras e_x000D_
 Infraestrutura Sr. Milton Fernandes de Lima, que seja realizado um projeto para a construção_x000D_
 de uma pista de caminhada e uma academia comunitária em torno do miniestádio Bendito_x000D_
 Paes Felício._x000D_
  Onde a população possa estar realizando suas atividades físicas em geral.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/329/doc_4-25.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/329/doc_4-25.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio, e ao_x000D_
 Secretário de Obras e Infraestrutura Sr. Milton Fernandes de Lima, que seja elaborado_x000D_
 um projeto que contemple a construção de calçadas nas residências no âmbito deste_x000D_
 município, o qual pode ser denominado “Calçada Solidária”, onde o Poder_x000D_
 Executivo entrará com os serviços de terraplanagem, alinhamento, nivelamento do_x000D_
 meio fio, orientação técnica, fornecimento de areia, toda a mão de obra e também o_x000D_
 plantio das árvores e caberá ao proprietário da residência o cimento e a lixeira.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/330/doc_4-24.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/330/doc_4-24.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa enca_x0002_minhe expediente ao Exmo. Sr. Prefeito Municipal de Alto Araguaia, Sr. Gustavo de Melo_x000D_
 Anicesio e ao Secretaria Municipal de Obras, Infraestrutura, Transporte e Frotas, Sr. Milton_x000D_
 Fernandes de Lima o conserto da passarela da ponte sobre o Rio Araguaia.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/331/doc_4-23.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/331/doc_4-23.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicezio, com cópia ao Secretário de Obras,_x000D_
 Infraestrutura, Transporte e Frotas Sr. Milton Fernandes de Lima “ solicitando a_x000D_
 construção de uma área coberta, incluindo cadeiras, bebedouro e banheiros na_x000D_
 secretária de saúde ”.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/332/doc_4-22.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/332/doc_4-22.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito de Alto Araguaia-MT, Sr. Gustavo Melo de Anicézio_x000D_
 e ao Secretário Municipal de Administração - Sr. Manoelito dos Dias de Rezende Neto,_x000D_
 indicando a importância de se firmar uma parceria entre o Poder Executivo e a_x000D_
 Cadeia Pública, onde a Cadeia Publica disponibilizaria a mão-de-obra dos_x000D_
 reeducandos na fábrica de Concreto do Município e o maquinário de costura de_x000D_
 propriedade da Cadeia e a mão-de-obra dos reeducando na fabricação de lençóis_x000D_
 para o Hospital Municipal e uniformes para servidores e alunos da Rede Municipal,_x000D_
 de contrapartida o Município forneceria o material tanto para fabrica de concreto_x000D_
 quanto para a confecção de lençóis e uniformes”.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/333/doc_4-21.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/333/doc_4-21.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa enca -_x000D_
 minhe expediente ao Exmo. Sr. Prefeito Municipal de Alto Araguaia, Sr. Gustavo de Melo_x000D_
 Anicesio e ao Secretaria Municipal de Obras, Infraestrutura, Transporte e Frotas, Sr. Milton_x000D_
 Fernandes de Lima, “Solicitando uma faixa de pedestre e sinalização vertical no cruza_x0002_mento das Ruas Dom Aquino Correa e Augustinho Demellas, no Bairro Gabiroba”</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/334/doc_4-20.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/334/doc_4-20.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, requer à Mesa ouvido o Soberano Plenário, que_x000D_
 o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal Exmo. Sr. Gustavo_x000D_
 de Melo Anicézio, e ao Secretário Municipal de Obras, Infraestrutura, Transporte e Frotas - Sr._x000D_
 Milton Fernandes de Lima, “Solicitando a substituição da ponte de madeira do “Córrego_x000D_
 Pontinha” na MU-35, por uma ponte de Concreto e o alargamento da mesma”.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/335/doc_4-19.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/335/doc_4-19.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente_x000D_
 ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicézio e à Secretária de Educação,_x000D_
 Esportes, Lazer, Cultura e Turismo Exma. Paula Regina Niedermeier Fraga, “Solicitando a_x000D_
 destinação de um espaço para a reabertura da Casa do Artesão.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/336/doc_4-18.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/336/doc_4-18.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de_x000D_
 Anicézio, e ao Secretário de Infraestrutura Sr. Milton Fernandes de Lima,_x000D_
 para que seja idealizado um projeto que viabilize a substituição das_x000D_
 lâmpadas incandescentes por lâmpadas de LED.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/337/doc_4-16-17.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/337/doc_4-16-17.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal,_x000D_
 Sr. Gustavo de Melo Anicézio, ao Secretário Municipal de Obras Infraestrutura_x000D_
 Transporte e Frotas – Sr. Milton Fernandes de Lima, “Solicitando iluminação pública_x000D_
 e pavimentação asfáltica nas ruas que ainda não foram asfaltadas no bairro Jardim_x000D_
 Novo Araguaia”.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/338/doc_4-15.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/338/doc_4-15.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal,_x000D_
 Sr. Gustavo de Melo Anicézio, à Secretária Municipal de Saúde – Srª. Manoela Nunes_x000D_
 de Souza, “Solicitando a construção de um local apropriado para o funcionamento_x000D_
 da farmácia básica da Secretaria de Saúde do município”</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/339/doc_4-14.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/339/doc_4-14.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio, e ao_x000D_
 Secretário de Infraestrutura Sr. Milton Fernandes de Lima, indico para que seja_x000D_
 elaborado um projeto que viabilize o acesso a internet aos munícipes de nossa cidade,_x000D_
 o qual pode ser denominado “Internet Não Tem Classe”._x000D_
  Visto que a internet hoje é uma excelente ferramenta de aprendizado quando_x000D_
 utilizada corretamente e com responsabilidade pelos usuários._x000D_
  O uso dessa rede seria de grande ajuda para fazermos a identificação de_x000D_
 problemas em nossa cidade através da criação de um aplicativo onde poderá ser feito_x000D_
 criticas pela população para darmos atenção direta onde seja preciso._x000D_
  O trafico desta rede pode ser parcialmente limitado, tendo em vista o seu uso_x000D_
 apenas para uso essencial impossibilitando o uso para demais atividades julgadas_x000D_
 desnecessárias.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/340/doc_4-12.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/340/doc_4-12.pdf</t>
   </si>
   <si>
     <t>“solicitando que efetue em todo_x000D_
 processo de aquisição de bens, produtos e ou serviços, seja este através_x000D_
 de compra direta ou qualquer outra modalidade, protocolo junto ao_x000D_
 comércio local correspondente que comercialize o mesmo produto e/ou_x000D_
 serviço”</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/341/doc_4-11.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/341/doc_4-11.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano Plenário, que_x000D_
 a mesma seja aprovada e devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de_x000D_
 Melo Anicesio, com cópia a Secretária Municipal de Saúde, Manoela Nunes de Sousa_x000D_
 A indicação se faz necessária, uma vez que muitos munícipes trabalham durante todo o_x000D_
 dia, ficando inviabilizados de comparecerem nas Unidade de Saúde e na Farmácia Municipal no_x000D_
 horário de expediente, e também quando são atendidos no Hospital Municipal nos finais de_x000D_
 semana e feriados ficam com receituário até o próximo dia útil para retirarem os medicamentos_x000D_
 necessários para iniciar o tratamento, atrasando com isso a cura e podendo agravar seu estado_x000D_
 de saúde._x000D_
 Com a abertura no período noturno, esses cidadãos poderão ser atendidos, o que_x000D_
 também contribuirá para a redução do número de atendimentos no horário de expediente e as_x000D_
 faltas laborai</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/342/doc_4-10.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/342/doc_4-10.pdf</t>
   </si>
   <si>
     <t>A Vereadora que presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicezio, com cópia a Secretária de Saúde_x000D_
 Manoela Nunes de Souza “solicitando que seja tomada providência para contratação_x000D_
 de um médico especialista para realizar exames de ultrassom no Hospital Municipal”</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/343/doc_4-9.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/343/doc_4-9.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano Plenário, que_x000D_
 a mesma seja aprovada e devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de_x000D_
 Melo Anicézio, com cópia ao Secretário Municipal de Agricultura, Pecuária, Abastecimento e_x000D_
 Meio Ambiente “solicitando a aquisição de mudas e sementes da planta denominada_x000D_
 “Crotalária” (função de repente natural contra insetos) para distribuição nas residências do_x000D_
 município pelos agentes comunitários de saúde”</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/344/doc_4-8.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/344/doc_4-8.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo e a Secretária de Educação,_x000D_
 Sra. Paula Regina Niedermeier Fraga. Nesta indicação, Solicitamos a construção de_x000D_
 uma pista de Cross Country Olímpico (XCO), que é uma modalidade de ciclismo, no_x000D_
 estádio “Bilinão”, na parte alta do estádio, próximo à arquibancada e nas_x000D_
 proximidades do vestiário</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/345/doc_4-7.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/345/doc_4-7.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a_x000D_
 Mesa encaminhe expediente ao Exmo. Sr. Prefeito Municipal Gustavo_x000D_
 Melo de Anicézio, e ao Secretário de Infraestrutura Sr. Milton_x000D_
 Fernandes de Lima, a elaboração de um projeto que restrinja o plantio_x000D_
 de árvores exóticas e de grande porte próximas a rede elétrica. Sendo_x000D_
 o plantio de árvores irregulares de total responsabilidade do_x000D_
 proprietário, que será notificado e assumirá todos os custos de danos_x000D_
 causados a rede elétrica.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/346/doc_4-6.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/346/doc_4-6.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a_x000D_
 Mesa encaminhe expediente ao Exmo. Sr. Prefeito Municipal Gustavo_x000D_
 Melo de Anicézio, e ao Secretário de Obras, Infraestrutura,_x000D_
 Transportes e Frotas Sr. Milton Fernandes de Lima, para que seja feita_x000D_
 a elaboração de um projeto que vise realizar o rebaixamento das_x000D_
 luminárias da iluminação pública._x000D_
  A realocação das luminárias poderá ser feita para uma altura_x000D_
 mínima de 5 metros, fazendo assim com fiquem abaixo da linha da_x000D_
 copa de árvores para que não sofram obstrução pela folhagem._x000D_
 Deixando assim as vias muito mais iluminadas.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/347/doc_4-5.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/347/doc_4-5.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, requerem à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal,_x000D_
 Sr. Gustavo de Melo Anicézio e à Secretária Municipal de Saúde – Srª. Manoela Nunes_x000D_
 de Souza, “Solicitando a reforma da Unidade Básica de Saúde (UBS) Gair de_x000D_
 Barros”.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>Mariana de Souza, Clodoaldo, Ricardo Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/348/doc_4-4.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/348/doc_4-4.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, requerem à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal,_x000D_
 Sr. Gustavo de Melo Anicézio e ao Secretário de Obras e Infraestrutura Sr. Milton Fernandes_x000D_
 de Lima, “Indicando a construção de uma praça modernizada no Bairro Gabiroba”.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/349/doc_4-3.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/349/doc_4-3.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, requer à Mesa ouvido o_x000D_
 Soberano Plenário, que o mesmo seja oficiado e devidamente_x000D_
 encaminhado ao Prefeito Municipal Exmo. Sr. Gustavo de Melo Anicézio, e_x000D_
 ao Secretário de Agricultura, Pecuária e Abastecimento e Meio Ambiente -_x000D_
 Sr. João Dias, “Sugerindo a aquisição de 3 (três) equipamentos_x000D_
 Espalhador e adubador de sementes elétrica, juntamente com 3 (três)_x000D_
 Conchas Traseira Mecânica para Trator para atender a Patrulha Rural do_x000D_
 município de Alto Araguaia</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/350/doc_4-1-2.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/350/doc_4-1-2.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, requerem à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja oficiado e devidamente encaminhado Prefeito Municipal Sr._x000D_
 Gustavo de Melo Anicezio, com cópia a Secretária de Saúde Manoela Nunes de_x000D_
 Souza, “ sugerindo ao município que providencie a compra de vacinas contra a covid-_x000D_
  19 para fornecer à população .”</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/351/doc_3-23.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/351/doc_3-23.pdf</t>
   </si>
   <si>
     <t>A Vereadora que presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicezio, com cópia ao Secretário de Obras,_x000D_
 Infraestrutura, Transporte e Frotas Sr. Milton Fernandes de Lima “solicitando que_x000D_
 seja providenciada a compra ou a construção de carrinhos adequados para que os_x000D_
 nossos garis municipais possam realizar a coleta de lixo”</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/352/doc_3-22.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/352/doc_3-22.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito de Alto Araguaia-MT, Sr. Gustavo Melo de Anicézio_x000D_
 e a Secretária Municipal de Saúde – Srª. Manoela Nunes de Souza, “indicando ações_x000D_
 do Poder Executivo em relação a proteção contra a Covid-19 nos comércios de nosso_x000D_
 município, como o uso de medidor de temperatura, obrigatoriedade de uso de_x000D_
 máscara e de higienização das mãos na entrada dos estabelecimentos”.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>Mariana de Souza, Luizinho</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/353/doc_3-21.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/353/doc_3-21.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, requerem à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal,_x000D_
 Sr. Gustavo de Melo Anicézio e à Secretária Municipal de Saúde – Srª. Manoela Nunes_x000D_
 de Souza, “Solicitando a reforma da Unidade Básica de Saúde (UBS) Manoel_x000D_
 Marques de Souza”</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/354/doc_3-20.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/354/doc_3-20.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicézio e à_x000D_
 Secretária Municipal de Saúde - Sra. Manoela Nunes de Souza, solicitando a instalação_x000D_
 de aparelhos de ar-condicionado nos PSF’s da Zona Rural de nosso município</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/355/doc_3-19.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/355/doc_3-19.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito de Alto Araguaia-MT, Sr. Gustavo Melo de Anicézio_x000D_
 e ao Secretário de Obras, Infraestrutura, Transporte e Frotas – Srº. Milton Fernandes de_x000D_
 Lima, “solicitando a reforma do PSF “Amélio Firmino de Oliveira” no distrito do_x000D_
 Buriti e a construção de uma área coberta no mesmo”.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/356/doc_3-18.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/356/doc_3-18.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito de Alto Araguaia-MT, Sr. Gustavo Melo de Anicézio e ao_x000D_
 Secretário de Obras, Infraestrutura, Transporte e Frotas – Srº. Milton Fernandes de Lima,_x000D_
 indicando ação do Poder Executivo para que seja feita a pavimentação asfáltica no Setor_x000D_
 Demelas e também dar continuidade na pavimentação asfáltica nos Bairros Maria Das_x000D_
 Graças e Bairro Jardim Novo Araguaia</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/357/056_-_odair_-_substituicao_dos_tambores.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/357/056_-_odair_-_substituicao_dos_tambores.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a_x000D_
 Mesa encaminhe expediente ao Exmo. Sr. Prefeito Municipal Gustavo_x000D_
 Melo de Anicézio, e ao Secretário de Infraestrutura Sr. Milton_x000D_
 Fernandes de Lima, para que seja elaborado um projeto para realizar a_x000D_
 substituição das lixeiras, e também realizar a implantação de_x000D_
 apoiadores para o mesmo, para evitar transtornos como o_x000D_
 espalhamento de resíduos por animais de rua</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/358/doc_3-16.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/358/doc_3-16.pdf</t>
   </si>
   <si>
     <t>que seja elaborado um plano de proteção a_x000D_
 nascente do Córrego Gordura, pois ali a água aflora na superfície da_x000D_
 terra, de forma abundante e contínua, e a preservação daquela área é de_x000D_
 suma importância para todos os munícipes que fazem o uso desse_x000D_
 recurso tão importante.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/359/doc_3-15.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/359/doc_3-15.pdf</t>
   </si>
   <si>
     <t>, “Solicito a diminuição do valor_x000D_
 da taxa de alvará ou a isenção da mesma para igrejas de pequeno porte no âmbito do_x000D_
 município de Alto Araguaia</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/360/doc_3-14.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/360/doc_3-14.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa enca_x0002_minhe expediente ao Exmo. Sr. Prefeito Municipal de Alto Araguaia, Sr. Gustavo de Melo_x000D_
 Anicesio e ao Secretaria Municipal de Obras, Infraestrutura, Transporte e Frotas, Sr. Milton_x000D_
 Fernandes de Lima a limpeza e manutenção do Estádio Antônio Afonso de Melo “Bilinão”.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/361/doc_3-12.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/361/doc_3-12.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa enca_x0002_minhe expediente ao Exmo. Sr. Prefeito Municipal de Alto Araguaia, Sr. Gustavo de Melo_x000D_
 Anicesio e ao Secretaria Municipal de Obras, Infraestrutura, Transporte e Frotas, Sr. Milton_x000D_
 Fernandes de Lima a limpeza e manutenção do Parque Ecológico Municipal Atanael Farias da_x000D_
 Costa.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/362/doc_3-13.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/362/doc_3-13.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a _x000D_
 Mesa encaminhe expediente ao Exmo. Sr. Prefeito Municipal Gustavo_x000D_
 Melo de Anicézio, para que seja analisado um reajuste referente a Lei _x000D_
 N° 4.009/2018._x000D_
  Onde o valor referido ao pagamento das diárias se faz defasado _x000D_
 em relação ao nosso momento atual.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/363/doc_3-11.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/363/doc_3-11.pdf</t>
   </si>
   <si>
     <t>“solicitando distribuição gratuita de sabonete líquido, álcool gel (70%) e_x000D_
 máscara descartável nas unidades básicas de saúde do município, sempre que for_x000D_
 decretada situação de emergência, em decorrência da pandemia”.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/364/doc_3-10.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/364/doc_3-10.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal,_x000D_
 Sr. Gustavo de Melo Anicézio, ao Secretário Municipal de Obras Infraestrutura_x000D_
 Transporte e Frotas – Sr. Milton Fernandes de Lima, “Solicitando a construção de um_x000D_
 estacionamento angulado na Unidade Básica de Saúde (UBS) Celso Siqueira_x000D_
 França”.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>Fabiano do Gás, Suzana Paniago</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/365/doc_3-9.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/365/doc_3-9.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem , requerem à Mesa Ouvido o_x000D_
 Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada ao_x000D_
 Prefeito Municipal, Sr. Gustavo de Melo Anicézio, com cópia ao Secretária_x000D_
 Municipal Manoela Nunes de Sousa “solicitando que seja disponibilizado toten_x000D_
 dispenser de álcool a pedal ou automático na portaria de todas as Unidades de_x000D_
 Saúde e Prédios Públicos do Poder Executivo Municipal ”.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/366/doc_3-8.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/366/doc_3-8.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, requer à Mesa Ouvido o Soberano Plenário,_x000D_
 que a mesma devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo_x000D_
 Anicezio, com cópia à Secretaria de Saúde – Sra. Manoela Nunes de Souza e à_x000D_
 Secretária de Assistência Social – Sra. Priscila Dourado, “Indicando a necessidade_x000D_
 do Executivo Municipal criar um projeto de gratificação aos servidores da área da_x000D_
 saúde e da assistência social, pelos serviços prestados e pela exposição ao vírus,_x000D_
 durante o enfrentamento a pandemia do coronavírus”.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/367/doc_3-7.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/367/doc_3-7.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a_x000D_
 Mesa encaminhe expediente ao Exmo. Sr. Prefeito Municipal Gustavo_x000D_
 Melo de Anicézio, e ao Secretário de Obras, Infraestrutura,_x000D_
 Transportes e Frotas Sr. Milton Fernandes de Lima, para que seja_x000D_
 elaborado um projeto para realização das pinturas de sinalização para_x000D_
 pedestres nas vias públicas._x000D_
  Onde parte das sinalizações viárias já se fazem desgastadas e _x000D_
 mal sinalizadas.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/368/doc_3-6.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/368/doc_3-6.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Sr. Prefeito Municipal de Alto Araguaia, Sr. Gustavo de_x000D_
 Melo Anicésio e a Secretária Municipal de Assistência e Desenvolvimento Social, Sra._x000D_
 Priscila Dourado Martins, a aquisição de novos materiais para o Conselho Tutelar de Alto_x000D_
 Araguaia/MT._x000D_
  Após ouvir os conselheiros tutelares, sobre a necessidade de adquirir e/ou_x000D_
 renovar alguns móveis, como por exemplo, uma mesa para escritório, dois armários para ar_x0002_quivo de pasta suspensa, dois ventiladores 40 cm, uma TV Smart 50 polegadas, um Kit Multi_x0002_mídia, um notebook, dois computadores Desktop, um Hd externo e uma impressora multifun_x0002_cional Laser, tendo em vista, a situação que se encontra o CT. _x000D_
  Esses materiais requisitados pelo CT e para melhorar o desenvolvimento dos_x000D_
 trabalhos dos conselheiros tutelares em sua sede. Podendo realizar palestras e treinamento de_x000D_
 apoio, bem como melhor os atendimentos das crianças e familiares. Vem respeitosamente r</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/369/doc_3-5.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/369/doc_3-5.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicézio, com cópia ao Secretário Municipal de Obras,_x000D_
 Infraestrutura, Transporte e Frotas Milton Fernandes de Lima “solicitando a_x000D_
 manutenção e recuperação das vias da Região do Cinturão Verde”.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/370/doc_3-3.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/370/doc_3-3.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo e ao Secretário de_x000D_
 Administração, Sr. Manoelito Dias de Rezende Neto. Nesta indicação, “Solicitamos a_x000D_
 criação, por meio da Lei Orgânica, do Fundo Municipal de Esgotamento Sanitário,_x000D_
 destinando 1 (um) ou 2 (dois) por cento da receita corrente líquida do município ao_x000D_
 fundo. Solicitamos, também, que o fundo seja regulamentado por Lei Ordinária, que_x000D_
 poderá fazer a previsão de outras fontes de recursos para o Fundo (futura taxa de_x000D_
 coleta de esgoto), Ou que seja feito um estudo para verificar a viabilidade da_x000D_
 descentralização do DIVAES, ou seja, transformar o DIVAES em uma autarquia,_x000D_
 pois também seria uma alternativa para viabilizar o tratamento de esgoto em nosso_x000D_
 município.”</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/371/doc_3-2.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/371/doc_3-2.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano Plenário, que_x000D_
 o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal, Sr. Gustavo_x000D_
 de Melo Anicézio, ao Secretário Municipal de Finanças e Planejamento Welton Vilela_x000D_
 Cardoso, “Solicitando correção monetária do Programa Feijão no Fogo, nos termos_x000D_
 do que dispõe o Art. 1º, § 3º, da Lei Municipal nº 1.547/2003, na forma alterada pela_x000D_
 Lei nº 4.137/2019”.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/372/doc_3-1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/372/doc_3-1.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano Plenário, que_x000D_
 o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal, Sr. Gustavo_x000D_
 de Melo Anicézio, ao Secretário Municipal de Finanças e Planejamento Welton Vilela_x000D_
 Cardoso, “Solicitando promover estudos visando a ampliação do número de famílias_x000D_
 atendidas pelo Programa Feijão no Fogo de forma emergencial devido a pandemia_x000D_
 do COVID-19.”</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/373/doc_2-31.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/373/doc_2-31.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicézio, e à_x000D_
 Secretária Municipal de Saúde Manoela Nunes de Souza, “Solicito ações que_x000D_
 contribuam com melhorias na prestação de serviço da Equipe de Vigilância durante a_x000D_
 Pandemia, tais como aumento de pessoal, trabalho conjunto com a Polícia Militar e_x000D_
 no atendimento do disque-denúncia”.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/374/doc_2-30.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/374/doc_2-30.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano Plenário, que_x000D_
 o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal, Sr. Gustavo_x000D_
 de Melo Anicézio, ao Secretário Municipal de Finanças e Planejamento Welton Vilela_x000D_
 Cardoso, “Solicitando o retorno do atendimento do PROCON – Instituo de Proteção e_x000D_
 Defesa do Consumidor de Alto Araguaia”.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/375/doc_2-29.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/375/doc_2-29.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicézio, com cópia a Secretária Municipal Esporte,_x000D_
 Cultura e Lazer, Paula Regina Niedermeier Fraga e ao Secretário Municipal de Finanças_x000D_
 e Planejamento Welton Vilela Cardoso “solicitando criar o Fundo Municipal de_x000D_
 Promoção de Esporte”</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/376/doc_2-28.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/376/doc_2-28.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicézio, com cópia a Secretária Municipal Manoela_x000D_
 Nunes de Souza “solicitando a aquisição de um veículo tipo caminhonete 4x4 para_x000D_
 equipe de saúde da zona rural”.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>Odair Ferruja, Luizinho</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/377/doc_2-27.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/377/doc_2-27.pdf</t>
   </si>
   <si>
     <t>“Solicitando a construção de uma Avenida na Rua Vereador Lauriston F Barbosa,_x000D_
 na Vila Aeroporto, incluindo: uma pista de caminhada, calçamento nas laterais, e_x000D_
 iluminação”</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/378/doc_2-24-26.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/378/doc_2-24-26.pdf</t>
   </si>
   <si>
     <t>INDICO A IMPLANTAÇÃO DE REDUDOTRES DE VELOCIDADE_x000D_
 02(dois) QUEBRA MOLAS NO CRUZMANTO DAS RUAS:_x000D_
 ANTÔNIO AIRES FÁVERO COM A 12 DE OUTUBRO E_x000D_
 INSTALAÇÃO DE BARREIRAS DE CONTENÇÕES ,PARA_x000D_
 IMPEDIMENTO DA ENTRADA DE CARRETAS NA CIDADE_x000D_
 PELA RUA ANTÕNIO AIRES FÁVERO NO CRUZAMENTO COM_x000D_
 A BR 364 NO BAIRRO BOIADEIRO, MUNICÍPIO DE ALTO_x000D_
 ARAGUAIA-MT</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/379/doc_2-23.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/379/doc_2-23.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito de Alto Araguaia-MT, Sr. Gustavo Melo de Anicézio_x000D_
 e ao Secretária Municipal de Saúde – Srª. Manoela Nunes de Souza solicitando_x000D_
 reajuste das diárias dos motoristas da área da saúde, devido os problemas_x000D_
 enfrentados principalmente com a exposição desses profissionais ao vírus da Covid_x0002_19.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/380/doc_2-22.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/380/doc_2-22.pdf</t>
   </si>
   <si>
     <t>O processo de inclusão digital passa principalmente pela escola e os professores_x000D_
 como protagonistas deste processo, precisam de incentivos e facilidades de acesso às_x000D_
 novas tecnologias para se aperfeiçoarem e produzir junto ao educando o conhecimento_x000D_
 para ampliar a possibilidade de pesquisas, atualização e conhecimento e para facilitar o_x000D_
 trabalho diário no preparo das aulas é preciso uma estrutura melhor e valorização do_x000D_
 docente para conseguirmos melhores resultados na nossa Educação, principalmente no_x000D_
 período da pandemia de Covid-19, no qual as aulas estão sendo ofertadas através do_x000D_
 Ensino à Distância (EAD).</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/381/doc_2-21.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/381/doc_2-21.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal de Alto Araguaia, Sr. Gustavo de Melo Anicésio e a_x000D_
 Secretária Municipal de Assistência e Desenvolvimento Social, Sra. Priscila Dourado Martins, a_x000D_
 aquisição de novos moveis, utensílios domésticos e de cozinha e eletrodoméstico para Casa de Apoio_x000D_
 da Criança e do Adolescente (ABRIGO) de Alto Araguaia/MT._x000D_
  Após visitar a Casa de Apoio da Criança e do Adolescente (ABRIGO) confirmei a_x000D_
 necessidade de alguns materiais de suma importância, tais como utensilio doméstico e de cozinha, e_x000D_
 eletrodoméstico (liquidificador, espremedor de frutas, micro-ondas, sanduicheira, ventiladores e etc)._x000D_
  Constatei que alguns moveis estão desgastados e verifiquei a imensa necessidade de ad_x0002_quirir novos moveis. Ao conversar com servidores da casa de apoio obtive uma lista parcial de tudo_x000D_
 que eles necessitam, para que todos venham ter uma estadia mais agradável possível por ser tratar de_x000D_
 criança e ad</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/382/doc_2-20.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/382/doc_2-20.pdf</t>
   </si>
   <si>
     <t>“Solicitamos que seja elaborado_x000D_
 pelos médicos do município uma combinação de vitaminas, minerais ou_x000D_
 medicamentos para o fortalecimento da imunidade e, posteriormente, seja efetuada a_x000D_
 compra e distribuição para as famílias de baixa renda do nosso município.”</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/383/doc_2-19.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/383/doc_2-19.pdf</t>
   </si>
   <si>
     <t>“Solicitamos_x000D_
 que o poder Executivo crie um auxílio financeiro para as pequenas empresas de_x000D_
 nosso município para que estas não encerrem as suas atividade em razão da crise_x000D_
 gerada pela covid-19.”</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/384/doc_2-18.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/384/doc_2-18.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal_x000D_
 Exmo. Sr. Gustavo de Melo Anicézio, e a Secretaria Municipal de Saúde - Srª._x000D_
 Manoela Nunes de Souza, “Sugerindo uma Equipe Multidisciplinar para atender os_x000D_
 servidores públicos municipais que atuam na área da saúde do nosso município,_x000D_
 tendo como sugestão Psicólogo, Psiquiatra e Assistência Social”.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/385/doc_2-17.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/385/doc_2-17.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo e à Secretária de Assistência e_x000D_
 Desenvolvimento Social, Sra. Priscila Dourado Martins. Nesta indicação, “Solicitamos_x000D_
 que o Poder Executivo dobre ou triplique o valor do Benefício Feijão no Fogo_x000D_
 somente nos próximos três meses; dessa forma, o benefício teria, de forma_x000D_
 temporária, natureza de “auxílio emergencial” pago pelo município.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>Silvio Maia, Fabiano do Gás</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/386/doc_2-16.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/386/doc_2-16.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, nos termos do art. 100 do Regimento_x000D_
 Interno, requer à Presidente que esta indicação seja devidamente encaminhada ao_x000D_
 Prefeito Municipal, Sr. Gustavo de Melo, com cópia ao Secretário Municipal de_x000D_
 Administração – Sr. Manoelito dos Dias de Rezende Neto e ao Chefe do Departamento_x000D_
 de Agua e Esgoto -DIVAES Sr. Tiago Garcia, Indicando a suspensão do corte de_x000D_
 água para o consumidor por parte da DIVAES durante o período de pandemia, no_x000D_
 Âmbito do município de Alto Araguaia, pelo período de 30 dias”</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/387/doc_2-15.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/387/doc_2-15.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa enca -_x000D_
 minhe expediente ao Exmo. Sr. Prefeito Municipal de Alto Araguaia, Sr. Gustavo de Melo_x000D_
 Anicesio e ao Secretaria Municipal de Obras, Infraestrutura, Transporte e Frotas, Sr. Milton_x000D_
 Fernandes de Lima a liberação da rua Santa Rita, para via mão dupla._x000D_
  Após ouvir várias reclamação dos motoristas, principalmente moradores do_x000D_
 bairro gabiroba, que usa a rua Santa Rita, trecho na frente da EE Maria Auxiliadora, que a via_x000D_
 única atrapalha o transito, sendo que, a referida rua é uns dos acesso direto ao Bairro Gabiro_x0002_ba, sendo que os motoristas são obrigado a dar volta (perder tempo) para ter acesso ao bairro. _x000D_
  Devemos relatar que a via única, trafega pouco veículos e não traz nenhum be -_x000D_
 nefício para a moradores e motoristas. Sendo que os motoristas alegam que são multados_x000D_
 constantemente naquele trecho, mesmo que não tem nenhum veículo na via, no período notur_x0002_no e até mesmo nos finais de semana. Vem respeitosamente requere</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/388/doc_2-14.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/388/doc_2-14.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal_x000D_
 Exmo. Sr. Gustavo de Melo Anicézio, e ao Secretário Municipal de Obras,_x000D_
 Infraestrutura, Transporte e Frotas - Sr. Milton Fernandes de Lima, “Sugerindo a_x000D_
 instalação de luminárias nos postes de energia elétrica nas Ruas A 119, A 120 e A_x000D_
 221 no Bairro Jardim Novo Araguaia”.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/389/doc_2-13.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/389/doc_2-13.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicézio, com cópia a Secretária Promoção Social_x000D_
 Municipal, Priscila Dourado Martins “solicitando distribuição de cestas básicas para_x000D_
 famílias com vulnerabilidade social que testarem positivo para o Covid-19”.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/390/doc_2-12.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/390/doc_2-12.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicézio, com cópia a Secretária Municipal de Saúde,_x000D_
 Manoela Nunes de Sousa “solicitando testagem em massa para o Covid-19”.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/391/doc_2-11.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/391/doc_2-11.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano Plenário, que_x000D_
 o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal, Sr. Gustavo_x000D_
 de Melo Anicézio, ao Secretário Municipal de Obras, Infraestrutura, Transporte e_x000D_
 Frotas, Sr. Milton Fernandes de Lima, “Solicitando manutenção da estrada MU-34,_x000D_
 principal via de acesso ao assentamento Córrego Rico”.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/392/doc_2-10.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/392/doc_2-10.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito de Alto Araguaia-MT, Sr. Gustavo Melo de Anicézio_x000D_
 e ao Secretária Municipal de Saúde – Srª. Manoela Nunes de Souza solicitando a_x000D_
 contratação de um(a) cozinheiro(a) para o Hospital Municipal “Deputado Cacildo_x000D_
 Hugueney”, no período noturno.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/393/doc_2-9.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/393/doc_2-9.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal_x000D_
 Exmo. Sr. Gustavo de Melo Anicézio, e ao Secretário Municipal de Obras,_x000D_
 Infraestrutura, Transporte e Frotas - Sr. Milton Fernandes de Lima, “Sugerindo a_x000D_
 construção de redutor de velocidade (quebra-molas), na Rua Sebastião de Souza_x000D_
 Prado, entre as ruas 20 e 21, no Bairro Vila Aeroporto”.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/394/doc_2-8.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/394/doc_2-8.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicézio, com cópia a Secretário Municipal de Obras,_x000D_
 Infraestrutura, Transporte e Frotas Milton Fernandes de Lima “solicitando implantação_x000D_
 de estacionamento perpendicular na Rua General Osório, entre a Avenida Carlos_x000D_
 Hugueney e a Rua Silvio José de Castro Maia”.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/395/doc_2-7.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/395/doc_2-7.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicézio, com cópia a Secretário Municipal de Obras,_x000D_
 Infraestrutura, Transporte e Frotas Milton Fernandes de Lima “solicitando manutenção_x000D_
 e recuperação das estradas rurais do município”</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/396/doc_2-6.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/396/doc_2-6.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano Plenário, que_x000D_
 o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal, Sr. Gustavo_x000D_
 de Melo Anicézio, ao Secretário Municipal de Obras, Infraestrutura, Transporte e_x000D_
 Frotas, Sr. Milton Fernandes de Lima, “solicitando redutores de velocidade (quebra_x0002_molas) e sinalizadores de velocidade na Avenida Contorno, localizada no Bairro_x000D_
 Professora Maria das Graças”</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/397/doc_2-5.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/397/doc_2-5.pdf</t>
   </si>
   <si>
     <t>A Vereadora que presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicezio, com cópia a Secretária de Saúde Manoela_x000D_
 Nunes de Souza “Solicitando o convênio com pediatra na cidade de MINEIROS_x0002_GO”.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/398/doc_2-4.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/398/doc_2-4.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao Exmo. Sr. Prefeito Municipal de Alto Araguaia, Sr. Gustavo de Melo Anicesio e a Secretária Municipal de Assistência e Desenvolvimento Social, Sra. Priscila Dourado Martins, a realização de uma revisão e/ou auditoria em todos os beneficiados do Programa Feijão no Fogo, criado pela Lei Municipal 1.547/20003, bem como, a lista do membros da Comissão Permanente do Programa Feijão no Fogo.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/399/doc_2-3.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/399/doc_2-3.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe ex -_x000D_
 pediente ao Exmo. Sr. Prefeito Municipal de Alto Araguaia, Sr. Gustavo de Melo Anicesio e a Secreta -_x000D_
 ria Municipal de Saúde, Sra. Manoela Nunes de Souza, a viabilidade de implantação da Unidade de_x000D_
 Terapia Intensiva (UTI) na cidade._x000D_
  Após ouvir apelo da população, tendo em vista, a situação que se encontra a saúde_x000D_
 regional, a implantação de Unidade de Terapia Intensiva (UTI) em Alto Araguaia, passe a ser essencial_x000D_
 para a população.. Vem respeitosamente requerer que lhe seja feito o implantação da Unidade de_x000D_
 Terapia Intensiva (UTI) na cidade.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/400/doc_2-1-2.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/400/doc_2-1-2.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja devidamente encaminhada ao Prefeito Municipal, Sr._x000D_
 Gustavo de Melo Anicezio, com cópia a Secretaria de Saúde Manoela Nunes de_x000D_
 Souza “Solicitando um local exclusivo, para recebimento, testagem e tratamento de_x000D_
 possíveis pacientes com COVID -19”.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/401/ata_21_2.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/401/ata_21_2.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano Plenário, que_x000D_
 o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal, Sr. Gustavo_x000D_
 de Melo Anicézio, à Secretária Municipal de Educação, Srª. Paula Regina Niedermeier_x000D_
 Fraga, “solicitando uma reforma geral na Escola Municipal Aldacy da Conceição_x000D_
 Rodrigues, localizada no Bairro Dom Bosco”</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/418/scan4_-_convertido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/418/scan4_-_convertido.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito de Alto Araguaia-MT, Sr. Gustavo Melo de Anicézio_x000D_
 e ao Secretário de Obras, Infraestrutura, Transporte e Frotas – Srº. Milton Fernandes de_x000D_
 Lima solicitando a limpeza e instalação de novas traves no Campo de Futebol da Rua_x000D_
 A -115 no Bairro Jardim Novo Araguaia.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/419/scan-27.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/419/scan-27.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito de Alto Araguaia-MT, Sr. Gustavo Melo de Anicézio_x000D_
 e ao Secretário Municipal de Finanças e Planejamento – Srº. Welton Vilela Cardoso_x000D_
 solicitando a isenção do Imposto Predial Territorial Urbano (IPTU), no ano de 2021,_x000D_
 para os munícipes que tenham renda familiar de até dois salários mínimos ou que_x000D_
 possuam Cadastro Único, a fim de minimizar os impactos econômicos causados pela_x000D_
 pandemia da Covid-19.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/420/scanner_20240916_57.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/420/scanner_20240916_57.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito de Alto Araguaia-MT, Sr. Gustavo Melo de Anicézio_x000D_
 e a Secretaria Municipal de Saúde – Manoela Nunes de Souza solicitando_x000D_
 acompanhamento psicológico via WhatsApp, aplicativos de reuniões virtuais, ou_x000D_
 ligações telefônicas as pessoas que necessitarem de atendimento decorrente da Covid_x0002_19.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/421/scan-26.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/421/scan-26.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicézio, e à_x000D_
 Secretária Municipal de Desenvolvimento e Assistência Social Priscila Dourado,_x000D_
 “Solicito um parecer sobre o andamento da triagem do lotes do Jardim Novo_x000D_
 Araguaia e como esta condição de distribuição dos mesmos se já encontra concluído_x000D_
 o processo de seleção das famílias”.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/422/scan-25.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/422/scan-25.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicézio, com cópia a Secretário Municipal de_x000D_
 Secretário Municipal de Finanças e Planejamento Welton Vilela Cardoso “solicitando a_x000D_
 realização de convênio com a SEFAZ (Secretaria de Estado de Fazenda) para a_x000D_
 implantação de uma USC (Unidade de Serviços Conveniados)”.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/423/scan-24.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/423/scan-24.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicézio, com cópia a Secretário Municipal de Obras,_x000D_
 Infraestrutura, Transporte e Frotas Milton Fernandes de Lima “solicitando_x000D_
 regularização de coleta de resíduos sólidos no bairro Jardim Novo Araguaia”.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/424/scan-23.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/424/scan-23.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de_x000D_
 Anicézio, e ao Secretário de Infraestrutura Sr. Milton Fernandes de Lima,_x000D_
 solicitando a construção de um quebra-molas na Rua 24 de Fevereiro, próximo a_x000D_
 entrada do Quartel Municipal.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/425/scan-22.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/425/scan-22.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de_x000D_
 Anicézio, e ao Secretário de Infraestrutura Sr. Milton Fernandes de Lima, para_x000D_
 que seja feito o estudo para o reparo da iluminação na região da Colônia do_x000D_
 Ariranha._x000D_
 Pois os moradores desta região sofrem por não terem uma iluminação de_x000D_
 qualidade, onde acaba por afetar na segurança e viabilidade</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/426/scan-21.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/426/scan-21.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicézio, e ao_x000D_
 Secretário de Obras e Infraestrutura, Sr. Milton Fernandes de Lima, “Solicitando que_x000D_
 sejam feitas adaptações/adequações nos estacionamentos de órgãos públicos e em_x000D_
 alguns pontos de vias públicas, tais como rampas de acessibilidade para cadeirantes,_x000D_
 calçadas com marcações para pessoas com deficiências visuais, corrimãos, visando_x000D_
 facilitar a locomoção das mesmas.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/427/scan-20.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/427/scan-20.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano Plenário, que_x000D_
 o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal, Sr. Gustavo_x000D_
 de Melo Anicézio, e ao Sr. Milton Fernandes de Lima – Secretário Municipal de Obras_x000D_
 Infraestrutura Transporte e Frotas, “solicitando a manutenção da MU 43 e de suas_x000D_
 pontes, estrada que dá acesso à região do Grilo.”</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/428/scan-19.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/428/scan-19.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano Plenário, que_x000D_
 o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal, Sr. Gustavo_x000D_
 de Melo Anicézio, e ao Sr. Milton Fernandes de Lima – Secretário Municipal de Obras_x000D_
 Infraestrutura Transporte e Frotas, “solicitando iluminação pública para a quadra_x000D_
 poliesportiva do Bairro Jardim Novvo Araguaia.”</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/429/scan-18.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/429/scan-18.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a_x000D_
 Mesa encaminhe expediente ao Exmo. Sr. Prefeito Municipal Gustavo_x000D_
 Melo de Anicézio, e ao Secretário de Infraestrutura Sr. Milton_x000D_
 Fernandes de Lima, solicitando a reconstrução do asfalto na Rua_x000D_
 Abílio Siqueira, próxima a intersecção com a Rua 24 de Fevereiro,_x000D_
 onde o asfalto daquele trecho está se desfazendo.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/430/scan-17.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/430/scan-17.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a_x000D_
 Mesa encaminhe expediente ao Exmo. Sr. Prefeito Municipal Gustavo_x000D_
 Melo de Anicézio, e ao Secretário de Infraestrutura Sr. Milton_x000D_
 Fernandes de Lima, para que seja feito o estudo para a realização de_x000D_
 um projeto de iluminação na região do Buriti. Para que os munícipes_x000D_
 tenham ali uma maior comodidade tendo em vista uma boa iluminação_x000D_
 naquela região.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/431/scan-15-16.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/431/scan-15-16.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicézio, com cópia ao Secretário Municipal de Obras,_x000D_
 Infraestrutura, Transporte e Frotas Milton Fernandes de Lima “solicitando a_x000D_
 contratação de um profissional especializado em gestão de trânsito”</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/432/scan-14.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/432/scan-14.pdf</t>
   </si>
   <si>
     <t>Vereadora Marília Maia Rabello Queiroz,partido PP, com_x000D_
 assento nesta Casa, de conformidade com o artigo 103,parágrafo único do Regimento Interno,a_x000D_
 pedido dos munícipes de Alto Araguaia-MT, requeiro à Mesa que este expediente seja_x000D_
 encaminhado ao Exmo. Senhor GUSTAVO MELO DE ANICÉZIO , Prefeito Municipal,e_x000D_
 ao Senhor MILTON FERNANDES LIMA Secretario Municipal de Obras, Infraestrutura,_x000D_
 Transporte e Frotas, Indicando a necessidade da aquisição de caminhão limpa fossa, ou,_x000D_
 em caso de inviabilidade da aquisição pela escassez de recursos para esse investimento,_x000D_
 mormente pela crise financeira que assola todos os municípios do país causada_x000D_
 principalmente pela pandemia do novo coronavírus, sugerimos ao Executivo Municipal,_x000D_
 como alternativa que seja efetuada com urgência a contratação de empresa especializada_x000D_
 na prestação de serviços de limpeza de fossas sépticas para atender as famílias de baixa_x000D_
 renda do nosso município que não dispõem de rede coletora de esgoto, elaborando um_x000D_
 cronograma de atend</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/433/scan-13.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/433/scan-13.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a_x000D_
 Mesa encaminhe expediente ao Exmo. Sr. Prefeito Municipal Gustavo_x000D_
 Melo de Anicézio, e ao Secretário de Infraestrutura Sr. Milton_x000D_
 Fernandes de Lima, para que seja feito o serviço de limpeza e reparos_x000D_
 na via Alameda B e também o projeto de uma calçada, para que os_x000D_
 munícipes do bairro possam usufruir daquele local.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/434/scan-12.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/434/scan-12.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito de Alto Araguaia-MT, Sr. Gustavo Melo de Anicézio,_x000D_
 a Secretária Municipal de Saúde – Srª. Manoela Nunes de Souza, e a Secretária_x000D_
 Municipal de Assistência e Desenvolvimento Social – Srª Priscila Dourado Martins_x000D_
 solicitando a doação de caixas d’agua de 500 litros para as famílias de baixa renda_x000D_
 e/ou em estado vulnerabilidade econômica.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/435/scan-11.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/435/scan-11.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a_x000D_
 Mesa encaminhe expediente ao Exmo. Sr. Prefeito Municipal Gustavo_x000D_
 Melo de Anicézio, e ao Secretário de Infraestrutura Sr. Milton_x000D_
 Fernandes de Lima, para que seja realizado as obras de patrolamento e_x000D_
 recuperação das vias que dão acesso aos bairros Maria das Graças e_x000D_
 Jardim Novo Araguaia, em específico logo na entrada dos bairros._x000D_
 Também que seja realizada uma obra de recuperação da Rua João_x000D_
 Ferreira Neves, em específico no acesso com a MT-100</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>Mariana de Souza, Marcos Nunes</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/436/scan-10.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/436/scan-10.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal,_x000D_
 Sr. Gustavo de Melo Anicézio, e a Secretária Municipal de Saúde, Sra. Manoela Nunes_x000D_
 de Souza, “indicando ao Executivo a organização de uma equipe multidisciplinar_x000D_
 responsável por dar suporte aos pacientes isolados de Covid-19 e sua família do início_x000D_
 ao fim do tratamento.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/438/scan-9.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/438/scan-9.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o_x000D_
 Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada ao_x000D_
 Prefeito Municipal, Sr. Gustavo de Melo Anicézio, com cópia ao Secretário Municipal_x000D_
 de Obras, Infraestrutura, Transporte e Frotas Milton Fernandes de Lima e a Secretária_x000D_
 Municipal de Esporte Cultura e Lazer Paula Regina Niedermeier Fraga “solicitando_x000D_
 melhorias na estrutura física da Orla do Bilinão”.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>Ricardo Barbosa, Clodoaldo, Luizinho, Marcos Nunes, Mariana de Souza, Marilia Maia, Odair Ferruja</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/439/scan-8.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/439/scan-8.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicézio, e ao_x000D_
 Secretário de Obras e Infraestrutura, Sr. Milton Fernandes de Lima, “Solicitamos por_x000D_
 pedido da Associação dos Trabalhadores Novo Horizonte o fornecimento de água no_x000D_
 caminhão pipa pelo menos uma vez por semana, pois os mesmos não possuem_x000D_
 infraestrutura no referido local. _x000D_
 J</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/441/scan5-23.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/441/scan5-23.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal,_x000D_
 Sr. Gustavo de Melo Anicézio, e a Secretária Municipal de Obras, Infraestrutura,_x000D_
 Transporte e Frota, Sr. Milton Fernandes de Lima, “indicando ao Executivo a extensão_x000D_
 da rede de iluminação na Rua 21, Bairro Vila Aeroporto, nas intermediações da_x000D_
 praça do bairro.”</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/442/scan5-22.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/442/scan5-22.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicézio com cópia a Secretário Municipal de Obras,_x000D_
 Infraestrutura, Transporte e Frotas Milton Fernandes de Lima, “solicitando_x000D_
 manutenção das placas indicativas de locais públicos e a direção dos mesmos”.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/443/scan5-21.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/443/scan5-21.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a_x000D_
 Mesa encaminhe expediente ao Exmo. Sr. Prefeito Municipal Gustavo_x000D_
 Melo de Anicézio, e ao Secretário de Infraestrutura Sr. Milton_x000D_
 Fernandes de Lima, para que seja realizado a obra de tapa buracos na_x000D_
 Rua Lázaro Sebastião Ferreira, onde a via se encontra prejudicada_x000D_
 devido ao período chuvoso.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/444/scan5-20.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/444/scan5-20.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a_x000D_
 Mesa encaminhe expediente ao Exmo. Sr. Prefeito Municipal Gustavo_x000D_
 Melo de Anicézio, e ao Secretário de Infraestrutura Sr. Milton_x000D_
 Fernandes de Lima, para que seja realizado o serviço de_x000D_
 cascalhamento próximo a Chácara do Sr. Antônio Geraldo no Bairro_x000D_
 São Francisco, onde se encontra uma erosão, dificultando a_x000D_
 viabilidade dos moradores do local</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>Mariana de Souza, Clodoaldo, Fabiano do Gás, Luizinho, Marcos Nunes, Marilia Maia, Marilzan, Ricardo Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/446/scan5-18-19.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/446/scan5-18-19.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja oficiado e devidamente encaminhado ao_x000D_
 Excelentíssimo Deputado Federal, Sr. Juarez Alves da Costa, com cópia ao_x000D_
 Prefeito Municipal Gustavo Melo, “indicando apoio financeiro, através de_x000D_
 emenda parlamentar para o município de Alto Araguaia, para que seja_x000D_
 realizada reforma geral na estrutura do Campus da UNEMAT de Alto_x000D_
 Araguaia”</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/448/scan5-17.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/448/scan5-17.pdf</t>
   </si>
   <si>
     <t>A Vereadora Marília Maia Rabello Queiroz,partido PP, com_x000D_
 assento nesta Casa, de conformidade com o artigo 103,parágrafo único do Regimento Interno_x000D_
 da Câmara Municipal ,a pedido dos munícipes de Alto Araguaia-MT, requeiro à Mesa que este_x000D_
 expediente seja encaminhado ao Exmo. Senhor GUSTAVO MELO DE ANICÉZIO , Prefeito_x000D_
 Municipal,e ao Senhor MILTON FERNANDES LIMA Secretario Municipal de Obras,_x000D_
 Infraestrutura , Transporte e Frotas a presente Indicação, solicitando destes a manutenção no_x000D_
 que diz respeito a pintura dos redutores de velocidade (quebra-molas) existentes em toda_x000D_
 Cidade de Alto Araguaia e readequação e pintura das faixas de pedestres</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/449/scan5-16.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/449/scan5-16.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicézio, com cópia a Secretário Municipal de Obras,_x000D_
 Infraestrutura, Transporte e Frotas Milton Fernandes de Lima “solicitando aquisição de_x000D_
 um veículo tipo caminhonete 4x4 para repasse a PM para realização de patrulha rural”.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/451/scan5-15.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/451/scan5-15.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano Plenário, que_x000D_
 a mesma seja aprovada e devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de_x000D_
 Melo Anicézio com cópia a Secretário Municipal de Obras, Infraestrutura, Transporte e Frotas_x000D_
 Milton Fernandes de Lima, “solicitando a demarcação de vagas exclusivas para_x000D_
 estacionamento de motos e novas vagas de estacionamento perpendicular.”</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/452/scan5-14.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/452/scan5-14.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal,_x000D_
 Sr. Gustavo de Melo Anicézio, e o Secretário Municipal de Obras, Infraestrutura,_x000D_
 Transportes e Frotas, Sr. Milton Fernandes de Lima, “indicando ao Executivo a_x000D_
 colocação de tela de proteção às margens do rio Araguaia, ao longo da popularmente_x000D_
 conhecida “orla do Praia”, nos trechos que faltam e manutenção nos locais onde ela_x000D_
 já foi adicionada..”</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/455/scan2.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/455/scan2.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito de Alto Araguaia-MT, Sr. Gustavo Melo de Anicézio,_x000D_
 ao Secretário de Saúde – Sr. Cleomar Vilela Rodrigues e ao Secretário de Agricultura_x000D_
 e pecuária – Sr. João Dias, solicitando a realização de uma campanha para castração_x000D_
 gratuita de animais como cães e gatos, de propriedade famílias de baixa renda e que_x000D_
 possuam CadÚnico.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/457/scan5-3.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/457/scan5-3.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Exmo. Sr._x000D_
 João Garcia Couri Neto – Diretor/Presidente da Via Brasil MT, “Sugerindo_x000D_
 providências quanto a manutenção do trecho urbano da Avenida Jerônimo_x000D_
 Samita Maia no município de Alto Araguaia-MT”</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>Fabiano do Gás, Ricardo Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/458/scan5-2.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/458/scan5-2.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicézio, com cópia a Secretário Municipal de Obras,_x000D_
 Infraestrutura, Transporte e Frotas Milton Fernandes de Lima “solicitando a limpeza do_x000D_
 terreno localizado na Rua Santa Rita bairro Dom Bosco, fundo da Instituição de Longa_x000D_
 Permanência Casa da Esperança “Tia Nega””.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/460/scan5-1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/460/scan5-1.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicézio, com cópia a Secretário Municipal de Obras,_x000D_
 Infraestrutura, Transporte e Frotas Milton Fernandes de Lima “solicitando reforma do_x000D_
 telhado da Instituição de Longa Permanência Casa da Esperança “Tia Nega””.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>Marcos Nunes, Mariana de Souza</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/463/scan-6-7.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/463/scan-6-7.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Deputado Estadual Max Russi com cópia para o Sr. Secretário_x000D_
 de Estado de Educação Sr. Alan Resende Porto, “solicitando a climatização das salas_x000D_
 de aula e das demais salas em funcionamento na Escola Estadual Maria Auxiliadora,_x000D_
 conforme relação de aparelho em anexo”</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/464/scan-5.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/464/scan-5.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal_x000D_
 Exmo. Sr. Gustavo de Melo Anicézio, e a Secretaria Municipal de Esportes, Cultura,_x000D_
 Lazer e Turismo Sr.ª. Paula Regina Niedermeier Fraga, “Sugerindo a instalação de_x000D_
 LETREIRO TURÍSTICO com a inscrição "#ALTOARAGUAIA" ou "EU AMO_x000D_
 ALTO ARAGUAIA" em pontos estratégicos, tendo como sugestão praças e entradas_x000D_
 do município de Alto Araguaia”.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/465/scan-4.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/465/scan-4.pdf</t>
   </si>
   <si>
     <t>A Vereadora que presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicezio, com cópia ao Secretário de Obras,_x000D_
 Infraestrutura, Transporte e Frotas Sr. Milton Fernandes de Lima “solicitando a_x000D_
 construção de uma área coberta, incluindo cadeiras, bebedouro e banheiros na_x000D_
 Secretária de Saúde”.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/466/scan-3.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/466/scan-3.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo, e ao secretário de_x000D_
 Infraestrutura, Obras e Serviços Urbanos, Sr. Milton Lima, a “Solicitação da_x000D_
 construção de um parque infantil no bairro Jardim Novo Araguaia, a intensificação_x000D_
 do serviço de iluminação pública e a limpeza das ruas deste bairro, pois a vegetação_x000D_
 está avançando para dentro de algumas ruas, no bairro Jardim Novo Araguaia.”</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/467/scan25_arquivos_mesclados_1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/467/scan25_arquivos_mesclados_1.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal – Gustavo de Melo Anicézio, com cópia_x000D_
 ao Secretário Municipal de Agricultura e Pecuária – Sr. João Dias e ao Exmo. Sr._x000D_
 Secretário de Agricultura Familiar de Mato Grosso – Sr. Silvano Amaral, “Sugerindo_x000D_
 que o município de Alto Araguaia faça gestão junto à Secretaria de Agricultura_x000D_
 Familiar de Mato Grosso para que os pecuaristas de gado leiteiro do nosso município_x000D_
 possam ser beneficiados com o recebimento de sêmens (convencional e sexado) e_x000D_
 embriões através do Programa MT Produtivo – Leite”</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/468/scan.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/468/scan.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Prefeito de Alto Araguaia – MT Sr. Gustavo Melo de Anicézio e_x000D_
 ao Secretário de Obras, Infraestrutura, Transporte e Frotas Sr. Milton Fernandes de_x000D_
 Lima solicitando melhorias na Estrada Vicinal dos Ranchos do Araguaia localizada_x000D_
 na MU 27, 21 km antes de Araguainha e a 7 km da MT 100</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/470/scan_2.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/470/scan_2.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicézio, com a Secretária Municipal de Esporte_x000D_
 Cultura e Lazer e Turismo, Paula Regina Niedermeier Fraga “solicitando divulgação e_x000D_
 apoio a equipe de voluntários do Ecoturismo de Alto Araguaia e Santa Rita do_x000D_
 Araguaia”.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/472/scan_1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/472/scan_1.pdf</t>
   </si>
   <si>
     <t>Vereadora Marília Maia Rabello Queiroz,partido PP, com assento nesta Casa, de_x000D_
 conformidade com o artigo 103, parágrafo único do Regimento Interno,a pedido dos munícipes_x000D_
 de Alto Araguaia-MT, requeiro à Mesa que este expediente seja encaminhado ao Exmo._x000D_
 Senhor GUSTAVO MELO DE ANICÉZIO , Prefeito Municipal,e ao Senhora PAULA_x000D_
 REGINA NIEDERMEIER FRAGA Secretaria Municipal de Educação,Esporte, Cultura,_x000D_
 Lazer e Turismo, SOLICITANDO A MANUTENÇÃO E REFORMA EQUIPAMENTOS_x000D_
 DA ACADEMIA AO AR LIVRE EM NOSSA CIDADE</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/474/scan3.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/474/scan3.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 101 do_x000D_
 Regimento Interno, requer à Mesa, ouvido o soberano plenário, que o mesmo seja_x000D_
 aprovado e devidamente encaminhado ao Prefeito Municipal, Sr. Gustavo de Melo e a_x000D_
 Secretária de Educação, Sra. Paula Regina Niedermeier Fraga, “a Solicitação das_x000D_
 seguintes informações sobre a Fanfarra Municipal de Alto Araguaia: 1) quantidade_x000D_
 de instrumento; 2) quantidade de uniformes; 3) em qual lugar se encontra os_x000D_
 instrumentos e uniformes.”</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/476/scan4.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/476/scan4.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal,_x000D_
 Sr. Gustavo de Melo Anicézio, e ao Secretário de Saúde, Sr. Cleomar Vilela,_x000D_
 “indicando ao Executivo gestão juntamente com a Assembleia Legislativa de Mato_x000D_
 Grosso (ALMT) e Tribunal de Contas do Estado (TCE-MT) para a efetivação dos_x000D_
 agentes comunitários de saúde (ACSs) e de combate a endemias (ACEs) de nosso_x000D_
 município.”</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/478/scan_5.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/478/scan_5.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa enca_x0002_minhe expediente ao Exmo. Sr. Prefeito Municipal de Alto Araguaia, Sr. Gustavo de Melo_x000D_
 Anicezio e ao Secretaria Municipal de Obras, Infraestrutura, Transporte e Frotas, Sr. Milton_x000D_
 Fernandes de Lima um redutor de velocidade ou quebra-mole em frente à residência de núme_x0002_ro 1196 na Rua 24 de fevereiro</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>Mariana de Souza, Marilia Maia</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/480/scan_2.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/480/scan_2.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal,_x000D_
 Sr. Gustavo de Melo Anicézio, e a Secretária Municipal de Assistência e_x000D_
 Desenvolvimento Social, Srª. Priscila Dourado, “indicando o retorno do Programa_x000D_
 Menor Aprediz no município de Alto Araguaia”</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/483/doc_6-22-29.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/483/doc_6-22-29.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o_x000D_
 Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada_x000D_
 ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio, com cópia ao Secretário_x000D_
 Municipal de Finanças e Planejamento Welton Vilela Cardoso e à Secretaria_x000D_
 Municipal de Assistência e Desenvolvimento Social Priscila Dourado Martins,_x000D_
 “solicitando aquisição de equipamentos para a Instituição de Longa_x000D_
 Permanência Casa da Esperança “Tia Nega”.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/484/doc_6-21.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/484/doc_6-21.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo, e ao secretário de_x000D_
 Infraestrutura, Obras e Serviços Urbanos, Sr. Milton Lima, a “Solicitação da_x000D_
 intensificação do serviço de iluminação pública na rua Vereador João Ferreira_x000D_
 Neves, no bairro Vila Aeroporto, solicitamos, também, a sinalização, com tartaruga,_x000D_
 do encontro desta Rua com a MT 100.”</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/486/doc_6-20.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/486/doc_6-20.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo, e ao secretário de_x000D_
 Infraestrutura, Obras e Serviços Urbanos, Sr. Milton Lima, a “Solicitação da_x000D_
 construção de um campo de futebol Society e um parque infantil no bairro Maria das_x000D_
 Graças de Souza Pinto, na rua “J”, em frente ao Canil Municipal.”</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/488/doc_6-19.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/488/doc_6-19.pdf</t>
   </si>
   <si>
     <t>A Vereadora que presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicezio, com cópia ao Secretário de Obras,_x000D_
 Infraestrutura, Transporte e Frotas Sr. Milton Fernandes de Lima “solicitando a_x000D_
 isenção da taxa de religação de água”.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>Marcos Nunes, Mariana de Souza, Marilia Maia, Ricardo Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/491/doc_6-18.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/491/doc_6-18.pdf</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/494/doc_6-17.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/494/doc_6-17.pdf</t>
   </si>
   <si>
     <t>Vereador Ricardo Barbosa dos Santos, Marilia Maia Rabello, Odinéia Mariana_x000D_
 de Souza e Marcos Nunes Gomes._x000D_
  Requeiro após ouvido o Plenário na forma Regimental, que a Mesa enca -_x000D_
 minhe expediente ao Exmo. Sr. Prefeito Municipal de Alto Araguaia, Sr. Gustavo de Melo_x000D_
 Anicezio, ao Secretário Municipal de Administração Industria e Comércio, Sr. Manoelito dos_x000D_
 Dias de Rezende Neto e a Secretaria Municipal de Educação, a Sra. Paula Regina Niedermei_x0002_er Fraga, ampliação da rede pública de internet no Distrito do Buriti e criar uma central de in_x0002_teligência que vai unificar serviços de monitoramento._x000D_
  Após ouvir apelo dos moradores da região, requer a ampliação da rede_x000D_
 pública de internet no Distrito do Buriti e criar uma central de inteligência que vai unificar_x000D_
 serviços de monitoramento, buscando atender melhor os moradores e os alunos. Levando me_x0002_lhoria na educação local em meio a pandemia da COVID19, em decorrência das aulas virtu_x0002_ais, bem como em todos os setores comerciar do Distrito Buriti.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/496/doc_6-16.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/496/doc_6-16.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de_x000D_
 Anicézio, e ao Secretário de Obras, Infraestrutura, Transportes e Frotas Sr._x000D_
 Milton Fernandes de Lima, para que seja realizado o serviço de reparos na Rua_x000D_
 Laura Vicuña(em especifico logo acima da Igreja), onde as erosões estão quase_x000D_
 chegando a comprometer o transito na via</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>Mariana de Souza, Luizinho, Ricardo Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/498/doc_6-15.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/498/doc_6-15.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal,_x000D_
 Sr. Gustavo de Melo Anicézio, e a Secretário Municipal de Obras, Infraestrutura,_x000D_
 Transportes e Frotas, Sr. Milton Fernandes Lima, “indicando a construção de um novo_x000D_
 cemitério municipal, equipado com banheiros e salão para a realização de atividades_x000D_
 religiosas”</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/500/doc_6-14.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/500/doc_6-14.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Prefeito de Alto Araguaia – MT Sr. Gustavo de Melo Anicézio e_x000D_
 ao Secretário de Obras, Infraestrutura, Transporte e Frotas Sr. Milton Fernandes de_x000D_
 Lima solicitando que faça o religamento da energia, reparo das lâmpadas e reparo_x000D_
 das grades de proteção na Quadra Coberta no Loteamento Novo do Bairro Jardim_x000D_
 Novo Araguaia.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/502/doc_6-13.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/502/doc_6-13.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de_x000D_
 Anicézio, e ao Secretário de Infraestrutura Sr. Milton Fernandes de Lima, para_x000D_
 que seja feito o reparo das pontes que fazem acesso a região do Gato Preto. Pois_x000D_
 as pontes daquela localidade precisam de uma vistoria para que não acabe por_x000D_
 comprometer o acesso dos moradores</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/504/doc_6-12.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/504/doc_6-12.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo, e ao secretário de_x000D_
 Infraestrutura, Obras e Serviços Urbanos, Sr. Milton Lima, a “Solicitação que seja_x000D_
 dado uma destinação ao antigo prédio da Escola Municipal Inácio Fraga, pois este se_x000D_
 encontra em total abandono, não cumprindo a função social que toda propriedade_x000D_
 deveria cumprir. Sugerimos, caso a estrutura do imóvel não esteja comprometida, que_x000D_
 seja instalado no prédio o “Centro Municipal de Artes Marciais”, o qual terá o_x000D_
 objetivo de difundir, junto às crianças e adolescentes, algumas modalidades de artes_x000D_
 marciais.”</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/506/doc_6-11.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/506/doc_6-11.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicézio, com cópia ao Secretário Municipal de Obras,_x000D_
 Infraestrutura, Transporte e Frotas, Milton Fernandes de Lima, “solicitando_x000D_
 manutenção e reparos nos bueiros do município”.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/508/doc_6-10.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/508/doc_6-10.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal,_x000D_
 Sr. Gustavo de Melo Anicézio, e a Secretário Municipal de Obras, Infraestrutura,_x000D_
 Transportes e Frotas, Sr. Milton Fernandes Lima, “indicando as seguintes inovações_x000D_
 para o PSF de Pronto Atendimento do bairro Jardim Novo Araguaia: colocação de_x000D_
 um toldo na lateral, instalação de um ponto de internet, aquisição de computadores e_x000D_
 reforma para a instalação de forro”</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/510/doc_6-9.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/510/doc_6-9.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de_x000D_
 Anicézio, e ao Secretário de Infraestrutura Sr. Milton Fernandes de Lima, para_x000D_
 que seja feito um estudo para realização de um projeto para interligar a Rua_x000D_
 Maria da Glória Fávero ao bairro Jardim Novo Araguaia._x000D_
 Fazendo essa extensão para que melhore a transitabilidade entre os_x000D_
 bairros, tornando assim o acesso entre os bairros mais rápido para os moradores_x000D_
 que necessitam de fazer essa locomoção._x000D_
 Para realização deste projeto seria necessário fazer a realocação de_x000D_
 moradores, pois possuem residência no local de uma possível obra.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/512/doc_6-8.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/512/doc_6-8.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo, e ao secretário de_x000D_
 Infraestrutura, Obras e Serviços Urbanos, Sr. Milton Lima, a “Solicitação para que_x000D_
 intensifique os serviços de limpeza nas ruas do bairro Jardim Novo Araguaia. Na_x000D_
 indicação 138, solicitamos ao Poder Executivo, que intensificasse os serviços de_x000D_
 limpeza nas ruas do bairro Jardim Novo Araguaia. Em parte, a indicação foi_x000D_
 atendida, porém, a limpeza foi feita somente nas ruas asfaltadas. Assim, venho por_x000D_
 meio deste reiterar o pedido feito na indicação 138, para que seja feita a limpeza nas_x000D_
 ruas não asfaltadas também.”</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/514/doc_6-5.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/514/doc_6-5.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal,_x000D_
 Sr. Gustavo de Melo Anicézio, e a Secretário Municipal de Obras, Infraestrutura,_x000D_
 Transportes e Frotas, Sr. Milton Fernandes Lima, “indicando a manutenção da tela de_x000D_
 segurança em torno da quadra poliesportiva do Bairro Professora Maria das Graças_x000D_
 de Souza Pinto.”</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/516/doc_6-4.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/516/doc_6-4.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Prefeito de Alto Araguaia – MT Sr. Gustavo de Melo Anicézio e_x000D_
 ao Secretário Municipal de Finanças e Planejamento Sr. Welton Vilela Cardoso_x000D_
 solicitando a conceção de Vale Alimentação (VA) para os servidores municipais que_x000D_
 recebem o vencimento de até dois salários mínimos vigentes.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/518/doc_6-3.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/518/doc_6-3.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicézio, com ao com cópia ao Secretário Municipal_x000D_
 de Obras, Infraestrutura, Transporte e Frotas, Milton Fernandes de Lima “solicitando a_x000D_
 implantação de uma academia popular na Rua Marechal Rondon esquina com a_x000D_
 Rua Agostinho Demelas”.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/519/doc_6-2.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/519/doc_6-2.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicézio, com ao com cópia ao Secretário Municipal_x000D_
 de Obras, Infraestrutura, Transporte e Frotas, Milton Fernandes de Lima “solicitando_x000D_
 um estudo de viabilidade de abertura da Rua Nelson Irigaray interligando com a_x000D_
 Rua Dep. Oscár Soares, no bairro Cohab.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/520/doc_6-1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/520/doc_6-1.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal,_x000D_
 Sr. Gustavo de Melo Anicézio, e a Secretário Municipal de Educação, Srª. Paula Regina_x000D_
 Niedermeier Fraga, “indicando gestão para a expansão de salas de aula e construção_x000D_
 de uma quadra poliesportiva da Escola Municipal Lourença Afonso de Melo.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>Marilia Maia, Clodoaldo, Fabiano do Gás, Marcos Nunes, Mariana de Souza, Marilzan, Odair Ferruja, Ricardo Barbosa, Silvio Maia, Suzana Paniago</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/521/scan_3.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/521/scan_3.pdf</t>
   </si>
   <si>
     <t>“Construção de pista de ciclovia na_x000D_
 Rodovia MT-100 , entre os Municípios de_x000D_
 Alto Araguaia e Alto Taquari-MT”.</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>Marilzan</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/522/doc_4-40.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/522/doc_4-40.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano Plenário, que_x000D_
 o mesmo seja devidamente encaminhado ao Prefeito Municipal, Sr. Gustavo Melo de Anicezio,_x000D_
 com cópia ao Secretário de finanças Sr. Welton Vilela Cardoso, “Solicitando que a Prefeitura_x000D_
 repasse uma contribuição financeira para a Escola Estadual Maria Auxiliadora para auxílio_x000D_
 no pagamento da instalação de aparelhos de ar condicionado”.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/523/doc_4-39.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/523/doc_4-39.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o_x000D_
 Soberano Plenário, que o mesmo seja devidamente encaminhado à_x000D_
 Presidente da Câmara de Alto Araguaia Srª. Odineia Mariana de Souza,_x000D_
 “Solicitando que sejam promovidos cursos de capacitação aos servidores_x000D_
 e vereadores no sentido de melhor servir e atender nossa população</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/524/doc_4-38.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/524/doc_4-38.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal,_x000D_
 Sr. Gustavo de Melo Anicézio, e ao Secretário Municipal de Obras, Infraestrutura,_x000D_
 Transportes e Frotas, Sr. Milton Fernandes Lima, “indicando a manutenção da_x000D_
 iluminação da Orla do Praia”.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>Luizinho, Mariana de Souza</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/525/doc_4-37.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/525/doc_4-37.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicézio, e a_x000D_
 Secretária de Educação, Srª. Paula Regina Niedermeier Fraga”. Solicitamos um_x000D_
 posicionamento sobre o convênio com o Poder Executivo sobre a implementação do_x000D_
 Curso de Bacharelado em Ciências Contábeis do processo nº 86780/2020 e do Curso_x000D_
 de Licenciatura em Pedagogia do processo nº86808/202.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/526/doc_4-36.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/526/doc_4-36.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo_x000D_
 Anicézio, e a Secretária Municipal de Esportes Cultura, Lazer e Turismo Sra._x000D_
 Paula Regina Niedermeier Fraga, e à Presidente da Câmara Odinéia Mariana de_x000D_
 Souza, “Solicitando a criação de uma aba no Site da Prefeitura Municipal de_x000D_
 Alto Araguaia e na Câmara Municipal de Alto Araguaia para divulgação dos_x000D_
 pontos turísticos (Cachoeiras, Trilhas e Rios) do município que seja mantido_x000D_
 com fotos e informações sobre a localização dos mesmos”.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/527/doc_4-35.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/527/doc_4-35.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicézio, e a_x000D_
 Secretário Municipal Obras e Infraestrutura Srº. Milton Fernandes de Lima,_x000D_
 “Solicitando que sejam colocadas placas nos postes de energia, o endereço das ruas_x000D_
 com indicação de setas na ordem crescente e decrescente”.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/528/doc_4-34.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/528/doc_4-34.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal,_x000D_
 Sr. Gustavo de Melo Anicézio, e ao Secretário Municipal de Obras, Infraestrutura,_x000D_
 Transportes e Frotas, Sr. Milton Fernandes Lima, “indicando o encascalhamento da_x000D_
 Rua I, no Bairro Professora Maria das Graças de Souza Pinto, na região da quadra_x000D_
 15L7 ”.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/529/doc_4-33.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/529/doc_4-33.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal,_x000D_
 Sr. Gustavo de Melo Anicézio, e ao Secretário Municipal de Finanças e Planejamento,_x000D_
 Sr. Welton Vilela, “indicando a isenção de pagamento do Imposto Predial e_x000D_
 Territorial Urbano (IPTU) para os beneficiários do programa Feijão no Fogo”.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/530/doc_4-32.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/530/doc_4-32.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal,_x000D_
 Sr. Gustavo de Melo Anicézio, e ao Secretário Municipal de Finanças e Planejamento,_x000D_
 Sr. Welton Vilela, “indicando um estudo para a viabilidade de doação de kits de_x000D_
 materiais de construção às famílias beneficiadas com o programa de doação de lotes,_x000D_
 que estejam em vulnerabilidade social”.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/531/doc_4-31.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/531/doc_4-31.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal,_x000D_
 Sr. Gustavo de Melo Anicézio, e ao Secretário Municipal de Obras, Infraestrutura,_x000D_
 Transportes e Frotas, Sr. Milton Fernandes Lima, “indicando a construção de uma_x000D_
 sala odontológica para o Posto de Atendimento de Saúde Francisca Flávio de Souza_x000D_
 Garcia, do Bairro Professora Maria das Graças de Souza Pinto”</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/532/doc_4-30.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/532/doc_4-30.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicézio com cópia a Secretário Municipal de Obras,_x000D_
 Infraestrutura, Transporte e Frotas Milton Fernandes de Lima, “solicitando_x000D_
 manutenção nas sinalizações verticais e horizontais no Setor Castro”.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/533/doc_4-29.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/533/doc_4-29.pdf</t>
   </si>
   <si>
     <t>Vereadora Marília Maia Rabello Queiroz, partido PP, com assento_x000D_
 nesta Casa, de conformidade com o artigo 103,parágrafo único do Regimento_x000D_
 Interno,a pedido dos munícipes de Alto Araguaia-MT, requeiro à Mesa que este_x000D_
 expediente seja encaminhado ao Exmo. Senhor GUSTAVO MELO DE_x000D_
 ANICÉZIO , Prefeito Municipal, e ao Senhor MILTON FERNANDES_x000D_
 LIMA Secretário Municipal de Obras, Infraestrutura, Transporte e_x000D_
 Frotas, SOLICITANDO A CONSTRUÇÃO DE PONTO DE ÔNIBUS COM_x000D_
 COBERTURA E BANCO DE ESPERA NA RUA_x000D_
 MARECHAL FLORIANO PEIXOTO ESQUINA COM RUA GUILHERME_x000D_
 GONÇALVES BERIGO, FAMOSO PONTO AMARELO LOCALIZADO NO_x000D_
 BAIRRO GABIROBA EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/534/doc_4-28.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/534/doc_4-28.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e ao Secretário de_x000D_
 Infraestrutura Sr. Milton Fernandes de Lima, para que seja feito o envio de dois caminhões_x000D_
 com cascalho para realizar o nivelamento de uma grande ondulação que se encontra MU_x0002_34, no trecho entre a chácara do Sr. Antônio Geraldo e a chácara do Sr. José Carlo</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/535/doc_4-27.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/535/doc_4-27.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa, Ouvido o_x000D_
 Soberano Plenário, que o mesmo devidamente encaminhado ao Prefeito_x000D_
 Municipal, Sr. Gustavo Melo de Anicézio, com cópia ao Secretário de_x000D_
 Obras Sr. Milton Fernandes de Lima, “Solicitando que a Prefeitura faça_x000D_
 abertura de uma estrada (MU) ligando a sede do nosso município à_x000D_
 Associação Recanto do Boiadeiro.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/536/doc_4-26.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/536/doc_4-26.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e ao Secretário de_x000D_
 Infraestrutura Sr. Milton Fernandes de Lima, para que seja realizada a substituição da_x000D_
 grama do campo de futebol Society do Complexo Esportivo Euclides Carrilho de Castro_x000D_
 Neto por grama sintética, visto que o gramado apresenta ondulações, bem como diversas_x000D_
 partes arenosas. Além disso, que seja feita a troca dos refletores atuais por refletores de_x000D_
 LED.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/538/doc_4-25.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/538/doc_4-25.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicézio, e ao_x000D_
 Secretário de Obras e Infraestrutura, Sr. Milton Fernandes de Lima”, Solicito que_x000D_
 sejam feitas melhorias na iluminação do Cemitério Municipal de Alto Araguaia”.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/541/doc_4-24.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/541/doc_4-24.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito, Gustavo de Melo Anicézio, e ao Secretário Municipal_x000D_
 de Obras e Infraestrutura, Sr.. Milton Fernandes de Lima, “Solicito a criação da_x000D_
 Secretaria Municipal Trânsito de Alto Araguaia”</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/542/doc_4-23.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/542/doc_4-23.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Sr. Prefeito Municipal de Alto Araguaia, Sr. Gustavo de_x000D_
 Melo Anicezio, ao Secretário Municipal de Obras, Infraestrutura, Transporte e Frotas, Sr._x000D_
 Milton Fernandes de Lima, “solicitando reparos emergenciais em pontos das estradas MU_x0002_42 a MU-43, na região do P.A Gato Pre</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/543/doc_4-22.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/543/doc_4-22.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicézio com cópia ao Secretário Municipal Saúde,_x000D_
 Cleomar Vilela Rodrigues, “solicitando a realização de campanha no município_x000D_
 para incentivar as pessoas a se imunizarem contra o Covid-19”.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/544/doc_4-21.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/544/doc_4-21.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicézio, com ao com cópia ao Secretário Municipal_x000D_
 de Educação, Paula Regina Niedermeier “solicitando a criação de uma página para_x000D_
 divulgação de obras que contam a história de Alto Araguaia”.</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/546/doc_4-20.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/546/doc_4-20.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo, e ao secretário de_x000D_
 Infraestrutura, Obras e Serviços Urbanos, Sr. Milton Lima, a “Solicitação para que_x000D_
 intensifique os serviços de coleta de lixo e limpeza das Ruas do Bairro Demellas.”</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/547/189-_suzana.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/547/189-_suzana.pdf</t>
   </si>
   <si>
     <t>A Vereadora que presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicezio, com cópia a Secretaria Municipal de_x000D_
 Educação Paula Regina Niedermeier Fraga “requerendo providências para que_x000D_
 acione a conexão com a internet na Biblioteca Municipal”</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/549/doc_4-19.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/549/doc_4-19.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal,_x000D_
 Sr. Gustavo de Melo Anicézio, e ao Secretário Municipal de Saúde, Sr. Cleomar Vilela,_x000D_
 “indicando que seja feito um cronograma para o atendimento odontológico na zona_x000D_
 rural do município”.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/550/doc_4-18.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/550/doc_4-18.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal,_x000D_
 Sr. Gustavo de Melo Anicézio, e ao Secretário Municipal de Obras, Infraestrutura,_x000D_
 Transportes e Frotas, Sr. Milton Fernandes Lima, “indicando o asfaltamento da Rua_x000D_
 Araújo de Castro, Setor Atlântico”.</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/552/doc_4-17.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/552/doc_4-17.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal,_x000D_
 Sr. Gustavo de Melo Anicézio, e ao Secretário Municipal de Obras, Infraestrutura,_x000D_
 Transportes e Frotas, Sr. Milton Fernandes Lima, “indicando o asfaltamento e_x000D_
 construção de um sistema para o escoamento de água da chuva no Bairro Caminho_x000D_
 das Águas”.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/554/doc_4-16.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/554/doc_4-16.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o_x000D_
 Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada_x000D_
 ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio, com cópia ao Secretário_x000D_
 Municipal de Obras, Infraestrutura, Transporte e Frotas Milton Fernandes de_x000D_
 Lima, “solicitando a manutenção da ponte da Aninha</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/556/doc_4-15.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/556/doc_4-15.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer ao Plenário que esta indicação seja devidamente_x000D_
 encaminhada à Presidente da Câmara, Sra. Odinéia Mariana de Souza a “Solicitação_x000D_
 que seja instalado câmeras de monitoramento em todos os corredores do prédio da_x000D_
 Câmara Municipal de forma que não fique nenhum espaço fora do campo de_x000D_
 monitoramento das câmeras.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/558/doc_4-14.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/558/doc_4-14.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo, e ao secretário de_x000D_
 Infraestrutura, Obras e Serviços Urbanos, Sr. Milton Lima, a “Solicitação dos serviços_x000D_
 de desentupimento de todos os bueiros do Bairro Setor Castro, especificamente, os_x000D_
 das Ruas Joaquim Rodrigues da Silva, Urquiza de Castro e Alvenir P. Albuquerque.”</t>
   </si>
   <si>
     <t>1635</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1635/doc_4-13.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1635/doc_4-13.pdf</t>
   </si>
   <si>
     <t>“sugerindo a ampliação da rua que desce dos Bairro Caminho _x000D_
 das Águas para a Aninha possibilitando a passagem de dois veículos”</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/560/doc_4-12.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/560/doc_4-12.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente ao _x000D_
 Exmo. Prefeito de Alto Araguaia – MT Sr. Gustavo de Melo Anicézio e ao Secretário Municipal _x000D_
 de Saúde Sr. Cleomar Vilela Rodrigues solicitando a disponibilização de mais 1(um) Psicólogo _x000D_
 para atendimento individual no Centro de Reabilitação.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/561/doc_4-11.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/561/doc_4-11.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e ao Secretário de_x000D_
 Infraestrutura Sr. Milton Fernandes de Lima, “para que seja feito um nivelamento com_x000D_
 cascalho e reparo nas entradas do bairro Jardim Nova Araguaia, às margens da BR-364,_x000D_
 nas entradas quem ligam à Rua Onze e à Avenida Bailon Francisco Rosa”.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/564/doc_4-10.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/564/doc_4-10.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e ao Secretário de_x000D_
 Infraestrutura Sr. Milton Fernandes de Lima, para que seja retirado todo o entulho que se_x000D_
 encontra na Rua Florisvaldo Souza Porto, em frente a oficina do Lazinho, devido aos_x000D_
 transtornos causados na localidade.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/565/doc_4-9.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/565/doc_4-9.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal,_x000D_
 Sr. Gustavo de Melo Anicézio, e ao Secretário Municipal de Obras, Infraestrutura,_x000D_
 Transportes e Frotas, Sr. Milton Fernandes Lima, “indicando que seja feito o_x000D_
 nivelamento, e que seja finalizado o asfalto e meio fio da rua 23, no Bairro Vila_x000D_
 Aeroporto”.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/621/doc_4-8.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/621/doc_4-8.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo e ao Secretário de Saúde,_x000D_
 Senhor Cleomar Vilela Rodrigues. Nesta indicação, “Solicitamos que seja contratado_x000D_
 um Médico Pediatra para atender no Hospital Municipal, uma vez que os recém_x000D_
 nascidos estão sendo encaminhados a cidade de Rondonópolis para realizarem as_x000D_
 primeiras consultas, causando, assim, exaustão nas mães que se encontram no_x000D_
 período de resguardo.”</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/622/doc_4-7.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/622/doc_4-7.pdf</t>
   </si>
   <si>
     <t>A Vereadora que presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicezio, com cópia ao Secretário de Obras,_x000D_
 Infraestrutura, Transporte e Frotas Sr. Milton Fernandes de Lima “solicitando a_x000D_
 construção de um ponto de apoio, que seja coberto e que tenha bancos na rua José_x000D_
 Morbeck, na subida da rodoviária”.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/623/doc_4-6.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/623/doc_4-6.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicézio com cópia a Secretário Municipal de_x000D_
 Agricultura, Pecuária e Abastecimento e Meio Ambiente, João Dias “solicitando o_x000D_
 retorno da Feira Municipal nas quartas feira.”</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/624/doc_4-5.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/624/doc_4-5.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicézio com cópia a Secretário Municipal de_x000D_
 Agricultura, Pecuária e Abastecimento e Meio Ambiente, João Dias e ao Secretário_x000D_
 Municipal de Saúde Cleomar Vilela Rodrigues “solicitando readequação nas_x000D_
 recomendações adotas para o controle da pandemia no ambiente da Feira_x000D_
 Municipal”</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>Mariana de Souza, Clodoaldo, Luizinho, Marcos Nunes, Marilia Maia, Odair Ferruja, Ricardo Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/625/doc_4-3-4.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/625/doc_4-3-4.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano Plenário, que_x000D_
 o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal, Sr. Gustavo_x000D_
 de Melo Anicézio, ao Secretário Municipal de Finanças e Planejamento Welton Vilela_x000D_
 Cardoso, “Indicando um estudo de viabilidade para a criação do programa social_x000D_
 “Vale Gás” para atendimento às famílias em situação de extrema vulnerabilidade_x000D_
 social</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/626/doc_4-2.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/626/doc_4-2.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano Plenário, que_x000D_
 o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal, Sr. Gustavo_x000D_
 de Melo Anicézio, ao Secretário Municipal de Obras, Infraestrutura, Transportes e_x000D_
 Frotas, Sr. Milton Fernandes Lima, “Indicando a instalação de parques infantis, nas_x000D_
 praças da cidade, adaptados para o lazer de crianças com mobilidade reduzida e_x000D_
 necessidades especiais”.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/627/doc_4-1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/627/doc_4-1.pdf</t>
   </si>
   <si>
     <t>Vereadora Marília Maia Rabello Queiroz, partido PP, com assento nesta_x000D_
 Casa, em conformidade com o artigo 103, parágrafo único do Regimento Interno da_x000D_
 Câmara Municipal, a pedido de moradores do bairro JARDIM NOVO ARAGUAIA ,_x000D_
 requerem à Mesa que este expediente seja encaminhado ao Exmo. Senhor Prefeito_x000D_
 Municipal de Alto Araguaia GUSTAVO MELO DE ANICÉZIO, bem como ao Senhor_x000D_
 CLEOMAR VILELA RODRIGUES Secretário Municipal de Saúde, expediente este que_x000D_
 tem como propósito mudança do local em que o ônibus da Saúde aguardam as pessoas_x000D_
 para serem levadas para atendimento médico. Atualmente as pessoas aguardam o transporte_x000D_
 na Rodovia 364, sendo sugerido pelos moradores que o local de espera passe a ser no próprio_x000D_
 Posto de Saúde do referido bairro</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/628/doc_3-28-29.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/628/doc_3-28-29.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano Plenário, que_x000D_
 o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal, Sr. Gustavo_x000D_
 de Melo Anicézio, ao Secretário Municipal de Obras, Infraestrutura, Transportes e_x000D_
 Frotas, Sr. Milton Fernandes Lima, “indicando a instalação de uma estrutura física_x000D_
 que faça a cobertura em frente da entrada do Hospital Municipal Deputado Cacildo_x000D_
 Hugueney”.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/629/doc_3-27.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/629/doc_3-27.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano Plenário, que_x000D_
 o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal, Sr. Gustavo_x000D_
 de Melo Anicézio, ao Secretário Municipal de Saúde, Sr. Cleomar Vilela Rodrigues,_x000D_
 “indicando a contratação de um médico ortopedista para atendimento regular em_x000D_
 nosso município”.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/630/doc_3-26.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/630/doc_3-26.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Prefeito de Alto Araguaia – MT Sr. Gustavo de Melo Anicézio e_x000D_
 ao Secretário Municipal de Administração Manoelito dos Dias de Rezende Neto_x000D_
 solicitando a contratação de vigilantes para atuarem nos períodos diurno e noturno_x000D_
 no Hospital Municipal Deputado Cacildo Hugueney</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/631/doc_3-24-25.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/631/doc_3-24-25.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicézio com cópia a Secretário Municipal de Obras,_x000D_
 Infraestrutura, Transporte e Frotas, Milton Fernandes de Lima, “solicitando_x000D_
 melhorias na estrutura física da Orla do Bilinão.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/632/doc_3-23.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/632/doc_3-23.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicézio com cópia a Secretário Municipal de Obras,_x000D_
 Infraestrutura, Transporte e Frotas, Milton Fernandes de Lima, “solicitando a_x000D_
 instalação de placas alertando sobre o risco de afogamento na Orla do Rio_x000D_
 Araguaia, região do Bilinão e em diferentes pontos de banho no perímetro_x000D_
 urbano do município”</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/633/doc_3-22.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/633/doc_3-22.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicézio com cópia a Secretário Municipal de Obras,_x000D_
 Infraestrutura, Transporte e Frotas, Milton Fernandes de Lima, “solicitando_x000D_
 manutenção da ponte sobre Rio Riberãozinho MT-465, estrada do Rio do Peixe”.</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/634/doc_3-21.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/634/doc_3-21.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo, e ao secretário de_x000D_
 Infraestrutura, Obras e Serviços Urbanos, Sr. Milton Lima, a “Solicitação que seja_x000D_
 realizada campanha informativa sobre a coleta seletiva de lixo e, posteriormente, seja_x000D_
 colocada à disposição da população tambores de coleta seletiva de lixo com os padrão_x000D_
 de cores estabelecidos na Resolução Nº 275 do Conselho Nacional do Meio Ambiente_x000D_
 (CONAMA).”</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/635/doc_3-20.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/635/doc_3-20.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo, e a Secretária de Educação,_x000D_
 Sra. Paula Regina Niedermeier Fraga a “Solicitação que o Poder Executivo conceda_x000D_
 um auxílio ou benefício financeiro para que os artesãos de nosso município possam_x000D_
 custear a participação de feiras em outras cidades.”</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/636/doc_3-19.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/636/doc_3-19.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo, e ao Secretário de_x000D_
 Infraestrutura, Obras e Serviços Urbanos, Sr. Milton Lima a “Solicitamos que seja_x000D_
 asfaltado o final da Rua 271 e 261, próximo ao cruzamento com a Rua Cuiabá, no_x000D_
 Bairro Vila Aeroporto.”</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/637/doc_3-18.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/637/doc_3-18.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de_x000D_
 Anicézio e ao Secretário de Infraestrutura Sr. Milton Fernandes de Lima, para_x000D_
 que sejam fixadas lixeiras para coleta de lixo seletiva na Praça da Matriz.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/638/doc_3-17.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/638/doc_3-17.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa, Ouvido o_x000D_
 Soberano Plenário, que o mesmo devidamente encaminhado à Energisa,_x000D_
 “sugerindo que na impressão dos talões de pagamento de energia seja_x000D_
 dado destaque em algumas informações tais como nome do cliente,_x000D_
 endereço, débitos vencidos e unidade consumidora”.</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/639/doc_3-16.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/639/doc_3-16.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo, e ao secretário de_x000D_
 Infraestrutura, Obras e Serviços Urbanos, Sr. Milton Lima, a “Solicitação para que_x000D_
 intensifique os serviços de limpeza no bairro São Francisco, principalmente, na Rua_x000D_
 Laura Vicuña.”</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/640/doc_3-15.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/640/doc_3-15.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo, e ao secretário de_x000D_
 Infraestrutura, Obras e Serviços Urbanos, Sr. Milton Lima, a “Solicitação para que seja_x000D_
 feito o recapeamento do asfalto, bem como a recuperação de trecho pavimentado com_x000D_
 bloquete da Rua Laura Vicuna.”</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/641/scanner_20240916_55.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/641/scanner_20240916_55.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano Plenário, que_x000D_
 o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal, Sr. Gustavo_x000D_
 de Melo Anicézio, ao Secretário Municipal de Finanças e Planejamento, Sr. Welton_x000D_
 Vilela Cardoso, “Indicando a instalação de um centro de videomonitoramento”.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/642/doc_3-14.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/642/doc_3-14.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo de Melo Anicézio e à Secretária de_x000D_
 Educação Sra. Paula Regina Fraga, solicitando a contratação de um ou dois monitores de_x000D_
 pátio para todas as escolas municipais ou que seja apontado uma solução de imediato para_x000D_
 que os alunos não fiquem pro lado de fora da escola, já que houve retorno as aulas_x000D_
 híbridas.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/643/doc_3-12-13.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/643/doc_3-12-13.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicézio com cópia a Secretário Municipal de Obras,_x000D_
 Infraestrutura, Transporte e Frotas, Milton Fernandes de Lima, “solicitando_x000D_
 manutenção da ponte sobre Córrego Lajeado (MU-45)”.</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/644/doc_3-11.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/644/doc_3-11.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo e à Secretária de Assistência e_x000D_
 Desenvolvimento Social, Sra. Priscila Dourado Martins, a “Solicitação que a_x000D_
 Prefeitura passe a conduzir as pessoas, principalmente os idosos, que residem na_x000D_
 parte alta da cidade, da Secretaria de Assistência e Desenvolvimento Social até as_x000D_
 suas residências, quando estes receberem cesta básica como benefício.”</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/645/doc_3-10.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/645/doc_3-10.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano Plenário, que_x000D_
 o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal, Sr. Gustavo_x000D_
 de Melo Anicézio, ao Secretário Municipal de Obras, Infraestrutura, Transportes e_x000D_
 Frotas, Sr. Milton Fernandes Lima, “indicando que seja realizada a troca do ônibus_x000D_
 que faz o transporte de pacientes para a central de saúde em Rondonópolis”.</t>
   </si>
   <si>
     <t>1636</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1636/doc_3-9.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1636/doc_3-9.pdf</t>
   </si>
   <si>
     <t>“Sugerindo a pavimentação asfáltica na Serra Preta localizada na _x000D_
 MT-465, na linha do.Rio do Peixe MT-465 (1 km de cada lado encabeçamento da ponte de _x000D_
 concreto que está sendo construída no Rio Ariranha), e na região do Gato Preto na MT 481 (1 _x000D_
 km de cada lado'em encabeçamento na ponte de concreto que será construída localizado no _x000D_
 Rio Ariranha na MT-481)”.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/646/doc_3-8.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/646/doc_3-8.pdf</t>
   </si>
   <si>
     <t>A Vereadora que presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicezio, com cópia ao Secretário de Obras,_x000D_
 Infraestrutura, Transporte e Frotas Sr. Milton Fernandes de Lima “solicitando_x000D_
 uma tenda com bancos na Secretária de Saúde, para pacientes que utilizam a_x000D_
 farmácia básica para retirar sua medicação”.</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/647/doc_3-7.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/647/doc_3-7.pdf</t>
   </si>
   <si>
     <t>A Vereadora que presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicezio, com cópia a Secretário de Cleomar Vilela_x000D_
 “Solicitando a contratação de um dentista especializado em canal pré-molar e_x000D_
 molar para atender os munícipes de Alto Araguaia”</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/648/doc_3-6.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/648/doc_3-6.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o_x000D_
 Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada_x000D_
 ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio com cópia a Secretário_x000D_
 Municipal de Obras, Infraestrutura, Transporte e Frotas, Milton Fernandes de_x000D_
 Lima e ao Secretário Municipal de Administração Industria e Comércio,_x000D_
 Manoelito Dias de Rezende Neto, “solicitando a contratação ou_x000D_
 remanejamento de vigilantes para atuação na Praça da Matriz”.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/649/doc_3-5.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/649/doc_3-5.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Prefeito de Alto Araguaia – MT Sr. Gustavo de Melo Anicézio e_x000D_
 ao Secretário Municipal de Obras, Infraestrutura, Transporte e Frotas Sr. Milton_x000D_
 Fernandes Lima, solicitando a instalação de climatizadores no Centro de Convivência_x000D_
 da Melhor Idade Luzia Ribeiro da Silva.</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/650/doc_3-4.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/650/doc_3-4.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo, e ao Secretário de_x000D_
 Infraestrutura, Obras e Serviços Urbanos, Sr. Milton Lima a “Solicitamos que seja_x000D_
 construído um letreiro de concreto na praça da matriz, pois o atual é feito de um_x000D_
 material que não suporta a ação do tempo e o contato com as pessoas. Quero lembrar_x000D_
 que o atual letreiro está localizado em um lugar aberto a todos os tipos de público;_x000D_
 por isso, deixar um letreiro frágil naquela localidade, só trará prejuízo para a_x000D_
 administração, que terá que fazer reparos periodicamente.”</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/651/doc_3-3.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/651/doc_3-3.pdf</t>
   </si>
   <si>
     <t>Vereadora Marília Maia Rabello Queiroz, partido PP, com_x000D_
 assento nesta Casa, de conformidade com o artigo 103,parágrafo único do_x000D_
 Regimento Interno,a pedido dos munícipes de Alto Araguaia-MT, requeiro_x000D_
 à Mesa que este expediente seja encaminhado ao Exmo._x000D_
 Senhor GUSTAVO DE MELO ANICÉZIO , Prefeito Municipal,e ao_x000D_
 Senhor MILTON FERNANDES LIMA Secretário Municipal de Obras,_x000D_
 Infraestrutura, Transporte e Frotas, Solicitando a Ampliação da Coleta_x000D_
 Lixo doméstico no bairro Caminho das Águas em nossa Cidade</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/652/doc_3-2.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/652/doc_3-2.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o_x000D_
 Soberano Plenário, que o mesmo seja aprovado e devidamente encaminhado_x000D_
 ao Superintendente Regional do DNIT – Sr. Antonio Gabriel Oliveira dos_x000D_
 Santos “Solicitando a instalação de um semáforo na esquina Av. Carlos_x000D_
 Huqueney (BR 364) e com a Rua Jeronimo Samita Maia (MT 100), em Alto_x000D_
 Araguaia-MT’’.</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/653/doc_3-1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/653/doc_3-1.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que o mesmo seja devidamente encaminhado ao Exmo. Sr. Ricardo Salles, ao_x000D_
 Exmo. Sr. Mauro Mendes – Governador do Estado de Mato Grosso, ao Exmo. Sr._x000D_
 Mauren Lazzaretti- Secretário de Estado de Meio Ambiente, ao Exmo. Sr. Wellington_x000D_
 Fagundes - Senador Federal, ao Exmo. Sr. Juarez Costa - Deputado Federal, ao Exmo._x000D_
 Sr. Nelson Barbudo - Deputado Federal e ao Exmo. Sr. Gustavo de Melo Anicézio -_x000D_
 Prefeito Municipal, “Solicitando gestão para que viabilize a construção de uma escada_x000D_
 na cachoeira Couto Magalhaes, localizada no Rio Araguaia, para que os peixes possam_x000D_
 subir”.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/654/doc_2-33.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/654/doc_2-33.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de_x000D_
 Infraestrutura Sr. Milton Lima, solicitando o manilhamento da Rua 36, bairro Nossa_x000D_
 Senhora Aparecida.</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/655/doc_2-32.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/655/doc_2-32.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano Plenário, que_x000D_
 o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal, Sr. Gustavo_x000D_
 de Melo Anicézio, à Secretária Municipal de Assistência e Desenvolvimento Social Srª._x000D_
 Priscila Dourado, “indicando que seja realizada a recolocação de um toldo em frente_x000D_
 da Secretaria Municipal de Assistência e Desenvolvimento Social”.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/656/doc_2-31.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/656/doc_2-31.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e a Secretária de_x000D_
 Educação Sra. Paula Regina Fraga, solicitando uma reforma na Escola Municipal José_x000D_
 Inácio Fraga, pois a instituição de ensino precisa de vários reparos.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/657/doc_2-30.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/657/doc_2-30.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de_x000D_
 Infraestrutura Sr. Milton Lima, solicitando a instalação de Sistema de GPS na frota de_x000D_
 carros oficiais da Prefeitura Municipal.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>Silvio Maia, Clodoaldo, Fabiano do Gás, Luizinho, Marcos Nunes, Mariana de Souza, Marilia Maia, Marilzan, Ricardo Barbosa, Suzana Paniago</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/658/doc_2-28-29.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/658/doc_2-28-29.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, nos termos do_x000D_
 art. 100 do Regimento Interno, requer à Presidente que esta indicação seja_x000D_
 devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo e à_x000D_
 Secretária de Assistência e Desenvolvimento Social, Sra. Priscila Dourado_x000D_
 Martins “a solicitação que o Poder Executivo dobre o valor da bolsa paga_x000D_
 aos membros da Associação de Coletores de Material Reciclável até que_x000D_
 a Associação se torne independente financeiramente.”</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/659/doc_2-27.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/659/doc_2-27.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano Plenário, que_x000D_
 o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal, Sr. Gustavo_x000D_
 de Melo Anicézio, ao Secretário Municipal de Obras, Infraestrutura, Transportes e_x000D_
 Frotas, Sr. Milton Fernandes Lima, “indicando que seja colocada tela de proteção as_x000D_
 margens do rio Araguaia, no trecho que atravessa a Avenida Araguaia, no bairro_x000D_
 Gabiroba”</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/660/doc_2-26.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/660/doc_2-26.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito, Gustavo de Melo Anicézio, e ao Secretário Municipal_x000D_
 de Obras e Infraestrutura, Sr.. Milton Fernandes de Lima, “Solicito estudo de_x000D_
 viabilidade para construção de uma pista de caminhada com alambrado, com_x000D_
 iluminação, arborização e um campo futebol de areia na Rua F-1 na Vila_x000D_
 Aeroporto, onde possui um espaço que pertence ao município”</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/661/doc_2-25.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/661/doc_2-25.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicézio com cópia ao Secretário Municipal de_x000D_
 Finanças e Planejamento, Welton Vilela Cardoso e a Secretaria Municipal de_x000D_
 Assistência e Desenvolvimento Social, Priscila Dourado Martins “solicitando que_x000D_
 construção de Casas Populares pelo Programa FINISA sejam destinadas_x000D_
 inicialmente para famílias que moram em más condições de habitação”</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/662/doc_2-24.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/662/doc_2-24.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o_x000D_
 Soberano Plenário, que a mesma seja aprovada e devidamente encaminhada_x000D_
 ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio com cópia ao Secretário_x000D_
 Municipal de Agricultura, Pecuária, Abastecimento e Meio Ambiente, João Dias_x000D_
 “solicitando um estudo que viabilize a implantação de um mais um_x000D_
 reservatório de água no Assentamento do Córrego Rico”</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/663/doc_2-23.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/663/doc_2-23.pdf</t>
   </si>
   <si>
     <t>A Vereadora que presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicezio, com cópia ao Secretário de Saúde Cleomar_x000D_
 Vilela Rodrigues “Solicitando a requisição de bancos, para que sejam colocados do_x000D_
 lado de fora do PSF MANOEL MARQUES DE SOUZA no bairro COHAB”.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/664/doc_2-22.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/664/doc_2-22.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano Plenário, que_x000D_
 o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal, Sr. Gustavo_x000D_
 de Melo Anicézio, a Secretária Municipal de Esportes, Cultura, Lazer e Turismo, Sr._x000D_
 Paula Regina Niedermeier Fraga, “indicando o retorno do Programa Vida Ativa”</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/665/doc_2-21.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/665/doc_2-21.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Prefeito de Alto Araguaia – MT Sr. Gustavo de Melo Anicézio e_x000D_
 ao Secretário Municipal de Obras, Infraestrutura, Transporte e Frotas Sr. Milton_x000D_
 Fernandes Lima solicitando que seja trocada as lâmpadas queimadas e que coloque_x000D_
 mais um poste de iluminação na praça Aredis Severino Rodrigues localizada entre o_x000D_
 Bairro São Francisco de Assis e o Setor Castro.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/666/doc_2-20.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/666/doc_2-20.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicézio com cópia ao Secretário Municipal de Obras,_x000D_
 Infraestrutura, Transporte e Frotas, Milton Fernandes Lima “solicitando a_x000D_
 manutenção das passarelas da ponte sobre o Rio Araguaia e ponte sobre o Rio_x000D_
 Boiadeiro na entrada da cidade”</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/667/doc_2-19.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/667/doc_2-19.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano Plenário, que_x000D_
 o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal, Sr. Gustavo_x000D_
 de Melo Anicézio, a Secretária Municipal de Educação, Srª. Paula Regina Niedermeier_x000D_
 Fraga, “indicando que seja disponibilizado um monitor de aluno por ônibus escolar_x000D_
 durante o transporte de estudantes.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>Marilia Maia, Mariana de Souza</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/668/doc_2-18.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/668/doc_2-18.pdf</t>
   </si>
   <si>
     <t>Vereadoras Marília Maia Rabello Queiroz e Odinéia Mariana de_x000D_
 Souza, com assento nesta Casa, de conformidade com o artigo 103,parágrafo único do_x000D_
 Regimento Interno, a pedido dos munícipes de Alto Araguaia-MT, requeiro à Mesa que_x000D_
 este expediente seja encaminhado ao Exmo. Senhor GUSTAVO DE MELO_x000D_
 ANICÉZIO , Prefeito Municipal, e ao Senhor MILTON FERNANDES_x000D_
 LIMA Secretário Municipal de Obras, Infraestrutura, Transporte e Frotas e a_x000D_
 Sra. PAULA REGINA NIEDERMEIER FRAGA, Secretaria Municipal Educação_x000D_
 Esporte Cultura Lazer e Turismo, Solicitando pintura de todos os quebra molas e_x000D_
 passagens de pedestres nas portas das escolas em nossa cidade.</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/669/doc_2-17.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/669/doc_2-17.pdf</t>
   </si>
   <si>
     <t>Vereadoras Marília Maia Rabello Queiroz e Odinéia Mariana de Souza, com_x000D_
 assento nesta Casa, de conformidade com o artigo 103, parágrafo único do Regimento Interno, a_x000D_
 pedido dos munícipes de Alto Araguaia-MT, requeiro à Mesa que este expediente seja_x000D_
 encaminhado ao Exmo. Senhor GUSTAVO DE MELO ANICÉZIO , Prefeito Municipal, e ao_x000D_
 Senhor CLEOMAR VILELA RODRIGUES Secretário Municipal de Saúde e a Sra._x000D_
 PAULA REGINA NIEDERMEIER FRAGA, Secretaria Municipal Educação Esporte Cultura_x000D_
 Lazer e Turismo, Solicitando a viabilidade de uma Avaliação Oftalmológica para os alunos da_x000D_
 Rede Municipal de Ensino em nossa cidade.</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/670/doc_2-16.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/670/doc_2-16.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de_x000D_
 Infraestrutura Sr. Milton Fernandes Lima, solicitando a criação de uma rua interligando a_x000D_
 Rua 26 do bairro Vila Aeroporto à Rua 35 do bairro N. S. Aparecida.</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/671/doc_2-15.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/671/doc_2-15.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Prefeito de Alto Araguaia – MT Sr. Gustavo de Melo Anicézio e_x000D_
 ao Secretário Municipal de Obras, Infraestrutura, Transporte e Frotas Sr. Milton_x000D_
 Fernandes Lima solicitando que seja colocado uma tenda no portão da escola_x000D_
 Lourença Afonso de Melo e que coloquem postes de iluminação na rua da devida_x000D_
 escola.</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/672/doc_2-14.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/672/doc_2-14.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de_x000D_
 Infraestrutura Sr. Milton Fernandes Lima, solicitando o serviço de cascalhamento (ou que_x000D_
 seja colocado entulho de materiais de construções) próximo a Barraca do Queijo e da_x000D_
 Borracharia do Gaúcho.</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/673/doc_2-13.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/673/doc_2-13.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de_x000D_
 Infraestrutura Sr. Milton Fernandes Lima, solicitando a criação de uma rua interligando a_x000D_
 Rua Domiciano Alves de Oliveira do bairro Vila Aeroporto á Rua 11 do bairro N. S._x000D_
 Aparecida e continuação da Rua 11 em linha reta para interligar o bairro N.S. Aparecida_x000D_
 ao bairro Maria das Graças.</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/675/doc_2-12.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/675/doc_2-12.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que o mesmo seja devidamente encaminhado ao Exmo. Sr. Gustavo Melo -_x000D_
 Prefeito Municipal, ao Ilmo. Sr. Milton Fernandes de Lima – Secretário Municipal de_x000D_
 Obras e Infraestrutura e Transportes, “Solicitando melhorias na iluminação do PSF_x000D_
 Wanessa Rodrigues Welter”.</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/676/doc_2-11.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/676/doc_2-11.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que o mesmo seja devidamente encaminhado ao Exmo. Sr. Gustavo Melo -_x000D_
 Prefeito Municipal, ao Ilmo. Sr. Milton Fernandes de Lima – Secretário Municipal de_x000D_
 Obras e Infraestrutura e Transportes, “Solicitando o calçamento na Rua Benedito José_x000D_
 da Costa, no trecho entre o campo de futebol Benedito Paes Felício até o final da_x000D_
 rua”.</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/677/doc_2-10.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/677/doc_2-10.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que o mesmo seja devidamente encaminhado ao Exmo. Sr. Gustavo Melo -_x000D_
 Prefeito Municipal, ao Ilmo. Sr. Manoelito dos Dias de Rezende Neto– Secretário_x000D_
 Municipal de Administração, “Solicitando a contratação de um servidor para a_x000D_
 função de recolher animais soltos na rua ”.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/678/258_-_mariana.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/678/258_-_mariana.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano Plenário, que_x000D_
 o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal, Sr. Gustavo_x000D_
 de Melo Anicézio, ao Secretário Municipal de Saúde, Sr. Cleomar Vilela, “indicando a_x000D_
 contratação ou o remanejamento de um psicólogo para atendimento individual</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/679/doc_2-9.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/679/doc_2-9.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito de Alto Araguaia-MT, Sr. Gustavo Melo de Anicézio_x000D_
 e a Secretária Municipal de Educação – Srª Paula Regina Niedermeier Fraga solicitando_x000D_
 a concessão de mais 40 notebooks para os docentes da Rede Municipal de Ensino.</t>
   </si>
   <si>
     <t>1637</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>Fabiano do Gás, Silvio Maia, Suzana Paniago</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1637/doc_2-8.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1637/doc_2-8.pdf</t>
   </si>
   <si>
     <t>Sr. Gustavo de Melo Anicezio, com cópia ao Secretário de Obras, _x000D_
 Infraestruturas-Transporte e Frotas Sr. Milton Fernandes de Lima “solicitando _x000D_
 que sejam colocados alguns bancos com encosto na Praça da Iereja Matriz”.</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/680/doc_2-7.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/680/doc_2-7.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo de Melo Anicézio e ao Secretário de_x000D_
 Infraestrutura Sr. Milton Lima, solicitando a instalação de meio-fio travessado no final da_x000D_
 Rua 27, bairro Vila Aeroporto.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/681/doc_2-6.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/681/doc_2-6.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo de Melo Anicézio e ao Secretário de_x000D_
 Infraestrutura Sr. Milton Lima, solicitando a instalação de placa orientando que é proibido_x000D_
 entrar na fonte da praça da Matriz.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/682/doc_2-5.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/682/doc_2-5.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo de Melo Anicézio e ao Secretário de_x000D_
 Infraestrutura Sr. Milton Lima, solicitando a recuperação da Rua Laura Vicuña, bairro São_x000D_
 Francisco e da estrada do assentamento Gato Preto.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>Mariana de Souza, Clodoaldo, Fabiano do Gás, Luizinho, Marcos Nunes, Marilia Maia, Marilzan, Odair Ferruja, Ricardo Barbosa, Silvio Maia, Suzana Paniago</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/683/doc_2-3-4.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/683/doc_2-3-4.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o_x000D_
 Soberano Plenário, que o mesmo seja oficiado e devidamente encaminhado_x000D_
 ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio, a Secretária_x000D_
 Municipal Finanças e Planejamento, “indicando que seja realizada a_x000D_
 aquisição de dois veículos, um para a Secretaria de Saúde e o outro para_x000D_
 o Centro de Referência Especializado de Assistência Social (CREAS)_x000D_
 com o valor devolvido pela Câmara Municipal, referente ao duodécimo_x000D_
 de 2020, ao Poder Executivo”.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/684/doc_2-1-2.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/684/doc_2-1-2.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Sr. Prefeito Municipal de Alto Araguaia/MT_x000D_
 Sr. Gustavo de Melo Anicézio e ao Secretário Municipal de Obras,_x000D_
 Infraestrutura, Transporte e Frotas Milton Fernandes de Lima, solicitando o_x000D_
 reparo de dois bueiros localizados no cruzamento das ruas Benjamin_x000D_
 Constant com Quintino Bocaiúva.</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/685/doc_1-44.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/685/doc_1-44.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito de Alto Araguaia-MT, Sr. Gustavo Melo de Anicézio_x000D_
 e ao Secretário Minicipal de Saúde – Srº. Cleomar Vilela Rodrigues solicitando_x000D_
 contratação de mais um farmacêutico para atuar na farmácia hospitalar do Hospital_x000D_
 Municipal de Alto Araguaia-MT.</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/686/doc_1-43.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/686/doc_1-43.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicézio com cópia ao Secretário Municipal de Obras,_x000D_
 Infraestrutura, Transporte e Frotas, Milton Fernandes Lima “solicitando que seja_x000D_
 realizado uma campanha de conscientização sobre o uso e respeito à faixa de_x000D_
 pedestre”.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/687/doc_1-42.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/687/doc_1-42.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicézio com cópia a Secretária Municipal de_x000D_
 Educação, Eva Carmem Vieira de Carvalho “solicitando que seja disponibilizado_x000D_
 tendas na frente das escolas e creches municipais”</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/688/doc_1-41.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/688/doc_1-41.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicezio, com cópia o Secretário de Saúde Cleomar_x000D_
 Vilela Rodrigues “ Solicitando o retorno do Programa de Cirurgias Bariátricas_x000D_
 (cirurgia de redução do estômago”</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/689/doc_1-40.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/689/doc_1-40.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal,_x000D_
 Sr. Gustavo de Melo Anicézio, e ao Secretário Municipal de Obras, Infraestrutura,_x000D_
 Transportes e Frotas, Sr. Milton Fernandes Lima, “indicando as seguintes_x000D_
 manutenções na Praça Coronel Ondino Rodrigues de Lima: construção de banheiros_x000D_
 públicos e tampar parafusos expostos em poste de energia que fica no espaço_x000D_
 reservado para a recreação infantil”</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/690/doc_1-39.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/690/doc_1-39.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal,_x000D_
 Sr. Gustavo de Melo Anicézio, e ao Secretário Municipal de Obras, Infraestrutura,_x000D_
 Transportes e Frotas, Sr. Milton Fernandes Lima, “indicando a instalação de banheiro_x000D_
 feminino e masculino na quadra poliesportiva do bairro Professora Maria das_x000D_
 Graças de Souza Pinto”</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/691/doc_1-37-38.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/691/doc_1-37-38.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal,_x000D_
 Sr. Gustavo de Melo Anicézio, e ao Secretário Municipal de Obras, Infraestrutura,_x000D_
 Transportes e Frotas, Sr. Milton Fernandes Lima, “indicando a construção de uma_x000D_
 praça em espaço vazio localizado na Rua Caviúna, do Bairro Professora Maria das_x000D_
 Graças</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/692/doc_1-36.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/692/doc_1-36.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Sr. Prefeito Municipal de Alto Araguaia/MT_x000D_
 Sr. Gustavo de Melo Anicézio e ao Secretário Municipal de Obras,_x000D_
 Infraestrutura, Transporte e Frotas Sr. Milton Fernandes de Lima, solicitando a_x000D_
 implantação de bueiro na rua João A. Ferreira “João II”.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>Marilia Maia, Luizinho</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/693/doc_1-35.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/693/doc_1-35.pdf</t>
   </si>
   <si>
     <t>Os Vereadores Marília Maia Rabello Queiroz, partido PP e Luiz Carlos_x000D_
 Machado Júnior MDB, com assento nesta Casa, de conformidade com o artigo 103,_x000D_
 parágrafo único do Regimento Interno, a pedido dos munícipes de Alto Araguaia-MT,_x000D_
 requeiro à Mesa que este expediente seja encaminhado ao Exmo. Senhor GUSTAVO_x000D_
 MELO DE ANICÉZIO, Prefeito Municipal, e aos Senhores CLEOMAR VILELA_x000D_
 RODRIGUES Secretário Municipal de Saúde, e o WELTON VILELA CARDOSO_x000D_
 Secretário Municipal Finanças e Planejamento “Solicitamos que o Poder Executivo_x000D_
 estude a viabilidade de isentar o pagamento de IPTU aos nossos_x000D_
 munícipes portadores de doenças como HIV e Câncer”.</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/694/doc_1-34.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/694/doc_1-34.pdf</t>
   </si>
   <si>
     <t>Os Vereadores Marília Maia Rabello Queiroz, partido PP e Luiz Carlos_x000D_
 Machado Júnior MDB, com assento nesta Casa, de conformidade com o artigo 103,_x000D_
 parágrafo único do Regimento Interno, a pedido dos munícipes de Alto Araguaia-MT,_x000D_
 requeiro à Mesa que este expediente seja encaminhado ao Exmo. Senhor GUSTAVO_x000D_
 MELO DE ANICÉZIO, Prefeito Municipal, e ao Senhor MILTON FERNANDES_x000D_
 LIMA Secretário Municipal de Obras, Infraestrutura, Transporte e Frotas,_x000D_
 “Solicitamos a colocação de braços com luminárias e a troca das lâmpadas_x000D_
 queimadas no Bairro Jardim Novo Araguaia em nossa cidade”.</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/695/doc_1-33.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/695/doc_1-33.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito, Gustavo de Melo Anicézio, ao Secretário Municipal_x000D_
 de Administração - Sr. Manoelito dos Dias de Rezende Neto e ao Chefe do Departamento_x000D_
 de Agua e Esgoto (DIVAES) - Sr. Tiago Garcia, “Sugerindo que os cortes de fornecimento_x000D_
 água sejam feitos mediante aviso prévio escrito da DIVAES ao contribuinte, de no_x000D_
 mínimo três dias úteis de antecedência, devendo este aviso ter o ciente do_x000D_
 contribuinte”</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/696/doc_1-32.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/696/doc_1-32.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe expediente_x000D_
 ao Exmo. Sr. Prefeito Municipal de Alto Araguaia/MT Sr. Gustavo de Melo Anicésio, solici_x0002_tando a disponibilização de acesso gratuito à internet através de sinal de Wi-Fi, nas_x000D_
 praças e parques municipais no município de Alto Araguaia – MT.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/697/doc_1-30-31.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/697/doc_1-30-31.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal,_x000D_
 Sr. Gustavo de Melo Anicézio, e ao Secretário Municipal de Obras, Infraestrutura,_x000D_
 Transportes e Frotas, Sr. Milton Fernandes Lima, “indicando a construção de pontos_x000D_
 de ônibus cobertos e com bancos para atender os alunos da rede municipal de_x000D_
 educação que utilizam o transporte municipal”</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/698/doc_1-29.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/698/doc_1-29.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicézio, com cópia ao Secretário Municipal de_x000D_
 Administração, Cultura e Comércio, Manoelito dos Dias de Rezende Neto_x000D_
 “solicitando a realização de campanha com divulgação local da importância de_x000D_
 os munícipes atenderem os recenseadores do IBGE para a realização do censo”.</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/699/doc_1-28.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/699/doc_1-28.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicézio, com cópia ao Secretário Municipal de Obras,_x000D_
 Infraestrutura, Transporte e Frotas, Milton Fernandes Lima “solicitando a_x000D_
 implantação de placas informativas em pontes”</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/700/doc_1-26-27.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/700/doc_1-26-27.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicézio, com cópia a Secretária Municipal de_x000D_
 Esportes, Cultura, Lazer e Turismo, Sra. Eva Carmem Vieira de Carvalho,_x000D_
 “solicitando a aquisição e distribuição de materiais esportivos para_x000D_
 disponibilizar ao esporte amador do município”.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/701/doc_1-25.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/701/doc_1-25.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Exmo. Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicézio com cópia ao Secretário de Saúde – Sr._x000D_
 Cleomar Vilela Rodrigues. “Sugerindo a aquisição de dois assentos infantis –_x000D_
 cadeirinhas de segurança para crianças de até 7 (sete) anos, com o propósito de_x000D_
 instalar no ônibus que levam os pacientes até Rondonópolis”.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/702/doc_1-24.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/702/doc_1-24.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo e ao Secretário de Saúde,_x000D_
 Senhor Cleomar Vilela Rodrigues. Nesta indicação, “Solicitamos que o município_x000D_
 realize convênios com hospitais particulares para realização de cirurgia de_x000D_
 mamoplastia redutora nas mulheres de baixa renda e que apresente problemas_x000D_
 emocionais ou físicos decorrente do tamanho dos seios”</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/703/doc_1-22.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/703/doc_1-22.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de_x000D_
 Infraestrutura Sr. Milton Lima, solicitando a instalação de um bueiro na Rua Adalcy da_x000D_
 Conceição Rodrigues, próximo a chácara do Sr. Quinca.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/704/doc_1-21.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/704/doc_1-21.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o_x000D_
 Soberano Plenário, que o mesmo seja aprovado e devidamente encaminhado_x000D_
 ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio, com cópia ao Secretário_x000D_
 de Obras Sr. Milton Lima, “Solicitando serviço de pavimentação e meio-fio_x000D_
 com urgência na parte de baixo da Rua Contorno, onde está correndo_x000D_
 bastante água, o que está causando erosão às margens de um afluente do_x000D_
 Rio Boiadeiro e consequente assoreamento do córrego”.</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/705/doc_1-19.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/705/doc_1-19.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovada e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicézio com cópia ao Secretário Municipal de Obras,_x000D_
 Infraestrutura, Transporte e Frotas, Milton Fernandes Lima e ao Secretário Municipal_x000D_
 de Finanças e Planejamento, Welton Vilela Cardoso “solicitando que seja realizado_x000D_
 um conjunto de orientações e melhorias direcionadas a fiscalização e vistorias_x000D_
 de obras no município”</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/706/doc_1-18.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/706/doc_1-18.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, requer à Mesa Ouvido o Soberano Plenário,_x000D_
 que a mesma seja aprovada e devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo_x000D_
 de Melo Anicezio, com cópia o Secretário de Saúde Cleomar Vilela Rodrigues “ Sugerindo_x000D_
 para a Prefeitura a instalação de algumas CAIXINHAS DE SUGESTÕES em todos os_x000D_
 DEPARTAMENTOS DE SAÚDE PÚBLICA do nosso Município”.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/707/doc_1-17.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/707/doc_1-17.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo, e ao secretário de_x000D_
 Infraestrutura, Obras e Serviços Urbanos, Sr. Milton Lima, a “Solicitação de_x000D_
 intensificação do serviço de iluminação pública na Avenida Contorno, localizada no_x000D_
 Bairro Professora Maria das Graças de Souza Pinto.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/708/doc_1-16.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/708/doc_1-16.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo e ao Secretário de_x000D_
 Administração, Sr. Manoelito dos Dias de Rezende Neto, “solicitando que a_x000D_
 elaboração da Lei Orçamentária do município tenha a participação popular, ou seja,_x000D_
 que seja instituído no município o orçamento participativo.</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/709/doc_1-15.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/709/doc_1-15.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal de Alto Araguaia / MT Sr. Gustavo de Melo_x000D_
 Anicésio e ao Sr. Milton Fernandes de Lima - Secretário Municipal de Obras, Infraestrutura,_x000D_
 Transporte e Frotas, “a necessidade de realizar a distribuição de Equipamentos de_x000D_
 Proteção Individual - EPIs aos catadores de lixo (garis) no Município de Alto Araguaia,_x000D_
 Estado de Mato Grosso”</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/710/doc_1-13-14.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/710/doc_1-13-14.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal de Alto Araguaia / MT Sr. Gustavo de_x000D_
 Melo Anicésio e ao Sr. Cleomar Vilela Rodrigues - Secretário Municipal de Saúde, “a_x000D_
 implantação de um sistema de pesquisa de satisfação voluntária nos PSFs e no_x000D_
 Hospital Municipal no Município de Alto Araguaia, Estado de Mato Grosso”.</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/711/doc_1-10.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/711/doc_1-10.pdf</t>
   </si>
   <si>
     <t>Senhora Presidente, apresento-lhe, nos termos no artigo 100 do_x000D_
 Regimento Interno desta Casa Leis, a presente indicação, a ser encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo, e a secretária de Educação, Srª. Eva Carmem Vieira de_x000D_
 Carvalho, sugerindo a concessão, aos profissionais da educação básica com recursos_x000D_
 do Fundo de Manutenção da Educação Básica e de Valorização dos Profissionais_x000D_
 da Educação - FUNDEB, abono pecuniário, como medida excepcional, para fins de_x000D_
 cumprimento do disposto no inciso XI, do artigo 212-A, da Constituição Federal.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>Mariana de Souza, Fabiano do Gás</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/712/doc_1-9.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/712/doc_1-9.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja oficiado e devidamente encaminhado ao Prefeito Municipal,_x000D_
 Sr. Gustavo de Melo Anicézio, ao Secretário Municipal de Finanças, Sr. Welton Vilela_x000D_
 Cardoso e à Secretária Municipal de Educação, Sra. Eva Carmem Vieira de Carvalho,_x000D_
 “sugerindo que analisem a viabilidade de ser elaborado um Projeto de Lei e_x000D_
 encaminhado a esta Casa, autorizando que os recursos do Fundeb não efetivamente_x000D_
 utilizados no desenvolvimento da Educação Básica sejam integralmente utilizados_x000D_
 para o pagamento de profissionais do magistério em efetivo exercício da função”.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/713/doc_1-8.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/713/doc_1-8.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e o Secretário de_x000D_
 Infraestrutura Sr. Milton Lima, solicitando uma operação tapa-buracos na Rua Domiciano_x000D_
 Alves de Oliveira</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/714/doc_1-7.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/714/doc_1-7.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicézio,_x000D_
 e a Secretária Municipal de Educação, Cultura, Esporte, Lazer e Turismo, Srª. Eva_x000D_
 Carmen Vieira de Carvalho”, Solicitando a reativação da Coordenadoria Municipal_x000D_
 do Turismo de Alto Araguaia, juntamente com a nomeação de um representante para_x000D_
 exercer a seguinte função: Coordenador Municipal do Turismo.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/715/doc_1-6.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/715/doc_1-6.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Prefeito de Alto Araguaia – MT Sr. Gustavo de Melo Anicézio e_x000D_
 ao Secretário de Obras, Infraestrutura, Transporte e Frotas Sr. Milton Fernandes de_x000D_
 Lima solicitando que seja feito um quebra-molas na Rua Pedro Alvares Cabral, em_x000D_
 frente a Delegacia Regional</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>Silvio Maia, Fabiano do Gás, Suzana Paniago</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/716/doc_1-5.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/716/doc_1-5.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo, e ao secretário de_x000D_
 Administração, Sr. Manoelito dos Dias de Rezende Neto, “Solicitando que sejam_x000D_
 realizadas manutenções em todos os bebedouros dos Postos de Saúde da Família_x000D_
 (PSF’S) e demais órgãos de públicos de Alto Araguaia.”</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/717/doc_1-4.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/717/doc_1-4.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo, e a Secretária Municipal de_x000D_
 Assistência e Desenvolvimento Social, Sra. Priscila Dourado Martins, a “Solicitação da_x000D_
 aquisição de cadeiras longarinas e uma mesa de apoio a serem instalados na_x000D_
 recepção da Secretaria Municipal de Assistência e Desenvolvimento Social.”</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/718/doc_1-3.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/718/doc_1-3.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo, e a Secretária Municipal de_x000D_
 Assistência e Desenvolvimento Social, Sra. Priscila Dourado Martins, a “Solicitação da_x000D_
 volta da doação de filtros de barros para a população de baixa renda de Alto_x000D_
 Araguaia/MT.”</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/719/doc_1-2.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/719/doc_1-2.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, nos termos do art. 100 do_x000D_
 Regimento Interno, requer à Presidente que esta indicação seja devidamente_x000D_
 encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo e a Secretária de Educação,_x000D_
 Sra. Eva Carmem Vieira de Carvalho, “ a Solicitação de aulas de reforço para os_x000D_
 alunos da rede municipal de ensino, a seguir o exemplo da Escola Maria Júlia de_x000D_
 Almeida.”</t>
   </si>
   <si>
     <t>1638</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1638/doc_1-1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1638/doc_1-1.pdf</t>
   </si>
   <si>
     <t>“Solicitando a presença de monitores nos ônibus de transporte _x000D_
 age escolar de Alto Arâguaia/MT”</t>
   </si>
   <si>
     <t>1724</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1724/doc_3-38.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1724/doc_3-38.pdf</t>
   </si>
   <si>
     <t>desapropriação do terreno da Simarelli Distribuidora de _x000D_
 Derivados de Petróleo Ltda., localizado na Rua Guilherme Gonçalves Berigo, Bairro _x000D_
 Gabiroba, Lote 04, Quadra 066.</t>
   </si>
   <si>
     <t>1725</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1725/doc_3-32-37.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1725/doc_3-32-37.pdf</t>
   </si>
   <si>
     <t>“solicitando ações no sentido de organizar a composição do Conselho _x000D_
 Municipal dos Direitos da Mulher”,</t>
   </si>
   <si>
     <t>1726</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1726/doc_3-31.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1726/doc_3-31.pdf</t>
   </si>
   <si>
     <t>“Solicitando a construção de um monumento em forma de queijo cabacinha na _x000D_
 entrada de nosso município”</t>
   </si>
   <si>
     <t>1727</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1727/doc_3-30.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1727/doc_3-30.pdf</t>
   </si>
   <si>
     <t>“Solicitando operação tapa buracos emergen cial em todas ruas e avenidas do _x000D_
 nosso município, devido aos efeitos do período chuvoso”,</t>
   </si>
   <si>
     <t>1728</t>
   </si>
   <si>
     <t>Odair Ferruja, Ricardo Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1728/doc_3-29.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1728/doc_3-29.pdf</t>
   </si>
   <si>
     <t>“Solicitando manutenção na pavimentação asfáltica na Rua Guilherme _x000D_
 Gonçalves Berigo, no trecho logo abaixo do Açougue Dois Amigos e próximo ao _x000D_
 quebra-molas na esquina com Marechal Floriano Peixoto, os quais estão com _x000D_
 ondulações e afundando o asfalto”.</t>
   </si>
   <si>
     <t>1729</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/</t>
   </si>
   <si>
     <t>“Solicitando a _x000D_
 disponibilização de um espaço para a prática de som automotivo e a edificação de _x000D_
 uma pista para manobras motociclistas, tendo como sugestão de local, terreno junto a _x000D_
 Orla do Rio Araguaia, no Bairro Gabiroba”,</t>
   </si>
   <si>
     <t>1730</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1730/doc_3-27.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1730/doc_3-27.pdf</t>
   </si>
   <si>
     <t>Solicitando a divulgação diária, _x000D_
 da lista de vacinados contra a COVID 19 em nosso município, com nome, CPF, local _x000D_
 onde foi feita a imunização, função exercida e local onde a exerce no Portal _x000D_
 Transparência do Poder Executivo e nas redes sociais do mesmo”.</t>
   </si>
   <si>
     <t>1731</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1731/doc_3-26.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1731/doc_3-26.pdf</t>
   </si>
   <si>
     <t>“solicitando o serviço de recapeamento da Rua Laura Vicunã, no Bairro São _x000D_
 Francisco”,</t>
   </si>
   <si>
     <t>1732</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1732/doc_3-25.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1732/doc_3-25.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja mantido um _x000D_
 estoque de medicamentos da farmácia básica na Farmácia do Hospital Municipal.</t>
   </si>
   <si>
     <t>1733</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1733/doc_3-24.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1733/doc_3-24.pdf</t>
   </si>
   <si>
     <t>“Solicitando a instalação de um _x000D_
 Posto de Coleta de Exames Laboratoriais na parte alta da cidade”,</t>
   </si>
   <si>
     <t>1734</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1734/doc_3-23.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1734/doc_3-23.pdf</t>
   </si>
   <si>
     <t>Solicitação da _x000D_
 construção de uma casa nas proximidades da central de captação de“água para o senhor _x000D_
 João Maria Severo dos Anjos. servidor público do município, residir enquanto estiver _x000D_
 desempenhando as funções de vigia junta à central.</t>
   </si>
   <si>
     <t>1735</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1735/doc_3-22.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1735/doc_3-22.pdf</t>
   </si>
   <si>
     <t>Solicitação de aquisição _x000D_
 de 130 (cento e trinta) computadores para atender as demandas das escolas do nosso _x000D_
 município.</t>
   </si>
   <si>
     <t>1736</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1736/doc_3-21.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1736/doc_3-21.pdf</t>
   </si>
   <si>
     <t>Solicitação de informações sobre o Revisão Geral Anual (RGA)sque deve ser concedida _x000D_
 aos servidores públicos, nos termos do inciso X do art. 37 da Constituição Federal, pois, _x000D_
 até o momento; não foi enviado pelo Executivo o projeto de lei para viabilizar a concessão _x000D_
 do reajuste.</t>
   </si>
   <si>
     <t>1737</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1737/doc_3-20.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1737/doc_3-20.pdf</t>
   </si>
   <si>
     <t>“Solicitando serviço de reparo e manutenção na iluminação do Ginásio _x000D_
 Samitão”.</t>
   </si>
   <si>
     <t>1738</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1738/doc_3-19.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1738/doc_3-19.pdf</t>
   </si>
   <si>
     <t>“Solicitando a instalação de um ponto de internet na Vila da Colônia do _x000D_
 Ariranha”.</t>
   </si>
   <si>
     <t>1739</t>
   </si>
   <si>
     <t>“requerendo informação de estudo sobre a área localizada próxima a rua: _x000D_
 Leocádio Ribeiro-Teles, esquina com a rua: 19 dando possível acesso a rua: 20, frente _x000D_
 a academia ao ar livre no Bairro: Vila Aeroporto Alto Araguaia-MT”.</t>
   </si>
   <si>
     <t>1740</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1740/doc_3-15-17.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1740/doc_3-15-17.pdf</t>
   </si>
   <si>
     <t>a regulamentação de identificação de ruas, endereços e identificações _x000D_
 numéricas nas casas.</t>
   </si>
   <si>
     <t>1741</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1741/doc_3-14.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1741/doc_3-14.pdf</t>
   </si>
   <si>
     <t>“requerendo/a manutenção, reparos e a revitalização da Praça Tiradentes , no _x000D_
 Bairro Boiadeiro”,</t>
   </si>
   <si>
     <t>1742</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1742/doc_3-13.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1742/doc_3-13.pdf</t>
   </si>
   <si>
     <t>“Solicitando que sejam feitos manutenção e _x000D_
 reparos nas ruas não pavimentadas e limpeza nas ruas do bairro Caminho das Águas”.</t>
   </si>
   <si>
     <t>1743</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1743/doc_3-12.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1743/doc_3-12.pdf</t>
   </si>
   <si>
     <t>“Solicitando a doação de caixas _x000D_
 de água para famílias carentes de nosso município.</t>
   </si>
   <si>
     <t>1744</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1744/doc_3-11.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1744/doc_3-11.pdf</t>
   </si>
   <si>
     <t>“Solicitando a implantação» de. um"sistema de produção de energia solar para _x000D_
 atender as instalações públicas municipais em nossa cidade.</t>
   </si>
   <si>
     <t>1745</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1745/doc_3-10.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1745/doc_3-10.pdf</t>
   </si>
   <si>
     <t>“que _x000D_
 ur nos deem uma posição em relação ao andamento da construção do Centro da Melhor _x000D_
 Idade”,</t>
   </si>
   <si>
     <t>1746</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1746/doc_3-9.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1746/doc_3-9.pdf</t>
   </si>
   <si>
     <t>para que seja feita o serviço de limpeza nas _x000D_
 margens da Rua Abílio Siqueira (que faz acesso ao córrego Aninha), pois _x000D_
 no local se faz presente o acúmulo de lixo despejado pela população das _x000D_
 proximidades. _x000D_
 Esse acúmulo de lixo que ali se faz traz um mal aspecto, praga, _x000D_
 doenças e também acaba motivando o descarte de lixo no local.</t>
   </si>
   <si>
     <t>1747</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1747/doc_3-8.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1747/doc_3-8.pdf</t>
   </si>
   <si>
     <t>requerendo informações sobre Loteamento Vista do Araguaia.</t>
   </si>
   <si>
     <t>1748</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1748/doc_3-7.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1748/doc_3-7.pdf</t>
   </si>
   <si>
     <t>Solicitando.recuperação da iluminação, pintura, e alambrado das quadras poliesportiva-do bairro Professora Maria das Graças e quadra do Nu bairro boiadeiro.</t>
   </si>
   <si>
     <t>1749</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1749/doc_3-5-6.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1749/doc_3-5-6.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe _x000D_
 expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicézio e ao _x000D_
 Secretário Municipal de Obras, Infraestrutura, Transporte e Frotas Milton Fernandes de Lima _x000D_
 sobre o cumprimento da Lei Nº 597/90 (alterada no Art, 84 e 148), instituído no CÓDIGO _x000D_
 DE POSTURAS DE ALTO ARAGUAIA-MT.</t>
   </si>
   <si>
     <t>1750</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1750/doc_3-4.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1750/doc_3-4.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, ouvido o Plenário, cumprindo as _x000D_
 formalidades legais e regimentais, vem Requerer do Prefeito Municipal, o _x000D_
 Sr. Gustavo Melo de Anicézio, e ao Secretário de Obras, Infraestrutura, Sr. _x000D_
 Milton Fernandes de Lima, para que seja feita uma obra de reparo a uma _x000D_
 erosão causada pelas chuvas na Rua João Manoel do Nascimento. _x000D_
 O dano causado na via pode acabar por inviabilizar o trânsito, além _x000D_
 do grande risco de acidente que ele apresenta. Como também estamos no _x000D_
 período chuvoso pode-se ocorrer o aumento desta erosão devido ao _x000D_
 deslocamento do solo causado pelas enxurradas.</t>
   </si>
   <si>
     <t>1751</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1751/doc_3-3.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1751/doc_3-3.pdf</t>
   </si>
   <si>
     <t>“Solicitando a retomada das instalações de mata-burros de _x000D_
 “us ferro nas estradas 'da Zona Rural, especialmente onde tem transportes _x000D_
 escolar”.</t>
   </si>
   <si>
     <t>1752</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1752/doc_3-1-2.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1752/doc_3-1-2.pdf</t>
   </si>
   <si>
     <t>1753</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1753/doc_2-48.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1753/doc_2-48.pdf</t>
   </si>
   <si>
     <t>“requerendo oretorno do lanche que era servido para todos os pacientes que pegam o _x000D_
 transporte para Rondonópolis-MT”.,</t>
   </si>
   <si>
     <t>1754</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1754/doc_2-47.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1754/doc_2-47.pdf</t>
   </si>
   <si>
     <t>“REQUER providências junto a Concessionária de Energia Elétrica de _x000D_
 nosso Município (Energisa), para viabilizar a instalação de postes de energia _x000D_
 elétrica na Rua Cuiabá, entre as Ruas 28 e 30 no Bairro Nossa Senhora _x000D_
 Aparecida”.</t>
   </si>
   <si>
     <t>1755</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1755/doc_2-46.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1755/doc_2-46.pdf</t>
   </si>
   <si>
     <t>“requerendo que seja tomada _x000D_
 providências para que volte a ser entregue o kit da merenda escolar o mais rápido _x000D_
 possível.”.</t>
   </si>
   <si>
     <t>1756</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1756/doc_2-45.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1756/doc_2-45.pdf</t>
   </si>
   <si>
     <t>para que seja feito a recolocação dos blocos de _x000D_
 meio-fio em nossas vias públicas. _x000D_
 Devido às chuvas alguns blocos acabaram se desfazendo ou _x000D_
 também sendo realocados pelas enxurradas deixando as vias com aparência _x000D_
 de abandono.</t>
   </si>
   <si>
     <t>1757</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1757/doc_2-44.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1757/doc_2-44.pdf</t>
   </si>
   <si>
     <t>"Solicitando aumento do fornecimento de cestas básicas para população carente de nosso município”.</t>
   </si>
   <si>
     <t>1758</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1758/doc_2-43.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1758/doc_2-43.pdf</t>
   </si>
   <si>
     <t>“Solicitando que sejam feitos _x000D_
 a manutenção da iluminação e pintura da quadra esportiva da Praça do _x000D_
 Boiadeiro.” _x000D_
 Justificativa</t>
   </si>
   <si>
     <t>1759</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1759/doc_2-42.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1759/doc_2-42.pdf</t>
   </si>
   <si>
     <t>“Requerendo _x000D_
 informações sobre a retomada da obra da Creche Pro-infância Tipo B, denominada Dina _x000D_
 Thereza Hugueney de Almeida, localizada no Bairro Vila Aeroporto.</t>
   </si>
   <si>
     <t>1760</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1760/doc_2-41.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1760/doc_2-41.pdf</t>
   </si>
   <si>
     <t>“Solicitando;, que a prefeitura crie um programa de _x000D_
 regularização fundiária, através de processo licitatório”.</t>
   </si>
   <si>
     <t>1761</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1761/doc_2-40.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1761/doc_2-40.pdf</t>
   </si>
   <si>
     <t>“a _x000D_
 Solicitação de informações sobre a quantidade de pessoas que foram excluídas do _x000D_
 programa feijão no fogo ou teve o benefício suspenso neste ano de 2021, os nomes das _x000D_
 pessoas excluídas e suspensas, os atos administrativos que excluíram e suspenderam, _x000D_
 devidamente motivado, na forma da Lei, bem como cópia da Lei que instituiu o _x000D_
 programa no município atualizada.”</t>
   </si>
   <si>
     <t>1762</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1762/doc_2-39.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1762/doc_2-39.pdf</t>
   </si>
   <si>
     <t>“Solicitando a instalação _x000D_
 de um redutor de velocidade na Rua Dr. Jose Morbeck esquina com a Rua _x000D_
 Onildo Taveira”.</t>
   </si>
   <si>
     <t>1763</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1763/doc_2-37-38.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1763/doc_2-37-38.pdf</t>
   </si>
   <si>
     <t>Solicitação de informações sobre a quantidade de pessoas que foram excluídas do _x000D_
 programa feijão no fogo ou teve o benefício suspenso neste ano de 2021, os nomes das _x000D_
 pessoas excluídas e suspensas, os atos administrativos que excluíram e suspenderam, _x000D_
 devidamente motivado, na forma da Lei, bem como cópia da Lei que instituiu o _x000D_
 programa no município atualizada.”</t>
   </si>
   <si>
     <t>1764</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1764/doc_2-34-35.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1764/doc_2-34-35.pdf</t>
   </si>
   <si>
     <t>1765</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1765/doc_2-33.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1765/doc_2-33.pdf</t>
   </si>
   <si>
     <t>equeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe _x000D_
 expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicézio e ao _x000D_
 Secretário Municipal de Obras, Infraestrutura, Transporte e Frotas Milton Fernandes de _x000D_
 Lima, requerendo informações sobre o funcionamento da ETE (Estação de Tratamento _x000D_
 de Esgoto) no bairro Gabiroba. _x000D_
 Considerando os impactos ambientais e de saúde pública causados devido a _x000D_
 emissão de gases e despejo de esgoto sem tratamentos nos recursos hídricos. _x000D_
 REQUEIRO que, nos termos do Excelentíssimo Senhor Prefeito Municipal para _x000D_
 que encaminhe a esta Casa de Leis as seguintes informações sobre o funcionamento da _x000D_
 BETE. _x000D_
 e Nome dos operadores ce frequência de acompanhamento junto a ETE; _x000D_
 e Quais parâmetros físico. fisico-químicos e microbiológicos estão sendo _x000D_
 analisados como variáveis de controle da ETE; _x000D_
 e Seo queimador de gás está funcionando;</t>
   </si>
   <si>
     <t>1766</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1766/doc_2-32.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1766/doc_2-32.pdf</t>
   </si>
   <si>
     <t>“a Solicitação de _x000D_
 informações sobre a quantidade de pessoas que foram excluídas do programa feijão no _x000D_
 fogo ou teve o benefício suspenso neste ano de 2021, até a presente data (28/04/2021) os _x000D_
 nomes das pessoas excluídas e suspensas, os endereços mantidos no cadastro das pessoas _x000D_
 excluídas e suspensas, os atos administrativos que excluíram e suspenderam, devidamente _x000D_
 motivado, na forma da Lei.”</t>
   </si>
   <si>
     <t>1767</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1767/doc_2-31.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1767/doc_2-31.pdf</t>
   </si>
   <si>
     <t>“a Solicitação de cópia _x000D_
 do projeto básicose executivo, cronograma físico e financeiro da obra que está sendo _x000D_
 executada na praça na Matriz, o contrato firmado com a empresa vencedora da _x000D_
 licitação e os termos aditivos, se houver, nota de empenho, liquidação e pagamento de _x000D_
 todas as despesas referente a esta obra.”</t>
   </si>
   <si>
     <t>1768</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1768/doc_2-30.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1768/doc_2-30.pdf</t>
   </si>
   <si>
     <t>“Solicitando a reforma, modernização e adequação sanitária da Farinheira da Associação do P.A. Gato Preto, que se encontra abandonada, devido à falta de recursos dos associados para a adequação sanitária”</t>
   </si>
   <si>
     <t>1769</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1769/doc_2-29.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1769/doc_2-29.pdf</t>
   </si>
   <si>
     <t>para que seja feita o serviço de limpeza nas margens do Estádio Antônio Afonso de Melo(Bilinão), por que no local se faz presente o acumulo de lixo. Parte da população acabou por ter que realizar o serviço de limpeza, que é de responsabilidade do Poder Público.</t>
   </si>
   <si>
     <t>1770</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1770/doc_2-28.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1770/doc_2-28.pdf</t>
   </si>
   <si>
     <t>“requerendo o _x000D_
 cumprimento da Lei nº 597/1990, Art. 148 $ ÚNICO do CÓDIGO DE POSTURA _x000D_
 DE ALTO ARAGUAIA-MT?”,</t>
   </si>
   <si>
     <t>1771</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1771/doc_2-27.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1771/doc_2-27.pdf</t>
   </si>
   <si>
     <t>requerendo informações sobre _x000D_
 o atendimento odontológico nos PSFS do município. _x000D_
 Considerando que, nesta área de atendimento específico e de fundamental _x000D_
 importância, existe a necessidade da prestação desse serviço em diferentes PSFS, _x000D_
 requeiro que, nos termos do Excelentíssimo Senhor Prefeito Municipal para que _x000D_
 encaminhe a esta Casa de Leis as seguintes informações sobre o funcionamento de _x000D_
 atendimento odontológico nos PSFS do município. _x000D_
 e PSFS que atualmente atendem tratamentos odontológicos; _x000D_
 e Horário de atendimento; _x000D_
 e Maneira de agendamento; _x000D_
 e A Prefeitura Municipal realiza acompanhamento periódico do estado de _x000D_
 conservação e funcionamento dos equipamentos odontológicos _x000D_
 instalados nos PSFS? _x000D_
 * Quais os procedimentos realizados?</t>
   </si>
   <si>
     <t>1772</t>
   </si>
   <si>
     <t>Fabiano do Gás, Luizinho, Mariana de Souza, Marilia Maia, Odair Ferruja, Ricardo Barbosa, Silvio Maia, Suzana Paniago</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1772/doc_2-25-26.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1772/doc_2-25-26.pdf</t>
   </si>
   <si>
     <t>Requeremos após ouvido o Plenário na forma Regimental, que a _x000D_
 Mesa encaminhe expediente ao Exmo. Sr. Prefeito Municipal de Alto Araguaia, Sr. _x000D_
 Gustavo de Melo Anicezio e ao Secretaria Municipal de Assistência e Desenvolvimento _x000D_
 Social, Sra. Priscila Dourado Martins, “Solicitando a lista dos 400 (quatrocentos) _x000D_
 contemplados no Programa SER Família no município.</t>
   </si>
   <si>
     <t>1773</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1773/doc_2-24.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1773/doc_2-24.pdf</t>
   </si>
   <si>
     <t>ao Prefeito _x000D_
 Municipal, Sr. Gustavo de Melo Anicezio, com cópia o Secretário de Obras, _x000D_
 Infraestrutura, Transporte e Frotas, Sr. Milton Fernandes de Lima “requerendo a _x000D_
 tomada de providências para o retorno da construção do Posto de Saúde, localizado _x000D_
 na região do Gato Preto”.</t>
   </si>
   <si>
     <t>1774</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1774/doc_2-23.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1774/doc_2-23.pdf</t>
   </si>
   <si>
     <t>Requeiro que nos termos do Excelentíssimo Senhor Prefeito Municipal para que _x000D_
 encaminhe a esta Casa de Leis as seguintes informações referentes a doação de casas _x000D_
 para famílias que moram em barracos município. _x000D_
 * Quantas casas foram construídas nos últimos quatro anos? _x000D_
 e Quantos barracos ainda existentes no município? _x000D_
 e Localização das casas doadas; _x000D_
 e Existe uma programação para novas doações?</t>
   </si>
   <si>
     <t>1775</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1775/doc_2-22.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1775/doc_2-22.pdf</t>
   </si>
   <si>
     <t>equeiro que nos termos do Excelentíssimo Senhor Prefeito Municipal para que _x000D_
 encaminhe a esta Casa de Leis as seguintes informações sobre os contratos com _x000D_
 farmácias privadas de Alto Araguaia. _x000D_
 e Atualmente existe convênios com farmácias privadas do município? Se _x000D_
 sim quais? _x000D_
 * Copia de contratação com os convênios existentes; _x000D_
 * Objeto do contrato; _x000D_
 e Valores investidos referente ao ano de 2020 e 2021 : _x000D_
 * Pagamentos efetuados e a documentação comprobatória</t>
   </si>
   <si>
     <t>1776</t>
   </si>
   <si>
     <t>“a Solicitação de _x000D_
 cópia do convênio ou qualquer outro instrumento firmado entre a prefeitura e a _x000D_
 Associação dos Acadêmicos Universitários de Alto Araguaia”.</t>
   </si>
   <si>
     <t>1777</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1777/doc_2-21.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1777/doc_2-21.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe _x000D_
 expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicézio e a Secretária _x000D_
 Municipal de Saúde Manoela Nunes de Souza, requerendo informações sobre a _x000D_
 realização de tomografia em pacientes com COVID-19. _x000D_
 Com a disseminação da infecção do COVID-19, os métodos de imagem têm _x000D_
 recebido atenção especial em pacientes com suspeita ou mesmo com diagnóstico _x000D_
 confirmado. _x000D_
 A tomografia é um dos principais meios para checar a progressão da doença, se _x000D_
 está melhorando ou piorando o estado de saúde dos pacientes que tiveram alterações _x000D_
 pulmonares, sendo assim, requeiro que nos termos do Excelentíssimo Senhor Prefeito _x000D_
 Municipal para que encaminhe a esta Casa de Leis as seguintes informações sobre a _x000D_
 realização de tomografia em pacientes que tiveram alterações pulmonares devido ao _x000D_
 COVID-19 no município. _x000D_
 e Atualmente existe convênio com algum laboratório de imagem? _x000D_
 e Quantas tomografias foram realizadas pelo munic</t>
   </si>
   <si>
     <t>1778</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1778/doc_2-20.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1778/doc_2-20.pdf</t>
   </si>
   <si>
     <t>“Solicito que seja analisado a construção de _x000D_
 banheiros adequados e separados, instalação de bebedouros e a manutenção das calçadas _x000D_
 no Cemitério Municipal de Alto Araguaia .”</t>
   </si>
   <si>
     <t>1779</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1779/doc_2-19.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1779/doc_2-19.pdf</t>
   </si>
   <si>
     <t>“Requerendo-que dê uma atenção especial para o centro de reabilitação Caio _x000D_
 Hugueney”,</t>
   </si>
   <si>
     <t>1780</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1780/doc_2-17-18.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1780/doc_2-17-18.pdf</t>
   </si>
   <si>
     <t>1781</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1781/doc_2-16.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1781/doc_2-16.pdf</t>
   </si>
   <si>
     <t>“a Solicitação de cópia _x000D_
 do projeto básico e executivo, cronograma físico e financeiro da obra que está sendo _x000D_
 executada na praça na Matriz, o contrato firmado com a empresa vencedora da _x000D_
 licitação e os termos aditivos, se houver, nota de empenho, liquidação e pagamento de _x000D_
 todas as despesas referente a esta obra.”</t>
   </si>
   <si>
     <t>1782</t>
   </si>
   <si>
     <t>Ricardo Barbosa, Fabiano do Gás</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1782/doc_2-14-15.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1782/doc_2-14-15.pdf</t>
   </si>
   <si>
     <t>“Solicitando a reativação da sala de pronto _x000D_
 atendimento dentário dentro de saúde do Posto de Saúde UBS GAIR DE _x000D_
 BARROS (BAIRRO GABIROBA). _x000D_
 Justificativa _x000D_
 O presente requerimento justifica-se uma vez que recebemos diversas _x000D_
 reclamação e cobranças dos moradores do Bairro Gabiroba em relação ao fechamento do pronto atendimento dentário no bairro. _x000D_
 Esclarecer que os atendimento e os tratamentos dentários dos moradores do bairro gabiroba está sendo realizado no Posto de Saúde Central, porem somente em caso emergencial. _x000D_
 Requeremos o esclarecimento do motivo pelo qual foi retirada do posto GAIR DE BARROS todos os equipamento dentário. ati PR</t>
   </si>
   <si>
     <t>1783</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1783/060_-_mariana_-_convertido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1783/060_-_mariana_-_convertido.pdf</t>
   </si>
   <si>
     <t>“solicitando a extensão de rede de iluminação pública na Rua 21, no Bairro Vila Aeroporto; na Rua L, no Bairro Maria das Graças; e na Avenida Araguaia, ao longo do estreito do rio Araguaia, no Bairro Gabiroba.”</t>
   </si>
   <si>
     <t>1784</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1784/doc_2-13.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1784/doc_2-13.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, ouvido o Plenário, cumprindo as formalidades legais e regimentais, vem Requerer do Prefeito Municipal, o Sr. Gustavo Melo de Anicézio, e ao Secretário de Obras, Infraestrutura, Sr. Milton Fernandes de Lima, para que entrem em contato com a empresa fornecedora de energia elétrica municipal, para que seja feito o serviço de extensão de rede nos locais (Na rua lateral a quadra Municipal da Vila Aeroporto, e na Rua Marechal Rondon as margens do Rio Araguaia). Que seja realizado também um levantamento para fins de buscar informações para realização da extensão de rede em demais localidades da cidade.</t>
   </si>
   <si>
     <t>1785</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1785/doc_2-12.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1785/doc_2-12.pdf</t>
   </si>
   <si>
     <t>solicitando informações sobre o termino da construção da praça que está sendo _x000D_
 edificada no Bairro Professora Maria das Graças de Souza Pinto”</t>
   </si>
   <si>
     <t>1786</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1786/doc_2-11.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1786/doc_2-11.pdf</t>
   </si>
   <si>
     <t>REQUEIRO que, nos termos do Excelentíssimo Senhor Prefeito Municipal para _x000D_
 que encaminhe a esta Casa de Leis as seguintes informações: _x000D_
 e Cópia do contrato e aditivos conforme a Lei Federal 8.666/93: _x000D_
 e Valor pago a empresa referente ao ano de 2020: _x000D_
 e Valor pago até a presente data de 2021; _x000D_
 Considerando o que regulamenta a Lei 4198/20, Art 3º, Inciso I aguardo a _x000D_
 resposta referente ao presente requerimento. _x000D_
 Plenário Alba Berigo. 02 de junho de 2021.</t>
   </si>
   <si>
     <t>1787</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1787/doc_2-10.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1787/doc_2-10.pdf</t>
   </si>
   <si>
     <t>solicitando informações sobre o planejamento para o combate de incêndios referente _x000D_
 ao período de seca de 2021”</t>
   </si>
   <si>
     <t>1788</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1788/doc_2-9.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1788/doc_2-9.pdf</t>
   </si>
   <si>
     <t>“requerendo _x000D_
 informações sobre O andamento da entrega de cobertores no nosso Mi unicípio”.</t>
   </si>
   <si>
     <t>1789</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1789/doc_2-8.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1789/doc_2-8.pdf</t>
   </si>
   <si>
     <t>“requerendo o extrato analítico _x000D_
 detalhado do FUNDEB.”.</t>
   </si>
   <si>
     <t>1790</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1790/doc_2-7.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1790/doc_2-7.pdf</t>
   </si>
   <si>
     <t>Explicar, etapa por etapa. o processo de distribuição de medicamentos _x000D_
 (disponíveis na farmácia central do município e também pelas farmácias _x000D_
 que possuem contrato com o município), enfatizando a logística, _x000D_
 formalidades exigidas e os critérios adotados. _x000D_
 e Informar se já está organizada e como vem sendo executada a relação _x000D_
 municipal de medicamentos essenciais, dentro da política de aquisição e _x000D_
 distribuição pela Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>1791</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1791/doc_2-6.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1791/doc_2-6.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, ouvido o Plenário, cumprindo as formalidades _x000D_
 legais e regimentais, vem Requerer do Prefeito Municipal, o Sr. Gustavo Melo de _x000D_
 Anicézio, e ao Secretário de Obras, Infraestrutura, Sr. Milton Fernandes de Lima, para _x000D_
 que seja feita o serviço de limpeza na Rua Laura Vicuíia, por que no local se faz _x000D_
 presente o acumulo de lixo despejado pela população das proximidades, como móveis _x000D_
 antigos, restos de entulho e restos de podas de arvores. _x000D_
 Esse acumulo de lixo que ali se faz presente traz um mal aspecto, e também _x000D_
 acaba motivando o descarte de lixo no local.</t>
   </si>
   <si>
     <t>1792</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1792/doc_2-5.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1792/doc_2-5.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, ouvido o Plenário, cumprindo as formalidades _x000D_
 legais e regimentais, vem Requerer do Prefeito Municipal, o Sr. Gustavo Melo de _x000D_
 Anicézio, e ao Secretário de Obras, Infraestrutura, Sr. Milton Fernandes de Lima, para _x000D_
 que seja feito o reparo da Ponte que faz acesso ao Bairro Maria das Graças. _x000D_
 Justificativa _x000D_
 Tal Indicação tem como objetivo trazer uma melhor segurança para os _x000D_
 moradores do local, a ponte apresenta varias avarias em sua cabeceira, e oferece grande _x000D_
 risco para os que ali transitam, com a falta de reparo adequado a ponte acabar se _x000D_
 deteriorando com o tempo. _x000D_
 Alto Araguaia, 17 de junho de 2021.</t>
   </si>
   <si>
     <t>1793</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1793/doc_2-4.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1793/doc_2-4.pdf</t>
   </si>
   <si>
     <t>“Solicitando que sejam feitos _x000D_
 manutenção e reparos na passarela do boiadeiro.</t>
   </si>
   <si>
     <t>1794</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1794/doc_2-3.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1794/doc_2-3.pdf</t>
   </si>
   <si>
     <t>ara que seja tomado _x000D_
 providencias em relação ao levantamento das lixeiras publicas dos moradores de nossa _x000D_
 cidade. _x000D_
 Justificativa _x000D_
 Tal Indicação tem como objetivo melhorar a o aspecto de nossa cidade, evitando com _x000D_
 que animais abandonados acabem por fazer o espalhamento do lixo em nossas vias, evitando assim _x000D_
 transtornos.</t>
   </si>
   <si>
     <t>1795</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1795/doc_2-2.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1795/doc_2-2.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, ouvido o Plenário, cumprindo as formalidades legais e _x000D_
 regimentais, vem Requerer do Prefeito Municipal, o Sr. Gustavo Melo de Anicézio, e ao Secretário _x000D_
 de Obras, Infraestrutura, Sr. Milton Fernandes de Lima, para que seja feito um estudo junto a _x000D_
 empresa de fornecimento de Energia Publica, para que seja feita a retirada da taxa de iluminação _x000D_
 publica para os moradores da Região do Cinturão Verde. _x000D_
 Justificativa _x000D_
 Tal Indicação tem como objetivo melhorar a situação dos moradores da região onde acabam por _x000D_
 pagar a taxa de fornecimento de energia no local sem ao menos fazerem o uso de uma energia de qualidade. _x000D_
 Peço também encarecidamente para que os responsáveis tomem providencias para instalação de uma rede _x000D_
 de baixa tensão para os moradores locais.</t>
   </si>
   <si>
     <t>1796</t>
   </si>
   <si>
     <t>Silvio Maia, Suzana Paniago</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1796/doc_2-1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1796/doc_2-1.pdf</t>
   </si>
   <si>
     <t>O Vereador que. o-presente subscreve, nos termos do art. 101 do _x000D_
 Regimento Interno, requer à'Mesa, ouvido o soberano plenário, que o mesmo seja aprovado e _x000D_
 devidamente encaminhado ao Prefeito Municipal, Sr. Gustavo'de Melo e à a Secretária de _x000D_
 Educação, Sra. Paula Regina Niedermeier Fraga “a Solicitação de informações, detalhadas, _x000D_
 sobre os repasses do Fundo de Manutenção e Desenvolvimento da Educação Básica _x000D_
 (FUNDEB) feitos ao município no ano de 2020, requeremos informações sobre a quantia _x000D_
 recebida pelo município, como foi gasto, preiteamos saber, também, se houve sobra deste _x000D_
 recurso e a consequente devolução no final do ano de 2020.”</t>
   </si>
   <si>
     <t>1797</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1797/doc_1-46.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1797/doc_1-46.pdf</t>
   </si>
   <si>
     <t>solicitando informações sobre o retorno dos programas sociais esportivos de nossa _x000D_
 cidade”</t>
   </si>
   <si>
     <t>1798</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1798/doc_1-45.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1798/doc_1-45.pdf</t>
   </si>
   <si>
     <t>“Solicitando que seja realizado um estudo de viabilidade, visando a _x000D_
 manutenção.e cascalhamento da estrada do Ariranha.”</t>
   </si>
   <si>
     <t>1799</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1799/doc_1-44.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1799/doc_1-44.pdf</t>
   </si>
   <si>
     <t>“a Solicitação de que seja cumprida a Lei 4.305 _x000D_
 de 29 de junho de 2021, a qual instituiu no município o programa farmácia solidária”, _x000D_
 A lei, nos incisos 1, HI, IV do art. 75, obriga o Município a realizar campanhas para _x000D_
 viabilizar os objetivos da Lei; portanto, solicitamos o fiel cumprimento da Lei _x000D_
 municipal”</t>
   </si>
   <si>
     <t>1800</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1800/doc_1-43.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1800/doc_1-43.pdf</t>
   </si>
   <si>
     <t>a “a Solicitação de _x000D_
 informações, detalhadas, sobre o que foi ou o que está sendo discutido entre a _x000D_
 Prefeitura e a Associação dos Acadêmicos Universitários de Alto Araguaia, uma vez _x000D_
 que há vários rumores sobre este assunto na cidade.”</t>
   </si>
   <si>
     <t>1801</t>
   </si>
   <si>
     <t>Mariana de Souza, Ricardo Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1801/doc_1-42.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1801/doc_1-42.pdf</t>
   </si>
   <si>
     <t>“solicitando a _x000D_
 limpeza do cemitério da Distrito do Buriti”</t>
   </si>
   <si>
     <t>1802</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1802/doc_1-41.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1802/doc_1-41.pdf</t>
   </si>
   <si>
     <t>“solicitando a _x000D_
 limpeza de bueiros nas ruas: Antonio Aires Fávero, Benjamin Constant e Quintino _x000D_
 Bocaitva”</t>
   </si>
   <si>
     <t>1803</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1803/doc_1-40.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1803/doc_1-40.pdf</t>
   </si>
   <si>
     <t>cópia da resposta dada ao Oficio _x000D_
 Nº 29/2021 protocolizado pelo Sindicato dos Servidores Públicos Municipais de _x000D_
 Alto Araguaia. _x000D_
 Considerando o que regulamenta a Lei 4198/20, Art 3º, Inciso |, aguardo _x000D_
 a resposta referente ao presente requerimento.</t>
   </si>
   <si>
     <t>1804</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1804/doc_1-39.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1804/doc_1-39.pdf</t>
   </si>
   <si>
     <t>solicitando-lhes informações _x000D_
 referente solução adotada para o acesso dos moradores da Região do Recanto _x000D_
 do Boiadeiro.</t>
   </si>
   <si>
     <t>1805</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1805/doc_1-38.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1805/doc_1-38.pdf</t>
   </si>
   <si>
     <t>“requerendo providências quanto ao retorno do _x000D_
 fornecimento de internet para a Biblioteca Municipal”.</t>
   </si>
   <si>
     <t>1806</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1806/doc_1-37.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1806/doc_1-37.pdf</t>
   </si>
   <si>
     <t>para que seja efetuada a _x000D_
 compra de materiais elétricos para a manutenção da iluminação pública.</t>
   </si>
   <si>
     <t>1807</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1807/doc_1-36.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1807/doc_1-36.pdf</t>
   </si>
   <si>
     <t>para que seja colocada as proteções das faixas _x000D_
 luminosas de identificação das escolas Adalçy da Conceição Rodrigues, Maria Júlia de _x000D_
 Almeida, Lourença Afonso de Melo e Creche Izoldina de Castro Maia.</t>
   </si>
   <si>
     <t>1808</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1808/doc_1-35.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1808/doc_1-35.pdf</t>
   </si>
   <si>
     <t>para que seja recolocada a _x000D_
 massa asfáltica da Rua 24 de fevereiro, esquina com a Rua Quintino Bocaiuva, pois se _x000D_
 formou uma ondulação nesta parte da via.</t>
   </si>
   <si>
     <t>1809</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1809/doc_1-34.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1809/doc_1-34.pdf</t>
   </si>
   <si>
     <t>para que seja feito um tapa_x0002_buraco sobre a Rua A, que liga os bairros Nossa senhora Aparecida a Rua 21.</t>
   </si>
   <si>
     <t>1810</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1810/doc_1-33.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1810/doc_1-33.pdf</t>
   </si>
   <si>
     <t>A atualização cadastral dos domicílios do município de Alto Araguaia, a fim _x000D_
 de sanar inconsistência existente entre o endereço constante na sede da casa e o _x000D_
 constante no talão de água emitido pela DIVAES.”</t>
   </si>
   <si>
     <t>1811</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1811/doc_1-32.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1811/doc_1-32.pdf</t>
   </si>
   <si>
     <t>solicitando-lhes informações referente a previsão de conclusão da Orla às _x000D_
 margens do Rio Araguaia na Avenida Araguaia. _x000D_
 e Qual a programação de conclusão na infraestrutura da Orla (iluminação _x000D_
 e sistema de proteção e restrições às margens do rio)? _x000D_
 e Existe um cronograma da obra?</t>
   </si>
   <si>
     <t>1812</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1812/doc_1-31.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1812/doc_1-31.pdf</t>
   </si>
   <si>
     <t>“asfalto para o loteamento Vista do Araguaia, no Bairro Jardim Novo _x000D_
 Araguaia”</t>
   </si>
   <si>
     <t>1813</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1813/doc_1-30.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1813/doc_1-30.pdf</t>
   </si>
   <si>
     <t>“para que arrume a depressão existente na pista no cruzamento da Rua Silvio _x000D_
 José de Castro Maia com a Rua 24 de Fevereiro</t>
   </si>
   <si>
     <t>1814</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1814/doc_1-29.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1814/doc_1-29.pdf</t>
   </si>
   <si>
     <t>1815</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1815/doc_1-28.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1815/doc_1-28.pdf</t>
   </si>
   <si>
     <t>REQUEIRO que, nos termos do Excelentíssimo Senhor Prefeito Municipal para _x000D_
 que encaminhe a esta Casa de Leis as seguintes informações: _x000D_
 e Existe algum cronograma para futuras reformas das praças do município? _x000D_
 e Sendo positiva a resposta referente a pergunta supramencionadas, _x000D_
 solicito que envie a essa Casa os cronogramas de reforma.</t>
   </si>
   <si>
     <t>1816</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1816/doc_1-27.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1816/doc_1-27.pdf</t>
   </si>
   <si>
     <t>Solicitando a Volta das atividades do _x000D_
 parque mundeçal: com à contratação de um profissional de pducação:h física.</t>
   </si>
   <si>
     <t>1817</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1817/doc_1-26.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1817/doc_1-26.pdf</t>
   </si>
   <si>
     <t>“Solicitando a volta das escolinhas _x000D_
 esportivas da nossaGidade.</t>
   </si>
   <si>
     <t>1818</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1818/doc_1-25.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1818/doc_1-25.pdf</t>
   </si>
   <si>
     <t>“Solicitando que a retroescavadeira (de pneu), adquirida para prestar atendimento à agricultura familiar, realmente seja utilizada para este fim e para tanto que seja contratado um operador de maquinas para operá-la”,</t>
   </si>
   <si>
     <t>1819</t>
   </si>
   <si>
     <t>Mariana de Souza, Marilia Maia, Suzana Paniago</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1819/doc_1-23-24.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1819/doc_1-23-24.pdf</t>
   </si>
   <si>
     <t>“solicitando informações sobre a implantação da Sala _x000D_
 da Mulher em Alto Araguaia”</t>
   </si>
   <si>
     <t>1820</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1820/doc_1-22.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1820/doc_1-22.pdf</t>
   </si>
   <si>
     <t>“solicitando do Poder _x000D_
 Executivo informações sobre a Campanha Outubro Rosa e todo cronograma de _x000D_
 atividades que será realizado para conscientizar a população sobre o Câncer de _x000D_
 Mama.”</t>
   </si>
   <si>
     <t>1821</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1821/doc_1-21.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1821/doc_1-21.pdf</t>
   </si>
   <si>
     <t>Solicitação de _x000D_
 informações se há repasses de recursos financeiros ao municípiospelo Governo _x000D_
 Federal ou Estadual, para serem aplicados exclusivamente na cultura, Se a resposta _x000D_
 for afirmativa, requer informações sobre o valor do repasse e O ente que realiza o _x000D_
 repasse.”</t>
   </si>
   <si>
     <t>1822</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1822/doc_1-20.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1822/doc_1-20.pdf</t>
   </si>
   <si>
     <t>a Solicitação de que seja cumprida _x000D_
 a Lei 4.305 de 29 de junho de 2021, a qual instituiu no município o programa “farmácia _x000D_
 solidária”. A lei, nos incisos II, HI, IV do art. 7º, obriga o Município a realizar _x000D_
 campanhas para viabilizar os objetivos da Lei; portanto, solicitamos, novamente, o fiel _x000D_
 cumprimento dá Lei municipal.”</t>
   </si>
   <si>
     <t>1823</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1823/doc_1-18-19.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1823/doc_1-18-19.pdf</t>
   </si>
   <si>
     <t>REQUEIRO que, nos termos do Excelentíssimo Senhor Prefeito Municipal para _x000D_
 que encaminhe a esta Casa de Leis as seguintes informações: _x000D_
 e Existe algum cronograma prevendo a reforma da Escola Maria Julia de _x000D_
 Almeida? _x000D_
 e Sendo positiva a resposta referente a pergunta supramencionadas, _x000D_
 solicito que envie a essa Casa o cronograma de reforma.</t>
   </si>
   <si>
     <t>1824</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1824/doc_1-17.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1824/doc_1-17.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe _x000D_
 expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicézio e ao _x000D_
 Secretário de Municipal de Obras — Ilmo. Sr. Milton Fernandes de Lima, “solicitando que _x000D_
 sejam retiradas as faixas de pedestres existentes nas esquinas que cruzam com a Av. _x000D_
 Carlos Hugueney e que as mesmas sejam colocadas no meio das quadras ”.</t>
   </si>
   <si>
     <t>1825</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1825/doc_1-15-16.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1825/doc_1-15-16.pdf</t>
   </si>
   <si>
     <t>“solicitando que a Lei Federal Nº 13.935/2019, _x000D_
 a qual dispõe sobre atendimento psicológico e serviço social nas redes públicas de _x000D_
 educação básica, seja cumprida em nosso município”</t>
   </si>
   <si>
     <t>1826</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1826/doc_1-14.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1826/doc_1-14.pdf</t>
   </si>
   <si>
     <t>“solicitando informações referente a demanda de _x000D_
 atendimento psicológico pelo SUS de Alto Araguaia”</t>
   </si>
   <si>
     <t>1827</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1827/doc_1-13.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1827/doc_1-13.pdf</t>
   </si>
   <si>
     <t>“Senhor Prefeito Municipal Gustavo de Melo Anicézio, e ao _x000D_
 Secretário de Obras e Infraestrutura, Sr. Milton Fernandes de Lima”, Solicito que _x000D_
 seja feito reparos tais como (instalação portas no banheiro masculino) e _x000D_
 manutenção nos banheiros da rodoviária”.</t>
   </si>
   <si>
     <t>1828</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1828/doc_1-12.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1828/doc_1-12.pdf</t>
   </si>
   <si>
     <t>a Solicitação de _x000D_
 informações, detalhadas, sobre a empresa que presta o serviço de limpeza urbana, _x000D_
 requer informações da forma de contratação, onde fica a sede da empresa, qual o valor _x000D_
 pago pelos serviços prestados, quais serviços são prestados pela empresa além do _x000D_
 serviço de limpeza.”</t>
   </si>
   <si>
     <t>1829</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1829/doc_1-11.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1829/doc_1-11.pdf</t>
   </si>
   <si>
     <t>“a Solicitação de _x000D_
 informações, detalhadas, sobre a operação de crédito firmada entre o município e a _x000D_
 Caixa Econômica (FINISA). Requer informações sobre o período de carência, valor e _x000D_
 quantidade das parcelas, valor dos juros, bem como todas as «informações que _x000D_
 circundam a operação, requer que as informações sejam acompanhadas de cópias dos _x000D_
 documentoscomprobatórios.”</t>
   </si>
   <si>
     <t>1830</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1830/doc_1-10.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1830/doc_1-10.pdf</t>
   </si>
   <si>
     <t>“solicitando informações sobre a fila de espera de _x000D_
 pacientes para atendimento com urologista e sobre a programação do município em _x000D_
 alusão a campanha “Novembro Azul”</t>
   </si>
   <si>
     <t>1831</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1831/doc_1-9.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1831/doc_1-9.pdf</t>
   </si>
   <si>
     <t>Senhor Prefeito Municipal Gustavo de Melo Anicézio, e ao _x000D_
 Secretário de Obras e Infraestrutura, Sr. Milton Fernandes de Lima”, Solicito que _x000D_
 sejam realizados no complexo rodoviário, em anexo com o Núcleo do Corpo de _x000D_
 Bombeiros , manutenção e reparos, tais como: Conserto do telhado, reforma das _x000D_
 calçadas, e pintura.</t>
   </si>
   <si>
     <t>1832</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1832/doc_1-8.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1832/doc_1-8.pdf</t>
   </si>
   <si>
     <t>1833</t>
   </si>
   <si>
     <t>Luizinho, Marilia Maia, Odair Ferruja</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1833/doc_1-7.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1833/doc_1-7.pdf</t>
   </si>
   <si>
     <t>“solicitando _x000D_
 informações sobre o serviço de tratamento e distribuição de água em nosso município”</t>
   </si>
   <si>
     <t>1834</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1834/doc_1-6.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1834/doc_1-6.pdf</t>
   </si>
   <si>
     <t>“requerendo _x000D_
 informações sobre previsão de recapeamento nas ruas que necessário e operação _x000D_
 “tapa-buraco” e em todos os bairros de Alto Araguaia”.</t>
   </si>
   <si>
     <t>1835</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1835/doc_1-5.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1835/doc_1-5.pdf</t>
   </si>
   <si>
     <t>“a Solicitação de informações, detalhadas, sobre o motivo _x000D_
 pelo qual não são entregues correspondências e encomendas naparte alta da cidade, _x000D_
 para que assim possamos estudar a viabilidade de que essas entregas sejam realizadas”</t>
   </si>
   <si>
     <t>1836</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1836/doc_1-4.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1836/doc_1-4.pdf</t>
   </si>
   <si>
     <t>Solicitação de informações sobre'a quantidade de pontes que foram reformadas e construídas no município desde janeiro de 2017 até à presente data. Requer inforniações da forma de contratação das empresas que prestaram esses serviços e quais pontes foram reformadas ou construídas pela empresa AR couto, requer, ainda, as respectivas _x000D_
 planilhas orçamentárias das pontes reformadas ou construídas pela empresa citada.”</t>
   </si>
   <si>
     <t>1837</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1837/doc_1-3.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1837/doc_1-3.pdf</t>
   </si>
   <si>
     <t>“a solicitação _x000D_
 de informações sobre quais ruas foram ou estão sendo cascalhadas na zona urbana de _x000D_
 nosso município no ano de 2021, por qual motivo a prefeitura está colocando cascalho _x000D_
 nas ruas do loteamento Vista do Araguaia e de quem a prefeitura está comprando ou _x000D_
 comprou o cascalho.”</t>
   </si>
   <si>
     <t>1838</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1838/doc_1-2.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1838/doc_1-2.pdf</t>
   </si>
   <si>
     <t>para aquisição de _x000D_
 lâmpadas para manutenção das quadras poliesportivas dos bairros Jardim Novo Araguaia _x000D_
 e Maria das Graças.</t>
   </si>
   <si>
     <t>1842</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1842/116_-_ricardo.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1842/116_-_ricardo.pdf</t>
   </si>
   <si>
     <t>o “a_x000D_
 reestruturação completa e possibilidade de construção de um Complexo _x000D_
 Municipal de Esportes no Estádio Antônio Afonso de Melo, conhecido como _x000D_
 “Bilinão”</t>
   </si>
   <si>
     <t>1839</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1839/doc_1-1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1839/doc_1-1.pdf</t>
   </si>
   <si>
     <t>“requerendo que seja realizado um _x000D_
 estudo para a implantação de ensino integral nas creches do município”.</t>
   </si>
   <si>
     <t>1639</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária (Origem Executivo)</t>
   </si>
   <si>
     <t>GUSTAVO MELO DE ANICEZIO</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1639/scan2_-_convertido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1639/scan2_-_convertido.pdf</t>
   </si>
   <si>
     <t>“Autoriza contratação temporária de _x000D_
 funcionários por excepcional interesse _x000D_
 público”.</t>
   </si>
   <si>
     <t>1640</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1640/scan2_-_convertido_1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1640/scan2_-_convertido_1.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a realizar gasto _x000D_
 com a filiação da Secretaria Municipal de 4 A Sessão Sioltria tu Ds Educação junto a UNDIME-MT.</t>
   </si>
   <si>
     <t>1641</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1641/scan2_-_convertido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1641/scan2_-_convertido.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a, incluir ação no 24 Sessão. Orbit &gt; Anexo I, da Lei Municipal n.º 3992, de 28 de Miss . novembro de 2017 - Plano Plurianual, Lei p _x000D_
  _x000D_
 Municipal n.º 4231, de 14 de julho de 2020 — Lei de Diretrizes Orçamentárias, Abre Crédito Adicional Especial”.</t>
   </si>
   <si>
     <t>1642</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1642/scanner_20240814.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1642/scanner_20240814.pdf</t>
   </si>
   <si>
     <t>«Autoriza o Município de Alto Araguaia E _x000D_
 22 Sessão tio custear despesas para a obtenção de _x000D_
 apro a certificação CPA-10, CGRPPS ou equivalente, _x000D_
 Mao de Servidores do Executivo e Legislativo.</t>
   </si>
   <si>
     <t>1643</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1643/scanner_20240814_2.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1643/scanner_20240814_2.pdf</t>
   </si>
   <si>
     <t>aprovado pela Lei Municipal nº 3.636,</t>
   </si>
   <si>
     <t>1644</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1644/scanner_20240814_3.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1644/scanner_20240814_3.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a, incluir ação no - Anexo I, da Lei Municipal n.º 3992, de 28 de novembro de 2017 - Plano Plurianual, Lei Municipal n.º 4231, de 14 de julho de 2020 — Lei de Diretrizes Orçamentárias, Abre Crédito Adicional Especial e dá Outras Providencias”.</t>
   </si>
   <si>
     <t>1645</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1645/scanner_20240814_4.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1645/scanner_20240814_4.pdf</t>
   </si>
   <si>
     <t>Ratifica protocolo de intenções firmado entre _x000D_
 Municípios brasileiros, com à finalidade de _x000D_
 adquirir vacinas para combate à pandemia do _x000D_
 coronavírus; medicamentos, insumos € _x000D_
 equipamentos na área da saúde.</t>
   </si>
   <si>
     <t>1646</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1646/scanner_20240814_6.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1646/scanner_20240814_6.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a, incluir ação _x000D_
 As comissões compe:...... no Anexo I, da Lei Municipal n.º 3992, de _x000D_
 ) mi o 28 de novembro de 2017 - Plano Plurianual, _x000D_
 Data: (4/ 03/520% 1 Lei Municipal n.º 4231, de 14 de julho de _x000D_
  2020 - Lei de Diretrizes Orçamentárias, _x000D_
 Abre Crédito Adicional Especial e dá _x000D_
 Outras Providencias”.</t>
   </si>
   <si>
     <t>1647</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1647/scanner_20240814_7.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1647/scanner_20240814_7.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a modificação da Lei Municipal _x000D_
 nº 2.140, 21 de março de 2007, que trata do _x000D_
 pata: 22105 / À om Conselho Municipal de Acompanhamento € _x000D_
 (o, Bs Controle Social do Fundo de Manutenção e _x000D_
 8º Se Desenvolvimento da Educação Básica € de _x000D_
 Valorização dos Profissionais da Educação — _x000D_
 . ente CACS/ FUNDEB”</t>
   </si>
   <si>
     <t>1648</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1648/scanner_20240814_8.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1648/scanner_20240814_8.pdf</t>
   </si>
   <si>
     <t>Promove alterações da Lei Municipal nº 2.575, _x000D_
 ata: : de 20 de outubro de 2009.</t>
   </si>
   <si>
     <t>1649</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1649/scanner_20240814_9.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1649/scanner_20240814_9.pdf</t>
   </si>
   <si>
     <t>Lei Municipal nº 1.969, de 12 de abril ÃO de 2006, que dispõe sobre a Política Municipal _x000D_
 dos Direitos da Criança e do Adolescente e Reestruturação do Conselho Municipal dos Direitos da Criança e do Adolescente”</t>
   </si>
   <si>
     <t>1650</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1650/scanner_20240814_10.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1650/scanner_20240814_10.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Alto Araguaia a _x000D_
 Data: 05 tAOAL [o ceder em comodato a área que menciona _x000D_
 q A Sessão Aa MO- para a Associação Ornitológica Regional do Alto Araguaia e Santa Rita do Araguaia.</t>
   </si>
   <si>
     <t>1651</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1651/scanner_20240814_11.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1651/scanner_20240814_11.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a _x000D_
 Data: &amp;9 [07 [4OAS pet firmar convênio com o Centro de Equoterapia _x000D_
 à É q e Equitação Equoamigos, a fim de repassar E Sessão Lda — recursos financeiros para manutenção das _x000D_
 atividades e dá outras providências.</t>
   </si>
   <si>
     <t>1652</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1652/scanner_20240814_12.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1652/scanner_20240814_12.pdf</t>
   </si>
   <si>
     <t>Aprova o Plano Municipal defranigente</t>
   </si>
   <si>
     <t>1653</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1653/scanner_20240814_13.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1653/scanner_20240814_13.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a abertura de Crédito AdicionalSuplementar _x000D_
 no Orçamento do Exercício de 2021, lei nº 4238 de 12 de _x000D_
 novembro de 2020 e dá outras providências.”</t>
   </si>
   <si>
     <t>1654</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1654/scanner_20240814_14.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1654/scanner_20240814_14.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Suplôyêntar no _x000D_
 Orçamento do Exercício de 2021, lei nº 4238de 12 de _x000D_
 novembro de 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>1655</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1655/scanner_20240814_15.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1655/scanner_20240814_15.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o piso salarial dos Agentes de _x000D_
 Combate às Endemias e Agentes Comunitários _x000D_
 de Saúde, nos termos do Art. 9-A, $ 1º, II, da _x000D_
 Lei Federal nº 11.350, de 05 de outubro de _x000D_
 2006, com a alteração da Lei 12.994/2014.</t>
   </si>
   <si>
     <t>1656</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1656/scanner_20240814_16.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1656/scanner_20240814_16.pdf</t>
   </si>
   <si>
     <t>“Altera dispositivo da Lei Munieípal nº 1.547, _x000D_
 de 14 de outubro de 2003, corrigindo o valor _x000D_
 do benefício do Programa Feijão no Fogo.”</t>
   </si>
   <si>
     <t>1657</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1657/scanner_20240814_17.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1657/scanner_20240814_17.pdf</t>
   </si>
   <si>
     <t>«Dispõe sobre criação do Conselho Municipal de _x000D_
 12 eo p ç _x000D_
 Data: 49 04 [ão / / Habitação de Interesse Social e dá outras _x000D_
  aprduado toe providências.”</t>
   </si>
   <si>
     <t>1658</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1658/scanner_20240814_18.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1658/scanner_20240814_18.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a, incluir ação no _x000D_
 TINORMA | Anexo I, da Lei Municipal n.º 3992, de 28 de _x000D_
 URGÊNCIA SIMPLES | novembro de 2017 - Plano Plurianual, Lei Municipal _x000D_
 | JURGÊNCIA ESPECIAL | n.º 4231, de 14 de julho de 2020 — Lei de Diretrizes _x000D_
 EE jCIUS Orçamentárias, Abre Cré</t>
   </si>
   <si>
     <t>1659</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1659/scanner_20240814_19.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1659/scanner_20240814_19.pdf</t>
   </si>
   <si>
     <t>utoriza o Poder Executivo a reaHZar gastos para regularização do veículo da Associação de Catadores de Material Reciclável do Município de Alto Araguaia — ASCALTOARAGUAIA Araguaia.</t>
   </si>
   <si>
     <t>1660</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1660/scanner_20240814_21.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1660/scanner_20240814_21.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a reaHZar gastos para regularização do veículo da Associação de Catadores de Material Reciclável do Município de Alto Araguaia — ASCALTOARAGUAIA Araguaia.</t>
   </si>
   <si>
     <t>1661</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1661/scanner_20240814_22.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1661/scanner_20240814_22.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a incluir ação no _x000D_
  _x000D_
 - Anexo 1, da Lei Municipal n.º 3992, de 28 de _x000D_
 | novembro de 2017 - Plano Plurianual, Lei _x000D_
 URGÊNCIA SIMPLE: Municipal n.º 4231, de 14 de julho de 2020 — _x000D_
 [LJURGÊNCIA ESPECIAL Lei de Diretrizes Orçamentárias, Abre Crédito _x000D_
 CIUS Adicional Especial e dá Outras Providencias.</t>
   </si>
   <si>
     <t>1662</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1662/scanner_20240814_24.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1662/scanner_20240814_24.pdf</t>
   </si>
   <si>
     <t>“Autoriza a abertura de Crédito Adicional _x000D_
 JR GÊNCIA ESPECIAL | Especial no orçamento vigente e dá Outras</t>
   </si>
   <si>
     <t>1663</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1663/scanner_20240814_23.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1663/scanner_20240814_23.pdf</t>
   </si>
   <si>
     <t>1664</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1664/scanner_20240814_25.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1664/scanner_20240814_25.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a, incluir ação no _x000D_
 Anexo I, da Lei Municipal n.º 3992, de 28 de _x000D_
 novembro de 2017 - Plano Plurianual, Lei _x000D_
 Municipal n.º 4231, de 14 de julho de 2020 — Lei de Diretrizes Orçamentárias, Abre Crédito _x000D_
 Adicional Especial e dá Outras Providencias”.</t>
   </si>
   <si>
     <t>1665</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1665/scanner_20240814_26.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1665/scanner_20240814_26.pdf</t>
   </si>
   <si>
     <t>“Autoriza a abertura de Crédito Adicional _x000D_
 Especial no orçamento vigente e dá Outras _x000D_
 Providencias”.</t>
   </si>
   <si>
     <t>1666</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1666/scanner_20240814_27.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1666/scanner_20240814_27.pdf</t>
   </si>
   <si>
     <t>dispõe sobre criação do Conselho Municipal de Educação.</t>
   </si>
   <si>
     <t>1667</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1667/scanner_20240814_28.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1667/scanner_20240814_28.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Cr _x000D_
 241 05 ron Adicional Especial no Orçament” do _x000D_
 dna Dio Exercício de 2021, lei nº 4238 de 12 de _x000D_
 AA um p novembro de 2020.</t>
   </si>
   <si>
     <t>1668</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1668/scanner_20240814_29.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1668/scanner_20240814_29.pdf</t>
   </si>
   <si>
     <t>õe sobre a abertura de dito Lata: G 1 /o 6 Joc fr ; Adicional Suplementar no Orçamento do ão AA duo o Exercício de 2021, lei nº 4238 de 12 de _x000D_
 novembro de 2020.</t>
   </si>
   <si>
     <t>1669</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1669/scanner_20240814_30.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1669/scanner_20240814_30.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito _x000D_
 Adicional Suplementar no Orçamento do _x000D_
 Rei Exercício de 2021, lei nº 4238 de 12 de _x000D_
 novembro de 2020.</t>
   </si>
   <si>
     <t>1670</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1670/scanner_20240814_31.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1670/scanner_20240814_31.pdf</t>
   </si>
   <si>
     <t>“Institui a Semana Municipal da Agricultura Familiar, no município de Alto _x000D_
 Araguaia-MT, e dá outras providências”.</t>
   </si>
   <si>
     <t>1671</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1671/scanner_20240814_33.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1671/scanner_20240814_33.pdf</t>
   </si>
   <si>
     <t>A prova o Plano Flano Muni Municipal de de cm Cultura.</t>
   </si>
   <si>
     <t>1672</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1672/scanner_20240814_34.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1672/scanner_20240814_34.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de is _x000D_
 Adicional Suplementar no Orça o do _x000D_
 Exercício de 2021, lei nº 4238 de 12 de _x000D_
 novembro de 2020.</t>
   </si>
   <si>
     <t>1673</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1673/scanner_20240814_35.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1673/scanner_20240814_35.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Cata: 0/06 jdo? fe Adicional Suplementar até o limite de 10% j ; aluna A da despesa p fixada na Lei Orçamentária ç n.º sr 4.238, de 12 de novembro de 2020.</t>
   </si>
   <si>
     <t>1674</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1674/scanner_20240814_36.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1674/scanner_20240814_36.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre o Plano Plurianual pa período E 2022/2025”.</t>
   </si>
   <si>
     <t>1675</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1675/scan2_-_convertido_2.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1675/scan2_-_convertido_2.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para*a ela ação da _x000D_
 pata: &amp; J | Õ b | to Lei Orçamentária de 2022.</t>
   </si>
   <si>
     <t>1676</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1676/scan2_-_convertido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1676/scan2_-_convertido.pdf</t>
   </si>
   <si>
     <t>“Estima a receita e fixa a despes: E ú município de Alto Araguaia, Estado de Mato _x000D_
 - dO * Sossão duram Mm Grosso, para o exercício financeiro de 2022 e ai — dá outras providências”.</t>
   </si>
   <si>
     <t>1677</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1677/scanner_20240815_48.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1677/scanner_20240815_48.pdf</t>
   </si>
   <si>
     <t>Autoriza este município a celebrar convênio com a _x000D_
 Gta: Associação de Catadores de Material Reciclável do _x000D_
 dE Sossão 4 eroluadros Município de Alto Araguaia - _x000D_
 Fepasa ASCALTOARAGUAIA.</t>
   </si>
   <si>
     <t>1678</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1678/scanner_20240815_47.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1678/scanner_20240815_47.pdf</t>
   </si>
   <si>
     <t>Dissãé sobre à abemúia de Crédi / Ispõe sobre a abertura de Credito _x000D_
 Data: «26 [0 O f Adicional Especial no Orçamento do _x000D_
 12 sessão srduman O Exercício de 2021. lei nº 4238 de 12 de _x000D_
 vembro de 2020. Aprovado p novembro de 2020</t>
   </si>
   <si>
     <t>1679</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1679/scanner_20240815_49.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1679/scanner_20240815_49.pdf</t>
   </si>
   <si>
     <t>ltera a redação da Lei Municipal n. 2.575, de 20 _x000D_
 de outubro de 2009, que Reestrutura o Regime _x000D_
 Próprio de Previdência Social do Município de Alto _x000D_
 Araguaia/MT e, dá outras providências.”</t>
   </si>
   <si>
     <t>1680</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1680/scanner_20240815_46.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1680/scanner_20240815_46.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito _x000D_
 6 l Sessão tu Qs Adicional Suplementar no Orçamento do _x000D_
 Exercício de 2021, lei nº 4238 de 12 de _x000D_
 Aprovado a novembro de 2020.</t>
   </si>
   <si>
     <t>1681</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1681/scanner_20240815_45.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1681/scanner_20240815_45.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a incluir ação no _x000D_
 Anexo |, da Lei Municipal n.º 3992, de 28 de _x000D_
 novembro de 2017 - Plano Plurianual, Lei _x000D_
 Municipal n.º 4231, de 14 de julho de 2020 - Lei de _x000D_
 Diretrizes Orçamentárias, Abre Crédito Adicional _x000D_
 Especial e dá Outras Providências”.</t>
   </si>
   <si>
     <t>1682</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1682/scanner_20240815_44.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1682/scanner_20240815_44.pdf</t>
   </si>
   <si>
     <t>"Autoriza o município de Alto Araguaia a _x000D_
 disponibilizar ônibus aos atletas da Associação _x000D_
 Araguaiense de Futsal, e dá outras _x000D_
 providências.”</t>
   </si>
   <si>
     <t>1683</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1683/scanner_20240815_43.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1683/scanner_20240815_43.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a criação do Viveiro _x000D_
 Municipal de Alto Araguaia, e dá outras _x000D_
 providências”</t>
   </si>
   <si>
     <t>1684</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1684/scanner_20240815_42.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1684/scanner_20240815_42.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INCLUSÃO DE of ATRIBUIÇÃO AO CARGO DE FISCAL DE 03 /08 / doa” TRIBUTOS QUE CONSTA NO ANEXO I DA LEI _x000D_
 MUNICIPAL Nº 2.742/2010, E DÁ OUTRAS _x000D_
 PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1685</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1685/scanner_20240815_41.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1685/scanner_20240815_41.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aberturas _x000D_
 04 ) Ú [20% ; Adicional Suplementar no Orçamento do _x000D_
 A “eu Exercício de 2021, lei nº 4238 de 12 de _x000D_
 sa novembro de 2020.</t>
   </si>
   <si>
     <t>1686</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1686/scanner_20240815_40.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1686/scanner_20240815_40.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional _x000D_
 Pre Especial no Orçamento do Exercício de 2021, _x000D_
 lei nº 4238 de 12 de novembro de 2020.</t>
   </si>
   <si>
     <t>1687</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1687/scanner_20240815_39.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1687/scanner_20240815_39.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional _x000D_
 0 a Suplementar no Orçamento do Exercício de _x000D_
 Aprovado por a 2021, lei nº 4238 de 12 de novembro de 2020.</t>
   </si>
   <si>
     <t>1688</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1688/scanner_20240815_38.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1688/scanner_20240815_38.pdf</t>
   </si>
   <si>
     <t>Mmm: lis é 1895580 + Autoriza o Poder Executivo a realizar gasto _x000D_
 com instalação de aparelhos de ar _x000D_
 condicionado na Escola Estadual “Maria _x000D_
 Auxiliadora”.</t>
   </si>
   <si>
     <t>1689</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1689/scanner_20240815_37.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1689/scanner_20240815_37.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito _x000D_
 2 “Sessão — Lrotma. MU Adicional Suplementar no Orçamento do _x000D_
 Aprovado p Exercício de 2021, lei nº 4238 de 12 de _x000D_
 a. novembro de 2020.</t>
   </si>
   <si>
     <t>1690</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1690/scanner_20240815_36.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1690/scanner_20240815_36.pdf</t>
   </si>
   <si>
     <t>ltera dispositivos da Lei Municipal nº _x000D_
 l “sessão nas 4.309, de 29 de julho de 2021.</t>
   </si>
   <si>
     <t>1691</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1691/scanner_20240815_35.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1691/scanner_20240815_35.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aberturá de Crédito _x000D_
 Adicional Suplementar no Orçamento _x000D_
 do Exercício de 2021, lei nº 4238 de _x000D_
 12 de novembro de 2020.</t>
   </si>
   <si>
     <t>1692</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1692/scanner_20240815_34.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1692/scanner_20240815_34.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Alto Araguaia a _x000D_
 ceder em comodato a área que menciona _x000D_
 para a Associação Comercial € Empresarial _x000D_
 de Alto Araguaia — MT.</t>
   </si>
   <si>
     <t>1693</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1693/scanner_20240815_33.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1693/scanner_20240815_33.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre autorização para celebrar _x000D_
 s convênio com a Instituição de Longa _x000D_
 Permanência Casa da Esperança “Tia Nega”.</t>
   </si>
   <si>
     <t>1694</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1694/scanner_20240815_32.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1694/scanner_20240815_32.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura ras fétfito _x000D_
 - Adicional Especial no Orçamento do _x000D_
 Exercício de 2021, lei nº 4238 de 12 de _x000D_
 novembro de 2020.</t>
   </si>
   <si>
     <t>1695</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1695/scanner_20240815_31.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1695/scanner_20240815_31.pdf</t>
   </si>
   <si>
     <t>1696</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1696/scanner_20240815_30.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1696/scanner_20240815_30.pdf</t>
   </si>
   <si>
     <t>“Cria e regulamenta o Programa “Regulariza _x000D_
 Araguaia” de Recadastramento Imobiliário e _x000D_
 JA du ER Css Titulação de imóveis no Loteamento denominado Jardim Aeroporto HT”</t>
   </si>
   <si>
     <t>1697</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1697/scanner_20240815_29.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1697/scanner_20240815_29.pdf</t>
   </si>
   <si>
     <t>“Altera a quantidade de vagas dos cargos de _x000D_
 Professor de Pedagogia e Monitor do _x000D_
 Desenvolvimento Infantil, constantes no _x000D_
 Anexo I da Lei Municipal nº 4.178/2019”.</t>
   </si>
   <si>
     <t>1698</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1698/scanner_20240815_27.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1698/scanner_20240815_27.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura Crédito _x000D_
 A 20 Adicional Especial no Orçamento do _x000D_
 Lata: 07/09 /9021- Exercício de 2021, lei nº 4238 de 12 _x000D_
 E» &gt; Gossão | pe ue de novembro de 2020.</t>
   </si>
   <si>
     <t>1699</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1699/scanner_20240815_27.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1699/scanner_20240815_27.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito _x000D_
 Esta: 20! QA[dOL/ «= Adicional Suplementar no Orçamento _x000D_
 31 a . o l É a do Exercício de 2021, lei nº 4238 de 12 _x000D_
 O! Sossão Numa id de novembro de 2020.</t>
   </si>
   <si>
     <t>1700</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1700/scanner_20240815_26.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1700/scanner_20240815_26.pdf</t>
   </si>
   <si>
     <t>“ Autoriza o Poder Executivo Municipal a _x000D_
 bata: EA 09! doa TT efetuar a afetação das Matrículas n. 12.404 e _x000D_
 29º Sesção « Mimo 12.405.”</t>
   </si>
   <si>
     <t>1701</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1701/scanner_20240815_25.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1701/scanner_20240815_25.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a, incluir ação no Anexo 1, da Lei Municipal n.º 3992, de 28 de novembro de 2017 - Plano Plurianual, Lei Municipal n.º 4231, de 14 de julho de 2020 — Lei de Diretrizes Orçamentárias, Abre Crédito Adicional Especial”.</t>
   </si>
   <si>
     <t>1702</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1702/scanner_20240815_24.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1702/scanner_20240815_24.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Cré Adicional Suplementar no Orçamento do Exercício de 2021, lei nº 4238 de 12 de novembro de 2020.</t>
   </si>
   <si>
     <t>1703</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1703/scanner_20240815_23.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1703/scanner_20240815_23.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito À cional Suplementar no Orçamento do Exercício de 2022, lei nº 4309 de 29 de julho de 2021.</t>
   </si>
   <si>
     <t>1704</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1704/scanner_20240815_22.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1704/scanner_20240815_22.pdf</t>
   </si>
   <si>
     <t>1705</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1705/scanner_20240815_21.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1705/scanner_20240815_21.pdf</t>
   </si>
   <si>
     <t>1706</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1706/scanner_20240815_22.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1706/scanner_20240815_22.pdf</t>
   </si>
   <si>
     <t>"Autoriza o município de Alto Araguaia a realizar Casamento Comunitário, efetuar despesas e dá outras providências.”</t>
   </si>
   <si>
     <t>1707</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1707/scanner_20240815_20.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1707/scanner_20240815_20.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Suplementar no Orçamento do Exercício de 2021, lei nº 4238 de 12 de novembro de 2020.</t>
   </si>
   <si>
     <t>1709</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1709/scanner_20240815_18.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1709/scanner_20240815_18.pdf</t>
   </si>
   <si>
     <t>Adicional Suplementar no Orçamento do Exercício de 2021, lei nº 4238 de 12 de novembro de 2020.</t>
   </si>
   <si>
     <t>1710</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1710/scanner_20240815_16.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1710/scanner_20240815_16.pdf</t>
   </si>
   <si>
     <t>Institui o Regime de Previdência Complementar no âmbito do _x000D_
 ivo); imite máximo para a 304 (nome do ente federativo); fixa o limi | _x000D_
 24 | pofo | em concessão de aposentadorias e pensões pelo regime de _x000D_
 &amp; a dao previdência de que trata o art. 40 da Constituição Federal; _x000D_
 . 7) A 4 “4a a _x000D_
 - Sessão OdiunÃs autoriza a adesão a plano de benefícios de previdência _x000D_
 complementar; e dá outras providências.</t>
   </si>
   <si>
     <t>1712</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1712/scanner_20240815_15.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1712/scanner_20240815_15.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura Crédito Data: IL / tO [20:2 1. Adicional Especial no Orçamento do e : p. Exercício de 2021, lei nº 4238 de 12 de 3 6 “Sessão Ada novembro de 2020.</t>
   </si>
   <si>
     <t>1713</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1713/scanner_20240815_13.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1713/scanner_20240815_13.pdf</t>
   </si>
   <si>
     <t>"Autoriza o município de Alto Araguaia a _x000D_
 disponibilizar Ônibus aos atletas da _x000D_
 Associação Araguaiense de Futsal, e dá _x000D_
 outras providências.”</t>
   </si>
   <si>
     <t>1714</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1714/scanner_20240815_12.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1714/scanner_20240815_12.pdf</t>
   </si>
   <si>
     <t>"Altera a redação da Lei Municipal nº pata. q ga, so O AN 4.324, de 09 de setembro de 2021.”</t>
   </si>
   <si>
     <t>1715</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1715/scanner_20240815_11.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1715/scanner_20240815_11.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito _x000D_
 Adicional Suplementar até o limite de 10% _x000D_
 da despesa fixada na Lei Orçamentária n.º _x000D_
 4.238, de 12 de novembro de 2020.</t>
   </si>
   <si>
     <t>1716</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1716/scanner_20240815_10.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1716/scanner_20240815_10.pdf</t>
   </si>
   <si>
     <t>"Autoriza o município de Alto Araguaia a disponibilizar ônibus às atletas de Voleibol Feminino, e dá outras providências.”</t>
   </si>
   <si>
     <t>1717</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1717/scanner_20240815_9.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1717/scanner_20240815_9.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional - Sessão Á MAO Suplementar no Orçamento do Exercício de 2021, lei nº 4238 de 12 de novembro de 2020.</t>
   </si>
   <si>
     <t>1718</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1718/scanner_20240815_2.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1718/scanner_20240815_2.pdf</t>
   </si>
   <si>
     <t>“Altera a redação do art. 2º da Lei Municipal nº 4.355, de 28 de dezembro de 2021.”</t>
   </si>
   <si>
     <t>1719</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1719/scanner_20240815_-_convertido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1719/scanner_20240815_-_convertido.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito _x000D_
 Adicional Suplementar no Orçamento _x000D_
 32º Sessão dim Au do Exercício de 2021. lei nº 4238 de _x000D_
 12 de novembro de 2020.</t>
   </si>
   <si>
     <t>1720</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1720/scan2_-_convertido_2.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1720/scan2_-_convertido_2.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre autorização para celebrar _x000D_
 convênio com à Instituição de Longa _x000D_
 Permanência Casa da Esperança “Tia Nega”.</t>
   </si>
   <si>
     <t>1721</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1721/scanner_20240815_4.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1721/scanner_20240815_4.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito _x000D_
 Adicional Suplementar no Orçamento do _x000D_
 Exercício de 2021, lei nº 4238 de 12 de _x000D_
 novembro de 2020.</t>
   </si>
   <si>
     <t>1722</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1722/scanner_20240815_5.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1722/scanner_20240815_5.pdf</t>
   </si>
   <si>
     <t>“Amntoriza o Executivo Municipal a repassar aos _x000D_
 Agentes Comunitários de Saúde vinculados às _x000D_
 equipes de Saúde da Família, incentivo financeiro _x000D_
 adicional.”</t>
   </si>
   <si>
     <t>1723</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1723/scanner_20240815_7.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1723/scanner_20240815_7.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a concessão de Abono_x0002_Fundeb aos profissionais da educação da _x000D_
 rede municipal pública de ensino do _x000D_
 município de Alto Araguaia/MT, medida de _x000D_
 caráter excepcional e transitória destinada a _x000D_
 promover o cumprimento da norma contida _x000D_
 no Art. 212-A, inciso XI, da Constituição _x000D_
 Federal.”</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária (Origem Legislativo)</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/827/scanner_20240821_13.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/827/scanner_20240821_13.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre alteração da data de pagamento da Verba _x000D_
 Indenizatória e da entrega do Relatório de Atividades.”</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/828/scanner_20240821_12.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/828/scanner_20240821_12.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a fixação de Diárias da Câmara_x000D_
 Municipal de Alto Araguaia”</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/829/scanner_20240821_14.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/829/scanner_20240821_14.pdf</t>
   </si>
   <si>
     <t>“Institui o Programa Municipal “Adote_x000D_
 uma Escola” no município de Alto_x000D_
 Araguaia”</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/830/scanner_20240821_15.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/830/scanner_20240821_15.pdf</t>
   </si>
   <si>
     <t>“Institui nas Escolas Públicas Municipais_x000D_
 o Programa Municipal de Aprendizagem_x000D_
 do Jogo de Xadrez”</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/831/scanner_20240821_16.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/831/scanner_20240821_16.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O EXECUTIVO MUNICIPAL A_x000D_
 CELEBRAR CONVÊNIO COM CLÍNICAS_x000D_
 MÉDICAS, VISANDO A IMPLANTAÇÃO DO_x000D_
 PROGRAMA MEIA-CONSULTA JUNTO AOS_x000D_
 PACIENTES HIPOSSUFICIENTES DO MUNICÍPIO_x000D_
 E DA OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/832/scanner_20240821_17.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/832/scanner_20240821_17.pdf</t>
   </si>
   <si>
     <t>“Estabelece a possibilidade do agendamento_x000D_
 telefônico de consultas para pacientes idosos e_x000D_
 para pessoas com deficiências já cadastradas nas_x000D_
 unidades de saúde do município e dá outras_x000D_
 providências”</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
     <t>Marcos Nunes, Mariana de Souza, Marilia Maia, MESA DIRETORA - MD, Ricardo Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/833/scanner_20240821_18.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/833/scanner_20240821_18.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a Reestruturação do Sistema de_x000D_
 Controle Interno da Câmara Municipal de Alto_x000D_
 Araguaia e dá outras providências”.</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/834/scanner_20240821_19.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/834/scanner_20240821_19.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A PROMOÇÃO DA_x000D_
 VALORIZAÇÃO DOS PROTETORES E_x000D_
 CUIDADORES DE ANIMAIS SOLTOS OU_x000D_
 ABANDONADOS NO MUNICÍPIO, E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/835/scanner_20240821_20.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/835/scanner_20240821_20.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE O CONTROLE_x000D_
 POPULACIONAL ANIMAL, BEM ESTAR,_x000D_
 POSSE RESPONSÁVEL E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/836/scanner_20240821_21.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/836/scanner_20240821_21.pdf</t>
   </si>
   <si>
     <t>“TORNA OBRIGATÓRIA A LIMPEZA E_x000D_
 MANUTENÇÃO DOS TERRENOS BALDIOS SEM_x000D_
 EDIFICAÇÕES EM TODOS OS BAIRROS DO_x000D_
 MUNICÍPIO E DA OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/837/scanner_20240821_22.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/837/scanner_20240821_22.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A PROIBIÇÃO DE ALTERAÇÕES NAS_x000D_
 DENOMINAÇÕES DE VIAS PÚBLICAS QUE CONTENHAM_x000D_
 MAIS DE 03 (TRÊS) ESTABELECIMENTOS COMERCIAIS,_x000D_
 ESCRITÓRIOS, CONSULTÓRIOS E SIMILARES”.</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/838/scanner_20240821_23.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/838/scanner_20240821_23.pdf</t>
   </si>
   <si>
     <t>“CRIA O FUNDO MUNICIPAL DE PROMOÇÃO DO_x000D_
 ESPORTE E DA OUTRAS PROVIDÊNCAIS”</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/839/scanner_20240821_24.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/839/scanner_20240821_24.pdf</t>
   </si>
   <si>
     <t>“Institui a figura do Aluno Nota Dez, a ser_x000D_
 homenageado e premiado juntamente com_x000D_
 Professor Nota Dez , a ser homenageado_x000D_
 na forma estabelecida nesta Lei.”</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/840/scanner_20240821_25.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/840/scanner_20240821_25.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a obrigatoriedade de expedição de receitas médicas e_x000D_
 odontológicas digitadas em computador, ou escritas manualmente em_x000D_
 letra de forma ou legível”.</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/841/scanner_20240821_26.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/841/scanner_20240821_26.pdf</t>
   </si>
   <si>
     <t>“Institui a Semana Municipal do Ciclista no Calendário Cultural_x000D_
 do Município de Alto Araguaia-MT e dá outras providências”.</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/842/scanner_20240821_27.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/842/scanner_20240821_27.pdf</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/843/scanner_20240821_28.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/843/scanner_20240821_28.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a instituição do_x000D_
 "Programa Farmácia Solidária", a ser_x000D_
 desenvolvido pelo Poder Executivo no_x000D_
 município de Alto e dá outras_x000D_
 providências.”</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/846/scanner_20240821_29.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/846/scanner_20240821_29.pdf</t>
   </si>
   <si>
     <t>“Dá nome ao Posto de Atendimento_x000D_
 de Saúde Básica , localizado na_x000D_
 região conhecida como Assentamento_x000D_
 Gato Preto, no município de Alto_x000D_
 Araguaia de EDJALMA NUNES_x000D_
 PEREIRA”</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/851/scanner_20240821_30.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/851/scanner_20240821_30.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE AOBRIGATORIEDADE_x000D_
 DE IDENTIFICAÇÃO DOS VEÍCULOS DA_x000D_
 FROTA MUNICIPAL E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/852/020_-_fabiano_-desconsiderar.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/852/020_-_fabiano_-desconsiderar.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a publicação em site na_x000D_
 Internet da lista de espera de consultas_x000D_
 comuns ou especializadas, exames, cirurgias_x000D_
 e quaisquer outros procedimentos ou ações_x000D_
 de saúde agendada pelos cidadãos no_x000D_
 município”.</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/853/021_-_fabiano_-_projeto_de_lei_programa_bom_pagador.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/853/021_-_fabiano_-_projeto_de_lei_programa_bom_pagador.pdf</t>
   </si>
   <si>
     <t>“Institui o Programa Bom Pagador no âmbito_x000D_
 Municipal e dá outras providências</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
     <t>Fabiano do Gás, Silvio Maia</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/854/scanner_20240821_31.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/854/scanner_20240821_31.pdf</t>
   </si>
   <si>
     <t>SUSPENSÃO DO CORTE DE ÁGUA PARA_x000D_
 O CONSUMIDOR POR PARTE DA DIVAES_x000D_
 DURANTE O PERÍODO DE PANDEMIA,_x000D_
 NO AMBITO DO MUNICÍPIO DE ALTO_x000D_
 ARAGUAIA, E DE OUTRAS_x000D_
 PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/855/scanner_20240821_33.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/855/scanner_20240821_33.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a publicação em meio_x000D_
 eletrônico da lista de espera de consultas_x000D_
 comuns ou especializadas, exames, cirurgias_x000D_
 e quaisquer outros procedimentos ou ações_x000D_
 de saúde agendada pelos cidadãos no_x000D_
 município”.</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/857/scanner_20240821_32.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/857/scanner_20240821_32.pdf</t>
   </si>
   <si>
     <t>Dá nome à Rua Barbatimão,_x000D_
 localizada no Bairro Professora_x000D_
 Maria das Graças de Souza_x000D_
 Pinto, no município de Alto_x000D_
 Araguaia de Maria Venera”</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/858/scanner_20240821_34.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/858/scanner_20240821_34.pdf</t>
   </si>
   <si>
     <t>“Institui a essencialidade das atividades_x000D_
 religiosas realizadas no templo e fora dele, em_x000D_
 qualquer tempo, no âmbito do Município de Alto_x000D_
 Araguaia – MT, e dá outras providências”.</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/859/scanner_20240821_35.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/859/scanner_20240821_35.pdf</t>
   </si>
   <si>
     <t>“Dispões sobre a obrigatoriedade da realização_x000D_
 da testagem em massa para a covid-19 no_x000D_
 município de Alto Araguaia.”</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/861/scanner_20240821_36.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/861/scanner_20240821_36.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a doação de aparelhos_x000D_
 eletrônicos do tipo tablets e a_x000D_
 disponibilização de material didático_x000D_
 digital e pacote de dados a estudantes da_x000D_
 rede pública municipal.”</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/863/scanner_20240821_37.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/863/scanner_20240821_37.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a obrigatoriedade de informar o_x000D_
 percentual da diferença entre os preços da_x000D_
 gasolina e do etanol, e dá outras_x000D_
 providências.”</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
     <t>Mariana de Souza, Luizinho, Marilia Maia, Odair Ferruja</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/864/scanner_20240821_38.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/864/scanner_20240821_38.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a Instituição do Programa Municipal_x000D_
 “Doar é preciso”</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/866/scanner_20240821_39.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/866/scanner_20240821_39.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a obrigatoriedade da realização_x000D_
 da testagem para a covid-19 no município de_x000D_
 Alto Araguaia.”</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/867/scanner_20240821_40.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/867/scanner_20240821_40.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a criação e implementação da “Semana da_x000D_
 Diversidade LGBTQIA+ e Combate a LGBTfobia” no_x000D_
 Município de Alto Araguaia-MT e dá outras_x000D_
 providencias.”.</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/868/032_-_luiz_-_semana_agricultura_familiar.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/868/032_-_luiz_-_semana_agricultura_familiar.pdf</t>
   </si>
   <si>
     <t>“Institui a Semana Municipal da Agricultura Familiar, no município de Alto_x000D_
 Araguaia-MT, e dá outras providências”.</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/870/scanner_20240821_40.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/870/scanner_20240821_40.pdf</t>
   </si>
   <si>
     <t>“Institui o ‘Projeto de Prevenção da_x000D_
 Violência Doméstica com a Estratégia de_x000D_
 Saúde da Família’ e dá outras_x000D_
 providências”</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/871/scanner_20240821_42.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/871/scanner_20240821_42.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a instalação de armários de_x000D_
 guarda-volumes nos estabelecimentos de_x000D_
 agências bancárias, bancos e cooperativas de_x000D_
 crédito, na área em que antecedem as portas_x000D_
 que possuem dispositivos de travamento_x000D_
 eletrônico, no âmbito do Município de Alto_x000D_
 Araguaia-MT ”</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/872/scanner_20240821_44.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/872/scanner_20240821_44.pdf</t>
   </si>
   <si>
     <t>“Institui o Festival do Queijo Cabacinha no Calendário Cultural_x000D_
 do Município de Alto Araguaia-MT e dá outras providências”.</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/873/scanner_20240821_45.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/873/scanner_20240821_45.pdf</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/874/scanner_20240821_46.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/874/scanner_20240821_46.pdf</t>
   </si>
   <si>
     <t>“Acresce e altera a redação de dispositivos_x000D_
 da Lei Municipal nº 4287, de 10 de junho de_x000D_
 2021 ”.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/875/scanner_20240821_47.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/875/scanner_20240821_47.pdf</t>
   </si>
   <si>
     <t>“Dá nome à Sede do Centro de Referência_x000D_
 Especializada de Assistência Social – CREAS _x000D_
 e dá outras providencias”.</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/876/scanner_20240916_56.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/876/scanner_20240916_56.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a criação de memorial em_x000D_
 homenagem as pessoas falecidas em_x000D_
 decorrência da COVID-19 no âmbito_x000D_
 municipal, e dá outras providências”.</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
     <t>MESA DIRETORA - MD</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/877/scanner_20240821_48.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/877/scanner_20240821_48.pdf</t>
   </si>
   <si>
     <t>“Altera dispositivos e anexos da Lei_x000D_
 Municipal nº 2545/2009 e dá outras_x000D_
 providências”.</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/878/scanner_20240821_2.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/878/scanner_20240821_2.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a humanização do_x000D_
 atendimento na área da saúde pública_x000D_
 municipal e dá outras providências.”</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/880/scanner_20240821_25.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/880/scanner_20240821_25.pdf</t>
   </si>
   <si>
     <t>“Dá nome ao Viveiro Municipal de Alto_x000D_
 Araguaia-MT”</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/881/scanner_20240821_23.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/881/scanner_20240821_23.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre o estacionamento_x000D_
 temporário e rotativo de veículos em_x000D_
 frente às farmácias, hospitais, clínicas_x000D_
 médicas e dá outras providências”.</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/883/scanner_20240821_17.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/883/scanner_20240821_17.pdf</t>
   </si>
   <si>
     <t>“Institui o Programa de Coleta_x000D_
 Seletiva de Lixo no Município de_x000D_
 Alto Araguaia.”</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/884/scanner_20240821_20.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/884/scanner_20240821_20.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a criação do Programa Municipal_x000D_
 “Porteira Adentro”, e dá outras providências”</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
     <t>Fabiano do Gás, Clodoaldo, Luizinho, Marcos Nunes, Mariana de Souza, Marilia Maia, Marilzan, Odair Ferruja, Ricardo Barbosa, Silvio Maia, Suzana Paniago</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/887/scanner_20240821_18.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/887/scanner_20240821_18.pdf</t>
   </si>
   <si>
     <t>Institui o Sistema Colaborativo de Segurança e_x000D_
 Monitoramento no Município de Alto Araguaia,_x000D_
 denominado ‘Alto Araguaia Mais Segura’, e dá outras_x000D_
 providências”</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/889/047_-_mariana_-_dia_do_evangelico.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/889/047_-_mariana_-_dia_do_evangelico.pdf</t>
   </si>
   <si>
     <t>“Institui e Inclui no Calendário Oficial do Município_x000D_
 de Alto Araguaia-MT o “Dia do Evangélico”, e dá_x000D_
 outras providencias”.</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/890/scanner_20240821_16.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/890/scanner_20240821_16.pdf</t>
   </si>
   <si>
     <t>“Regulamenta as formas de nomeação das_x000D_
 estradas rurais Municipais (MU’s) e dá_x000D_
 outras providências.”</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/891/scanner_20240821_15.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/891/scanner_20240821_15.pdf</t>
   </si>
   <si>
     <t>“Dá nome à Praça do Bairro_x000D_
 Professora Maria das Graças de_x000D_
 Souza Pinto, no município de Alto_x000D_
 Araguaia de ALAN GERSON”</t>
   </si>
   <si>
     <t>1708</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1708/scanner_20240815_19.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1708/scanner_20240815_19.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Suplementar no Orçamento do _x000D_
 Exercício de 2021, lei nº 4238 de 12 de _x000D_
 novembro de 2020.</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/950/001_-_projeto_de_resolucao_altera_res_009-2009_uso_veiculos_oficiais.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/950/001_-_projeto_de_resolucao_altera_res_009-2009_uso_veiculos_oficiais.pdf</t>
   </si>
   <si>
     <t>“Projeto de RESOLUÇÃO LEGISLATIVA,_x000D_
 altera a Resolução de n° 009/2009, de modo_x000D_
 especial os artigos que menciona, e dá outras_x000D_
 providências.”</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
     <t>MESA DIRETORA - MD, Marcos Nunes, Mariana de Souza, Marilia Maia, Ricardo Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/951/002-2021.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/951/002-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre adequação à concessão de cidadania no_x000D_
 Regimento Interno da Câmara Municipal de Alto_x000D_
 Araguaia/MT e dá outras providências.</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/952/scanner_20240821_2.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/952/scanner_20240821_2.pdf</t>
   </si>
   <si>
     <t>“INSTITUI NO ÂMBITO MUNICIPAL A HONRARIA AOS_x000D_
 POLICIAIS E BOMBEIROS MILITARES DESTAQUE DO_x000D_
 ANO E DA OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/953/scanner_20240821_3.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/953/scanner_20240821_3.pdf</t>
   </si>
   <si>
     <t>“Altera o limite percentual para consignados_x000D_
 previsto na Resolução n° 002/2019, e dá outras_x000D_
 providências. ”</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/954/scanner_20240821_10.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/954/scanner_20240821_10.pdf</t>
   </si>
   <si>
     <t>“Altera o prazo para consignados previsto na_x000D_
 Resolução n° 002/2019, e dá outras_x000D_
 providências.”</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
     <t>Clodoaldo, Fabiano do Gás, Luizinho, Marcos Nunes, Mariana de Souza, Marilia Maia, Marilzan, MESA DIRETORA - MD, Odair Ferruja, Ricardo Barbosa, Silvio Maia, Suzana Paniago</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/955/scanner_20240821_4.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/955/scanner_20240821_4.pdf</t>
   </si>
   <si>
     <t>“Cria a Sala do Cidadão no âmbito da Câmara_x000D_
 Municipal de Alto Araguaia-MT e dá outras providências”</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto do Legislativo</t>
   </si>
   <si>
     <t>Clodoaldo, Fabiano do Gás, Luizinho, Marcos Nunes, Mariana de Souza, Marilia Maia, Marilzan, Odair Ferruja, Ricardo Barbosa, Silvio Maia, Suzana Paniago</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/960/scanner_20240821_8.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/960/scanner_20240821_8.pdf</t>
   </si>
   <si>
     <t>“Concede título de cidadão Araguaiense a_x000D_
 Sr. JUAREZ ALVES DA COSTA”</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
     <t>CFOF - Comissão de Finanças, Orçamento e Fiscalização, Clodoaldo, Luizinho, Marcos Nunes</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/968/scanner_20240821_7.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/968/scanner_20240821_7.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre as Contas Anuais de_x000D_
 Governo da Prefeitura Municipal de_x000D_
 Alto Araguaia-MT, relativas ao exercício_x000D_
 financeiro de 2019.”</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/979/scanner_20240821_8.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/979/scanner_20240821_8.pdf</t>
   </si>
   <si>
     <t>“Concede título de cidadão_x000D_
 Araguaiense a Sr. IVO FERREIRA_x000D_
 DE MORAES”.</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/980/scanner_20240821_10.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/980/scanner_20240821_10.pdf</t>
   </si>
   <si>
     <t>“Concede título de cidadã Araguaiense à_x000D_
 Sra. LUZIA MARIA DE ABREU”.</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/981/scanner_20240821_12.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/981/scanner_20240821_12.pdf</t>
   </si>
   <si>
     <t>“Concede título de cidadão Araguaiense_x000D_
 ao Srº. MILTON FERNANDES DE_x000D_
 LIMA”.</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/983/scanner_20240821_14.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/983/scanner_20240821_14.pdf</t>
   </si>
   <si>
     <t>“Concede título de cidadão_x000D_
 Araguaiense a Sr. Dilson_x000D_
 Basso”.</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/984/scanner_20240821_6.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/984/scanner_20240821_6.pdf</t>
   </si>
   <si>
     <t>“Concede título de cidadão_x000D_
 Araguaiense ao Sr. Thiago_x000D_
 Alexandre Rodrigues da_x000D_
 Silva”</t>
   </si>
   <si>
     <t>1711</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>Marcos Nunes, Fabiano do Gás, Luizinho</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1711/scanner_20240815_17.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1711/scanner_20240815_17.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 001 AO _x000D_
 PROJETO DE LEI Nº 071 de 2021</t>
   </si>
   <si>
     <t>1844</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1844/scanner_20240821.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1844/scanner_20240821.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº01 AO _x000D_
 PROJETO DE LEI Nº 041 de 2021</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
     <t>VT</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1147/scan2_-_convertido_1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1147/scan2_-_convertido_1.pdf</t>
   </si>
   <si>
     <t>VETO À EMENDA MODIFICATIVA Nº 001, APRESENTADA AO PROJETO DE LEI Nº _x000D_
 036/2021</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1148/scan2_-_convertido_3.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1148/scan2_-_convertido_3.pdf</t>
   </si>
   <si>
     <t>VETO À EMENDA MODIFICATIVA Nº 002, APRESENTADA AO PROJETO DE LEI Nº _x000D_
 037/2021</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1149/scan2_-_convertido_1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1149/scan2_-_convertido_1.pdf</t>
   </si>
   <si>
     <t>VETO À EMENDA MODIFICATIVA Nº 002, APRESENTADA AO PROJETO DE LEI Nº _x000D_
 038/2021</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1150/veto_004.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1150/veto_004.pdf</t>
   </si>
   <si>
     <t>VETO À EMENDA MODIFICATIVA Nº 003, APRESENTADA AO PROJETO DE LEI Nº _x000D_
 037/2021</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1151/scanner_20240821_19.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1151/scanner_20240821_19.pdf</t>
   </si>
   <si>
     <t>VETO Nº 005, DE 30 DE NOVEMBRO DE 202</t>
   </si>
   <si>
     <t>1843</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1843/scanner_20240821_22.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1843/scanner_20240821_22.pdf</t>
   </si>
   <si>
     <t>Veto ao Projeto de Lei do Legislativo nº 044/2021.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção de Congratulações e Aplausos.</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/402/mocao-1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/402/mocao-1.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa,_x000D_
 ouvido o Soberano Plenário, com fulcro no Regimento Interno_x000D_
 desta Augusta Casa de Leis, que seja aprovada MOÇÃO DE_x000D_
 APLAUSOS ao Pastor Antônio de Pádua Pimentel</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/403/mocao-18.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/403/mocao-18.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRA_x0002_TULAÇÕES PARA O 3º SARGENTO_x000D_
 EVALDO ARAÚJO DA SILVA POR_x000D_
 MOTIVO HEROICO</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/404/mocao-17.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/404/mocao-17.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRA_x0002_TULAÇÕES PARA A SOLDADO WA_x0002_NESSA LOPES DOS SANTOS POR MO_x0002_TIVO HEROICO.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/405/mocao-19.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/405/mocao-19.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRA_x0002_TULAÇÕES PARA A SOLDADO EDU_x0002_ARDO ALVES DE OLIVEIRA POR MO_x0002_TIVO HEROICO.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/406/mocao-15-16.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/406/mocao-15-16.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRA_x0002_TULAÇÕES PARA O 3º SGT MARCOS_x000D_
 ANTÔNIO DA SILVA POR MOTIVO_x000D_
 HEROICO.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/407/mocao-12.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/407/mocao-12.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa,_x000D_
 ouvido o Soberano Plenário, com fulcro no Regimento Interno_x000D_
 desta Augusta Casa de Leis, que seja aprovada MOÇÃO DE_x000D_
 APLAUSOS ao servidor público, Donizete Carmelo Silva.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/408/mocao-11.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/408/mocao-11.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, vem respeitosamente, requer à Mesa,_x000D_
 ouvido o Soberano Plenário, com fulcro no Regimento Interno desta Augusta Casa de_x000D_
 Leis, que seja aprovada MOÇÃO DE APLAUSOS a servidora pública, Professora_x000D_
 Abilene Antônia de Bastos Queiroz em reconhecimento dos seus relevantes serviços_x000D_
 prestados ao município de Alto Araguaia, através da educação.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/409/mocao-10.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/409/mocao-10.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, vem respeitosamente, requer à Mesa,_x000D_
 ouvido o Soberano Plenário, com fulcro no Regimento Interno desta Augusta Casa de_x000D_
 Leis, que seja aprovada MOÇÃO DE APLAUSOS a servidora pública aposentada,_x000D_
 Professora Cleire França da Silva em reconhecimento dos seus relevantes serviços_x000D_
 prestados ao município de Alto Araguaia, através da educação.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/410/mocao-9.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/410/mocao-9.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, vem respeitosamente, requer à Mesa,_x000D_
 ouvido o Soberano Plenário, com fulcro no Regimento Interno desta Augusta Casa de_x000D_
 Leis, que seja aprovada MOÇÃO DE APLAUSOS À TODOS OS PROFESSORES E_x000D_
 EDUCADORES, PELO SEU DIA A SER COMEMORADO EM 15 DE OUTUBRO_x000D_
 DE 2021.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/411/mocao-7-8.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/411/mocao-7-8.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRA_x0002_TULAÇÕES PARA O SERVIDOR PÚ_x0002_BLICO ALBANEZ BERIGO PELOS 48_x000D_
 ANOS DE SERVIÇOS PRESTADOS AO_x000D_
 MUNICÍPIO</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/412/mocao-13.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/412/mocao-13.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRA_x0002_TULAÇÕES PARA OS COORDENADO_x0002_RES DO PROJETO “CLUBE DE LEITU_x0002_RA EM ALTO ARAGUAIA</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/413/mocao-12.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/413/mocao-12.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRA_x0002_TULAÇÕES PARA O SERVIDOR PÚ_x0002_BLICO DR. JOSÉ LUIZ ZACHINI PE_x0002_LOS 17 ANOS DE SERVIÇOS PRESTA_x0002_DOS AO MUNICÍPIO.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/414/mocao-9.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/414/mocao-9.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRA_x0002_TULAÇÕES AOS PROFISSIONAIS DA_x000D_
 SAÚDE DE ALTO ARAGUAIA PELO_x000D_
 TRABALHO PRESTADO NA LINHA DE_x000D_
 FRENTE DO COMBATE DA PANDE_x0002_MIA DE COVID-19</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/415/mocao-1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/415/mocao-1.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, solicita que após ouvido o Soberano Plenário desta Casa, se envie Moção de Pesar  aos familiares do Sr. Jorge Cândido de Resende, pelo seu falecimento._x000D_
 _x000D_
 Sua morte, enluta não somente seus familiares e amigos, mas toda a sociedade que lamenta a perda de um cidadão exemplar na honestidade, no caráter e na honra. _x000D_
 _x000D_
 Aos seus familiares, nossas sinceras condolências, reiterando que esta Câmara não poderia deixar de se associar ao pesar de cada familiar. Manifestamos nosso profundo respeito e rogamos a Deus que traga conforto aos corações enlutados. Desejamos que a paz, o consolo e a força da fé reinem no meio de todos, primando o amor a Deus sobre todas as coisas para que o Sr. Jorge Cândido de Resende descanse em paz.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/417/mocao-3-4.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/417/mocao-3-4.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE REPÚDIO CONTRA A _x000D_
 ENERGISA S. A., CONCESSIONÁRIA DE _x000D_
 ENERGIA DO ESTADO DE MATO GROSSO _x000D_
 EM RAZÃO DO DESCASO COM A _x000D_
 SOCIEDADE NA PRESTAÇÃO DO SERVIÇO_x000D_
 PÚBLICO</t>
   </si>
   <si>
     <t>1633</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1633/mocao-2-3.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1633/mocao-2-3.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que abaixo subscrevem, solicitam que após ouvido O _x000D_
 Soberano Plenário desta Casa, se envie Moção de Repúdio à Superintendência _x000D_
 Regional do-Banco do Brasil, pelos motivos a seguir declinados:</t>
   </si>
   <si>
     <t>1634</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1634/mocao-13-14.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1634/mocao-13-14.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E _x000D_
 CONGRATULAÇÕES PARA A _x000D_
 SOLDADO GELSON PIRES DA SILVA _x000D_
 POR MOTIVO HEROICO.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
@@ -8903,67 +8903,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/302/doc_1-26.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/303/doc_1-23.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/304/doc_1-22.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/305/doc_1-21.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/306/doc_1-20.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/307/doc_1-19.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/308/doc_1-18.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/309/doc_1-17.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/310/doc_1-16.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/311/doc_1-14-15.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/312/doc_1-13.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/313/doc_1-12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/314/doc_1-11.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/315/doc_1-10.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/316/doc_1-9.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/317/doc_1-8.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/318/doc_1-7.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/319/doc_1-6.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/320/doc_1-5.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/321/doc_1-3-4.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/322/scan25_arquivos_mesclados_2.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/323/doc_4-30.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/324/doc_4-29.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/325/scanner_20240916_60.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/326/doc_4-28.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/327/doc_4-27.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/328/doc_4-26.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/329/doc_4-25.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/330/doc_4-24.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/331/doc_4-23.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/332/doc_4-22.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/333/doc_4-21.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/334/doc_4-20.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/335/doc_4-19.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/336/doc_4-18.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/337/doc_4-16-17.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/338/doc_4-15.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/339/doc_4-14.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/340/doc_4-12.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/341/doc_4-11.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/342/doc_4-10.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/343/doc_4-9.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/344/doc_4-8.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/345/doc_4-7.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/346/doc_4-6.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/347/doc_4-5.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/348/doc_4-4.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/349/doc_4-3.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/350/doc_4-1-2.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/351/doc_3-23.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/352/doc_3-22.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/353/doc_3-21.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/354/doc_3-20.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/355/doc_3-19.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/356/doc_3-18.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/357/056_-_odair_-_substituicao_dos_tambores.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/358/doc_3-16.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/359/doc_3-15.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/360/doc_3-14.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/361/doc_3-12.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/362/doc_3-13.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/363/doc_3-11.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/364/doc_3-10.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/365/doc_3-9.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/366/doc_3-8.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/367/doc_3-7.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/368/doc_3-6.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/369/doc_3-5.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/370/doc_3-3.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/371/doc_3-2.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/372/doc_3-1.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/373/doc_2-31.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/374/doc_2-30.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/375/doc_2-29.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/376/doc_2-28.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/377/doc_2-27.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/378/doc_2-24-26.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/379/doc_2-23.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/380/doc_2-22.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/381/doc_2-21.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/382/doc_2-20.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/383/doc_2-19.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/384/doc_2-18.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/385/doc_2-17.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/386/doc_2-16.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/387/doc_2-15.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/388/doc_2-14.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/389/doc_2-13.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/390/doc_2-12.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/391/doc_2-11.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/392/doc_2-10.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/393/doc_2-9.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/394/doc_2-8.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/395/doc_2-7.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/396/doc_2-6.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/397/doc_2-5.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/398/doc_2-4.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/399/doc_2-3.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/400/doc_2-1-2.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/401/ata_21_2.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/418/scan4_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/419/scan-27.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/420/scanner_20240916_57.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/421/scan-26.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/422/scan-25.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/423/scan-24.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/424/scan-23.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/425/scan-22.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/426/scan-21.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/427/scan-20.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/428/scan-19.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/429/scan-18.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/430/scan-17.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/431/scan-15-16.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/432/scan-14.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/433/scan-13.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/434/scan-12.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/435/scan-11.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/436/scan-10.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/438/scan-9.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/439/scan-8.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/441/scan5-23.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/442/scan5-22.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/443/scan5-21.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/444/scan5-20.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/446/scan5-18-19.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/448/scan5-17.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/449/scan5-16.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/451/scan5-15.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/452/scan5-14.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/455/scan2.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/457/scan5-3.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/458/scan5-2.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/460/scan5-1.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/463/scan-6-7.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/464/scan-5.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/465/scan-4.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/466/scan-3.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/467/scan25_arquivos_mesclados_1.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/468/scan.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/470/scan_2.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/472/scan_1.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/474/scan3.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/476/scan4.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/478/scan_5.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/480/scan_2.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/483/doc_6-22-29.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/484/doc_6-21.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/486/doc_6-20.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/488/doc_6-19.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/491/doc_6-18.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/494/doc_6-17.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/496/doc_6-16.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/498/doc_6-15.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/500/doc_6-14.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/502/doc_6-13.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/504/doc_6-12.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/506/doc_6-11.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/508/doc_6-10.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/510/doc_6-9.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/512/doc_6-8.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/514/doc_6-5.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/516/doc_6-4.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/518/doc_6-3.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/519/doc_6-2.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/520/doc_6-1.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/521/scan_3.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/522/doc_4-40.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/523/doc_4-39.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/524/doc_4-38.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/525/doc_4-37.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/526/doc_4-36.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/527/doc_4-35.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/528/doc_4-34.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/529/doc_4-33.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/530/doc_4-32.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/531/doc_4-31.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/532/doc_4-30.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/533/doc_4-29.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/534/doc_4-28.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/535/doc_4-27.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/536/doc_4-26.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/538/doc_4-25.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/541/doc_4-24.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/542/doc_4-23.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/543/doc_4-22.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/544/doc_4-21.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/546/doc_4-20.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/547/189-_suzana.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/549/doc_4-19.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/550/doc_4-18.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/552/doc_4-17.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/554/doc_4-16.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/556/doc_4-15.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/558/doc_4-14.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1635/doc_4-13.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/560/doc_4-12.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/561/doc_4-11.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/564/doc_4-10.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/565/doc_4-9.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/621/doc_4-8.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/622/doc_4-7.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/623/doc_4-6.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/624/doc_4-5.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/625/doc_4-3-4.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/626/doc_4-2.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/627/doc_4-1.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/628/doc_3-28-29.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/629/doc_3-27.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/630/doc_3-26.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/631/doc_3-24-25.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/632/doc_3-23.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/633/doc_3-22.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/634/doc_3-21.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/635/doc_3-20.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/636/doc_3-19.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/637/doc_3-18.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/638/doc_3-17.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/639/doc_3-16.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/640/doc_3-15.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/641/scanner_20240916_55.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/642/doc_3-14.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/643/doc_3-12-13.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/644/doc_3-11.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/645/doc_3-10.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1636/doc_3-9.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/646/doc_3-8.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/647/doc_3-7.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/648/doc_3-6.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/649/doc_3-5.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/650/doc_3-4.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/651/doc_3-3.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/652/doc_3-2.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/653/doc_3-1.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/654/doc_2-33.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/655/doc_2-32.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/656/doc_2-31.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/657/doc_2-30.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/658/doc_2-28-29.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/659/doc_2-27.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/660/doc_2-26.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/661/doc_2-25.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/662/doc_2-24.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/663/doc_2-23.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/664/doc_2-22.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/665/doc_2-21.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/666/doc_2-20.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/667/doc_2-19.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/668/doc_2-18.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/669/doc_2-17.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/670/doc_2-16.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/671/doc_2-15.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/672/doc_2-14.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/673/doc_2-13.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/675/doc_2-12.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/676/doc_2-11.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/677/doc_2-10.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/678/258_-_mariana.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/679/doc_2-9.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1637/doc_2-8.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/680/doc_2-7.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/681/doc_2-6.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/682/doc_2-5.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/683/doc_2-3-4.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/684/doc_2-1-2.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/685/doc_1-44.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/686/doc_1-43.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/687/doc_1-42.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/688/doc_1-41.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/689/doc_1-40.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/690/doc_1-39.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/691/doc_1-37-38.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/692/doc_1-36.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/693/doc_1-35.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/694/doc_1-34.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/695/doc_1-33.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/696/doc_1-32.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/697/doc_1-30-31.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/698/doc_1-29.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/699/doc_1-28.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/700/doc_1-26-27.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/701/doc_1-25.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/702/doc_1-24.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/703/doc_1-22.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/704/doc_1-21.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/705/doc_1-19.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/706/doc_1-18.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/707/doc_1-17.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/708/doc_1-16.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/709/doc_1-15.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/710/doc_1-13-14.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/711/doc_1-10.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/712/doc_1-9.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/713/doc_1-8.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/714/doc_1-7.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/715/doc_1-6.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/716/doc_1-5.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/717/doc_1-4.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/718/doc_1-3.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/719/doc_1-2.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1638/doc_1-1.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1724/doc_3-38.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1725/doc_3-32-37.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1726/doc_3-31.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1727/doc_3-30.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1728/doc_3-29.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1730/doc_3-27.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1731/doc_3-26.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1732/doc_3-25.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1733/doc_3-24.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1734/doc_3-23.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1735/doc_3-22.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1736/doc_3-21.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1737/doc_3-20.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1738/doc_3-19.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1740/doc_3-15-17.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1741/doc_3-14.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1742/doc_3-13.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1743/doc_3-12.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1744/doc_3-11.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1745/doc_3-10.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1746/doc_3-9.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1747/doc_3-8.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1748/doc_3-7.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1749/doc_3-5-6.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1750/doc_3-4.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1751/doc_3-3.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1752/doc_3-1-2.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1753/doc_2-48.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1754/doc_2-47.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1755/doc_2-46.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1756/doc_2-45.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1757/doc_2-44.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1758/doc_2-43.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1759/doc_2-42.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1760/doc_2-41.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1761/doc_2-40.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1762/doc_2-39.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1763/doc_2-37-38.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1764/doc_2-34-35.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1765/doc_2-33.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1766/doc_2-32.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1767/doc_2-31.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1768/doc_2-30.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1769/doc_2-29.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1770/doc_2-28.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1771/doc_2-27.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1772/doc_2-25-26.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1773/doc_2-24.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1774/doc_2-23.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1775/doc_2-22.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1777/doc_2-21.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1778/doc_2-20.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1779/doc_2-19.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1780/doc_2-17-18.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1781/doc_2-16.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1782/doc_2-14-15.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1783/060_-_mariana_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1784/doc_2-13.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1785/doc_2-12.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1786/doc_2-11.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1787/doc_2-10.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1788/doc_2-9.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1789/doc_2-8.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1790/doc_2-7.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1791/doc_2-6.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1792/doc_2-5.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1793/doc_2-4.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1794/doc_2-3.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1795/doc_2-2.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1796/doc_2-1.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1797/doc_1-46.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1798/doc_1-45.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1799/doc_1-44.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1800/doc_1-43.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1801/doc_1-42.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1802/doc_1-41.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1803/doc_1-40.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1804/doc_1-39.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1805/doc_1-38.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1806/doc_1-37.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1807/doc_1-36.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1808/doc_1-35.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1809/doc_1-34.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1810/doc_1-33.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1811/doc_1-32.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1812/doc_1-31.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1813/doc_1-30.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1814/doc_1-29.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1815/doc_1-28.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1816/doc_1-27.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1817/doc_1-26.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1818/doc_1-25.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1819/doc_1-23-24.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1820/doc_1-22.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1821/doc_1-21.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1822/doc_1-20.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1823/doc_1-18-19.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1824/doc_1-17.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1825/doc_1-15-16.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1826/doc_1-14.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1827/doc_1-13.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1828/doc_1-12.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1829/doc_1-11.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1830/doc_1-10.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1831/doc_1-9.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1832/doc_1-8.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1833/doc_1-7.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1834/doc_1-6.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1835/doc_1-5.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1836/doc_1-4.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1837/doc_1-3.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1838/doc_1-2.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1842/116_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1839/doc_1-1.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1639/scan2_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1640/scan2_-_convertido_1.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1641/scan2_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1642/scanner_20240814.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1643/scanner_20240814_2.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1644/scanner_20240814_3.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1645/scanner_20240814_4.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1646/scanner_20240814_6.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1647/scanner_20240814_7.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1648/scanner_20240814_8.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1649/scanner_20240814_9.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1650/scanner_20240814_10.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1651/scanner_20240814_11.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1652/scanner_20240814_12.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1653/scanner_20240814_13.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1654/scanner_20240814_14.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1655/scanner_20240814_15.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1656/scanner_20240814_16.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1657/scanner_20240814_17.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1658/scanner_20240814_18.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1659/scanner_20240814_19.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1660/scanner_20240814_21.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1661/scanner_20240814_22.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1662/scanner_20240814_24.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1663/scanner_20240814_23.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1664/scanner_20240814_25.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1665/scanner_20240814_26.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1666/scanner_20240814_27.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1667/scanner_20240814_28.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1668/scanner_20240814_29.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1669/scanner_20240814_30.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1670/scanner_20240814_31.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1671/scanner_20240814_33.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1672/scanner_20240814_34.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1673/scanner_20240814_35.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1674/scanner_20240814_36.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1675/scan2_-_convertido_2.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1676/scan2_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1677/scanner_20240815_48.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1678/scanner_20240815_47.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1679/scanner_20240815_49.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1680/scanner_20240815_46.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1681/scanner_20240815_45.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1682/scanner_20240815_44.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1683/scanner_20240815_43.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1684/scanner_20240815_42.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1685/scanner_20240815_41.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1686/scanner_20240815_40.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1687/scanner_20240815_39.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1688/scanner_20240815_38.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1689/scanner_20240815_37.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1690/scanner_20240815_36.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1691/scanner_20240815_35.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1692/scanner_20240815_34.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1693/scanner_20240815_33.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1694/scanner_20240815_32.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1695/scanner_20240815_31.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1696/scanner_20240815_30.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1697/scanner_20240815_29.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1698/scanner_20240815_27.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1699/scanner_20240815_27.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1700/scanner_20240815_26.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1701/scanner_20240815_25.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1702/scanner_20240815_24.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1703/scanner_20240815_23.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1704/scanner_20240815_22.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1705/scanner_20240815_21.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1706/scanner_20240815_22.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1707/scanner_20240815_20.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1709/scanner_20240815_18.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1710/scanner_20240815_16.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1712/scanner_20240815_15.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1713/scanner_20240815_13.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1714/scanner_20240815_12.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1715/scanner_20240815_11.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1716/scanner_20240815_10.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1717/scanner_20240815_9.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1718/scanner_20240815_2.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1719/scanner_20240815_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1720/scan2_-_convertido_2.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1721/scanner_20240815_4.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1722/scanner_20240815_5.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1723/scanner_20240815_7.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/827/scanner_20240821_13.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/828/scanner_20240821_12.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/829/scanner_20240821_14.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/830/scanner_20240821_15.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/831/scanner_20240821_16.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/832/scanner_20240821_17.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/833/scanner_20240821_18.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/834/scanner_20240821_19.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/835/scanner_20240821_20.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/836/scanner_20240821_21.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/837/scanner_20240821_22.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/838/scanner_20240821_23.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/839/scanner_20240821_24.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/840/scanner_20240821_25.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/841/scanner_20240821_26.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/842/scanner_20240821_27.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/843/scanner_20240821_28.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/846/scanner_20240821_29.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/851/scanner_20240821_30.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/852/020_-_fabiano_-desconsiderar.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/853/021_-_fabiano_-_projeto_de_lei_programa_bom_pagador.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/854/scanner_20240821_31.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/855/scanner_20240821_33.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/857/scanner_20240821_32.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/858/scanner_20240821_34.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/859/scanner_20240821_35.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/861/scanner_20240821_36.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/863/scanner_20240821_37.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/864/scanner_20240821_38.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/866/scanner_20240821_39.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/867/scanner_20240821_40.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/868/032_-_luiz_-_semana_agricultura_familiar.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/870/scanner_20240821_40.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/871/scanner_20240821_42.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/872/scanner_20240821_44.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/873/scanner_20240821_45.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/874/scanner_20240821_46.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/875/scanner_20240821_47.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/876/scanner_20240916_56.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/877/scanner_20240821_48.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/878/scanner_20240821_2.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/880/scanner_20240821_25.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/881/scanner_20240821_23.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/883/scanner_20240821_17.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/884/scanner_20240821_20.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/887/scanner_20240821_18.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/889/047_-_mariana_-_dia_do_evangelico.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/890/scanner_20240821_16.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/891/scanner_20240821_15.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1708/scanner_20240815_19.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/950/001_-_projeto_de_resolucao_altera_res_009-2009_uso_veiculos_oficiais.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/951/002-2021.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/952/scanner_20240821_2.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/953/scanner_20240821_3.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/954/scanner_20240821_10.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/955/scanner_20240821_4.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/960/scanner_20240821_8.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/968/scanner_20240821_7.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/979/scanner_20240821_8.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/980/scanner_20240821_10.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/981/scanner_20240821_12.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/983/scanner_20240821_14.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/984/scanner_20240821_6.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1711/scanner_20240815_17.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1844/scanner_20240821.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1147/scan2_-_convertido_1.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1148/scan2_-_convertido_3.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1149/scan2_-_convertido_1.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1150/veto_004.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1151/scanner_20240821_19.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1843/scanner_20240821_22.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/402/mocao-1.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/403/mocao-18.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/404/mocao-17.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/405/mocao-19.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/406/mocao-15-16.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/407/mocao-12.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/408/mocao-11.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/409/mocao-10.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/410/mocao-9.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/411/mocao-7-8.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/412/mocao-13.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/413/mocao-12.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/414/mocao-9.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/415/mocao-1.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/417/mocao-3-4.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1633/mocao-2-3.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1634/mocao-13-14.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/302/doc_1-26.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/303/doc_1-23.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/304/doc_1-22.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/305/doc_1-21.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/306/doc_1-20.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/307/doc_1-19.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/308/doc_1-18.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/309/doc_1-17.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/310/doc_1-16.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/311/doc_1-14-15.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/312/doc_1-13.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/313/doc_1-12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/314/doc_1-11.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/315/doc_1-10.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/316/doc_1-9.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/317/doc_1-8.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/318/doc_1-7.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/319/doc_1-6.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/320/doc_1-5.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/321/doc_1-3-4.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/322/scan25_arquivos_mesclados_2.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/323/doc_4-30.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/324/doc_4-29.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/325/scanner_20240916_60.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/326/doc_4-28.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/327/doc_4-27.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/328/doc_4-26.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/329/doc_4-25.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/330/doc_4-24.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/331/doc_4-23.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/332/doc_4-22.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/333/doc_4-21.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/334/doc_4-20.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/335/doc_4-19.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/336/doc_4-18.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/337/doc_4-16-17.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/338/doc_4-15.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/339/doc_4-14.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/340/doc_4-12.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/341/doc_4-11.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/342/doc_4-10.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/343/doc_4-9.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/344/doc_4-8.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/345/doc_4-7.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/346/doc_4-6.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/347/doc_4-5.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/348/doc_4-4.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/349/doc_4-3.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/350/doc_4-1-2.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/351/doc_3-23.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/352/doc_3-22.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/353/doc_3-21.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/354/doc_3-20.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/355/doc_3-19.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/356/doc_3-18.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/357/056_-_odair_-_substituicao_dos_tambores.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/358/doc_3-16.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/359/doc_3-15.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/360/doc_3-14.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/361/doc_3-12.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/362/doc_3-13.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/363/doc_3-11.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/364/doc_3-10.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/365/doc_3-9.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/366/doc_3-8.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/367/doc_3-7.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/368/doc_3-6.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/369/doc_3-5.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/370/doc_3-3.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/371/doc_3-2.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/372/doc_3-1.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/373/doc_2-31.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/374/doc_2-30.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/375/doc_2-29.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/376/doc_2-28.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/377/doc_2-27.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/378/doc_2-24-26.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/379/doc_2-23.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/380/doc_2-22.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/381/doc_2-21.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/382/doc_2-20.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/383/doc_2-19.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/384/doc_2-18.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/385/doc_2-17.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/386/doc_2-16.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/387/doc_2-15.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/388/doc_2-14.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/389/doc_2-13.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/390/doc_2-12.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/391/doc_2-11.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/392/doc_2-10.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/393/doc_2-9.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/394/doc_2-8.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/395/doc_2-7.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/396/doc_2-6.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/397/doc_2-5.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/398/doc_2-4.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/399/doc_2-3.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/400/doc_2-1-2.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/401/ata_21_2.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/418/scan4_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/419/scan-27.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/420/scanner_20240916_57.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/421/scan-26.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/422/scan-25.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/423/scan-24.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/424/scan-23.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/425/scan-22.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/426/scan-21.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/427/scan-20.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/428/scan-19.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/429/scan-18.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/430/scan-17.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/431/scan-15-16.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/432/scan-14.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/433/scan-13.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/434/scan-12.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/435/scan-11.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/436/scan-10.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/438/scan-9.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/439/scan-8.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/441/scan5-23.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/442/scan5-22.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/443/scan5-21.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/444/scan5-20.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/446/scan5-18-19.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/448/scan5-17.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/449/scan5-16.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/451/scan5-15.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/452/scan5-14.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/455/scan2.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/457/scan5-3.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/458/scan5-2.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/460/scan5-1.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/463/scan-6-7.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/464/scan-5.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/465/scan-4.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/466/scan-3.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/467/scan25_arquivos_mesclados_1.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/468/scan.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/470/scan_2.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/472/scan_1.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/474/scan3.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/476/scan4.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/478/scan_5.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/480/scan_2.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/483/doc_6-22-29.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/484/doc_6-21.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/486/doc_6-20.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/488/doc_6-19.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/491/doc_6-18.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/494/doc_6-17.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/496/doc_6-16.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/498/doc_6-15.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/500/doc_6-14.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/502/doc_6-13.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/504/doc_6-12.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/506/doc_6-11.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/508/doc_6-10.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/510/doc_6-9.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/512/doc_6-8.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/514/doc_6-5.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/516/doc_6-4.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/518/doc_6-3.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/519/doc_6-2.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/520/doc_6-1.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/521/scan_3.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/522/doc_4-40.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/523/doc_4-39.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/524/doc_4-38.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/525/doc_4-37.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/526/doc_4-36.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/527/doc_4-35.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/528/doc_4-34.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/529/doc_4-33.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/530/doc_4-32.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/531/doc_4-31.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/532/doc_4-30.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/533/doc_4-29.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/534/doc_4-28.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/535/doc_4-27.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/536/doc_4-26.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/538/doc_4-25.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/541/doc_4-24.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/542/doc_4-23.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/543/doc_4-22.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/544/doc_4-21.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/546/doc_4-20.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/547/189-_suzana.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/549/doc_4-19.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/550/doc_4-18.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/552/doc_4-17.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/554/doc_4-16.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/556/doc_4-15.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/558/doc_4-14.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1635/doc_4-13.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/560/doc_4-12.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/561/doc_4-11.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/564/doc_4-10.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/565/doc_4-9.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/621/doc_4-8.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/622/doc_4-7.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/623/doc_4-6.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/624/doc_4-5.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/625/doc_4-3-4.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/626/doc_4-2.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/627/doc_4-1.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/628/doc_3-28-29.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/629/doc_3-27.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/630/doc_3-26.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/631/doc_3-24-25.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/632/doc_3-23.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/633/doc_3-22.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/634/doc_3-21.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/635/doc_3-20.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/636/doc_3-19.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/637/doc_3-18.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/638/doc_3-17.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/639/doc_3-16.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/640/doc_3-15.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/641/scanner_20240916_55.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/642/doc_3-14.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/643/doc_3-12-13.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/644/doc_3-11.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/645/doc_3-10.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1636/doc_3-9.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/646/doc_3-8.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/647/doc_3-7.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/648/doc_3-6.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/649/doc_3-5.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/650/doc_3-4.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/651/doc_3-3.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/652/doc_3-2.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/653/doc_3-1.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/654/doc_2-33.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/655/doc_2-32.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/656/doc_2-31.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/657/doc_2-30.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/658/doc_2-28-29.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/659/doc_2-27.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/660/doc_2-26.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/661/doc_2-25.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/662/doc_2-24.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/663/doc_2-23.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/664/doc_2-22.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/665/doc_2-21.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/666/doc_2-20.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/667/doc_2-19.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/668/doc_2-18.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/669/doc_2-17.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/670/doc_2-16.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/671/doc_2-15.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/672/doc_2-14.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/673/doc_2-13.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/675/doc_2-12.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/676/doc_2-11.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/677/doc_2-10.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/678/258_-_mariana.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/679/doc_2-9.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1637/doc_2-8.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/680/doc_2-7.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/681/doc_2-6.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/682/doc_2-5.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/683/doc_2-3-4.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/684/doc_2-1-2.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/685/doc_1-44.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/686/doc_1-43.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/687/doc_1-42.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/688/doc_1-41.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/689/doc_1-40.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/690/doc_1-39.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/691/doc_1-37-38.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/692/doc_1-36.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/693/doc_1-35.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/694/doc_1-34.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/695/doc_1-33.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/696/doc_1-32.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/697/doc_1-30-31.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/698/doc_1-29.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/699/doc_1-28.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/700/doc_1-26-27.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/701/doc_1-25.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/702/doc_1-24.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/703/doc_1-22.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/704/doc_1-21.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/705/doc_1-19.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/706/doc_1-18.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/707/doc_1-17.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/708/doc_1-16.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/709/doc_1-15.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/710/doc_1-13-14.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/711/doc_1-10.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/712/doc_1-9.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/713/doc_1-8.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/714/doc_1-7.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/715/doc_1-6.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/716/doc_1-5.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/717/doc_1-4.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/718/doc_1-3.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/719/doc_1-2.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1638/doc_1-1.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1724/doc_3-38.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1725/doc_3-32-37.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1726/doc_3-31.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1727/doc_3-30.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1728/doc_3-29.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1730/doc_3-27.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1731/doc_3-26.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1732/doc_3-25.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1733/doc_3-24.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1734/doc_3-23.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1735/doc_3-22.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1736/doc_3-21.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1737/doc_3-20.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1738/doc_3-19.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1740/doc_3-15-17.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1741/doc_3-14.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1742/doc_3-13.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1743/doc_3-12.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1744/doc_3-11.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1745/doc_3-10.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1746/doc_3-9.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1747/doc_3-8.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1748/doc_3-7.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1749/doc_3-5-6.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1750/doc_3-4.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1751/doc_3-3.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1752/doc_3-1-2.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1753/doc_2-48.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1754/doc_2-47.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1755/doc_2-46.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1756/doc_2-45.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1757/doc_2-44.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1758/doc_2-43.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1759/doc_2-42.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1760/doc_2-41.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1761/doc_2-40.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1762/doc_2-39.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1763/doc_2-37-38.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1764/doc_2-34-35.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1765/doc_2-33.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1766/doc_2-32.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1767/doc_2-31.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1768/doc_2-30.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1769/doc_2-29.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1770/doc_2-28.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1771/doc_2-27.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1772/doc_2-25-26.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1773/doc_2-24.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1774/doc_2-23.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1775/doc_2-22.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1777/doc_2-21.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1778/doc_2-20.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1779/doc_2-19.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1780/doc_2-17-18.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1781/doc_2-16.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1782/doc_2-14-15.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1783/060_-_mariana_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1784/doc_2-13.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1785/doc_2-12.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1786/doc_2-11.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1787/doc_2-10.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1788/doc_2-9.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1789/doc_2-8.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1790/doc_2-7.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1791/doc_2-6.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1792/doc_2-5.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1793/doc_2-4.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1794/doc_2-3.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1795/doc_2-2.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1796/doc_2-1.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1797/doc_1-46.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1798/doc_1-45.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1799/doc_1-44.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1800/doc_1-43.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1801/doc_1-42.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1802/doc_1-41.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1803/doc_1-40.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1804/doc_1-39.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1805/doc_1-38.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1806/doc_1-37.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1807/doc_1-36.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1808/doc_1-35.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1809/doc_1-34.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1810/doc_1-33.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1811/doc_1-32.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1812/doc_1-31.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1813/doc_1-30.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1814/doc_1-29.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1815/doc_1-28.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1816/doc_1-27.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1817/doc_1-26.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1818/doc_1-25.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1819/doc_1-23-24.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1820/doc_1-22.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1821/doc_1-21.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1822/doc_1-20.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1823/doc_1-18-19.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1824/doc_1-17.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1825/doc_1-15-16.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1826/doc_1-14.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1827/doc_1-13.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1828/doc_1-12.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1829/doc_1-11.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1830/doc_1-10.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1831/doc_1-9.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1832/doc_1-8.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1833/doc_1-7.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1834/doc_1-6.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1835/doc_1-5.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1836/doc_1-4.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1837/doc_1-3.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1838/doc_1-2.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1842/116_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1839/doc_1-1.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1639/scan2_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1640/scan2_-_convertido_1.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1641/scan2_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1642/scanner_20240814.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1643/scanner_20240814_2.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1644/scanner_20240814_3.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1645/scanner_20240814_4.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1646/scanner_20240814_6.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1647/scanner_20240814_7.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1648/scanner_20240814_8.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1649/scanner_20240814_9.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1650/scanner_20240814_10.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1651/scanner_20240814_11.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1652/scanner_20240814_12.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1653/scanner_20240814_13.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1654/scanner_20240814_14.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1655/scanner_20240814_15.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1656/scanner_20240814_16.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1657/scanner_20240814_17.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1658/scanner_20240814_18.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1659/scanner_20240814_19.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1660/scanner_20240814_21.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1661/scanner_20240814_22.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1662/scanner_20240814_24.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1663/scanner_20240814_23.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1664/scanner_20240814_25.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1665/scanner_20240814_26.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1666/scanner_20240814_27.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1667/scanner_20240814_28.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1668/scanner_20240814_29.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1669/scanner_20240814_30.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1670/scanner_20240814_31.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1671/scanner_20240814_33.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1672/scanner_20240814_34.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1673/scanner_20240814_35.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1674/scanner_20240814_36.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1675/scan2_-_convertido_2.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1676/scan2_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1677/scanner_20240815_48.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1678/scanner_20240815_47.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1679/scanner_20240815_49.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1680/scanner_20240815_46.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1681/scanner_20240815_45.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1682/scanner_20240815_44.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1683/scanner_20240815_43.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1684/scanner_20240815_42.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1685/scanner_20240815_41.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1686/scanner_20240815_40.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1687/scanner_20240815_39.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1688/scanner_20240815_38.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1689/scanner_20240815_37.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1690/scanner_20240815_36.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1691/scanner_20240815_35.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1692/scanner_20240815_34.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1693/scanner_20240815_33.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1694/scanner_20240815_32.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1695/scanner_20240815_31.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1696/scanner_20240815_30.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1697/scanner_20240815_29.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1698/scanner_20240815_27.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1699/scanner_20240815_27.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1700/scanner_20240815_26.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1701/scanner_20240815_25.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1702/scanner_20240815_24.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1703/scanner_20240815_23.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1704/scanner_20240815_22.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1705/scanner_20240815_21.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1706/scanner_20240815_22.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1707/scanner_20240815_20.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1709/scanner_20240815_18.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1710/scanner_20240815_16.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1712/scanner_20240815_15.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1713/scanner_20240815_13.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1714/scanner_20240815_12.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1715/scanner_20240815_11.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1716/scanner_20240815_10.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1717/scanner_20240815_9.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1718/scanner_20240815_2.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1719/scanner_20240815_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1720/scan2_-_convertido_2.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1721/scanner_20240815_4.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1722/scanner_20240815_5.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1723/scanner_20240815_7.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/827/scanner_20240821_13.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/828/scanner_20240821_12.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/829/scanner_20240821_14.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/830/scanner_20240821_15.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/831/scanner_20240821_16.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/832/scanner_20240821_17.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/833/scanner_20240821_18.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/834/scanner_20240821_19.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/835/scanner_20240821_20.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/836/scanner_20240821_21.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/837/scanner_20240821_22.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/838/scanner_20240821_23.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/839/scanner_20240821_24.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/840/scanner_20240821_25.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/841/scanner_20240821_26.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/842/scanner_20240821_27.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/843/scanner_20240821_28.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/846/scanner_20240821_29.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/851/scanner_20240821_30.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/852/020_-_fabiano_-desconsiderar.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/853/021_-_fabiano_-_projeto_de_lei_programa_bom_pagador.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/854/scanner_20240821_31.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/855/scanner_20240821_33.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/857/scanner_20240821_32.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/858/scanner_20240821_34.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/859/scanner_20240821_35.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/861/scanner_20240821_36.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/863/scanner_20240821_37.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/864/scanner_20240821_38.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/866/scanner_20240821_39.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/867/scanner_20240821_40.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/868/032_-_luiz_-_semana_agricultura_familiar.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/870/scanner_20240821_40.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/871/scanner_20240821_42.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/872/scanner_20240821_44.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/873/scanner_20240821_45.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/874/scanner_20240821_46.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/875/scanner_20240821_47.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/876/scanner_20240916_56.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/877/scanner_20240821_48.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/878/scanner_20240821_2.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/880/scanner_20240821_25.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/881/scanner_20240821_23.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/883/scanner_20240821_17.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/884/scanner_20240821_20.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/887/scanner_20240821_18.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/889/047_-_mariana_-_dia_do_evangelico.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/890/scanner_20240821_16.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/891/scanner_20240821_15.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1708/scanner_20240815_19.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/950/001_-_projeto_de_resolucao_altera_res_009-2009_uso_veiculos_oficiais.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/951/002-2021.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/952/scanner_20240821_2.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/953/scanner_20240821_3.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/954/scanner_20240821_10.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/955/scanner_20240821_4.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/960/scanner_20240821_8.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/968/scanner_20240821_7.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/979/scanner_20240821_8.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/980/scanner_20240821_10.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/981/scanner_20240821_12.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/983/scanner_20240821_14.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/984/scanner_20240821_6.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1711/scanner_20240815_17.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1844/scanner_20240821.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1147/scan2_-_convertido_1.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1148/scan2_-_convertido_3.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1149/scan2_-_convertido_1.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1150/veto_004.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1151/scanner_20240821_19.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1843/scanner_20240821_22.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/402/mocao-1.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/403/mocao-18.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/404/mocao-17.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/405/mocao-19.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/406/mocao-15-16.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/407/mocao-12.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/408/mocao-11.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/409/mocao-10.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/410/mocao-9.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/411/mocao-7-8.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/412/mocao-13.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/413/mocao-12.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/414/mocao-9.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/415/mocao-1.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/417/mocao-3-4.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1633/mocao-2-3.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2021/1634/mocao-13-14.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H590"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="40.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="155.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="142" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="141.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>