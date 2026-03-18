--- v0 (2025-10-08)
+++ v1 (2026-03-18)
@@ -51,4325 +51,4325 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1269</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1269/001-17_indicacao_-_paulo_lopes.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1269/001-17_indicacao_-_paulo_lopes.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa ouvido o_x000D_
 soberano plenário em nome de todos os vereadores desta Casa de Leis, que_x000D_
 a mesma seja aprovada e devidamente encaminhado ao Prefeito Municipal,_x000D_
 Sr. Gustavo de Melo Anicézio “Solicitando uma Academia Popular no_x000D_
 bairro da Cohab.”</t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1270/002-17_indicacao_-paulo_lopes.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1270/002-17_indicacao_-paulo_lopes.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa ouvido o_x000D_
 soberano plenário em nome de todos os vereadores desta Casa de Leis, que_x000D_
 a mesma seja aprovada e devidamente encaminhado ao Prefeito Municipal,_x000D_
 Sr. Gustavo de Melo Anicézio “Solicitando o término do calçamento na_x000D_
 rua Laura Vicunã no São Francisco.”</t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1271/003-17_indicacao_-_paulo_lopes.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1271/003-17_indicacao_-_paulo_lopes.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa ouvido o soberano_x000D_
 plenário em nome de todos os vereadores desta Casa de Leis, que a mesma seja_x000D_
 aprovada e devidamente encaminhado ao Prefeito Municipal, Sr. Gustavo de_x000D_
 Melo Anicézio. “Solicitando a implantação de uma unidade de PSF no bairro_x000D_
 “Profª. Maria das Graças</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1272/004-17_indicacao-henrique-reforma_da_quadra_do_bairro_da_cohab_2.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1272/004-17_indicacao-henrique-reforma_da_quadra_do_bairro_da_cohab_2.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, requer à Mesa ouvido o_x000D_
 Soberano Plenário, que o mesmo seja aprovado e devidamente encaminhado ao_x000D_
 Prefeito Municipal, Sr. Gustavo de Melo Anicézio “Solicitando que seja_x000D_
 estudado, analisado e disciplinado a construção de quadra de areia no_x000D_
 bairro da COHAB (Conjunto Habitacional)”.</t>
   </si>
   <si>
     <t>1273</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1273/005-17_indicacao-henrique-reforma_da_quadra_do_bairro_da_cohab_1.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1273/005-17_indicacao-henrique-reforma_da_quadra_do_bairro_da_cohab_1.pdf</t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1274/006-17_indicacao-henrique-reforma_da_quadra_do_bairro_da_cohab_3.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1274/006-17_indicacao-henrique-reforma_da_quadra_do_bairro_da_cohab_3.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, requer à Mesa ouvido o_x000D_
 Soberano Plenário, que o mesmo seja aprovado e devidamente encaminhado ao_x000D_
 Prefeito Municipal, Sr. Gustavo de Melo Anicézio “Solicitando que seja feita a_x000D_
 iluminação nos fundos e na rua feita ao lado da Escola municipal José_x000D_
 Inácio Fraga”.</t>
   </si>
   <si>
     <t>1275</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1275/007-17_indicacao_-_paulo_lopes-_ultrassonografia.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1275/007-17_indicacao_-_paulo_lopes-_ultrassonografia.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa ouvido o soberano_x000D_
 plenário em nome de todos os vereadores desta Casa de Leis, que a mesma seja_x000D_
 devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio,_x000D_
 com cópia ao Secretário de Saúde Dr. Carlos Alberto de Lima Pessoa Júnior_x000D_
 “Requerendo Aquisição de um Aparelho de Ultrassonografia para o Hospital_x000D_
 Municipal de Alto Araguaia-MT”.</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1276/008-17_indicacao-andre_leal.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1276/008-17_indicacao-andre_leal.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito de Alto Araguaia Gustavo Melo e ao Ilmo. Sr._x000D_
 Secretário de Obras e Infraestrutura, Milton Fernandes Lima; para que sejam tomadas_x000D_
 providencias de canalização de rede de esgoto aberto, situado na Rua Maria_x000D_
 Leocádia, Bairro Dom Bosco, próximo ao Estádio do Bilinão, no Município de Alto_x000D_
 Araguaia, pelos motivos que se seguem:_x000D_
 Visando qualidade de vida dos moradores do Bairro Dom Bosco, para que seja_x000D_
 evitada doenças causadas tanto por mosquitos quanto por outros agentes_x000D_
 transmissores, visto que se deve ter maior atenção aos que tem uma frágil saúde,_x000D_
 como a dos idosos e crianças._x000D_
 Venho através desta pedir sua atenção para esta Indicação, sem mais a_x000D_
 acrescentar desde já antecipo meus agradecimentos</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1277/009-_17_indicacao-__andre_leal.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1277/009-_17_indicacao-__andre_leal.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Sr. Prefeito de Alto Araguaia, Gustavo Melo e_x000D_
 ao Ilmo. Sr. Secretário de Obras e Infraestrutura, Milton Fernandes de Lima,_x000D_
 ações para que seja colocada a iluminação no local onde esta instalada a_x000D_
 Academia Popular do Distrito do Buriti._x000D_
 A iluminação do local contribuirá com a segurança em geral dos_x000D_
 moradores da comunidade e, em especial aos moradores que gostam de_x000D_
 praticar exercícios físicos a noite e evitará atos de vandalismo._x000D_
 Venho através desta pedir sua atenção para esta Indicação, sem mais a_x000D_
 acrescentar desde já antecipo meus agradecimentos</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1278/010-_17_indicacao-_deusdete.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1278/010-_17_indicacao-_deusdete.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo.Sr. Prefeito Municipal, de Alto Araguaia, Sr. Gustavo Melo de_x000D_
 Anicésioe ao Sr. Secretário de Saúde Carlos Alberto de Lima Pessoa Júnior,que,_x000D_
 através do setor competente, providencie a inclusão, em seu Plano de Governo, a_x000D_
 construção de uma Unidade Básica de Saúde no PA Gato Preto.</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1279/011-_17_indicacao-_deusdete.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1279/011-_17_indicacao-_deusdete.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Sr. Prefeito Municipal, de Alto Araguaia, Sr. Gustavo_x000D_
 Melo de Anicésio, que, através do setor competente, providencie a inclusão, em seu_x000D_
 Plano de Governo, a construção de uma Academia Popular no PA Gato Preto.</t>
   </si>
   <si>
     <t>1280</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1280/012_-_17_indicacao-_andre_leal.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1280/012_-_17_indicacao-_andre_leal.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Sr. Prefeito de Alto Araguaia, Gustavo Melo e_x000D_
 ao Ilmo. Sr. Secretária de Educação e Esporte, Lazer e turismo Katia Simone_x000D_
 Borges de Morais Almeida, solicito que seja disponibilizada atividades_x000D_
 esportivas no Estádio Municipal Antônio Afonso de Melo (Bilinão) e na Quadra_x000D_
 coberta Paulo Gomes da Silva, Mineirão, no Bairro Gabiroba, atividades_x000D_
 acompanhadas de monitores de esportes._x000D_
 Justifica-se o requeridovoltado a criança e o adolescente, visando que_x000D_
 no mesmo bairro e região não temos atividades esportivas com orientação e_x000D_
 acompanhamento de profissionais._x000D_
 Venho através desta pedir sua atenção para esta Indicação, sem mais a_x000D_
 acrescentar desde já antecipo meus agradecimentos</t>
   </si>
   <si>
     <t>1281</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1281/013-17_indicacao_-_sylvia.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1281/013-17_indicacao_-_sylvia.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, indica ao Excelentíssimo Senhor_x000D_
 Prefeito Municipal de Alto Araguaia, Gustavo de Melo Anicézio, que seja_x000D_
 criada mais uma Creche para atendimento à população de nosso_x000D_
 município._x000D_
 A medida tem por finalidade diminuir a carência verificada na oferta de_x000D_
 vagas, pois com o aumento crescente de mulheres no mercado de_x000D_
 trabalho, mais frequentemente o serviço de creche se torna necessário_x000D_
 para atender essa demanda._x000D_
 Nesse contexto, as creches exercem importante papel educacional para_x000D_
 crianças de até três anos de idade vez que são instituições que tem a_x000D_
 responsabilidade de prover-lhes assistência física, cognitiva e motora,_x000D_
 social e intelectual.</t>
   </si>
   <si>
     <t>1282</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1282/014-17_indicacao_-sylvia.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1282/014-17_indicacao_-sylvia.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, indica ao Excelentíssimo_x000D_
 Senhor Prefeito Municipal de Alto Araguaia, Gustavo de Melo_x000D_
 Anicezio,que seja instituído, em pelo menos uma das escolas_x000D_
 municipais, o regime de Escola em Tempo Integral._x000D_
 A Escola em Tempo Integral - que já é uma realidade em diversas_x000D_
 cidades brasileiras– oferece, no mínimo, três refeições diárias além_x000D_
 deuma série de atividades educacionais e culturais aos alunos em_x000D_
 horário diferenciado das aulas normais, como noções de informática,_x000D_
 arte, aprendizado de língua estrangeira, dança, teatro, esporte,_x000D_
 música, coral, orquestra de cordas e oficinas ao ar livre, etc..._x000D_
 A medida proposta visa à permanência da criança na escola,_x000D_
 assistindo-a integralmente em suas necessidades básicas e_x000D_
 educacionais, ampliando o aproveitamento escolar, elevando a_x000D_
 autoestima e capacitando-a para atingir efetivamente a_x000D_
 aprendizagem, sendo alternativa para redução dos índices de evasão,_x000D_
 de repetência e de distorção idade/série._x000D_
 Alto</t>
   </si>
   <si>
     <t>1283</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1283/015-17_indicacao_-_sylvia.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1283/015-17_indicacao_-_sylvia.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, indica ao Excelentíssimo_x000D_
 Senhor Prefeito Municipal de Alto Araguaia, Gustavo de Melo Anicezio,_x000D_
 que sejam ofertados pelo município cursos de língua estrangeira,_x000D_
 como Inglês e Espanhol, para crianças oriundas de família de baixa_x000D_
 renda, matriculadas nas escolas da rede municipal ou estadual,_x000D_
 mediante comprovação de boas notas e assiduidade.</t>
   </si>
   <si>
     <t>1284</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1284/016-17_indicacao_-_vanderlei.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1284/016-17_indicacao_-_vanderlei.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Sr. Prefeito Municipal - Gustavo de Melo_x000D_
 Anicézio, com cópia ao Secretário Municipal de Obras – Milton Fernandes_x000D_
 de Lima, a proposta de calçamento com bloquete das Ruas Cristiano_x000D_
 Souza de Oliveira e Manoela C de Resende, localizadas na Vila Aeroporto</t>
   </si>
   <si>
     <t>1286</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1286/017-17_indicacao_-_vanderlei.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1286/017-17_indicacao_-_vanderlei.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Sr. Prefeito Municipal - Gustavo de Melo_x000D_
 Anicézio, com cópia ao Secretário Municipal de Obras – Milton Fernandes_x000D_
 de Lima, a proposta de calçamento iluminação publicadas Ruas Cristiano_x000D_
 Souza de Oliveira e Manoela C de Resende, localizadas na Vila Aeroporto.</t>
   </si>
   <si>
     <t>1287</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1287/018-_17_-indicacao-henrique.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1287/018-_17_-indicacao-henrique.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, requer à Mesa ouvido o_x000D_
 Soberano Plenário, que o mesmo seja aprovado e devidamente encaminhado ao_x000D_
 Prefeito Municipal, Sr. Gustavo de Melo Anicézio “Solicitando instalação de_x000D_
 placa de boas-vindas nas entradas da cidade em formato de Bíblia com_x000D_
 versículo bíblico”.</t>
   </si>
   <si>
     <t>1288</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1288/019-17_indicacao_-_andre.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1288/019-17_indicacao_-_andre.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Sr. Prefeito de Alto Araguaia, Gustavo Melo e_x000D_
 ao Ilmo. Sr. Secretário de Obras e Infraestrutura, Milton Fernandes de Lima,_x000D_
 para que seja construída uma quadra de areia próximo a quadra coberta do_x000D_
 Distrito do Buriti.</t>
   </si>
   <si>
     <t>1289</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1289/020-17_indicacao_-_deusdete.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1289/020-17_indicacao_-_deusdete.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Sr. Prefeito Municipal Gustavo Melo de Anicézio e ao_x000D_
 Secretário de Obras, Infraestrutura, Transportes e Frotas Sr. Milton Fernandes de Lima,_x000D_
 para que seja reconstruído o muro do Estádio Bilinão, no Bairro Dom Bosco,_x000D_
 conhecido como Gabiroba.</t>
   </si>
   <si>
     <t>1290</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1290/021-_17_indicacao_-_deusdete.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1290/021-_17_indicacao_-_deusdete.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicézio_x000D_
 e ao Secretário de Obras, Infraestrutura, Transportes e Frotas Senhor Milton Fernandes_x000D_
 de Lima, solicitando a pavimentação asfáltica e limpeza da Rua 24, no Bairro Nossa_x000D_
 Senhora Aparecida.</t>
   </si>
   <si>
     <t>1291</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1291/022-17_-indicacao_vanderlei.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1291/022-17_-indicacao_vanderlei.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal – Gustavo de Melo Anicézio, com cópia ao_x000D_
 Secretário Municipal de Obras - Milton Fernandes de Lima, a proposta de_x000D_
 ILUMINAÇÃO PÚBLICA naRUA D 1, que dá acesso entre os Bairros Nossa Senhora_x000D_
 Aparecida e Parque do Cerrado, ambos situados na Vila Aeroporto.</t>
   </si>
   <si>
     <t>1292</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1292/023-17-indicacao_-_sylvia.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1292/023-17-indicacao_-_sylvia.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, indica ao Excelentíssimo_x000D_
 Senhor Prefeito Municipal de Alto Araguaia, Gustavo de Melo Anicezio,_x000D_
 que faça gestão junto ao Governo do Estado de Mato Grosso e aos_x000D_
 representantes do Comércio de Alto Araguaia-MT para que, em_x000D_
 regime de parceria, viabilizem a instalação de um Quartel do Corpo_x000D_
 de Bombeiros Militar em nosso município.</t>
   </si>
   <si>
     <t>1293</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1293/024-017_indicacao_vanderlei.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1293/024-017_indicacao_vanderlei.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Sr. Prefeito Municipal – Gustavo de Melo_x000D_
 Anicézio, com cópia ao Secretário Municipal de Obras - Milton Fernandes_x000D_
 de Lima, a proposta para finalizar a ILUMINAÇÃO PÚBLICA no SETOR_x000D_
 DEMELLAS, que dá acesso ao bairro Gabiroba e a Rodovia MT 100 que_x000D_
 consequentemente dá acesso ao bairro Vila Aeroporto.</t>
   </si>
   <si>
     <t>1294</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1294/025-017_indicacao_vanderlei.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1294/025-017_indicacao_vanderlei.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Sr. Prefeito Municipal – Gustavo de Melo_x000D_
 Anicézio, com cópia ao Secretário Municipal de Obras - Milton Fernandes de_x000D_
 Lima, a proposta de uma LOMBADA/QUEBRA MOLA, na Rua João Segundo,_x000D_
 nas proximidades da Clínica Equilíbrio, essa Rua dá acesso entre o 15BPM,_x000D_
 Distribuidora de Bebidas Coca cola e Banco do Brasil, localizados no Centro_x000D_
 desta cidade.</t>
   </si>
   <si>
     <t>1295</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1295/026-017_indicacao_andre.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1295/026-017_indicacao_andre.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito de Alto Araguaia Gustavo Melo e ao Ilmo. Sr._x000D_
 Secretário de Obras e Infraestrutura, Milton Fernandes Lima; para que sejam tomadas_x000D_
 providencias da Iluminação do Bairro Aeroporto.</t>
   </si>
   <si>
     <t>1296</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1296/027-017_indicacao_diversos.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1296/027-017_indicacao_diversos.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicézio que, através_x000D_
 do setor competente, se providencie a concessão do “Bar” da Orla do Rio Araguaia,_x000D_
 a pessoas interessadas, fazendo uma seleção dos mesmos.</t>
   </si>
   <si>
     <t>1297</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1297/028-_17_sylvia_maia.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1297/028-_17_sylvia_maia.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, indica ao Excelentíssimo Senhor_x000D_
 Prefeito Municipal de Alto Araguaia, Gustavo de Melo Anicezio, que na forma_x000D_
 da Lei nº 13.022, de 08 de agosto de 2014, seja constituída a Guarda Municipal_x000D_
 de Alto Araguaia – MT, com unidades de atuação em diversos bairros de nossa_x000D_
 cidade.</t>
   </si>
   <si>
     <t>1298</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1298/029-_17_paulo_lopes.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1298/029-_17_paulo_lopes.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa ouvido o_x000D_
 Soberano Plenário, que a mesma seja devidamente encaminhada ao_x000D_
 Prefeito Municipal, Sr. Gustavo de Melo Anicézio “Solicitando que a_x000D_
 Prefeitura crie um projeto de doação de tijolos de cimento fabricados_x000D_
 pelos detentos da Cadeia Pública Municipal de Alto Araguaia, para as_x000D_
 pessoas que pagarem o IPTU em dias. ”</t>
   </si>
   <si>
     <t>1299</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1299/030-_clodoaldo.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1299/030-_clodoaldo.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal Gustavo de Melo Anicézio, com cópia ao_x000D_
 Secretário Municipal de Obras Infraestrutura e Transporte - Sr. Milton Fernandes de_x000D_
 Lima, para que providencie instalação de um Para-raios no Bairro Maria das Graças.</t>
   </si>
   <si>
     <t>1300</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicéziocom cópia_x000D_
 às autoridades competentes, na pessoa da Diretora Executiva da PREVIMAR a Sr. ª_x000D_
 Néia Carvalho Silva Maia, que se providencie o fornecimento das carteirinhas para_x000D_
 os aposentados e pensionistas.</t>
   </si>
   <si>
     <t>1301</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1301/032-_17_vanderlei.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1301/032-_17_vanderlei.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal – Gustavo de Melo Anicézio, a proposta de_x000D_
 uma concessão mediante os meios legais, uma Empresa especifica que faça os estudos_x000D_
 necessários para implantação do TRANSPORTE COLETIVO neste Município.</t>
   </si>
   <si>
     <t>1302</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1302/033-17_indicacao_-_andre_leal.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1302/033-17_indicacao_-_andre_leal.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito de Alto Araguaia Gustavo Melo e ao Ilmo. Sr._x000D_
 Secretário de Obras e Infraestrutura, Milton Fernandes Lima; indicando que seja_x000D_
 colocada areia e seja feita uma manutenção na estrutura do Parquinho Infantil,_x000D_
 situado na avenida Lauriston Fernandes Barbosa, no Bairro Aeroporto.</t>
   </si>
   <si>
     <t>1303</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1303/034-17_indicacao_-_andre_leal_e_outros.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1303/034-17_indicacao_-_andre_leal_e_outros.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito de Alto Araguaia Gustavo Melo e ao Ilma._x000D_
 Sra.Kátia Simone Borges Moraes Almeida- Secretária de Educação Esporte,_x000D_
 Lazer e Turismo e Ilmo Sr. Milton Fernandes de Lima - Secretário de Obras_x000D_
 Infraestrutura Transporte e Frotas; para que seja disponibilizado um profissional_x000D_
 para orientação nas atividades físicas a partir das 18:00hno Parque Municipal e_x000D_
 também realizada melhorias na iluminaçãodo Parque Municipal.</t>
   </si>
   <si>
     <t>1304</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1304/035-_17_ze_airton.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1304/035-_17_ze_airton.pdf</t>
   </si>
   <si>
     <t>O vereador que está subscreve, com amparo no regimento Interno, requer o envio_x000D_
 de indicação, das seguintes medidas de interesse público, ao Chefe do Poder Executivo_x000D_
 Municipal o Ilmo. Sr. Gustavo de Melo Anicézio, com cópia ao Chefe do_x000D_
 Departamento de Água e Esgoto ”DIVAES” o Sr. J. Silva, sugerindo que seja feito a_x000D_
 melhoria de segurança do local onde se encontra a caixa d’agua que abastece os setores_x000D_
 Maria das Graças e Parque do Cerrado.</t>
   </si>
   <si>
     <t>1305</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1305/036-_17_clodoaldo.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1305/036-_17_clodoaldo.pdf</t>
   </si>
   <si>
     <t>Requeiro depois de ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo_x000D_
 Anicézio com cópia às autoridades competentes do Secretário de Obras_x000D_
 Infraestrutura e Transportes – Sr. Milton Fernandes de Lima. Que realize a_x000D_
 sinalização na Rua Erotides Toledo de Oliveira altura da Escola Municipal_x000D_
 Lourença Afonso de Melo, e que sejá ali instaladas placas de trânsito indicativa_x000D_
 de Área Escolar ou trânsito de crianças.</t>
   </si>
   <si>
     <t>1306</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1306/037-_17_clodoaldo.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1306/037-_17_clodoaldo.pdf</t>
   </si>
   <si>
     <t>Requeiro depois de ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo_x000D_
 Anicézio com cópia às autoridades competentes do Secretário de Obras_x000D_
 Infraestrutura e Transportes –Sr. Milton Fernandes de Lima. Que realize a_x000D_
 sinalização da Rua Marechal Rondon esquina com a Rua 12de Outubro na altura_x000D_
 da Escola Municipal de Educação Infantil José Inácio Fraga, para que seja ali_x000D_
 instaladas placas de trânsito indicativas de Área Escolar ou trânsito de crianças,_x000D_
 visto que estas crianças ainda não possuem ciência dos perigos decorrentes de_x000D_
 tráfego em uma rua, considerada preferencial, para os motoristas.</t>
   </si>
   <si>
     <t>1307</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1307/038-17-deusdete.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1307/038-17-deusdete.pdf</t>
   </si>
   <si>
     <t>Requeremos após ouvido o Plenário na forma Regimental, que a mesa_x000D_
 encaminhe expediente ao Exmo. Sr. Prefeito Municipal Gustavo de Melo Anicézio e ao_x000D_
 Secretário de Obras, Infraestrutura, Transportes e Frotas Sr. Milton Fernandes de Lima_x000D_
 que, através do setor competente, se providencie obras de infraestrutura no Bairro_x000D_
 Parque do Cerrado sendo elas: a limpeza das ruas, iluminação pública e_x000D_
 sinalização.</t>
   </si>
   <si>
     <t>1308</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1308/039-17-deusdete.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1308/039-17-deusdete.pdf</t>
   </si>
   <si>
     <t>Requeremos após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicézio_x000D_
 e ao Secretário de Obras, Infraestrutura, Transportes e Frotas Sr. Milton Fernandes de_x000D_
 Lima, que através do setor competente, providencie a construção de um Parque_x000D_
 Infantil no Bairro Parque do Cerrado.</t>
   </si>
   <si>
     <t>1309</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1309/040_-_17_andre.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1309/040_-_17_andre.pdf</t>
   </si>
   <si>
     <t>Requeremos após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Sr. Prefeito de Alto Araguaia Gustavo Melo_x000D_
 e ao Ilmo. Secretário de Obras Infraestrutura Transporte e Frotas Sr._x000D_
 Milton Fernandes de Lima - para que seja feita a limpeza nas vias Públicas do_x000D_
 Bairro Maria da Graça Souza Pinto.</t>
   </si>
   <si>
     <t>1310</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1310/041-_14_andre.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1310/041-_14_andre.pdf</t>
   </si>
   <si>
     <t>Requeremos após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Sr. Prefeito de Alto Araguaia Gustavo Melo_x000D_
 e ao Ilmo. Sr. Secretário de Obras Infraestrutura Transporte e Frotas Sr._x000D_
 Milton Fernandes de Lima, para que seja colocada sinalização nas entrada e_x000D_
 saída do Bairro Jardim Novo Araguaia</t>
   </si>
   <si>
     <t>1402</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1402/042_-_17_andre.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1402/042_-_17_andre.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Sr. Prefeito de Alto Araguaia Gustavo Melo_x000D_
 e ao Ilmo. Sr. Secretário de Obras e Infraestrutura, Milton Fernandes de_x000D_
 Lima, para que seja feita uma limpeza nas vias públicas do Distrito do Buriti_x000D_
 priorizando aos órgão públicos que existentes no distrito.</t>
   </si>
   <si>
     <t>1403</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa ouvido o_x000D_
 Soberano Plenário, que a mesma seja devidamente encaminhada ao_x000D_
 Prefeito Municipal, Sr. Gustavo de Melo Anicézio e ao Secretário de_x000D_
 Obras, Infraestrutura, Transportes e Frotas Sr. Milton Fernandes de Lima_x000D_
 “Solicitando que a Prefeitura forneça suporte de ferro para os_x000D_
 tambores de lixo da Rodoviária. ”</t>
   </si>
   <si>
     <t>1404</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1404/044_-17_vanderlei.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1404/044_-17_vanderlei.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal – Gustavo de Melo Anicézio, com cópia ao_x000D_
 Secretário Municipal de Obras - Milton Fernandes de Lima, a proposta de um_x000D_
 CALÇAMENTO COM ESTACIONAMENTO “ESCAMA DE PEIXE”, na Rua_x000D_
 Florisvaldo Souza Porto, entre os fundos do 15º BPM, e lateral do Ginásio de Esporte_x000D_
 Jerônimo Samita – Samitão, localizado no Bairro Vila Aeroporto, desta cidade.</t>
   </si>
   <si>
     <t>1405</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1405/045-17-_clodoaldo.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1405/045-17-_clodoaldo.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicézio com cópia_x000D_
 ao Secretário de Obras Infraestrutura e Transportes – Sr. Milton Fernandes de Lima,_x000D_
 “para que que providencie serviço de tapa buracos e de melhoria de iluminação no_x000D_
 final da Rua A1, localizada no Bairro Nossa Senhora Aparecida”.</t>
   </si>
   <si>
     <t>1406</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1406/046-17-andre.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1406/046-17-andre.pdf</t>
   </si>
   <si>
     <t>Requeremos após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Sr. Prefeito de Alto Araguaia Gustavo Melo e ao_x000D_
 Ilma. Sra.Kátia Simone Borges Moraes Almeida - Secretária de Educaçãoe_x000D_
 Esporte, Lazer e Turismo, sugerindo que seja comprada aquisição e instalação_x000D_
 de rede de gol e rede de proteção de quadra, na Quadra Coberta Paulo Gomes_x000D_
 da Silva (Mineirão), no Bairro Gabiroba.</t>
   </si>
   <si>
     <t>1407</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1407/047-17-deusdete.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1407/047-17-deusdete.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicézio e a_x000D_
 Secretária de Educação, Esporte, Lazer e Turismo Kátia Simone Borges Moraes_x000D_
 Almeida que, através do setor competente, se providencie o uniforme escolar_x000D_
 (camiseta) para os alunos da Rede Municipal de Ensino.</t>
   </si>
   <si>
     <t>1408</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1408/048-17-paulo_lopes.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1408/048-17-paulo_lopes.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa ouvido o_x000D_
 Soberano Plenário, que a mesma seja devidamente encaminhada ao_x000D_
 Prefeito Municipal, Sr. Gustavo de Melo Anicézio e ao Secretário de_x000D_
 Obras, infraestrutura, Transportes e Frotas Sr. Milton Fernandes de Lima.,_x000D_
 “Solicitando o término da Pavimentação asfáltica das Ruas do Bairro_x000D_
 Nossa Senhora Aparecida.</t>
   </si>
   <si>
     <t>1409</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1409/049-_17_henrique.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1409/049-_17_henrique.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, requerem à Mesa ouvido_x000D_
 o Soberano Plenário, que o mesmo seja aprovado e devidamente encaminhado_x000D_
 ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio “Solicitando que seja_x000D_
 realizada a limpeza do matagal nos fundos da quadra do Bairro Conjunto_x000D_
 Habitacional (COHAB)”.</t>
   </si>
   <si>
     <t>1410</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1410/050-17_andre.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1410/050-17_andre.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Sr. Prefeito de Alto Araguaia, Gustavo Melo e_x000D_
 ao Ilmo. Sr. Secretário de Obras e Infraestrutura, Milton Fernandes de Lima,_x000D_
 para que seja instalado semáforo na Avenida Carlos Hungueney priorizando a_x000D_
 esquina com a rua Jerônimo Samita Maia</t>
   </si>
   <si>
     <t>1411</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1411/051-_17_deusdete.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1411/051-_17_deusdete.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicézio e que,_x000D_
 através do setor competente, se providencie operação de “tapa-buracos” na Rua_x000D_
 Florisvaldo de Souza Porto.</t>
   </si>
   <si>
     <t>1412</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1412/051-_17_deusdete.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1412/051-_17_deusdete.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja aprovado e devidamente encaminhado ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicézio “Solicitando que seja estudado, analisado_x000D_
 e disciplinado a construção de ponto de ônibus (marquises) escolar no bairro_x000D_
 Professora Maria das Graças de Souza Pinto (Parque do Cerrado)”.</t>
   </si>
   <si>
     <t>1413</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1413/053-_17_deusdete.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1413/053-_17_deusdete.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicézio e ao_x000D_
 Secretário de Obras, Infraestrutura, Transportes e Frotas Sr. Milton Fernandes de Lima_x000D_
 que, através do setor competente, se providencie a iluminação pública, isto é, a_x000D_
 manutenção das lâmpadas da Rua João Ferreira Neves (Rua do CRAS) no Bairro_x000D_
 Aeroporto.</t>
   </si>
   <si>
     <t>1414</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1414/054-_17_vanderlei.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1414/054-_17_vanderlei.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal – Gustavo de Melo Anicézio, com cópia ao_x000D_
 Secretário Municipal de Saúde – Carlos Alberto Pessoa Júnior, a proposta de viabilizar_x000D_
 um PROJETO DE CURSO DE TRANSPORTE DE PASSAGEIROS E_x000D_
 EMERGÊNCIA para atender aos Motorista da Secretária Municipal de Saúde.</t>
   </si>
   <si>
     <t>1415</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1415/055_-17_vanderlei.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1415/055_-17_vanderlei.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal – Gustavo de Melo Anicézio, com cópia ao_x000D_
 Secretário Municipal de Infraestrutura - Milton Fernandes de Lima, a proposta da_x000D_
 colocação de FAIXA DE PEDESTRE nos dois sentidos da Avenida Carlos Hugueney,_x000D_
 em frente ao ponto comercial da Drogaria Ação e, em frente ao ponto comercial da_x000D_
 Agrocampo, situadas no Centro deste Município.</t>
   </si>
   <si>
     <t>1416</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1416/056-_17_andre.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1416/056-_17_andre.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito de Alto Araguaia Gustavo Melo e ao Ilmo. Sr._x000D_
 Secretário de Obras e Infraestrutura, Milton Fernandes Lima ou para os órgãos_x000D_
 competentes, “para que seja feita uma manutenção na rede de energia elétrica da_x000D_
 Rua A 1, rua que desce para o bar azul no Bairro Nossa Senhora Aparecida, pois as_x000D_
 lâmpadas dos postes ficam apagando e acendendo o tempo todo.</t>
   </si>
   <si>
     <t>1417</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1417/057-_17_andre.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1417/057-_17_andre.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito de Alto Araguaia Gustavo Melo e ao Ilmo. Sr._x000D_
 Secretário de Obras e Infraestrutura, Milton Fernandes Lima que seja construído_x000D_
 banheiro para o gênero feminino e masculino, no cemitério municipal de Alto Araguaia.</t>
   </si>
   <si>
     <t>1418</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1418/058-_17_andre.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1418/058-_17_andre.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito de Alto Araguaia Gustavo Melo e ao Ilmo. Sr._x000D_
 Secretário de Obras e Infraestrutura, Milton Fernandes Lima que seja que seja_x000D_
 construído muro e que seja feita a limpeza no cemitério municipal, do Distrito do Buriti.</t>
   </si>
   <si>
     <t>1419</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1419/059-_17_andre.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1419/059-_17_andre.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito de Alto Araguaia Gustavo Melo e ao Ilmo. Sr._x000D_
 Secretário de Obras e Infraestrutura, Milton Fernandes Lima que seja instalada ar_x000D_
 condicionado ou ventiladores no P.S.F Do Distrito do Buriti.</t>
   </si>
   <si>
     <t>1420</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1420/061-17-henrique.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1420/061-17-henrique.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja aprovado e devidamente encaminhado ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicézio “Solicitando que seja estudado, analisado_x000D_
 e disciplinado a conclusão da pavimentação asfáltica Rua Geraldo Afonso de_x000D_
 Melo localizado no bairro COHAB (Conjunto Habitacional) ”.</t>
   </si>
   <si>
     <t>1421</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1421/62-17-_vanderlei.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1421/62-17-_vanderlei.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal – Gustavo de Melo Anicézio, a proposta da_x000D_
 criação da DEFESA CIVIL MUNICIPAL.</t>
   </si>
   <si>
     <t>1422</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1422/063-_17_sylvia_maia_e_marcos_aurelio.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1422/063-_17_sylvia_maia_e_marcos_aurelio.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, indicam ao Excelentíssimo_x000D_
 Senhor Prefeito Municipal de Alto Araguaia, Gustavo de Melo Anicezio, que_x000D_
 sejam instaladas câmeras de monitoramento na cidade de Alto Araguaia – MT._x000D_
 As câmeras de monitoramento devem ser colocadas em locais estratégicos,_x000D_
 definidos em conjunto pela prefeitura municipal, conselho municipal de_x000D_
 segurança pública, polícia civil e polícia militar.</t>
   </si>
   <si>
     <t>1423</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1423/064-2017_deusdete_e_diversos.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1423/064-2017_deusdete_e_diversos.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicézio e ao_x000D_
 Secretário de Obras, Infraestrutura, Transportes e Frotas Sr. Milton Fernandes de Lima_x000D_
 e a Energiza que seja colocado dois (2) postes de luz, na Rua Manoela Cândida de_x000D_
 Resende, rua esta que liga os bairros Nossa Senhora Aparecida e o Bairro_x000D_
 Francisco Esmerino da Silva.</t>
   </si>
   <si>
     <t>1424</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1424/065-_17_ze_airton.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1424/065-_17_ze_airton.pdf</t>
   </si>
   <si>
     <t>O vereador que está subscreve, com amparo no regimento Interno, requer o_x000D_
 envio de indicação, das seguintes medidas de interesse público, ao Chefe do_x000D_
 Poder Executivo Municipal o Exmo. Sr. Gustavo de Melo Anicésio, sugerindo_x000D_
 que seja feito uma praça no local que divide os bairros Nossa Senhora e Vila_x000D_
 Aeroporto.</t>
   </si>
   <si>
     <t>1425</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1425/066_-_17_vanderlei.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1425/066_-_17_vanderlei.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal – Gustavo de Melo Anicézio, a proposta da_x000D_
 criação de um Projeto de Lei Regulamentando as Provas em Dupla (Team Roping)._x000D_
 Laço Comprido (Tiro de Laço), Rodeios, Três Tambores e Eventos do Gênero no âmbito_x000D_
 do Município de Alto Araguaia – Estado de Mato Grosso, para que seja garantido a_x000D_
 integridade e o bem-estar dos animais como prioridade, conforme os Termos da Lei_x000D_
 Federal nº13.364, de 29 de Novembro de 2016 e Lei nº10.519, de 17 de Julho de 2002_x000D_
 Normas e Diretrizes a serem seguidas na realização dos eventos, conforme prevista em_x000D_
 lei.</t>
   </si>
   <si>
     <t>1426</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1426/067-17-2017-_andre.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1426/067-17-2017-_andre.pdf</t>
   </si>
   <si>
     <t>Requeremos após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Sr. Prefeito de Alto Araguaia Gustavo Melo e ao Ilmo._x000D_
 Sr. Secretário de Obras e Infraestrutura, Milton Fernandes, Lima para que sejam_x000D_
 construída 3 lombadas, nos seguintes locais:_x000D_
 1- Na Rua José Morbeck de frente a loja Peruchi_x000D_
 2- Na Rua 12 de outubro uma quadra antes da distribuidora Top Gelo._x000D_
 3- Na Rua General Osorio de frente casa de caldo caseiro.</t>
   </si>
   <si>
     <t>1427</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1427/068-17_-henrique-gato_preto-quadra.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1427/068-17_-henrique-gato_preto-quadra.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja aprovado e devidamente encaminhado ao Prefeito Municipal, Sr._x000D_
 Gustavo de Melo Anicézio “Solicitando que seja estudado, analisado e disciplinado_x000D_
 Reforma Geral da Quadra da Região do Gato Preto”.</t>
   </si>
   <si>
     <t>1428</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1428/069-_17_vanderlei.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1428/069-_17_vanderlei.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal – Gustavo de Melo Anicézio, com cópia ao_x000D_
 Secretário Municipal de Obras - Milton Fernandes de Lima, reiterando a proposta de_x000D_
 ILUMINAÇÃO PÚBLICA na RUA D 1, que dá acesso entre os Bairros Nossa Senhora_x000D_
 Aparecida e Parque do Cerrado, ambos situados na Vila Aeroporto.</t>
   </si>
   <si>
     <t>1429</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1429/070_-_17_vanderlei.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1429/070_-_17_vanderlei.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal – Gustavo de Melo Anicézio, com cópia ao_x000D_
 Secretário Municipal de Obras - Milton Fernandes de Lima, a proposta de_x000D_
 ASFALTAMENTO na RUA D 1, que dá acesso entre os Bairros Nossa Senhora Aparecida_x000D_
 e Parque do Cerrado, ambos situados na Vila Aeroporto.</t>
   </si>
   <si>
     <t>1430</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1430/071-_17_vanderlei.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1430/071-_17_vanderlei.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal – Gustavo de Melo Anicézio, com cópia ao_x000D_
 Secretário Municipal de Obras - Milton Fernandes de Lima, a proposta de construir_x000D_
 uma PRAÇINHA na RUA D 1, que dá acesso entre os Bairros Nossa Senhora Aparecida_x000D_
 e Parque do Cerrado, ambos situados na Vila Aeroporto.</t>
   </si>
   <si>
     <t>1431</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1431/072-17-_indicacao-_andre.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1431/072-17-_indicacao-_andre.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito de Alto Araguaia Gustavo Melo e ao_x000D_
 Ilmo.Sr.Secretario de Saúde Carlos Alberto de Lima Pessoa Junior, que seja feita a_x000D_
 coleta de exames na zona rural ( Distrito do Buriti E Gato Preto).</t>
   </si>
   <si>
     <t>1432</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1432/073-17-_indicacao-_andre.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1432/073-17-_indicacao-_andre.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito de Alto Araguaia Gustavo Melo e ao Ilmo.Sr._x000D_
 Secretário de Obras e Infraestrutura, Milton Fernandes Lima reforma da quadra do_x000D_
 bairro Gabiroba.</t>
   </si>
   <si>
     <t>1433</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1433/074-17-indicacao-_andre.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1433/074-17-indicacao-_andre.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito de Alto Araguaia Gustavo Melo e ao_x000D_
 Ilmo.Sr.Secretario de Saúde Carlos Alberto de Lima Pessoa Junior, que esteja_x000D_
 disponível medicamentos da farmácia básica no P.S.F Wanessa no Bairro Nossa_x000D_
 Senhora Aparecida e No P.S.F Ondino Lima no Bairro Aeroporto.</t>
   </si>
   <si>
     <t>1434</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1434/075-17-indicacao-_silvia_maia.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1434/075-17-indicacao-_silvia_maia.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, indica ao Excelentíssimo Senhor_x000D_
 Prefeito Municipal de Alto Araguaia, Gustavo de Melo Anicezio, que seja feita a_x000D_
 ampliação do Centro de Reabilitação Caio Hugueney.</t>
   </si>
   <si>
     <t>1435</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1435/076-17-_indicacao-_silvia_maia.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1435/076-17-_indicacao-_silvia_maia.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, indica ao Excelentíssimo_x000D_
 Senhor Prefeito Municipal de Alto Araguaia, Gustavo de Melo Anicezio,_x000D_
 que seja incrementado o abastecimento de medicação para suprir as_x000D_
 necessidades da ação denominada Farmácia Básica - já consolidada em_x000D_
 nosso município – e que também seja ampliado o espaço físico, no Posto de_x000D_
 Saúde, destinado ao atendimento dos beneficiários da ação.</t>
   </si>
   <si>
     <t>1436</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1436/077-17-indicacao-silvia_maia.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1436/077-17-indicacao-silvia_maia.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, indica ao Excelentíssimo_x000D_
 Senhor Prefeito Municipal de Alto Araguaia, Gustavo de Melo Anicezio,_x000D_
 que seja criado um Laboratório de Análises Clínicas no bairro Vila_x000D_
 Aeroporto.</t>
   </si>
   <si>
     <t>1437</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1437/078_-_17_-indicacao-andre.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1437/078_-_17_-indicacao-andre.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo.Sr. Prefeito de Alto Araguaia Gustavo Melo e ao_x000D_
 Ilmo.Sr.Secretario de Saúde Carlos Alberto de Lima Pessoa Junior, que seja aberta_x000D_
 uma conta para arrecadação de doações para o Hospital Municipal.</t>
   </si>
   <si>
     <t>1438</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1438/079-17-indicacao-vanderlei.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1438/079-17-indicacao-vanderlei.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal – Gustavo de Melo Anicézio, com cópia ao_x000D_
 Secretário Municipal de Obras - Milton Fernandes de Lima, a proposta de Abertura do_x000D_
 restante da Rua Nelson Hugueney Irigaray , situada no Bairro da Cohab I, que dá_x000D_
 acesso a Escola Municipal Maria Júlia Almeida.</t>
   </si>
   <si>
     <t>1439</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1439/080-17-indicacao-andre.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1439/080-17-indicacao-andre.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo.Sr. Prefeito de Alto Araguaia Gustavo Melo e ao Ilmo._x000D_
 Secretário de Obras Infraestrutura Transporte e Frotas Sr;Milton Fernandes de_x000D_
 Lima - para que seja cobrado o retorno das obras do córrego Mané Falado.</t>
   </si>
   <si>
     <t>1440</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1440/081-17-indicacao-jose_airton.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1440/081-17-indicacao-jose_airton.pdf</t>
   </si>
   <si>
     <t>O vereador que está subscreve, com amparo no regimento Interno, requer o_x000D_
 envio de indicação, das seguintes medidas de interesse público, ao Chefe do_x000D_
 Poder Executivo Municipal o Exmo. Sr. Gustavo de Melo Anicésio, sugerindo_x000D_
 que seja criado um Calendário Festivo para o Município de Alto Araguaia.</t>
   </si>
   <si>
     <t>1441</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1441/082_-_17_sylvia_e_diversos.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1441/082_-_17_sylvia_e_diversos.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, indicam ao_x000D_
 Excelentíssimo Senhor Prefeito Municipal de Alto Araguaia, Gustavo_x000D_
 de Melo Anicezio, que seja distribuído cobertores de boa qualidade as_x000D_
 famílias carentes do Município.</t>
   </si>
   <si>
     <t>1442</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1442/083_-_17_henrique.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1442/083_-_17_henrique.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, requer à Mesa ouvido o_x000D_
 Soberano Plenário, que o mesmo seja aprovado e devidamente encaminhado ao_x000D_
 Prefeito Municipal, Sr. Gustavo de Melo Anicézio “Solicitando construção de_x000D_
 boca de lobo na Rua Benedito Jose da Costa fazendo esquina com a Rua B,_x000D_
 ao lado dá Igreja Assembleia de Deus - Bairro Vila Aeroporto ”.</t>
   </si>
   <si>
     <t>1443</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1443/084-17-indicacao-andre.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1443/084-17-indicacao-andre.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito de Alto Araguaia Gustavo Melo e ao Ilmo. Sr._x000D_
 Secretário de Saúde Carlos Alberto de Lima Pessoa Junior, que seja feita coleta de_x000D_
 exames no PSF Wanessa Welter Rodrigues, e no PSF Ondino Lima, no Bairro_x000D_
 Aeroporto.</t>
   </si>
   <si>
     <t>1444</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1444/085-henrique.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1444/085-henrique.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, requer à Mesa ouvido o_x000D_
 Soberano Plenário, que o mesmo seja oficiado e devidamente encaminhado ao_x000D_
 Prefeito Municipal, Sr. Gustavo de Melo Anicézio “Solicitando que seja_x000D_
 elaborado e aplicado um programa de incentivo a devolução de_x000D_
 medicamentos”.</t>
   </si>
   <si>
     <t>1445</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1445/086-17-indicacao-paulo_lopes.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1445/086-17-indicacao-paulo_lopes.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa ouvido o_x000D_
 soberano plenário, que a mesma seja devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicézio e a Secretaria de Educação,_x000D_
 Esporte, Lazer e Turismo Sr. ª Katia Simone Borges Moraes Almeida_x000D_
 “Solicitando que crie um programa de incentivo financeiro aos_x000D_
 participantes de Rodeio. ”</t>
   </si>
   <si>
     <t>1446</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1446/087_-_17_henrique.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1446/087_-_17_henrique.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, requeres à Mesa ouvido o_x000D_
 Soberano Plenário, que o mesmo seja aprovado e devidamente encaminhado ao_x000D_
 Excelentíssimo, Sr. Gustavo de Melo Anicézio, Prefeito Municipal, que seja_x000D_
 implantado rampas de acesso para cadeirantes em nossa Av. Carlos Hugueney_x000D_
 nas faixas de pedestre onde não possui.</t>
   </si>
   <si>
     <t>1447</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1447/088-17-indicacao-henrique.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1447/088-17-indicacao-henrique.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, requer à Mesa ouvido o_x000D_
 Soberano Plenário, que o mesmo seja oficiado e devidamente encaminhado ao_x000D_
 Prefeito Municipal, Sr. Gustavo de Melo Anicézio que seja feito “Reparos nos_x000D_
 aparelhos da academia popular no Parque Ecológico Municipal Atanael_x000D_
 Farias da Costa, localizada no bairro Boiadeiro ”.</t>
   </si>
   <si>
     <t>1448</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1448/089_-_17_deusdete.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1448/089_-_17_deusdete.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicézio e ao_x000D_
 Secretário de Obras, Infraestrutura, Transportes e Frotas Sr. Milton Fernandes de Lima_x000D_
 e a Energiza que seja colocado um (01) poste de luz, na Rua Marechal Rondon,_x000D_
 Bairro Gabiroba.</t>
   </si>
   <si>
     <t>1449</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1449/090_-_17_sylvia_maia.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1449/090_-_17_sylvia_maia.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, indica ao Excelentíssimo Senhor_x000D_
 Prefeito Municipal de Alto Araguaia, Gustavo de Melo Anicézio, que na forma da_x000D_
 Lei nº 13.022, de 08 de agosto de 2014, seja constituída a Guarda Municipal de Alto_x000D_
 Araguaia – MT, com unidades de atuação em diversos bairros de nossa cidade.</t>
   </si>
   <si>
     <t>1450</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1450/091-_17_deusdete.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1450/091-_17_deusdete.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicézio e ao_x000D_
 Secretário de Obras, Infraestrutura, Transportes e Frotas Sr. Milton Fernandes de Lima_x000D_
 que, através do setor competente, se providencie no Bairro São Francisco de Assis o_x000D_
 nivelamento da Rua Laura Vicunã, rua essa de cascalho e mais acima de chão que_x000D_
 seja molhada.</t>
   </si>
   <si>
     <t>1451</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1451/092_-_17_henrique.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1451/092_-_17_henrique.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, requer à Mesa ouvido o Soberano Plenário,_x000D_
 que o mesmo seja oficiado e devidamente encaminhado ao Excelentíssimo Sr. Gustavo de_x000D_
 Melo Anicézio, Prefeito Municipal, Ilustríssima Senhora Secretária de Esporte Kátia_x000D_
 Simone Borges Moraes Almeida, Ilustríssimo Senhor Manoelito dos Dias Rezende Neto_x000D_
 Secretário de Administração, Finanças e Planejamento e Ilustríssimo Senhor Erasmo Borges_x000D_
 Coordenador de Esporte para que seja estudado, analisado e disciplinado, a realização da_x000D_
 reforma do piso, das redes, pintura, reposição das lâmpadas queimadas, implantação de_x000D_
 vestiários e implantação de um bebedouro nas dependências da quadra de Esportes do_x000D_
 Bairro da Cohab (Conjunto Habitacional).</t>
   </si>
   <si>
     <t>1452</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1452/093-17_-_andre_leal.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1452/093-17_-_andre_leal.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo.Sr. Prefeito de Alto Araguaia Gustavo Melo e ao Ilmo. Secretário_x000D_
 de Obras Infraestrutura Transporte e Frotas Sr;Milton Fernandes de Lima –para_x000D_
 intensificar a passagem do caminhão pipa nos Bairros que possuem ruas de_x000D_
 terra no Município.</t>
   </si>
   <si>
     <t>1453</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1453/094_-_17_sylvia_maia.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1453/094_-_17_sylvia_maia.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, indica ao Excelentíssimo Senhor Prefeito_x000D_
 Municipal de Alto Araguaia, Gustavo de Melo Anicezio, a concessão de uniformes_x000D_
 escolares aos alunos matriculados na rede municipal de ensino.</t>
   </si>
   <si>
     <t>1454</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1454/095-_17_henrique.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1454/095-_17_henrique.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja aprovado e devidamente encaminhado ao Excelentíssimo Senhor_x000D_
 Prefeito Municipal, Gustavo de Melo Anicézio, Ilustríssimo Senhor Secretário de Frotas,_x000D_
 Infraestrutura, Transporte, Milton Fernandes de Lima e Ilustríssimo Senhor Secretário de_x000D_
 Administração , Finanças, Planejamento, Agricultura, Meio Ambiente e Industrias Manoelito_x000D_
 dos Dias de Rezende Neto, “Solicitando projeto completo para construção de uma_x000D_
 Cobertura Metálica em frente ao CRAS (Centro) do Bairro Vila Aeroporto e_x000D_
 possivelmente construção da mesma”.</t>
   </si>
   <si>
     <t>1455</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1455/096-_17_andre.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1455/096-_17_andre.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Sr. Prefeito de Alto Araguaia Gustavo Melo e_x000D_
 ao Ilmo. Secretário de Administração Finanças, Projetos, Agricultura, Meio_x000D_
 Ambiente e Indústria Comércios e Serviços Sr. Manoelito dos Dias de Rezende_x000D_
 Neto – para que coloque um veículo a disposição a Empaer porque estão sem_x000D_
 veículo no momento, para possam fazer atendimento aos produtores rurais da_x000D_
 região de Alto Araguaia-MT.</t>
   </si>
   <si>
     <t>1456</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1456/097_-_17_andre.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1456/097_-_17_andre.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo.Sr. Prefeito de Alto Araguaia Gustavo Melo e ao Ilmo. Secretário_x000D_
 de Obras Infraestrutura Transporte e Frotas Sr. Milton Fernandes de Lima – para que_x000D_
 faça uma manutenção nos poste de energia, devido a pouca iluminação em algumas_x000D_
 ruas com as ruas :_x000D_
  Rua Benedito José da Costa ( Nossa Senhora Aparecida)_x000D_
  Rua Vereador João Ferreira Neves (Vila Aeroporto)_x000D_
  Rua Adalci da Conceição Rodrigues ( Vila Aeroporto)_x000D_
  Entre outras ruas.</t>
   </si>
   <si>
     <t>1457</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1457/098_-_17_henrique.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1457/098_-_17_henrique.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscreve, requeres à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja aprovado e devidamente encaminhado ao Excelentíssimo,_x000D_
 Sr. Gustavo de Melo Anicézio, Prefeito Municipal, que seja implantado placas de_x000D_
 sinalizações nas ruas que estão recebendo lama asfáltica do bairro Aeroporto, também_x000D_
 na Rua Jerônimo Afonso de Melo.</t>
   </si>
   <si>
     <t>1458</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1458/099_-17_jose_airton.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1458/099_-17_jose_airton.pdf</t>
   </si>
   <si>
     <t>O vereador que está subscreve, com amparo no regimento Interno, requer o_x000D_
 envio de indicação, das seguintes medidas de interesse público, ao Chefe do_x000D_
 Poder Executivo Municipal o Exmo. Sr. Gustavo De Melo Anicésio, com cópia_x000D_
 a secretaria de Promoção Social Sr.ª Priscila Dourado Martins da Silva,_x000D_
 sugerindo um projeto: O Pedreiro Comunitário.</t>
   </si>
   <si>
     <t>1459</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1459/100_-17_vanderlei.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1459/100_-17_vanderlei.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal – Gustavo de Melo Anicézio, com cópia a_x000D_
 Secretária Municipal de Educação – Kátia Simone Borges Morais Almeida, a proposta_x000D_
 para implantação de uma ESCOLA MILITAR neste Município, pois o Município está_x000D_
 com uma população acima de 15 mil habitantes, além de possuir uma importante e_x000D_
 estratégica localização da Região Sul de Mato Grosso e fazer divisa com os Estados de_x000D_
 Mato Grosso do Sul e Goiás, entre outras providências.</t>
   </si>
   <si>
     <t>1460</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1460/101_-_17_vanderlei.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1460/101_-_17_vanderlei.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal – Gustavo de Melo Anicézio, com cópia ao_x000D_
 Secretário Municipal de Obras - Milton Fernandes de Lima, a proposta de fornecer_x000D_
 CAMINHOES DE TERRA para atender as Famílias de Baixa Renda, com renda total de_x000D_
 até Dois salários mínimos ao mês, que desejam construir ou reformar sua Única_x000D_
 residência, ou seja, residência própria, a qual precisa ser utilizada como moradia_x000D_
 familiar que esteja em condições precárias.</t>
   </si>
   <si>
     <t>1461</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1461/102-_14_andre.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1461/102-_14_andre.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Gustavo Melo - Prefeito de Alto Araguaia e ao Ilmo. Sr._x000D_
 Moisés Borges Rezende Junior - Secretário de Saúde, para que seja colocado um_x000D_
 Médico à disposição da Unidade Básica de Saúde Vanessa Welter Rodrigues.</t>
   </si>
   <si>
     <t>1462</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1462/103-17-_indicacao-_deusdete.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1462/103-17-_indicacao-_deusdete.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicézio e ao_x000D_
 Secretário de Obras, Infraestrutura, Transportes e Frotas Sr. Milton Fernandes de Lima_x000D_
 que, através do setor competente, se providencie a sinalização das ruas em frente às_x000D_
 escolas públicas e municipais de Alto Araguaia.</t>
   </si>
   <si>
     <t>1463</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1463/104-_17_paulo_lopes.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1463/104-_17_paulo_lopes.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa ouvido o soberano_x000D_
 plenário em nome de todos os vereadores desta Casa de Leis, que a mesma seja_x000D_
 devidamente encaminhada ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio,_x000D_
 com cópia ao Secretário de Saúde Dr. Moisés Borges Rezende “Solicitando_x000D_
 a Contratação de um Anestesista e um Médico Cirurgião Geral para o_x000D_
 Hospital Municipal Cacildo Hugueney”.</t>
   </si>
   <si>
     <t>1464</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1464/105_-_17_henrique.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1464/105_-_17_henrique.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja aprovado e devidamente encaminhado ao Excelentíssimo Senhor_x000D_
 Prefeito Municipal, Gustavo de Melo Anicézio, “Solicitando projeto completo para_x000D_
 acessibilidade nas margens do Rio Boiadeiro”.</t>
   </si>
   <si>
     <t>1465</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1465/106_-17_vanderlei.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1465/106_-17_vanderlei.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal – Gustavo de Melo Anicézio, com cópia ao_x000D_
 Secretário de Finanças/Tributos Williangarg Elias de Oliveira, a proposta para que a_x000D_
 Prefeitura ISENTE OS IMPOSTOS DAS IGREJAS E TEMPLOS RELIGIOSOS pertencentes a_x000D_
 este Município.</t>
   </si>
   <si>
     <t>1466</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1466/107-_17_henrique.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1466/107-_17_henrique.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, requer à Mesa ouvido o Soberano Plenário,_x000D_
 que a mesma seja oficiada e devidamente encaminhado ao Excelentíssimo Senhor Prefeito_x000D_
 Municipal Gustavo de Melo Anicézio, “Que seja estude e disciplinado a implantação de_x000D_
 “para-raios” no Bairro Professora Maria das Graças de Souza Pinto Alto Araguaia-MT,_x000D_
 em especial próximo ao campinho”.</t>
   </si>
   <si>
     <t>1467</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1467/108_-_17_henrique.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1467/108_-_17_henrique.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovado e devidamente encaminhada ao Excelentíssimo Senhor_x000D_
 Prefeito Municipal, Gustavo de Melo Anicézio, “Solicitando que analise, estude e discipline_x000D_
 gramado na lateral da Quadra Coberta do novo Loteamento do Bairro Jardim Novo_x000D_
 Araguaia”.</t>
   </si>
   <si>
     <t>1468</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1468/109_-_17_deusdete.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1468/109_-_17_deusdete.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicézio e ao_x000D_
 Secretário de Obras, Infraestrutura, Transportes e Frotas Sr. Milton Fernandes de Lima_x000D_
 que, através do setor competente, para que se providencie a iluminação pública da_x000D_
 Rua Laura Vicunã no Bairro São Francisco de Assis.</t>
   </si>
   <si>
     <t>1469</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1469/111-17-andre_buono.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1469/111-17-andre_buono.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito de Alto Araguaia Gustavo Melo e ao Ilmo. Sr. Secretario de_x000D_
 obras Infraestrutura, Transporte e Frotas – Milton Fernandes de Lima, “para que seja_x000D_
 realizada a manutenção e troca das lâmpadas apagadas das ruas e da Academia_x000D_
 Popular no Distrito do Buriti.</t>
   </si>
   <si>
     <t>1470</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1470/110-17-_andre_buono.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1470/110-17-_andre_buono.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa_x000D_
 encaminhe expediente ao Exmo. Sr. Prefeito de Alto Araguaia Gustavo Melo e_x000D_
 ao Secretário Municipal de Agricultura, Meio Ambiente, Indústria e Comércio -_x000D_
 Sr. Manuelito dos Dias de Rezende Neto – Requerendo a implantação de_x000D_
 fiscalização animal e vegetal nas divisas de nosso Município.</t>
   </si>
   <si>
     <t>1471</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1471/112-17-vanderlei.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1471/112-17-vanderlei.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal – Gustavo de Melo Anicézio, com cópia ao_x000D_
 Secretário Municipal de Obras e Infraestrutura - Milton Fernandes de Lima,a proposta_x000D_
 de LIMPEZA E DESINFECÇÃO DE TODOS OS RESERVATÓRIOS PÚBLICOS DE ÁGUA,_x000D_
 pertencentes ao Município.</t>
   </si>
   <si>
     <t>1472</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, indica ao Excelentíssimo_x000D_
 Senhor Prefeito Municipal de Alto Araguaia, Gustavo de Melo Anicezio,_x000D_
 que o município, intensificando a cruzada mundial de prevenção ao_x000D_
 câncer de mama denominada Outubro Rosa, desenvolva uma_x000D_
 campanha para realização de exames de mamografia, sem custos_x000D_
 para população carente de Alto Araguaia-MT.</t>
   </si>
   <si>
     <t>1473</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1473/114-17-__andre.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1473/114-17-__andre.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito de Alto Araguaia Gustavo Melo e à Secretária de_x000D_
 Assistência Social - Ilma. Sra. Priscila Dourado Martins da Silva, "solicitando apoio_x000D_
 financeiro ao Coral da Melhor idade, para aquisição de equipamentos de sonorização,_x000D_
 uniformes e sapatos masculinos e femininos”.</t>
   </si>
   <si>
     <t>1474</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1474/115_-17_henrique.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1474/115_-17_henrique.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja aprovado e devidamente encaminhado ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicézio “Solicitando que seja estudado, analisado_x000D_
 e executada a aquisição de geradores de energia para atender o abastecimento de_x000D_
 água de nossa cidade”.</t>
   </si>
   <si>
     <t>1475</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1475/116_-17_henrique.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1475/116_-17_henrique.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja aprovado e devidamente encaminhado ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicézio “Solicitando que seja estudado, analisado_x000D_
 e executada a construção de um espaço UNIDADE BÁSICA DE SAÚDE na_x000D_
 região do Córrego Rico”.</t>
   </si>
   <si>
     <t>1476</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1476/117-17_deusdete.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1476/117-17_deusdete.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicézio e ao_x000D_
 Secretário de Saúde Senhor Moisés Borges Rezende que, através do setor competente,_x000D_
 se providencie a compra de uma ambulância para o município.</t>
   </si>
   <si>
     <t>1477</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1477/119-17-_andre.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1477/119-17-_andre.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito de Alto Araguaia Gustavo Melo e ao Ilmo. Secretário_x000D_
 de Obras Infraestrutura Transporte e Frotas Sr. Milton Fernandes de Lima –para que_x000D_
 seja feito manutenção elétrica, nas quadras cobertas dos Bairros Gabiroba e do_x000D_
 Boiadeiro, pela falta de iluminação.</t>
   </si>
   <si>
     <t>1478</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1478/120_-_17_sylvia.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1478/120_-_17_sylvia.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, indica ao_x000D_
 Excelentíssimo Senhor Prefeito Municipal de Alto Araguaia,_x000D_
 Gustavo de Melo Anicézio, que seja instituído, em pelo menos_x000D_
 uma das escolas municipais, o regime de Escola em Tempo_x000D_
 Integral.</t>
   </si>
   <si>
     <t>1479</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1479/121-17-andre.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1479/121-17-andre.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo.Sr. Prefeito de Alto Araguaia - Gustavo Melo e ao Secretário de_x000D_
 Obras infraestrutura, Transporte e Frotas, Ilmo. Sr. Milton Fernandes de Lima- para_x000D_
 que coloque sinalização na Rua Joaquim Rodrigues de Melo, no Bairro_x000D_
 Aeroporto.</t>
   </si>
   <si>
     <t>1480</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1480/122_-_17_deusdete.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1480/122_-_17_deusdete.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicézio e ao_x000D_
 Secretário Municipal de Administração Manoelito dos Dias de Rezende Neto, através_x000D_
 do setor competente, se providencie através de um Projeto de Lei do Executivo, a_x000D_
 concessão, isto é, a divisão de dias referente às férias dos servidores públicos_x000D_
 municipais.</t>
   </si>
   <si>
     <t>1481</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1481/123-_vanderlei.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1481/123-_vanderlei.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito Municipal – Gustavo de Melo Anicézio, com cópia a_x000D_
 Secretária Municipal de Meio Ambiente – Manoelito de Rezende Dias Neto, a proposta_x000D_
 paraque o Poder Executivo viabilize mecanismos e condições de imediato para que_x000D_
 seja realizado um Levantamento por Técnicos desta Instituição, na realização do_x000D_
 MAPEAMENTO DE TODAS NASCENTES, OLHOS D’ÁGUA, RIBEIRÕES, AFLUENTES, DOS_x000D_
 RIOS ARIRANHA, RIO TAQUARI, RIO ARAGUAIA, RIO BOIADEIRO, RIO GORDURA, E_x000D_
 OUTROS NÃO CITADOS, MAS QUE CONTRIBUEM PARA FORMAÇÃO DA BACIA_x000D_
 HIDROGRÁFICA DO MUNICÍPIO DE ALTO ARAGUAIA, entre outras providências_x000D_
 conforme descritas na justificativa.</t>
   </si>
   <si>
     <t>1482</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1482/124-17-_indicacao-_andre.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1482/124-17-_indicacao-_andre.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Sr. Prefeito de Alto Araguaia Gustavo Melo e ao Ilmo. Sr._x000D_
 Secretário de Saúde Moisés Borges Rezende Junior, para que esteja feito o combate_x000D_
 de mosquitos pela cidade com a pulverização do fumacê.</t>
   </si>
   <si>
     <t>1483</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1483/125-17-henrique.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1483/125-17-henrique.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que a mesma seja aprovado e devidamente encaminhada ao Excelentíssimo Senhor_x000D_
 Prefeito Municipal, Gustavo de Melo Anicézio, com cópia ao Ilustríssimo Secretário de_x000D_
 Infraestrutura Milton Fernandes de Lima, “Solicitando que execute reparos nas vias dos_x000D_
 bairros Conjunto Habitacional 1 e 2 e Setor Castro, São Francisco e Boiadeiro que se_x000D_
 deu devido o período chuvoso”.</t>
   </si>
   <si>
     <t>1484</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1484/001_-_17_jose_airton.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1484/001_-_17_jose_airton.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer a mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja aprovado e devidamente encaminhado ao Sr Prefeito_x000D_
 Municipal, Gustavo Melo Anicézio, com cópia ao Secretário Municipal de Infra_x000D_
 Estrutura e Obras - Sr. Milton Lima, a realização de Um estudo de viabilidade_x000D_
 de um Projeto de Modernização da Avenida Carlos Hugueney, com implantação_x000D_
 de um projeto piloto de Ciclovias na nossa cidade e principalmente canteiro_x000D_
 central da Avenida Carlos Hugueney.</t>
   </si>
   <si>
     <t>1485</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1485/002_-_17_marcos_aurelio.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1485/002_-_17_marcos_aurelio.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, requer à Mesa ouvido o soberano_x000D_
 plenário , que o mesmo seja aprovado e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo Melo de Anicésio e ao Secretário de Obras,_x000D_
 Infraestrutura, Transporte e Frotas Sr. Milton Fernandes de Lima . Requerendo_x000D_
 que seja construída uma Capela Mortuária na nova área do Cemitério_x000D_
 Municipal de Alto Araguaia.</t>
   </si>
   <si>
     <t>1486</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1486/003_-_17_marcos_aurelio.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1486/003_-_17_marcos_aurelio.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, requer à Mesa ouvido o soberano_x000D_
 plenário que o mesmo seja aprovado e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo Melo de Anicésio e a Secretária de Assistência Social_x000D_
 Srª Priscila Dourado Martins da Silva. Requerendo a doação de caixa d’água_x000D_
 para as pessoas de baixa renda de Alto Araguaia.</t>
   </si>
   <si>
     <t>1487</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1487/004_-_17_paulo_lopes.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1487/004_-_17_paulo_lopes.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à mesa ouvido o soberano_x000D_
 plenário, que o mesmo seja aprovado e devidamente encaminhado ao Prefeito_x000D_
 Municipal, Sr. Gustavo de Melo Anicézio, “Requerendo à Construção de uma_x000D_
 Quadra de Skate”.</t>
   </si>
   <si>
     <t>1488</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1488/005_-_17_paulo_lopes_reservado.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1488/005_-_17_paulo_lopes_reservado.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa ouvido o soberano_x000D_
 plenário, que o mesmo seja aprovado e devidamente encaminhado ao Sr._x000D_
 Prefeito Municipal Gustavo de Melo Anicézio, com cópia à Secretária_x000D_
 Municipal de Assistência e desenvolvimento Social Sra. Priscila Dourado_x000D_
 Martins da Silva e ao Secretário Municipal de Saúde Sr. Carlos Alberto de_x000D_
 Lima Pessoa Junior, “Requerendo aos mesmos que ajudem a fazerem gestão_x000D_
 junto aos órgãos competentes para “Disponibilização de Médico Perito para a_x000D_
 Unidade do INSS de Alto Araguaia-MT”.</t>
   </si>
   <si>
     <t>1489</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1489/006-000-requerimento-henrique-sebastiao-emenda.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1489/006-000-requerimento-henrique-sebastiao-emenda.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja aprovado e devidamente encaminhado ao Digníssimo Deputado_x000D_
 Estadual, Sr. Sebastião Rezende “Requerendo emenda parlamentar para fins específicos_x000D_
 de aquisição de equipamentos para reestruturação do curso de Ciência da Computação_x000D_
 de Alto Araguaia-MT”.</t>
   </si>
   <si>
     <t>1490</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1490/007-000-requerimento-henrique-governador.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1490/007-000-requerimento-henrique-governador.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja aprovado e devidamente encaminhado ao Excelentíssimo_x000D_
 Governador, José Pedro Gonçalves Taques “Requerendo recursos específicos para fins de_x000D_
 aquisição de equipamentos para reestruturação do curso de Ciência da Computação de_x000D_
 Alto Araguaia-MT”.</t>
   </si>
   <si>
     <t>1491</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1491/008-_17_jose__airton.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1491/008-_17_jose__airton.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer a mesa ouvido o Soberano Plenário,_x000D_
 que o mesmo seja aprovado e devidamente encaminhado ao Exmo. Sr. Prefeito_x000D_
 Municipal,Gustavo de Melo Anicézio, com cópia ao Ilmo. Sr. Secretário de_x000D_
 Administração, Manoelito dos Dias de Rezende Neto, e ao Responsável pelo_x000D_
 Setor de Tributos, Sr. Willengarg Elias de Oliveira, Requerendo ações do_x000D_
 Executivo, no sentido de viabilizar a regularização de Títulos dos lotes Urbanos_x000D_
 e Rurais do Município de Alto Araguaia.</t>
   </si>
   <si>
     <t>1492</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1492/009-_17_jose_airton.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1492/009-_17_jose_airton.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer a mesa ouvido o Soberano_x000D_
 Plenário, e que o mesmo seja aprovado e devidamente encaminhado aoExmo._x000D_
 Sr.Prefeito Municipal, Gustavo deMeloAnicézio, com cópia ao chefe do_x000D_
 departamento de água e esgoto –DIVAES, Sr. José da Silva Batista; Requerendo_x000D_
 ações no sentido de adquirir um transformador de energia para suprir a_x000D_
 necessidade de substituir o único transformador que liga todo sistema de_x000D_
 capitação de água do nosso município.</t>
   </si>
   <si>
     <t>1493</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1493/010_-_17_clodoaldo.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1493/010_-_17_clodoaldo.pdf</t>
   </si>
   <si>
     <t>O vereador que presente subscreve, requer a Mesa ouvido o soberano Plenário_x000D_
 que o mesmo seja aprovado e devidamente encaminhada ao prefeito MunicipalSr._x000D_
 Gustavo de Melo Anicézio, com cópia ao Secretário Municipal de Saúde - Sr. Carlos_x000D_
 Alberto Lima Pessoa Junior, Requerendo a contratação de mais um médico para o_x000D_
 PSF Vanessa Welter Rodrigues, situado a Rua Benedito José da Costa, s/n, no_x000D_
 bairro Nossa Senhora Aparecida.</t>
   </si>
   <si>
     <t>1494</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1494/011-__17_clodoaldo.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1494/011-__17_clodoaldo.pdf</t>
   </si>
   <si>
     <t>O vereador que presente subscreve, requer a Mesa ouvido o soberano_x000D_
 Plenário que o mesmo seja aprovado e devidamente encaminhada ao_x000D_
 Prefeito Municipal - Sr. Gustavo de Melo Anicézio, juntamente com o_x000D_
 Secretário Municipal de Saúde - Sr. Carlos Alberto Lima Pessoa Junior,_x000D_
 Requerendo a aquisição de assentos (bancos, cadeiras, longarinas)_x000D_
 para os PSFs.</t>
   </si>
   <si>
     <t>1495</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1495/012_-_17_clodoaldo.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1495/012_-_17_clodoaldo.pdf</t>
   </si>
   <si>
     <t>O vereador que presente subscreve, requer a Mesa ouvido o soberano_x000D_
 Plenário que o mesmo seja aprovado e devidamente encaminhada ao Prefeito_x000D_
 Municipal - Sr. Gustavo de Melo Anicézio,com cópia ao Secretário Municipal de_x000D_
 obras - Sr. Milton Fernandes De Lima, Requerendo ações de melhoria na_x000D_
 sinalização nos trajetos que dão acesso aos pontos turísticos existentes em_x000D_
 nosso município.</t>
   </si>
   <si>
     <t>1496</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1496/013-17_henrique-arrumar_vazamento_de_agua_na_cohab.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1496/013-17_henrique-arrumar_vazamento_de_agua_na_cohab.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja aprovado e devidamente encaminhado ao Excelentíssimo, Sr._x000D_
 Gustavo de Melo Anicézio que resolva o problema de vazamento de água que se_x000D_
 encontra nas ruas do Bairro Conjunto Habitacional (COHAB I) Alto Araguaia-MT”.</t>
   </si>
   <si>
     <t>1497</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1497/014_-_clodoaldo.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1497/014_-_clodoaldo.pdf</t>
   </si>
   <si>
     <t>O vereador que presente subscreve, requer a Mesa ouvido o soberano Plenário que o_x000D_
 mesmo seja aprovado e devidamente encaminhada ao Prefeito Municipal Sr. Gustavo_x000D_
 Melo de Anicésio, juntamente com o Secretário Municipal de Saúde Sr. Carlos Alberto_x000D_
 de Lima Pessoa Junior, “Requerendo que seja feita a aquisição de EPIs,_x000D_
 (Equipamento de Proteção Individual), tais como protetor solar, chapéu, camisa de_x000D_
 manga longa, botas, óculos de proteção, sombrinha e materiais básicos para a_x000D_
 execução dos trabalhos dos Agentes comunitários de saúde e Agentes de_x000D_
 Endemias”.</t>
   </si>
   <si>
     <t>1498</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1498/015-17_marcos_aurelio.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1498/015-17_marcos_aurelio.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, requer à Mesa ouvido o soberano_x000D_
 plenário, que o mesmo seja aprovado e devidamente encaminhado ao Prefeito_x000D_
 Municipal, Sr. Gustavo Melo, ao Secretário de Obras e Infraestrutura Sr. Milton_x000D_
 Fernandes de Lima e ao Secretário de Meio Ambiente Sr. Manoelito dos Dias_x000D_
 de Rezende Neto. “Requerendo que se faça a pavimentação e iluminação na_x000D_
 abertura que liga o Bairro Nossa Senhora Aparecida, o Bairro Francisco_x000D_
 Esmerino da Silva, a Rua Manuela Cândida de Resende, antiga Rua 20 e a Rua_x000D_
 21; e ainda no espaço que se formou entre as referidas ruas, peço que se_x000D_
 construa uma academia ao ar livre e que seja feito um paisagismo no local. ”</t>
   </si>
   <si>
     <t>1499</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1499/016-_17_marilzan.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1499/016-_17_marilzan.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o_x000D_
 Soberano Plenário, que o mesmo seja aprovado e devidamente encaminhado_x000D_
 ao Prefeito Municipal, Sr. Gustavo Melo de Anicézio, com cópia ao Secretário_x000D_
 de Saúde Sr. Carlos Alberto de Lima Pessoa Junior, “Solicitando um posto_x000D_
 de coleta de material para exames no bairro Aeroporto”.</t>
   </si>
   <si>
     <t>1500</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1500/017-_17_marilzan.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1500/017-_17_marilzan.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o_x000D_
 Soberano Plenário, que o mesmo seja aprovado e devidamente encaminhado_x000D_
 ao Prefeito Municipal, Sr. Gustavo Melo de Anicézio, com cópia ao Secretário_x000D_
 de Obras, Infraestrutura, Transportes e Frotas Sr. Milton Fernandes de Lima,_x000D_
 “Solicitando a pavimentação das ruas do Setor Morada do Sol”.</t>
   </si>
   <si>
     <t>1501</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1501/018-17_jose_airton.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1501/018-17_jose_airton.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, com amparo no Regimento Interno, requer as seguintes_x000D_
 medidas de interesse público, a serem encaminhadas ao Chefe do Poder Executivo_x000D_
 Municipal o Exmo. Sr.Gustavo de Melo Anicézio, com a cópia ao Secretário de Obras_x000D_
 Sr. Milton Lima, Requerendo que dentro das possibilidades seja realizada uma_x000D_
 vistoria na Rua Abílio Siqueira, mais conhecida como Rua da Aninha, onde foi_x000D_
 realizado serviço de pavimentação e drenagem, buscando averiguar e solucionar as_x000D_
 causas de entupimentos de bueiros e falta de parte dos meios fios, e também o_x000D_
 asfalto danificado, por conta das chuvas.</t>
   </si>
   <si>
     <t>1502</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1502/019-17_andre.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1502/019-17_andre.pdf</t>
   </si>
   <si>
     <t>O vereador que presente subscreve, requer a Mesa ouvido o soberano Plenário_x000D_
 que o mesmo seja aprovado e devidamente encaminhada ao prefeito Municipal Sr._x000D_
 Gustavo de Melo Anicézio, com cópia ao Secretária Municipal de Assistência Social-_x000D_
 Priscila Dourado Martins da Silva, “requerendo que seja implantado um Programa_x000D_
 Social voltado para a criança e o adolescente no Bairro São Francisco, utilizando o_x000D_
 pátio do Oratório”.</t>
   </si>
   <si>
     <t>1503</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1503/020-_17_andre.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1503/020-_17_andre.pdf</t>
   </si>
   <si>
     <t>O vereador que presente subscreve, requer a Mesa ouvido o soberano Plenário_x000D_
 que o mesmo seja aprovado e devidamente encaminhada ao prefeito Municipal Sr._x000D_
 Gustavo de Melo Anicézio, com cópia ao Secretária Municipal de Educação – Kátia_x000D_
 Simone Borges Moraes Almeida, “requerendo um Monitor de Esporte para o_x000D_
 Distrito do Buriti.</t>
   </si>
   <si>
     <t>1504</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1504/021-17_deusdete.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1504/021-17_deusdete.pdf</t>
   </si>
   <si>
     <t>O vereador que presente subscreve, requer a Mesa ouvido o soberano Plenário_x000D_
 que o mesmo seja aprovado e devidamente encaminhada ao Prefeito Municipal Sr._x000D_
 Gustavo Melo de Anicésio, com cópia às autoridades competentes, requerendo a_x000D_
 manutenção e organização física e estrutural do SINE de Alto Araguaia</t>
   </si>
   <si>
     <t>1505</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1505/022_-_17_ze_airton.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1505/022_-_17_ze_airton.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer a mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja aprovado e devidamente encaminhado ao Exmo. Sr._x000D_
 Prefeito Municipal Gustavo Melo de Anicézio, com cópia ao Ilmo. Sr. Secretário_x000D_
 de obras Sr. Milton Lima, “Requerendo a transferência do local da construção da_x000D_
 nova praça da Vila Aeroporto.</t>
   </si>
   <si>
     <t>1506</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1506/023_-_17_jose_airton.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1506/023_-_17_jose_airton.pdf</t>
   </si>
   <si>
     <t>O Vereador que o subscreve, com amparo no regimento Interno, requer as_x000D_
 seguintes medidas de urgência e de interesse público, a serem encaminhada ao_x000D_
 Exmo. Prefeito Gustavo Melo de Anicézio. E Sra. Ilma. Secretária da_x000D_
 Promoção Social. Priscila Dourados Martins da Silva. Requer a aquisição de_x000D_
 cestas básicas.</t>
   </si>
   <si>
     <t>1507</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1507/024_-_17_henrique.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1507/024_-_17_henrique.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja aprovado e devidamente encaminhado ao Excelentíssimo, Sr._x000D_
 Gustavo de Melo Anicézio que “Resolva o problema de água com encanamento_x000D_
 Implantado no ano de 2016, e cascalhamento nas estradas da região do Assentamento do_x000D_
 Córrego Rico em Alto Araguaia-MT”.</t>
   </si>
   <si>
     <t>1508</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1508/025_-_17_vanderlei.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1508/025_-_17_vanderlei.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja aprovado e devidamente encaminhado ao Exmo. Sr. Gustavo de_x000D_
 Melo Anicézio – Prefeito Municipal, com cópia ao Ilmo. Sr. Carlos Alberto de Lima_x000D_
 Pessoa Junior - Secretário Municipal de Saúde, “Requerendo a avaliação de_x000D_
 nutricionista para os pacientes que fazem hemodiálise, para que os mesmos sejam_x000D_
 orientados a fazer uma alimentação adequada e que o município possa contribuir com a_x000D_
 aquisição desses alimentos”.</t>
   </si>
   <si>
     <t>1509</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1509/026_-_17_jorge_melo.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1509/026_-_17_jorge_melo.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, requerem à Mesa ouvido_x000D_
 o soberano plenário, em nome de todos os Vereadores desta Augusta_x000D_
 Casa de Leis, que o mesmo seja aprovado e devidamente encaminhado_x000D_
 aos Deputados Mauro Savi (PSB), José Domingos Fraga (PSD) e_x000D_
 Silvano Amaral (PMDB), “requerendo viabilizar os recursos necessários_x000D_
 através de emenda parlamentar para aquisição de pelo menos 03 (três)_x000D_
 caminhões basculantes”.</t>
   </si>
   <si>
     <t>1510</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1510/027_-_17_jorge_melo.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1510/027_-_17_jorge_melo.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, requerem à Mesa ouvido_x000D_
 o soberano plenário, em nome de todos os Vereadores desta Augusta_x000D_
 Casa de Leis, que o mesmo seja aprovado e devidamente encaminhado a_x000D_
 Secretaria de Estado de Infraestrutura e Logística do Estado de_x000D_
 Mato Grosso, “requerendo de imediato 01 (Uma) carga de 25.000 litros_x000D_
 de óleo diesel para o município de Alto Araguaia recuperar as partes_x000D_
 críticas da Serra das Malvinas, Região do Gato Preto, Serra da_x000D_
 Araguainha, Região da Baús e Serra Preta na MT – 465”.</t>
   </si>
   <si>
     <t>1511</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1511/028-__17_henrique.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1511/028-__17_henrique.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa ouvido o_x000D_
 Soberano Plenário, que o mesma seja aprovado e devidamente encaminhado ao_x000D_
 Prefeito Municipal, Sr. Gustavo de Melo Anicézio “Solicitando que seja feito_x000D_
 reparos e manutenções no Distrito do Buriti”.</t>
   </si>
   <si>
     <t>1512</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1512/029-ze_airton.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1512/029-ze_airton.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, a Ilma. Sra. Neia Carvalho Silva Maia,_x000D_
 com fundamento na Lei 12.527/2011 (Lei de Acesso a Informações Públicas)_x000D_
 venho requerer o acesso a informação do fundo de pensão da PREVIMAR. Que_x000D_
 todas as informações da PREVIMAR sejam enviadas para o portal de_x000D_
 transparência do nosso município.</t>
   </si>
   <si>
     <t>1513</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1513/030-ze_airton.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1513/030-ze_airton.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, com amparo no Regimento Interno, requer as_x000D_
 seguintes medidas de interesse público, a ser encaminhadas ao Chefe do Poder_x000D_
 Executivo Municipal o Ilmo. Sr. Gustavo Melo De Anicézio, com a cópia ao_x000D_
 Secretário de Obras Sr. Milton Lima, SOLICITANDO INSPEÇÃO DA_x000D_
 SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS NO COMPLEXO_x000D_
 ESPORTIVO E NA PISCINA PÚBLICA CITUADA NA VILA AEROPORTO.</t>
   </si>
   <si>
     <t>1536</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1536/031-_17_marcos_aurelio.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1536/031-_17_marcos_aurelio.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, requer à Mesa ouvido o soberano plenário,_x000D_
 que o mesmo seja aprovado e devidamente encaminhada ao Prefeito Municipal,_x000D_
 Sr. Gustavo Melo, ao Secretário Municipal de Saúde Sr. Carlos Alberto de_x000D_
 Lima Pessoa Junior e à Secretária de Promoção Social Sra. Priscila Dourado_x000D_
 Martins da Silva, “Requerendo que sejam adquiridas cadeiras de rodas_x000D_
 elétricas paraplégicos.</t>
   </si>
   <si>
     <t>1537</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1537/032-_17_marcos_aurelio.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1537/032-_17_marcos_aurelio.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, requer à Mesa ouvido o soberano plenário,_x000D_
 que o mesmo seja aprovado e devidamente encaminhado ao Prefeito Municipal,_x000D_
 Sr. Gustavo Melo, Secretário de Administração Sr. Manoelito dos Dias de_x000D_
 Rezende Neto e à Secretária de Educação Sra. Kátia Simone Borges Moraes_x000D_
 Almeida, “Requerendo que seja feito o calçamento em frente à Escola_x000D_
 Municipal Anibal Pereira Junior no Assentamento Gato Preto. ”</t>
   </si>
   <si>
     <t>1538</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1538/033-_17_marcos_aurelio.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1538/033-_17_marcos_aurelio.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, requer à Mesa ouvido o soberano plenário,_x000D_
 que o mesmo seja aprovado e devidamente encaminhado ao Prefeito Municipal,_x000D_
 Sr. Gustavo Melo e ao Sr. Milton Fernandes de Lima - Secretário de Obras,_x000D_
 Infraestrutura, Transportes e Frotas, “Requerendo a aquisição de dois_x000D_
 caminhões compactadores de lixo. ”</t>
   </si>
   <si>
     <t>1539</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1539/034-_17_ze_airton.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1539/034-_17_ze_airton.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, com amparo no Regimento Interno, requer as_x000D_
 seguintes medidas de interesse público, a serem encaminhadas ao Chefe do Poder_x000D_
 Executivo Municipal o Ilmo. Sr. Gustavo Melo De Anicézio, com a cópia a_x000D_
 Secretária de Promoção e Assistência Social. Srª Priscila dourado Martins_x000D_
 da Silva, requerendo ações que viabilize a entrega dos imóveis construído_x000D_
 com recurso próprio da prefeitura.</t>
   </si>
   <si>
     <t>1540</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1540/035-17_marilzan.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1540/035-17_marilzan.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa Ouvido o_x000D_
 Soberano Plenário, que o mesmo seja aprovado e devidamente_x000D_
 encaminhado ao Prefeito Municipal, Sr. Gustavo Melo de Anicésio, com_x000D_
 cópia ao Secretário de Saúde Sr.Carlos Alberto de Lima Pessoa Junior_x000D_
 “Solicitando que seja criado um posto de entrega de remédios durante o_x000D_
 final de semana e feriados”.</t>
   </si>
   <si>
     <t>1541</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1541/036-_17_marilzan.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1541/036-_17_marilzan.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à mesa ouvido o_x000D_
 Soberano Plenário, que o mesmo seja aprovado e devidamente encaminhado_x000D_
 ao Prefeito Municipal, Sr. Gustavo Melo de Anicésio, com cópia ao Secretário_x000D_
 de Infraestrutura sr. Milton Lima, “Solicitando que seja feito uma fiscalização_x000D_
 nas casas que estão jogando agua na rua e realizar uma parceria com os_x000D_
 proprietários que não possuem condições de regularizar a situação”.</t>
   </si>
   <si>
     <t>1542</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1542/037-_17_-_todos_os_vereadores_-_itinerante.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1542/037-_17_-_todos_os_vereadores_-_itinerante.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, requerem à mesa ouvido o_x000D_
 Soberano Plenário, que o mesmo seja aprovado e devidamente encaminhado_x000D_
 ao Prefeito Municipal, Sr. Gustavo Melo de Anicézio, com cópia ao Secretário_x000D_
 de Infraestrutura Sr. Milton Fernandes de Lima, “Requerendo várias ações no_x000D_
 sentido de proporcionar melhoria na Infraestrutura do Bairro Gabiroba”. As_x000D_
 ações são:</t>
   </si>
   <si>
     <t>1543</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1543/038-_17_-_todos_os_vereadores_-_itinerante.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1543/038-_17_-_todos_os_vereadores_-_itinerante.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, requerem à mesa ouvido o_x000D_
 Soberano Plenário, que o mesmo seja aprovado e devidamente encaminhado_x000D_
 ao Prefeito Municipal, Sr. Gustavo Melo de Anicézio, com cópia ao Secretário_x000D_
 Municipal de Saúde Sr. Carlos Alberto de Lima Pessoa Junior, “Requerendo_x000D_
 várias ações no sentido de proporcionar melhorias relacionadas à Saúde dos_x000D_
 moradores do Bairro Gabiroba e alguns pedidos de informação”. As ações e_x000D_
 informações são:</t>
   </si>
   <si>
     <t>1544</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1544/039-_17_-_todos_os_vereadores_-_itinerante.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1544/039-_17_-_todos_os_vereadores_-_itinerante.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, requerem à mesa ouvido o_x000D_
 Soberano Plenário, que o mesmo seja aprovado e devidamente encaminhado_x000D_
 ao Prefeito Municipal, Sr. Gustavo Melo de Anicézio, com cópia à Secretária_x000D_
 Municipal de Educação Esportes e Lazer - Sra. Kátia Simone Moraes Almeida,_x000D_
 “Requerendo ações no sentido de disponibilizar um Profissional de Educação_x000D_
 Física para ministrar aulas na quadra do Bairro Dom Bosco, popularmente_x000D_
 conhecido como Bairro Gabiroba”.</t>
   </si>
   <si>
     <t>1545</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1545/040-_17_-_todos_os_vereadores_-_itinerante.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1545/040-_17_-_todos_os_vereadores_-_itinerante.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, requerem à mesa ouvido o_x000D_
 Soberano Plenário, que o mesmo seja aprovado e devidamente encaminhado_x000D_
 ao Prefeito Municipal, Sr. Gustavo Melo de Anicézio, “Requerendo ações no_x000D_
 sentido de disponibilizar uma espaço para a Sede Própria da Agencia_x000D_
 Fazendária.</t>
   </si>
   <si>
     <t>1546</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1546/041-_17_ze_airton.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1546/041-_17_ze_airton.pdf</t>
   </si>
   <si>
     <t>O Vereador que está subscreve, com amparo no regimento Interno, requer as_x000D_
 seguintes medidas de interesse público, a serem encaminhadas ao Chefe do Poder_x000D_
 Executivo Municipal o Elmo Sr. Gustavo De Melo Anicézio, com a cópia a_x000D_
 secretária de educação Sr. ª Katia Simone Borges Morais Almeida, requerendo a_x000D_
 reativação do projeto “AABB Comunidade”.</t>
   </si>
   <si>
     <t>1547</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1547/042-_17_ze_airton.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1547/042-_17_ze_airton.pdf</t>
   </si>
   <si>
     <t>O Vereador que está subscreve, com amparo no regimento Interno, requer as_x000D_
 seguintes medidas de interesse público, a serem encaminhadas ao Chefe do Poder_x000D_
 Executivo Municipal o Elmo. Sr. Gustavo de Melo Anicézio, Requerendo a contratação_x000D_
 de um veterinário para suprir as necessidades da Secretária de Agricultura.</t>
   </si>
   <si>
     <t>1548</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1548/043-_17-_henrique.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1548/043-_17-_henrique.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, com fulcro no Art. 101, § 3º, VI, do_x000D_
 Regimento Interno desta Casa de Leis, requer à Mesa Diretora, depois de ouvido o_x000D_
 Soberano Plenário, na forma regimental, que seja encaminhado ao Prefeito Municipal_x000D_
 de Alto Araguaia-MT, requerimento solicitando informações detalhadas acerca da_x000D_
 distribuição de medicamentos feitas pela Secretaria Municipal de saúde, nos últimos 13_x000D_
 (treze) meses devendo obrigatoriamente conter a relação de entradas e saídas de todos_x000D_
 medicamentos, contendo ainda detalhamento acerca das receitas emitidas e respectivo_x000D_
 medicamento disponibilizado, bem como a relação dos pacientes que retiraram os_x000D_
 medicamentos e profissional responsável pela prescrição.</t>
   </si>
   <si>
     <t>1549</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1549/044-_17__sylvia_maia.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1549/044-_17__sylvia_maia.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, REQUER ao Excelentíssimo Senhor_x000D_
 Prefeito Municipal de Alto Araguaia, Gustavo de Melo Anicezio, que apresse o_x000D_
 processo de doação dos terrenos pertencentes ao Loteamento Vista do Araguaia,_x000D_
 criado pela Lei Municipal nº 3.625, de 15 de maio de 2015.</t>
   </si>
   <si>
     <t>1550</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1550/045-_17__diversos.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1550/045-_17__diversos.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicézio e ao_x000D_
 Secretário de Obras, Infraestrutura, Transportes e Frotas Sr. Milton Fernandes de Lima_x000D_
 que, através do setor competente, se providencie a religação da luz elétrica da Quadra_x000D_
 Coberta Poliesportiva do Bairro “Jardim Novo Araguaia”.</t>
   </si>
   <si>
     <t>1551</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1551/046-17__jorge_e_demais_vereadores.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1551/046-17__jorge_e_demais_vereadores.pdf</t>
   </si>
   <si>
     <t>Requeiro após ouvido o Plenário na forma Regimental, que a Mesa encaminhe_x000D_
 expediente ao Exmo. Senhor Prefeito Municipal Gustavo de Melo Anicézio, ao_x000D_
 Secretário de Obras, Infraestrutura, Transportes e Frotas Sr. Milton Fernandes de Lima_x000D_
 e ao Diretor de Serviços Urbanos - DIVAES Sr. Jose da Silva Batista, Requerendo_x000D_
 ações no sentido de otimizar o sistema de energia elétrica na Unidade de_x000D_
 Captação de Água do nosso município.</t>
   </si>
   <si>
     <t>1573</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1573/047-_17_marcos_aurelio.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1573/047-_17_marcos_aurelio.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, requer à Mesa ouvido o soberano_x000D_
 plenário, que o mesmo seja aprovado e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo Melo e à Secretaria de Educação Sra. Kátia Simone_x000D_
 Borges Moraes Almeida, “Requerendo providências no sentido de dar_x000D_
 manutenção nos aparelhos de ar condicionado e ventiladores das Escolas_x000D_
 Municipais do nosso município”.</t>
   </si>
   <si>
     <t>1574</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1574/048-_17_marcos_aurelio.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1574/048-_17_marcos_aurelio.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, requer à Mesa ouvido o_x000D_
 soberano plenário, que o mesmo seja aprovado e devidamente_x000D_
 encaminhada ao Excelentíssimo Governador do Estado de Mato Grosso_x000D_
 Sr. Pedro Taques e ao Excelentíssimo Secretário de Educação do_x000D_
 Estado de Mato Grosso Sr. Marco Marrafon, “Requerendo providências_x000D_
 no sentido de dar manutenção nos aparelhos de ar condicionado e_x000D_
 ventiladores das Escolas Estaduais do nosso município”.</t>
   </si>
   <si>
     <t>1575</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1575/049-17-_diversos.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1575/049-17-_diversos.pdf</t>
   </si>
   <si>
     <t>Os vereadores que presente subscrevem, requerem a Mesa ouvido o soberano_x000D_
 Plenário que o mesmo seja aprovado e devidamente encaminhada ao Prefeito Municipal_x000D_
 Sr. Gustavo de Melo Anicézio, com cópia ao Secretário ao Ilmo. Sr. Milton Fernandes_x000D_
 Lima - Secretário de Obras e Infraestrutura, , “Requerendo que seja construído_x000D_
 ponto de ônibus com cobertura nos Bairros Maria da Graça Souza Pinto e Parque_x000D_
 do Cerrado.</t>
   </si>
   <si>
     <t>1576</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1576/050_-_17_paulo.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1576/050_-_17_paulo.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa ouvido o_x000D_
 soberano plenário, que o mesmo seja aprovado e devidamente_x000D_
 encaminhado ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio,_x000D_
 “Requerendo a construção de uma quadra poliesportiva na Escola_x000D_
 Municipal Patrocínio Joaquim Dias, na região do Paraíso ”.</t>
   </si>
   <si>
     <t>1577</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa ouvido o_x000D_
 soberano plenário, que o mesmo seja aprovado e devidamente_x000D_
 encaminhado ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio,_x000D_
 “Requerendo à Reforma da Ponte sobre o Rio Araguainha na MU-45_x000D_
 ”.</t>
   </si>
   <si>
     <t>1578</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, requer à Mesa ouvido o soberano_x000D_
 plenário, que o mesmo seja aprovado e devidamente encaminhada ao Prefeito_x000D_
 Municipal, Sr. Gustavo Melo, ao Secretário de Obras, Infraestrutura,_x000D_
 Transportes e Frotas Sr. Milton Fernandes de Lima, ao Secretário de_x000D_
 Administração Sr. Manoelito dos Dias de Rezende Neto e ao Assessor de_x000D_
 Imprensa Sr. Reulliner Rodrigues, “Requerendo que seja feita uma Campanha_x000D_
 de Limpeza conscientizando todos os moradores do nosso município a_x000D_
 limparem as calçadas e meio fios em frente suas residências. Peço também_x000D_
 que seja divulgado através do rádio, carro de som, em forma de mensagem na_x000D_
 conta de agua, e nas redes sociais faceboock e Whatzapp ”.</t>
   </si>
   <si>
     <t>1579</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1579/053_-14_paulo_lopes.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1579/053_-14_paulo_lopes.pdf</t>
   </si>
   <si>
     <t>Requeiro depois de ouvido o Soberano Plenário que, seja aprovado e_x000D_
 devidamente encaminhado ao Prefeito Municipal, Sr. Gustavo de Melo_x000D_
 Anicézio com cópia a Secretária de Esporte Sra. Kátia Simone Borges_x000D_
 Moraes Almeida, “Solicitando o fornecimento de bolas de futsal para_x000D_
 todas as quadras de esporte do nosso município e coletes para os esportistas_x000D_
 que praticam atividades físicas nas referidas quadras.</t>
   </si>
   <si>
     <t>1580</t>
   </si>
   <si>
     <t>Requeiro à mesa, na forma regimental depois de ouvido o plenário, que seja_x000D_
 enviado ofício ao Exmo. Sr. Prefeito de Alto Araguaia, Gustavo de Melo_x000D_
 Anicézio, com cópia ao Secretário de Obras e Serviços Públicos, Sr. Milton_x000D_
 Fernandes de Lima, “Solicitando serviços de reparação das calçadas da subida_x000D_
 e descida da rodoviária - Rua Dr. José Morbeck.</t>
   </si>
   <si>
     <t>1581</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1581/055-_diversos.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1581/055-_diversos.pdf</t>
   </si>
   <si>
     <t>O vereador que presente subscreve, requer a Mesa ouvido o soberano Plenário que o_x000D_
 mesmo seja aprovado e devidamente encaminhada ao prefeito MunicipalSr. Gustavo de Melo_x000D_
 Anicézio, com cópia ao Secretário Municipal de Educação Cultura e Turismo - Sra. Katia Simone_x000D_
 Borges Moraes Almeida, “Requerendo a criação da data festiva em comemoração ao Queijo_x000D_
 Cabacinha ( Festa do Queijo) e que seja criado um monumento em forma de queijo,por ser um_x000D_
 símbolo da nossa região e que o mesmo seja instalado em um lugar estratégico para que todos_x000D_
 possam apreciar.</t>
   </si>
   <si>
     <t>1582</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1582/056-17-_paulo.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1582/056-17-_paulo.pdf</t>
   </si>
   <si>
     <t>Requeiro depois de ouvido o Soberano Plenário que, seja aprovado e_x000D_
 devidamente encaminhado ao Prefeito Municipal, Sr. Gustavo de Melo_x000D_
 Anicézio com cópia a Secretária de Esporte Sr. ª Kátia Simone Borges_x000D_
 Moraes Almeida, “Solicitando a reativação das aulas de zumba do Parque_x000D_
 Municipal.</t>
   </si>
   <si>
     <t>1583</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1583/057-_17_jorge.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1583/057-_17_jorge.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, requerem à Mesa_x000D_
 ouvido o soberano plenário, em nome de todos os Vereadores desta_x000D_
 Augusta Casa de Leis, que o mesmo seja aprovado e devidamente_x000D_
 encaminhado a Prefeitura Municipal de Alto Araguaia - MT,_x000D_
 “Requerendo a isenção do Alvará de Funcionamento das_x000D_
 Associações, Igrejas e Entidades Filantrópicas (sem fins_x000D_
 lucrativos), do município de Alto Araguaia - MT ”.</t>
   </si>
   <si>
     <t>1584</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1584/058-_17_jorge.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1584/058-_17_jorge.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, requerem à Mesa_x000D_
 ouvido o soberano plenário, em nome de todos os Vereadores desta_x000D_
 Augusta Casa de Leis, que o mesmo seja aprovado e devidamente_x000D_
 encaminhado ao Exmo. Sr. Governador Pedro Taques,_x000D_
 “Requerendo a efetiva implantação do Corpo de Bombeiros em_x000D_
 Alto Araguaia, com a disponibilização dos equipamentos_x000D_
 necessários”</t>
   </si>
   <si>
     <t>1585</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1585/059-_17_diversos_vereadores.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1585/059-_17_diversos_vereadores.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, requerem à Mesa ouvido o_x000D_
 soberano plenário, que as sessões da Câmara Municipal sejam transmitidas em_x000D_
 rede de televisão e rádio._x000D_
 O contrato com as redes de televisão e rádio devem ser feitos somente após_x000D_
 processo licitatório, conforme preconiza a legislação vigente.</t>
   </si>
   <si>
     <t>1586</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1586/060_-17_henrique.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1586/060_-17_henrique.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa ouvido o Soberano_x000D_
 Plenário, que o mesmo seja aprovado e devidamente encaminhado ao Digníssimo Deputado_x000D_
 Estadual, Sr. Mauro Savi “Requerendo emenda parlamentar para fins específicos de_x000D_
 aquisição de equipamentos para reestruturação do curso de Ciência da Computação de_x000D_
 Alto Araguaia-MT”.</t>
   </si>
   <si>
     <t>1587</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1587/061-_17_henrique.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1587/061-_17_henrique.pdf</t>
   </si>
   <si>
     <t>1588</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1588/063-17-ze_airton.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1588/063-17-ze_airton.pdf</t>
   </si>
   <si>
     <t>O Vereador que está subscreve, com amparo no regimento Interno, requer as_x000D_
 seguintes medidas de interesse público, a serem encaminhadas ao Chefe do Poder_x000D_
 Executivo Municipal o Exmo. Sr. Gustavo De Melo Anicézio, com a cópia à_x000D_
 Secretária Municipal de Assistência Social Sra. Priscila Dourado Martins da Silva,_x000D_
 “Requerendo uma ação social no sentido de adquirir cestas básicas para_x000D_
 presentear as mães em comemoração ao Dia das Mães”.</t>
   </si>
   <si>
     <t>1589</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1589/064-_17_ze_airton.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1589/064-_17_ze_airton.pdf</t>
   </si>
   <si>
     <t>O Vereador que está subscreve, com amparo no Regimento Interno, requer as_x000D_
 seguintes medidas de interesse público, a serem encaminhadas ao Chefe do Poder_x000D_
 Executivo Municipal o Exmo. Sr. Gustavo de Melo Anicézio, com a Cópia ao_x000D_
 Secretário Municipal de Obras Sr. Milton Lima, “Requerendo um estudo no sentido de_x000D_
 viabilizar a instalação de banheiros públicos junto a Praça da Matriz, localizada no_x000D_
 Centro de Alto Araguaia.</t>
   </si>
   <si>
     <t>1590</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1590/065-17-andre.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1590/065-17-andre.pdf</t>
   </si>
   <si>
     <t>O vereador que presente subscreve, requer a Mesa ouvido o soberano Plenário_x000D_
 que o mesmo seja aprovado e devidamente encaminhado ao Prefeito Municipal Sr._x000D_
 Gustavo de Melo Anicézio, que através do setor competente seja verificada qual o_x000D_
 problema que está ocorrendo na rede de distribuição de água que vai para o_x000D_
 Bairro Maria da graça Souza Pinto.</t>
   </si>
   <si>
     <t>1591</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1591/066-17-andre.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1591/066-17-andre.pdf</t>
   </si>
   <si>
     <t>Os vereadores que presente subscrevem, requerem a Mesa ouvido o soberano_x000D_
 Plenário que o mesmo seja aprovado e devidamente encaminhada ao Prefeito Municipal_x000D_
 Sr. Gustavo de Melo Anicézio, com cópia ao Secretário ao Ilmo. Sr. Manoelito dos_x000D_
 Dias de Rezende Neto - Secretário de Administração finanças, Projetos Agricultura_x000D_
 Meio Ambiente, Indústria e comércios e Serviços, “Requerendo providências no_x000D_
 sentido de realizar a limpeza dos terrenos de propriedade do espólio de Izoldina_x000D_
 Castro Maia que fica ao lado do Mané falado, na Rua Guilhermino Berigo e na rua_x000D_
 Benjamim constam no Bairro Atlântico.</t>
   </si>
   <si>
     <t>1592</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1592/067-17_jorge_melo.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1592/067-17_jorge_melo.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, requerem à Mesa_x000D_
 ouvido o soberano plenário, em nome de todos os Vereadores desta_x000D_
 Augusta Casa de Leis, que o mesmo seja aprovado e devidamente_x000D_
 encaminhado ao Exmo. Sr. Prefeito Municipal Gustavo de Melo_x000D_
 Anicézio e ao Secretário Municipal de Obras Sr. Milton Fernandes de_x000D_
 Lima, “solicitando inspeção por parte da Prefeitura Municipal,_x000D_
 e a solicitação para que a empresa responsável pela obra faça_x000D_
 as adequações necessárias na quadra coberta do Bairro Vista_x000D_
 do Araguaia”</t>
   </si>
   <si>
     <t>1593</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1593/068-17-ze_airton.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1593/068-17-ze_airton.pdf</t>
   </si>
   <si>
     <t>O Vereador que está subscreve, com amparo no regimento Interno, requer_x000D_
 as seguintes medidas de interesse público, a serem encaminhadas ao Chefe do_x000D_
 Poder Executivo Municipal o Exmo Sr. Gustavo De Melo Anicézio, com a cópia_x000D_
 ao Secretário Municipal de Saúde o Sr. Carlos Alberto de Lima Pessoa Júnior,_x000D_
 requerendo a disponibilização de uma casa de apoio à acompanhantes e pacientes_x000D_
 que fazem o TFD (Tratamento fora do domicílio) em Rondonópolis.</t>
   </si>
   <si>
     <t>1594</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1594/069-17-ze_airton.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1594/069-17-ze_airton.pdf</t>
   </si>
   <si>
     <t>O Vereador que está subscreve, com amparo no regimento Interno, requer as_x000D_
 seguintes medidas de interesse público, a serem encaminhadas ao Chefe do Poder_x000D_
 Executivo Municipal o Exmo Sr. Gustavo De Melo Anicézio, com a cópia a_x000D_
 Secretária de Educação Srª. Katia Simone Borges Morais Almeida, “Requerendo_x000D_
 monitores nos ônibus escolares”.</t>
   </si>
   <si>
     <t>1595</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1595/070-17_clodoaldo.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1595/070-17_clodoaldo.pdf</t>
   </si>
   <si>
     <t>O vereador que presente aqui subscreve, requer ao Sr. Prefeito Municipal_x000D_
 Gustavo Melo de Anicezio, que envide esforços junto ao DNIT, no sentido de viabilizar_x000D_
 a duplicação da Rodovia BR-364, nas imediações do Bairro Jardim Novo Araguaia._x000D_
 Com base no Art. 100, do Regimento Interno desta Casa de Leis, após a manifestação_x000D_
 favorável do Soberano Plenário, solicito o envio deste expediente legislativo ao Prefeito_x000D_
 Municipal, Sr. Gustavo Melo, INDICANDO a necessidade de se envidar esforços junto_x000D_
 ao Departamento Nacional de Infraestrutura de Transportes – DNIT, para que o órgão_x000D_
 possa realizar obras na BR-364, visando a duplicação do trecho compreendido entre o_x000D_
 Posto Fiscal e o Bairro Jardim Novo Araguaia, com a construção de trevo e/ou retornos_x000D_
 que garantam o acesso ao referido bairro.</t>
   </si>
   <si>
     <t>1596</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1596/071-_jorge.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1596/071-_jorge.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que o presente subscrevem, requerem à Mesa ouvido o soberano_x000D_
 plenário, em nome de todos os Vereadores desta Augusta Casa de Leis, que o mesmo_x000D_
 seja aprovado e devidamente encaminhado a Prefeitura Municipal de Alto Araguaia -_x000D_
 MT, “requerendo a construção de um albergue para as pessoas transeuntes,_x000D_
 andarilhos e pessoas que estejam em situação de rua no município de Alto_x000D_
 Araguaia - MT ”.</t>
   </si>
   <si>
     <t>1597</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1597/072-_17_marcos_aurelio.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1597/072-_17_marcos_aurelio.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, requer à Mesa ouvido o soberano_x000D_
 plenário, que o mesmo seja aprovado e devidamente encaminhado ao Prefeito_x000D_
 Municipal, Sr. Gustavo Melo, Secretaria de Assistência Social Priscila_x000D_
 Dourado Martins da Silva e ao Secretário de Saúde Sr. Carlos Alberto de_x000D_
 Lima Pessoa Júnior, “Requerendo que seja feito exames de vista com_x000D_
 médico oftalmologista e que seja feita a doação de óculos”.</t>
   </si>
   <si>
     <t>1598</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1598/073-_17_marcos_aurelio.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1598/073-_17_marcos_aurelio.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, requer à Mesa ouvido o soberano_x000D_
 plenário, que o mesmo seja aprovado e devidamente encaminhado ao Prefeito_x000D_
 Municipal, Srº Gustavo Melo e ao Secretário de Agricultura Sr. Manoelito_x000D_
 dos Dias de Rezende Neto, “Requerendo que juntamente com a Secretaria_x000D_
 de Agricultura seja feito um projeto de construção de tanques de_x000D_
 piscicultura com parceria com pequenos produtores rurais que possuem_x000D_
 áreas de até 500 hectares e também com os moradores de assentamentos_x000D_
 que tenham disponibilidade de água em sua propriedade.</t>
   </si>
   <si>
     <t>1599</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1599/074-_17_marcos_aurelio.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1599/074-_17_marcos_aurelio.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, requer à Mesa ouvido o soberano_x000D_
 plenário, que o mesmo seja aprovado e devidamente encaminhado ao Prefeito_x000D_
 Municipal, Sr. Gustavo Melo, a Secretária de Educação Sr. Katia Simone_x000D_
 Borges Moraes Almeida e ao Secretário de Obras, Infraestrutura_x000D_
 Transporte e Frotas Sr. Milton Fernandes de Lima, “Requerendo que a_x000D_
 Rua Guilherme Gonçalves Berigo no Bairro Gabiroba em frente à Escola_x000D_
 Municipal Adalcy da Conceição Rodrigues seja modificada para mão_x000D_
 única (somente o quarteirão em frente a referida escola).”</t>
   </si>
   <si>
     <t>1600</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1600/075-_17_clodoaldo.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1600/075-_17_clodoaldo.pdf</t>
   </si>
   <si>
     <t>O vereador que presente subscreve, requer a mesa ouvido o soberano_x000D_
 Plenário que o mesmo seja aprovado e devidamente encaminhada ao_x000D_
 Prefeito Municipal - Sr. Gustavo de Melo Anicézio, juntamente com o_x000D_
 Secretário Municipal de Saúde - Sr. Carlos Alberto Lima Pessoa Junior,_x000D_
 “Requerendo fiscalização nas obras de construção e reforma do PSF_x000D_
 Manoel Marques de Souza localizado no bairro Cohab, e estendendo essa_x000D_
 fiscalização a todas as obras ligadas à Secretaria de Saúde do nosso_x000D_
 município”.</t>
   </si>
   <si>
     <t>1601</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1601/076-17-paulo_lopes.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1601/076-17-paulo_lopes.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, requer à Mesa ouvido o_x000D_
 soberano plenário, que o mesmo seja aprovado e devidamente_x000D_
 encaminhado ao Prefeito Municipal, Sr. Gustavo de Melo Anicézio_x000D_
 “Requerendo o aumento de vagas para o Programa Jovem Aprendiz ”.</t>
   </si>
   <si>
     <t>1602</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1602/077-017_andre_leal.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1602/077-017_andre_leal.pdf</t>
   </si>
   <si>
     <t>O vereador que presente subscreve, requer a Mesa ouvido o soberano Plenário_x000D_
 que o mesmo seja aprovado e devidamente encaminhada ao prefeito Municipal Sr._x000D_
 Gustavo de Melo Anicézio, com cópia ao Secretário ao Ilmo. Sr. Secretário de Obras e_x000D_
 Infraestrutura, Milton Fernandes Lima, “requerendo que seja feita a coleta de lixo no_x000D_
 Complexo Industrial no terminal.</t>
   </si>
   <si>
     <t>1603</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1603/078-_17_andre_leal.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1603/078-_17_andre_leal.pdf</t>
   </si>
   <si>
     <t>O vereador que presente subscreve, requer a Mesa ouvido o soberano Plenário_x000D_
 que o mesmo seja aprovado e devidamente encaminhada ao Prefeito Municipal Sr._x000D_
 Gustavo de Melo Anicézio, com cópia ao Secretário ao Ilmo. Sr. Secretário de Obras e_x000D_
 Infraestrutura, Milton Fernandes Lima, “Requerendo que seja feito tapa buracos no_x000D_
 Complexo Industrial no Terminal Ferroviário”.</t>
   </si>
   <si>
     <t>1285</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária (Origem Executivo)</t>
   </si>
   <si>
     <t>GUSTAVO MELO DE ANICEZIO</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1285/projeto_de_lei.001.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1285/projeto_de_lei.001.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a revisão geral anual prevista no_x000D_
 art. 37, X da CRFB/88 e dá outras_x000D_
 providências.”</t>
   </si>
   <si>
     <t>1312</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1312/projeto_de_lei.002.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1312/projeto_de_lei.002.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a revisão geral anual prevista no_x000D_
 art. 37, X da CRFB/88 e dá outras _x000D_
 providências.”</t>
   </si>
   <si>
     <t>1313</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1313/projeto_de_lei.003.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1313/projeto_de_lei.003.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre reposição salarial de 6,58%_x000D_
 no subsidio dos membros do Conselho_x000D_
 Tutelar”</t>
   </si>
   <si>
     <t>1314</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1314/projeto_de_lei.004.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1314/projeto_de_lei.004.pdf</t>
   </si>
   <si>
     <t>1315</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1315/projeto_de_lei.005.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1315/projeto_de_lei.005.pdf</t>
   </si>
   <si>
     <t>1316</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1316/projeto_de_lei.006.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1316/projeto_de_lei.006.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre autorização para celebrar convênio_x000D_
 com a APAE - Associação de Pais e Amigos dos_x000D_
 Excepcionais de Alto Araguaia”.</t>
   </si>
   <si>
     <t>1317</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1317/projeto_de_lei.007.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1317/projeto_de_lei.007.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre autorização para celebrar_x000D_
 convênio com a Longa Permanência Tia_x000D_
 Nega”.</t>
   </si>
   <si>
     <t>1318</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1318/projeto_de_lei.008.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1318/projeto_de_lei.008.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a abrir_x000D_
 Crédito Adicional Especial no Orçamento_x000D_
 vigente do Município de Alto Araguaia,_x000D_
 decorrente da necessidade do reajuste no_x000D_
 duodécimo da Câmara Municipal, em_x000D_
 adequação ao disposto no Art. 29-A, I, CF/88”.</t>
   </si>
   <si>
     <t>1319</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1319/projeto_de_lei.009.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1319/projeto_de_lei.009.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre autorização para celebrar Convênio_x000D_
 com a Associação dos Acadêmicos Universitários_x000D_
 de Alto Araguaia".</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1320/projeto_de_lei.010.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1320/projeto_de_lei.010.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a abertura de Crédito_x000D_
 Adicional Especial no Orçamento do_x000D_
 Exercício de 2017 e da outras_x000D_
 providências.”</t>
   </si>
   <si>
     <t>1321</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1321/projeto_de_lei.011.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1321/projeto_de_lei.011.pdf</t>
   </si>
   <si>
     <t>1322</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1322/projeto_de_lei.012.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1322/projeto_de_lei.012.pdf</t>
   </si>
   <si>
     <t>“Institui o programa de incentivo ao estágio no_x000D_
 âmbito do Poder Executivo Municipal de Alto_x000D_
 Araguaia/MT e dá outras providências”.</t>
   </si>
   <si>
     <t>1323</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1323/projeto_de_lei.013.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1323/projeto_de_lei.013.pdf</t>
   </si>
   <si>
     <t>"Altera dispositivo da Lei Municipal nº_x000D_
 2742/2010".</t>
   </si>
   <si>
     <t>1324</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1324/projeto_de_lei.014.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1324/projeto_de_lei.014.pdf</t>
   </si>
   <si>
     <t>"Altera dispositivo da Lei Municipal nº 2742,_x000D_
 de 23 de dezembro de 2010".</t>
   </si>
   <si>
     <t>1325</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1325/projeto_de_lei.015.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1325/projeto_de_lei.015.pdf</t>
   </si>
   <si>
     <t>"Altera dispositivo da Lei Municipal nº 2.551,_x000D_
 de 11 de agosto de 2009".</t>
   </si>
   <si>
     <t>1326</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1326/projeto_de_lei.016.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1326/projeto_de_lei.016.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a concessão de cesta básica_x000D_
 às famílias em situação de vulnerabilidade_x000D_
 social do Município de Alto Araguaia e dá_x000D_
 outras providências.”</t>
   </si>
   <si>
     <t>1327</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1327/projeto_de_lei.017.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1327/projeto_de_lei.017.pdf</t>
   </si>
   <si>
     <t>“Autoriza contratação temporária por excepcional interesse_x000D_
 público”.</t>
   </si>
   <si>
     <t>1328</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1328/projeto_de_lei.018.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1328/projeto_de_lei.018.pdf</t>
   </si>
   <si>
     <t>“Altera os Anexos II, III da Lei Municipal n° 2742/2010”.</t>
   </si>
   <si>
     <t>1329</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1329/projeto_de_lei.019.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1329/projeto_de_lei.019.pdf</t>
   </si>
   <si>
     <t>“Altera o Art. 2º, da Lei Municipal nº_x000D_
 3.278, de 03 de dezembro de 2013, e dá_x000D_
 outras providências.”</t>
   </si>
   <si>
     <t>1330</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1330/projeto_de_lei.020.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1330/projeto_de_lei.020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o processo legislativo, a_x000D_
 elaboração, a redação e a_x000D_
 consolidação das leis e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>1331</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1331/projeto_de_lei.021.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1331/projeto_de_lei.021.pdf</t>
   </si>
   <si>
     <t>Institui a Tarifa Social de Água,_x000D_
 Esgoto e Coleta de Lixo, no âmbito do_x000D_
 Município de Alto Araguaia.</t>
   </si>
   <si>
     <t>1332</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1332/projeto_de_lei.022.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1332/projeto_de_lei.022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração na Lei nº_x000D_
 1.079, de 05 de novembro de 1997, e_x000D_
 dá outras providências.</t>
   </si>
   <si>
     <t>1333</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1333/projeto_de_lei.023.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1333/projeto_de_lei.023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a realizar_x000D_
 gasto com a filiação da Secretaria_x000D_
 Municipal de Educação junto a_x000D_
 UNDIME-MT.</t>
   </si>
   <si>
     <t>1334</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1334/projeto_de_lei.024.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1334/projeto_de_lei.024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a realizar_x000D_
 gastos com a premiação do Torneio de_x000D_
 Tênis, que será realizado nos dias 24, 25 e_x000D_
 26 de março de 2017.</t>
   </si>
   <si>
     <t>1335</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1335/projeto_de_lei.025.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1335/projeto_de_lei.025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a realizar_x000D_
 gastos com a premiação do 1º torneio_x000D_
 Araguaia Open de Futvôlei e Vôlei de_x000D_
 Areia, que será realizado de 08 e 09 de_x000D_
 abril de 2017.</t>
   </si>
   <si>
     <t>1336</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1336/projeto_de_lei.026.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1336/projeto_de_lei.026.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal nº 3.554, de 24 de_x000D_
 dezembro de 2014.</t>
   </si>
   <si>
     <t>1337</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1337/projeto_de_lei.027.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1337/projeto_de_lei.027.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a, incluir ação no_x000D_
 Anexo I, da Lei Municipal n.º 3305, de 20 de_x000D_
 dezembro de 2013 - Plano Plurianual, Lei_x000D_
 Municipal n.º 3866, de 15 de julho de 2016 –_x000D_
 Lei de Diretrizes Orçamentárias, Abre Crédito_x000D_
 Adicional Especial e dá Outras Providencias”.</t>
   </si>
   <si>
     <t>1338</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1338/projeto_de_lei.028.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1338/projeto_de_lei.028.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a, incluir ação no_x000D_
 Anexo I, da Lei Municipal n.º 3305, de 20 de_x000D_
 dezembro de 2013 - Plano Plurianual, Lei_x000D_
 Municipal n.º 3866, de 15 de julho de 2016 –_x000D_
 Lei de Diretrizes Orçamentárias, Abre Crédito_x000D_
 Adicional Especial e dá Outras Providencias”.</t>
   </si>
   <si>
     <t>1339</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1339/projeto_de_lei.029.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1339/projeto_de_lei.029.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a cessão em comodato, do_x000D_
 imóvel que menciona.”.</t>
   </si>
   <si>
     <t>1340</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1340/projeto_de_lei.030.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1340/projeto_de_lei.030.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a autorização para investimentos_x000D_
 em reparos no imóvel da Delegacia de Polícia_x000D_
 Civil de Alto Araguaia.”</t>
   </si>
   <si>
     <t>1341</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1341/projeto_de_lei.031.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1341/projeto_de_lei.031.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a adquirir_x000D_
 gêneros alimentícios e doá-los ao Rotary Clube_x000D_
 para as festividades do dia das Mães”.</t>
   </si>
   <si>
     <t>1342</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1342/projeto_de_lei.033.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1342/projeto_de_lei.033.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a correção dos valores que trata o inciso_x000D_
 I e II do art. 23 da Lei Federal Nº 8.666/1993, pelo_x000D_
 índice do IGP-M, com fundamento no art. 120, da Lei_x000D_
 Federal Nº 8.666/1993 e de acordo com a Resolução_x000D_
 Consulta do TCE-MT Nº. 17/2014-TP, e dá outras_x000D_
 providências”.</t>
   </si>
   <si>
     <t>1343</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1343/projeto_de_lei.034.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1343/projeto_de_lei.034.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a instituição do programa de_x000D_
 recuperação fiscal – refis/modelo 2017,_x000D_
 conforme especifica e dá outras_x000D_
 providências.”</t>
   </si>
   <si>
     <t>1344</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1344/projeto_de_lei.035.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1344/projeto_de_lei.035.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a realizar_x000D_
 investimentos a titulo de contrapartida_x000D_
 junto ao SEBRAE-MT, para a realização_x000D_
 do projeto de capacitação Negócio a_x000D_
 Negócio.</t>
   </si>
   <si>
     <t>1345</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1345/projeto_de_lei.036.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1345/projeto_de_lei.036.pdf</t>
   </si>
   <si>
     <t>1346</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1346/projeto_de_lei.037.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1346/projeto_de_lei.037.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre autorização para celebrar Convênio_x000D_
 com o Conselho Comunitário de Segurança_x000D_
 Pública de Alto Araguaia".</t>
   </si>
   <si>
     <t>1347</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1347/projeto_de_lei.038.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1347/projeto_de_lei.038.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a instituição do programa de_x000D_
 dívidas superiores a cinquenta mil reais.”</t>
   </si>
   <si>
     <t>1348</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1348/projeto_de_lei.039.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1348/projeto_de_lei.039.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre autorização para celebrar_x000D_
 Convênio com o Sindicato Rural de Alto_x000D_
 Araguaia.”</t>
   </si>
   <si>
     <t>1349</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1349/projeto_de_lei.040.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1349/projeto_de_lei.040.pdf</t>
   </si>
   <si>
     <t>“Autoriza o chefe do poder executivo municipal a_x000D_
 alienar em favor da Empresa vencedora do_x000D_
 Chamamento Público a ser realizado, mediante_x000D_
 processo licitatório realizado na modalidade de_x000D_
 dispensa de licitação, lote urbano para Programa_x000D_
 Habitacional do Governo Federal – Minha Casa Minha_x000D_
 Vida realizado em parceria com a Caixa Econômica_x000D_
 Federal e/ou Banco do Brasil/SA e dá outras_x000D_
 providências”.</t>
   </si>
   <si>
     <t>1350</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1350/projeto_de_lei.041.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1350/projeto_de_lei.041.pdf</t>
   </si>
   <si>
     <t>“Autoriza a contratação de ônibus para_x000D_
 transportar acadêmicos do Curso de Jornalismo_x000D_
 da UNEMAT – Universidade do Estado de_x000D_
 Mato Grosso, Campus de Alto Araguaia até a_x000D_
 cidade de Cuiabá - MT”.</t>
   </si>
   <si>
     <t>1351</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1351/projeto_de_lei.042.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1351/projeto_de_lei.042.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre as diretrizes para a elaboração da_x000D_
 lei orçamentária de 2018”</t>
   </si>
   <si>
     <t>1352</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1352/projeto_de_lei.043.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1352/projeto_de_lei.043.pdf</t>
   </si>
   <si>
     <t>1353</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1353/projeto_de_lei.044-certo.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1353/projeto_de_lei.044-certo.pdf</t>
   </si>
   <si>
     <t>1354</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1354/projeto_de_lei.045.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1354/projeto_de_lei.045.pdf</t>
   </si>
   <si>
     <t>1355</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1355/projeto_de_lei.046.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1355/projeto_de_lei.046.pdf</t>
   </si>
   <si>
     <t>“Acresce dispositivo ao Art. 34, da Lei_x000D_
 Municipal nº 1.337, de 18 de dezembro de_x000D_
 2001.”</t>
   </si>
   <si>
     <t>1356</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1356/projeto_de_lei.047.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1356/projeto_de_lei.047.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre o tratamento favorecido, diferenciado e_x000D_
 simplificado para as microempresas e empresas de_x000D_
 pequeno porte sediadas no município de Alto_x000D_
 Araguaia, nas contratações públicas de bens, serviços_x000D_
 e obras, no âmbito da administração pública.”</t>
   </si>
   <si>
     <t>1357</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1357/projeto_de_lei.049.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1357/projeto_de_lei.049.pdf</t>
   </si>
   <si>
     <t>“Autoriza a celebração de Termo Aditivo ao_x000D_
 Convênio nº 002/2017”</t>
   </si>
   <si>
     <t>1358</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1358/projeto_de_lei.050.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1358/projeto_de_lei.050.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a prorrogação do prazo de_x000D_
 adesão ao programa de recuperação fiscal –_x000D_
 refis/modelo 2017”</t>
   </si>
   <si>
     <t>1359</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1359/projeto_de_lei.051.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1359/projeto_de_lei.051.pdf</t>
   </si>
   <si>
     <t>utoriza o Poder Executivo Municipal a _x000D_
 firmar termo de cooperação mútua com o _x000D_
 município de Santa Rita do Araguaia,_x000D_
 visando a utilização de equipamentos para _x000D_
 manutenção de vias públicas”</t>
   </si>
   <si>
     <t>1360</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1360/projeto_de_lei.052.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1360/projeto_de_lei.052.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a realizar_x000D_
 investimentos a titulo de contrapartida_x000D_
 junto ao SEBRAE-MT, para a realização_x000D_
 de consultoria tecnológica em pequenas_x000D_
 propriedades rurais do município de Alto_x000D_
 Araguaia.</t>
   </si>
   <si>
     <t>1361</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1361/projeto_de_lei.053.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1361/projeto_de_lei.053.pdf</t>
   </si>
   <si>
     <t>1362</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1362/projeto_de_lei.054.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1362/projeto_de_lei.054.pdf</t>
   </si>
   <si>
     <t>“Altera a redação do inciso IV do artigo 48 da_x000D_
 Lei Municipal n. 2.575, de 20 de outubro de_x000D_
 2009 que Reestrutura o Regime Próprio de_x000D_
 Previdência Social do Município de Alto_x000D_
 Araguaia/MT e, dá outras providências.”</t>
   </si>
   <si>
     <t>1363</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1363/projeto_de_lei.055.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1363/projeto_de_lei.055.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o parcelamento de débitos do_x000D_
 Município de Alto Araguaia com seu Regime_x000D_
 Próprio de Previdência Social – RPPS.</t>
   </si>
   <si>
     <t>1364</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1364/projeto_de_lei.056.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1364/projeto_de_lei.056.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a outorgar a_x000D_
 concessão onerosa de uso de espaço publico,_x000D_
 para a exploração de serviços de lanchonete,_x000D_
 nas dependências da Orla Municipal do Rio_x000D_
 Araguaia; Parque Municipal “Atanael de_x000D_
 Farias Costa” e sede da Prefeitura Municipal_x000D_
 de Alto Araguaia, e dá outras providencias.”</t>
   </si>
   <si>
     <t>1365</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1365/projeto_de_lei.057.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1365/projeto_de_lei.057.pdf</t>
   </si>
   <si>
     <t>1366</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1366/projeto_de_lei.058.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1366/projeto_de_lei.058.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a realizar_x000D_
 gastos com a premiação e arbitragem da_x000D_
 XXIII Taça Pantera do Leste</t>
   </si>
   <si>
     <t>1367</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1367/projeto_de_lei.059.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1367/projeto_de_lei.059.pdf</t>
   </si>
   <si>
     <t>1368</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1368/projeto_de_lei.060.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1368/projeto_de_lei.060.pdf</t>
   </si>
   <si>
     <t>1369</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1369/projeto_de_lei.061.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1369/projeto_de_lei.061.pdf</t>
   </si>
   <si>
     <t>"Altera dispositivos da Lei Municipal nº 1.839,_x000D_
 de 21 de junho de 2005".</t>
   </si>
   <si>
     <t>1370</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1370/projeto_de_lei.062.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1370/projeto_de_lei.062.pdf</t>
   </si>
   <si>
     <t>Institui o Projeto “Vem pro Parque”, para ex_x0002_posição e comercialização de artes, artesanatos_x000D_
 e gastronomia, bem como incentivo ao Lazer,_x000D_
 Cultura e Turismo.</t>
   </si>
   <si>
     <t>1371</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1371/projeto_de_lei.063.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1371/projeto_de_lei.063.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre alterações no Artigo 25, da Lei_x000D_
 nº 1337, de 18 de dezembro de 2001, que_x000D_
 institui o Código Tributário do Município de_x000D_
 Alto Araguaia, alterado pela Lei Municipal nº_x000D_
 1595, de 30 de dezembro de 2003”.</t>
   </si>
   <si>
     <t>1372</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1372/projeto_de_lei.064.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1372/projeto_de_lei.064.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a custear parte_x000D_
 das despesas do Rotaract Club em viagem para_x000D_
 encontro distrital, e dá outras providências”.</t>
   </si>
   <si>
     <t>1373</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1373/projeto_de_lei.065.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1373/projeto_de_lei.065.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a custear parte_x000D_
 das despesas do evento “Corrida e Caminhada_x000D_
 Equo-Run em benefício da Equo-amigos” a ser_x000D_
 realizada pela Academia Club Fitness”</t>
   </si>
   <si>
     <t>1374</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1374/projeto_de_lei.066.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1374/projeto_de_lei.066.pdf</t>
   </si>
   <si>
     <t>“Altera a redação do inciso IV do artigo_x000D_
 48 da Lei Municipal n. 2.575, de 20 de_x000D_
 outubro de 2009 que Reestrutura o Regime_x000D_
 Próprio de Previdência Social do Município_x000D_
 de Alto Araguaia/MT e, dá outras_x000D_
 providências.”</t>
   </si>
   <si>
     <t>1375</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1375/projeto_de_lei.067.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1375/projeto_de_lei.067.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº_x000D_
 2.772/2011 e dá outras providências._x000D_
 A CÂMARA MUNICIPAL DE ALTO ARAGUAIA, tendo em vista o que disp</t>
   </si>
   <si>
     <t>1376</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1376/projeto_de_lei.068.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1376/projeto_de_lei.068.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Sistema Único de Assistência Social do_x000D_
 Município de Alto Araguaia/MT e dá outras providências.</t>
   </si>
   <si>
     <t>1377</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1377/projeto_de_lei.069.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1377/projeto_de_lei.069.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre o Plano Plurianual para o período_x000D_
 2018/2021”.</t>
   </si>
   <si>
     <t>1378</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1378/projeto_de_lei.070.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1378/projeto_de_lei.070.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a migrar os_x000D_
 aprendizes do Programa Jovem Aprendiz para_x000D_
 realização de estágio no Programa de Incentivo_x000D_
 ao Estagio”.</t>
   </si>
   <si>
     <t>1379</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1379/projeto_de_lei.071.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1379/projeto_de_lei.071.pdf</t>
   </si>
   <si>
     <t>1380</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1380/projeto_de_lei.072.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1380/projeto_de_lei.072.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a, incluir ação no_x000D_
 Anexo I, da Lei Municipal n.º 3305, de 20 de_x000D_
 dezembro de 2013 - Plano Plurianual, Lei_x000D_
 Municipal n.º 3728, de 11 de dezembro de_x000D_
 2015 – Lei de Diretrizes Orçamentárias, Abre_x000D_
 Crédito Adicional Especial e dá Outras_x000D_
 Providencias”.</t>
   </si>
   <si>
     <t>1381</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1381/projeto_de_lei.073.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1381/projeto_de_lei.073.pdf</t>
   </si>
   <si>
     <t>“Estima a receita e fixa a despesa do município_x000D_
 de Alto Araguaia, Estado de Mato Grosso, para_x000D_
 o exercício financeiro de 2018 e dá outras_x000D_
 providências”.</t>
   </si>
   <si>
     <t>1382</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1382/projeto_de_lei.074.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1382/projeto_de_lei.074.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a alteração do Anexo de Metas e_x000D_
 Prioridades da Lei de Diretrizes Orçamentárias_x000D_
 – LDO, na forma que especifica.”</t>
   </si>
   <si>
     <t>1383</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1383/projeto_de_lei.076.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1383/projeto_de_lei.076.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a cessão em comodato, de sala_x000D_
 do imóvel que menciona.”.</t>
   </si>
   <si>
     <t>1384</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1384/projeto_de_lei.077.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1384/projeto_de_lei.077.pdf</t>
   </si>
   <si>
     <t>1385</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1385/projeto_de_lei.078.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1385/projeto_de_lei.078.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a cessão em comodato, de sala_x000D_
 do imóvel que menciona.”</t>
   </si>
   <si>
     <t>1386</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1386/projeto_de_lei.079.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1386/projeto_de_lei.079.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº, 1.337, de 18_x000D_
 de dezembro de 2001, que institui o Código_x000D_
 Tributário do Município de Alto Araguaia e dá_x000D_
 outras providências.</t>
   </si>
   <si>
     <t>1387</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1387/projeto_de_lei.080.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1387/projeto_de_lei.080.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a_x000D_
 firmar termo de cooperação técnica com o_x000D_
 Sindicato dos Servidores Públicos Municipais_x000D_
 – SISPUM, visando a reparação do gramado_x000D_
 do campo de futebol da sede da entidade”.</t>
   </si>
   <si>
     <t>1388</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1388/projeto_de_lei.081.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1388/projeto_de_lei.081.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal fazer_x000D_
 serviços de tapa buracos na avenida principal_x000D_
 que dá acesso às empresas do Terminal_x000D_
 Industrial de Alto Araguaia.”</t>
   </si>
   <si>
     <t>1389</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1389/projeto_de_lei.082_retirado.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1389/projeto_de_lei.082_retirado.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a contratar operação de_x000D_
 crédito junto ao Banco do Brasil S.A. e dá outras_x000D_
 providências correlatas.”</t>
   </si>
   <si>
     <t>1390</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1390/projeto_de_lei.083.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1390/projeto_de_lei.083.pdf</t>
   </si>
   <si>
     <t>“Autoriza o município de Alto Araguaia a_x000D_
 firmar termo de comodato com as_x000D_
 transmissoras de sinal de televisão, para sessão_x000D_
 da espaço da torre do município e sala do_x000D_
 imóvel que menciona”</t>
   </si>
   <si>
     <t>1391</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1391/projeto_de_lei.084.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1391/projeto_de_lei.084.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo adquirir_x000D_
 equipamentos e materiais e ceder em_x000D_
 comodato, e dá outras providências.”</t>
   </si>
   <si>
     <t>1392</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1392/projeto_de_lei.085_retirado.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1392/projeto_de_lei.085_retirado.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a contratar operação_x000D_
 de crédito com o BANCO DO BRASIL S.A., e dá_x000D_
 outras providências.”</t>
   </si>
   <si>
     <t>1393</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1393/projeto_de_lei.086.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1393/projeto_de_lei.086.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a, incluir ação no_x000D_
 Anexo I, da Lei Municipal n.º 3305, de 20 de_x000D_
 dezembro de 2013 - Plano Plurianual, Lei_x000D_
 Municipal n.º 3866, de 15 de julho de 2016 –_x000D_
 Lei de Diretrizes Orçamentárias, Abre Crédito_x000D_
 Adicional Especial e dá Outras Providencias.</t>
   </si>
   <si>
     <t>1394</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1394/projeto_de_lei.087.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1394/projeto_de_lei.087.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Executivo Municipal a repassar aos_x000D_
 Agentes Comunitários de Saúde vinculados às_x000D_
 equipes de Saúde da Família, incentivo financeiro_x000D_
 adicional.”</t>
   </si>
   <si>
     <t>1395</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1395/projeto_de_lei.088.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1395/projeto_de_lei.088.pdf</t>
   </si>
   <si>
     <t>1515</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária (Origem Legislativo)</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1515/001-_reajuste_servidores.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1515/001-_reajuste_servidores.pdf</t>
   </si>
   <si>
     <t>“Estende aos Servidores Públicos do Legislativo a reposição salarial no percentual de 6,58% (seis inteiros e cinquenta e oito centésimos por cento) sobre os vencimentos e dá outras providências”.</t>
   </si>
   <si>
     <t>1516</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1516/002._reajuste_vereadores.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1516/002._reajuste_vereadores.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a atualização monetária dos subsídios dos Vereadores, fixados pela Lei N.º 3.024, de 03 de Setembro de 2012”.</t>
   </si>
   <si>
     <t>1517</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1517/003._projeto_de_lei_._reforma_pccs.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1517/003._projeto_de_lei_._reforma_pccs.pdf</t>
   </si>
   <si>
     <t>“Altera dispositivos e anexos da lei municipal nº 2545/2009 e dá outras providências”.</t>
   </si>
   <si>
     <t>1518</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1518/004-2017_-_vanderlei.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1518/004-2017_-_vanderlei.pdf</t>
   </si>
   <si>
     <t>"Estabelece normas e diretrizes a serem seguidas nas provas de laço em dupla (Team Roping), laço comprido (tiro de laço), rodeios, três tambores e eventos do gênero no Município de Alto Araguaia -MT, sem prejuízo de proibições e sanções previstas em outros dispositivos legais: Municipal, Estadual ou Federal, e dá outras providências".</t>
   </si>
   <si>
     <t>1519</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1519/005-projeto_de_lei._proibindo_corte_de_agua_e_energia.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1519/005-projeto_de_lei._proibindo_corte_de_agua_e_energia.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a proibição do corte no fornecimento de água e energia elétrica nos dias que especifica”.</t>
   </si>
   <si>
     <t>1520</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1520/006_-_reduz_subsidios_dos_vereadores_2017.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1520/006_-_reduz_subsidios_dos_vereadores_2017.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a redução dos subsídios dos Vereadores, fixados pela Lei n.º 3.024, de 03 de Setembro de 2012, e suas alterações posteriores”.</t>
   </si>
   <si>
     <t>1521</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1521/007-_reduz_verba_indenizatoria_2017.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1521/007-_reduz_verba_indenizatoria_2017.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a redução da Verba indenizatória, fixada pela Lei n.º 2.784, de 10 de março de 2011, e suas alterações posteriores”.</t>
   </si>
   <si>
     <t>1522</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1522/008_-__reajuste_servidores_comissionados_e_funcoes_gratificadas.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1522/008_-__reajuste_servidores_comissionados_e_funcoes_gratificadas.pdf</t>
   </si>
   <si>
     <t>“Altera dispositivos e anexos da lei municipal nº 2545/2009, e suas alterações propostas pela Lei 3924/2017, e dá outras providências”.</t>
   </si>
   <si>
     <t>1523</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1523/009-_projeto_-nome_ao_centro_de_tratamento_de_animais.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1523/009-_projeto_-nome_ao_centro_de_tratamento_de_animais.pdf</t>
   </si>
   <si>
     <t>“Dá nome ao Centro Municipal de Tratamento de Animais de Alto Araguaia e dá outras providências”.</t>
   </si>
   <si>
     <t>1524</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1524/011-henrique_candido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1524/011-henrique_candido.pdf</t>
   </si>
   <si>
     <t>“Fica proibido o uso e a venda de cachimbo conhecido como “narguilé” aos menores de 18 anos, e dá outras providencias”.</t>
   </si>
   <si>
     <t>1525</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1525/012-_outubro_rosa_henrique_candido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1525/012-_outubro_rosa_henrique_candido.pdf</t>
   </si>
   <si>
     <t>“Institui o Mês “Outubro Rosa” no Município de Alto Araguaia-MT, e dá outras providências.”.</t>
   </si>
   <si>
     <t>1526</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1526/013_-novembro_azul_henrique_candido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1526/013_-novembro_azul_henrique_candido.pdf</t>
   </si>
   <si>
     <t>“Institui o Mês “Novembro Azul” no Município de Alto Araguaia-MT, e dá outras providências.”</t>
   </si>
   <si>
     <t>1527</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1527/014-_projeto_-nome_a_voltinha_-_clodoaldo.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1527/014-_projeto_-nome_a_voltinha_-_clodoaldo.pdf</t>
   </si>
   <si>
     <t>“Dá nome ao espaço conhecido como Voltinha do Boiadeiro e dá outras providências”.</t>
   </si>
   <si>
     <t>1528</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1528/015-__plantas_dengue_-_vanderlei.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1528/015-__plantas_dengue_-_vanderlei.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre o incentivo ao Cultivo das Plantas “Citronela” e “Crotalária”.</t>
   </si>
   <si>
     <t>1529</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1529/016_-projeto_de_lei_legislativo_no_caminhao_de_aterro.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1529/016_-projeto_de_lei_legislativo_no_caminhao_de_aterro.pdf</t>
   </si>
   <si>
     <t>“Projeto de lei que dispõe sobre o Fornecimento Gratuito de Caminhão de ATERRO para atender as Famílias de Baixa Renda”</t>
   </si>
   <si>
     <t>1530</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1530/17_-_henrique_retirado.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1530/17_-_henrique_retirado.pdf</t>
   </si>
   <si>
     <t>“Disciplina a circulação de veículos de carga e operação de carga e descarga no município de Alto Araguaia-MT, e dá outras providências”.</t>
   </si>
   <si>
     <t>1531</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1531/018_-paulinho.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1531/018_-paulinho.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre uma folga anual para todos os servidores públicos municipais da cidade do Alto Araguaia-MT, no dia de seu aniversário, na forma que menciona, e dá outras providências.</t>
   </si>
   <si>
     <t>1532</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1532/019-_sylvia_maia.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1532/019-_sylvia_maia.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a repassar aos Agentes Comunitários de Saúde - ACS, aos Agentes de Combate às Endemias - ACE e aos Vigilantes de Endemias, incentivo financeiro adicional, e dá outras providências".</t>
   </si>
   <si>
     <t>1533</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1533/020-_henrique_candido.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1533/020-_henrique_candido.pdf</t>
   </si>
   <si>
     <t>“Institui no Município de Alto Araguaia-MT o "Dia Municipal da Marcha para Jesus", a ser realizada anualmente no segundo sábado do mês de Dezembro, em comemoração ao Dia da Bíblia, e dá outras providencias”.</t>
   </si>
   <si>
     <t>1534</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1534/021-_vanderlei_-_retirado.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1534/021-_vanderlei_-_retirado.pdf</t>
   </si>
   <si>
     <t>" Projeto de Lei que dispõe sobre a criação da Zona Azul para Veículos de Quatro Rodas e Zona Amarela para Veículos de Duas Rodas”.</t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1535/022_-_projeto_utilidade_publica.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1535/022_-_projeto_utilidade_publica.pdf</t>
   </si>
   <si>
     <t>“Declara de utilidade pública a ASSOCIAÇÃO COMUNITÁRIA DE MORADORES DO BAIRRO GABIROBA, e dá outras providencias”.</t>
   </si>
   <si>
     <t>1553</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1553/023-_marilzan-_projeto_-da_nome_ao_ginasio_poliesportivo_bairro_jardim_novo_araguaia.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1553/023-_marilzan-_projeto_-da_nome_ao_ginasio_poliesportivo_bairro_jardim_novo_araguaia.pdf</t>
   </si>
   <si>
     <t>“Dá nome ao Ginásio Poliesportivo localizado no bairro Jardim Novo Araguaia e dá outras providências”.</t>
   </si>
   <si>
     <t>1554</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1554/024_-_vanderlei.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1554/024_-_vanderlei.pdf</t>
   </si>
   <si>
     <t>“Projeto de Lei que dispõe sobre a Concessão de Um(1) Ponto na média geral, a Candidatos de Concurso Público, na esfera Municipal de Alto Araguaia, e dá outras providências”</t>
   </si>
   <si>
     <t>1555</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1555/025-projeto_de_lei_dia_da_biblia_-henrique_candido_de_moraes.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1555/025-projeto_de_lei_dia_da_biblia_-henrique_candido_de_moraes.pdf</t>
   </si>
   <si>
     <t>“Institui e Inclui no Calendário Oficial do Município de Alto Araguaia-MT o “Dia da Bíblia”, e dá outras providencias”.</t>
   </si>
   <si>
     <t>1556</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1556/026_-_vanderlei.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1556/026_-_vanderlei.pdf</t>
   </si>
   <si>
     <t>“Projeto de Lei que institui no Município de Alto Araguaia, Estado de Mato Grosso, o Dia do NASCITURO e dispõe sobre a sua comemoração e dá outras providências”</t>
   </si>
   <si>
     <t>1557</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1557/027-_vanderlei-_projeto_de_lei_do_legislativo_no_execucao_e_canto_do_hino_de_alto_araguaia.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1557/027-_vanderlei-_projeto_de_lei_do_legislativo_no_execucao_e_canto_do_hino_de_alto_araguaia.pdf</t>
   </si>
   <si>
     <t>“Institui a obrigatoriedade da Execução e Canto do Hino Oficial do Município de Alto Araguaia, e dá outras providências”.</t>
   </si>
   <si>
     <t>1558</t>
   </si>
   <si>
     <t>“Projeto de Lei que Institui na Rede Municipal de Educação e Cultura de Alto Araguaia, o Programa de Valorização do Profissional na Educação “PROFESSOR DO ANO”, e dá outras providências”</t>
   </si>
   <si>
     <t>1559</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1559/029_-_projeto_queijo_cabacinha.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1559/029_-_projeto_queijo_cabacinha.pdf</t>
   </si>
   <si>
     <t>“Considera como patrimônio cultural imaterial do Município de Alto Araguaia o “Queijo Cabacinha” e dá outras providencias”.</t>
   </si>
   <si>
     <t>1560</t>
   </si>
   <si>
-    <t>https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1560/030_-_proj._de_lei_-_autoria_em_conjunto.pdf</t>
+    <t>http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1560/030_-_proj._de_lei_-_autoria_em_conjunto.pdf</t>
   </si>
   <si>
     <t>“Determina a instalação de biombos em todas as agências bancárias do Município de Alto Araguaia e dá outras providências.”</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -4676,67 +4676,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1269/001-17_indicacao_-_paulo_lopes.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1270/002-17_indicacao_-paulo_lopes.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1271/003-17_indicacao_-_paulo_lopes.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1272/004-17_indicacao-henrique-reforma_da_quadra_do_bairro_da_cohab_2.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1273/005-17_indicacao-henrique-reforma_da_quadra_do_bairro_da_cohab_1.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1274/006-17_indicacao-henrique-reforma_da_quadra_do_bairro_da_cohab_3.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1275/007-17_indicacao_-_paulo_lopes-_ultrassonografia.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1276/008-17_indicacao-andre_leal.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1277/009-_17_indicacao-__andre_leal.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1278/010-_17_indicacao-_deusdete.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1279/011-_17_indicacao-_deusdete.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1280/012_-_17_indicacao-_andre_leal.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1281/013-17_indicacao_-_sylvia.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1282/014-17_indicacao_-sylvia.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1283/015-17_indicacao_-_sylvia.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1284/016-17_indicacao_-_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1286/017-17_indicacao_-_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1287/018-_17_-indicacao-henrique.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1288/019-17_indicacao_-_andre.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1289/020-17_indicacao_-_deusdete.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1290/021-_17_indicacao_-_deusdete.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1291/022-17_-indicacao_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1292/023-17-indicacao_-_sylvia.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1293/024-017_indicacao_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1294/025-017_indicacao_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1295/026-017_indicacao_andre.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1296/027-017_indicacao_diversos.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1297/028-_17_sylvia_maia.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1298/029-_17_paulo_lopes.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1299/030-_clodoaldo.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1301/032-_17_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1302/033-17_indicacao_-_andre_leal.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1303/034-17_indicacao_-_andre_leal_e_outros.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1304/035-_17_ze_airton.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1305/036-_17_clodoaldo.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1306/037-_17_clodoaldo.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1307/038-17-deusdete.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1308/039-17-deusdete.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1309/040_-_17_andre.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1310/041-_14_andre.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1402/042_-_17_andre.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1404/044_-17_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1405/045-17-_clodoaldo.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1406/046-17-andre.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1407/047-17-deusdete.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1408/048-17-paulo_lopes.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1409/049-_17_henrique.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1410/050-17_andre.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1411/051-_17_deusdete.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1412/051-_17_deusdete.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1413/053-_17_deusdete.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1414/054-_17_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1415/055_-17_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1416/056-_17_andre.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1417/057-_17_andre.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1418/058-_17_andre.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1419/059-_17_andre.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1420/061-17-henrique.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1421/62-17-_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1422/063-_17_sylvia_maia_e_marcos_aurelio.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1423/064-2017_deusdete_e_diversos.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1424/065-_17_ze_airton.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1425/066_-_17_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1426/067-17-2017-_andre.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1427/068-17_-henrique-gato_preto-quadra.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1428/069-_17_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1429/070_-_17_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1430/071-_17_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1431/072-17-_indicacao-_andre.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1432/073-17-_indicacao-_andre.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1433/074-17-indicacao-_andre.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1434/075-17-indicacao-_silvia_maia.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1435/076-17-_indicacao-_silvia_maia.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1436/077-17-indicacao-silvia_maia.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1437/078_-_17_-indicacao-andre.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1438/079-17-indicacao-vanderlei.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1439/080-17-indicacao-andre.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1440/081-17-indicacao-jose_airton.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1441/082_-_17_sylvia_e_diversos.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1442/083_-_17_henrique.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1443/084-17-indicacao-andre.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1444/085-henrique.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1445/086-17-indicacao-paulo_lopes.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1446/087_-_17_henrique.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1447/088-17-indicacao-henrique.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1448/089_-_17_deusdete.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1449/090_-_17_sylvia_maia.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1450/091-_17_deusdete.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1451/092_-_17_henrique.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1452/093-17_-_andre_leal.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1453/094_-_17_sylvia_maia.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1454/095-_17_henrique.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1455/096-_17_andre.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1456/097_-_17_andre.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1457/098_-_17_henrique.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1458/099_-17_jose_airton.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1459/100_-17_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1460/101_-_17_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1461/102-_14_andre.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1462/103-17-_indicacao-_deusdete.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1463/104-_17_paulo_lopes.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1464/105_-_17_henrique.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1465/106_-17_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1466/107-_17_henrique.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1467/108_-_17_henrique.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1468/109_-_17_deusdete.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1469/111-17-andre_buono.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1470/110-17-_andre_buono.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1471/112-17-vanderlei.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1473/114-17-__andre.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1474/115_-17_henrique.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1475/116_-17_henrique.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1476/117-17_deusdete.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1477/119-17-_andre.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1478/120_-_17_sylvia.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1479/121-17-andre.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1480/122_-_17_deusdete.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1481/123-_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1482/124-17-_indicacao-_andre.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1483/125-17-henrique.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1484/001_-_17_jose_airton.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1485/002_-_17_marcos_aurelio.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1486/003_-_17_marcos_aurelio.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1487/004_-_17_paulo_lopes.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1488/005_-_17_paulo_lopes_reservado.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1489/006-000-requerimento-henrique-sebastiao-emenda.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1490/007-000-requerimento-henrique-governador.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1491/008-_17_jose__airton.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1492/009-_17_jose_airton.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1493/010_-_17_clodoaldo.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1494/011-__17_clodoaldo.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1495/012_-_17_clodoaldo.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1496/013-17_henrique-arrumar_vazamento_de_agua_na_cohab.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1497/014_-_clodoaldo.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1498/015-17_marcos_aurelio.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1499/016-_17_marilzan.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1500/017-_17_marilzan.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1501/018-17_jose_airton.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1502/019-17_andre.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1503/020-_17_andre.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1504/021-17_deusdete.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1505/022_-_17_ze_airton.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1506/023_-_17_jose_airton.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1507/024_-_17_henrique.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1508/025_-_17_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1509/026_-_17_jorge_melo.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1510/027_-_17_jorge_melo.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1511/028-__17_henrique.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1512/029-ze_airton.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1513/030-ze_airton.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1536/031-_17_marcos_aurelio.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1537/032-_17_marcos_aurelio.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1538/033-_17_marcos_aurelio.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1539/034-_17_ze_airton.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1540/035-17_marilzan.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1541/036-_17_marilzan.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1542/037-_17_-_todos_os_vereadores_-_itinerante.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1543/038-_17_-_todos_os_vereadores_-_itinerante.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1544/039-_17_-_todos_os_vereadores_-_itinerante.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1545/040-_17_-_todos_os_vereadores_-_itinerante.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1546/041-_17_ze_airton.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1547/042-_17_ze_airton.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1548/043-_17-_henrique.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1549/044-_17__sylvia_maia.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1550/045-_17__diversos.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1551/046-17__jorge_e_demais_vereadores.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1573/047-_17_marcos_aurelio.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1574/048-_17_marcos_aurelio.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1575/049-17-_diversos.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1576/050_-_17_paulo.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1579/053_-14_paulo_lopes.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1581/055-_diversos.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1582/056-17-_paulo.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1583/057-_17_jorge.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1584/058-_17_jorge.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1585/059-_17_diversos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1586/060_-17_henrique.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1587/061-_17_henrique.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1588/063-17-ze_airton.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1589/064-_17_ze_airton.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1590/065-17-andre.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1591/066-17-andre.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1592/067-17_jorge_melo.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1593/068-17-ze_airton.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1594/069-17-ze_airton.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1595/070-17_clodoaldo.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1596/071-_jorge.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1597/072-_17_marcos_aurelio.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1598/073-_17_marcos_aurelio.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1599/074-_17_marcos_aurelio.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1600/075-_17_clodoaldo.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1601/076-17-paulo_lopes.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1602/077-017_andre_leal.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1603/078-_17_andre_leal.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1285/projeto_de_lei.001.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1312/projeto_de_lei.002.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1313/projeto_de_lei.003.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1314/projeto_de_lei.004.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1315/projeto_de_lei.005.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1316/projeto_de_lei.006.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1317/projeto_de_lei.007.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1318/projeto_de_lei.008.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1319/projeto_de_lei.009.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1320/projeto_de_lei.010.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1321/projeto_de_lei.011.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1322/projeto_de_lei.012.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1323/projeto_de_lei.013.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1324/projeto_de_lei.014.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1325/projeto_de_lei.015.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1326/projeto_de_lei.016.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1327/projeto_de_lei.017.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1328/projeto_de_lei.018.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1329/projeto_de_lei.019.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1330/projeto_de_lei.020.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1331/projeto_de_lei.021.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1332/projeto_de_lei.022.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1333/projeto_de_lei.023.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1334/projeto_de_lei.024.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1335/projeto_de_lei.025.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1336/projeto_de_lei.026.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1337/projeto_de_lei.027.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1338/projeto_de_lei.028.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1339/projeto_de_lei.029.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1340/projeto_de_lei.030.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1341/projeto_de_lei.031.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1342/projeto_de_lei.033.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1343/projeto_de_lei.034.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1344/projeto_de_lei.035.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1345/projeto_de_lei.036.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1346/projeto_de_lei.037.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1347/projeto_de_lei.038.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1348/projeto_de_lei.039.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1349/projeto_de_lei.040.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1350/projeto_de_lei.041.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1351/projeto_de_lei.042.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1352/projeto_de_lei.043.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1353/projeto_de_lei.044-certo.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1354/projeto_de_lei.045.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1355/projeto_de_lei.046.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1356/projeto_de_lei.047.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1357/projeto_de_lei.049.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1358/projeto_de_lei.050.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1359/projeto_de_lei.051.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1360/projeto_de_lei.052.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1361/projeto_de_lei.053.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1362/projeto_de_lei.054.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1363/projeto_de_lei.055.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1364/projeto_de_lei.056.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1365/projeto_de_lei.057.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1366/projeto_de_lei.058.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1367/projeto_de_lei.059.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1368/projeto_de_lei.060.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1369/projeto_de_lei.061.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1370/projeto_de_lei.062.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1371/projeto_de_lei.063.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1372/projeto_de_lei.064.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1373/projeto_de_lei.065.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1374/projeto_de_lei.066.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1375/projeto_de_lei.067.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1376/projeto_de_lei.068.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1377/projeto_de_lei.069.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1378/projeto_de_lei.070.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1379/projeto_de_lei.071.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1380/projeto_de_lei.072.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1381/projeto_de_lei.073.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1382/projeto_de_lei.074.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1383/projeto_de_lei.076.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1384/projeto_de_lei.077.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1385/projeto_de_lei.078.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1386/projeto_de_lei.079.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1387/projeto_de_lei.080.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1388/projeto_de_lei.081.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1389/projeto_de_lei.082_retirado.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1390/projeto_de_lei.083.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1391/projeto_de_lei.084.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1392/projeto_de_lei.085_retirado.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1393/projeto_de_lei.086.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1394/projeto_de_lei.087.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1395/projeto_de_lei.088.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1515/001-_reajuste_servidores.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1516/002._reajuste_vereadores.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1517/003._projeto_de_lei_._reforma_pccs.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1518/004-2017_-_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1519/005-projeto_de_lei._proibindo_corte_de_agua_e_energia.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1520/006_-_reduz_subsidios_dos_vereadores_2017.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1521/007-_reduz_verba_indenizatoria_2017.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1522/008_-__reajuste_servidores_comissionados_e_funcoes_gratificadas.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1523/009-_projeto_-nome_ao_centro_de_tratamento_de_animais.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1524/011-henrique_candido.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1525/012-_outubro_rosa_henrique_candido.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1526/013_-novembro_azul_henrique_candido.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1527/014-_projeto_-nome_a_voltinha_-_clodoaldo.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1528/015-__plantas_dengue_-_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1529/016_-projeto_de_lei_legislativo_no_caminhao_de_aterro.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1530/17_-_henrique_retirado.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1531/018_-paulinho.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1532/019-_sylvia_maia.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1533/020-_henrique_candido.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1534/021-_vanderlei_-_retirado.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1535/022_-_projeto_utilidade_publica.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1553/023-_marilzan-_projeto_-da_nome_ao_ginasio_poliesportivo_bairro_jardim_novo_araguaia.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1554/024_-_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1555/025-projeto_de_lei_dia_da_biblia_-henrique_candido_de_moraes.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1556/026_-_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1557/027-_vanderlei-_projeto_de_lei_do_legislativo_no_execucao_e_canto_do_hino_de_alto_araguaia.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1559/029_-_projeto_queijo_cabacinha.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1560/030_-_proj._de_lei_-_autoria_em_conjunto.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1269/001-17_indicacao_-_paulo_lopes.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1270/002-17_indicacao_-paulo_lopes.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1271/003-17_indicacao_-_paulo_lopes.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1272/004-17_indicacao-henrique-reforma_da_quadra_do_bairro_da_cohab_2.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1273/005-17_indicacao-henrique-reforma_da_quadra_do_bairro_da_cohab_1.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1274/006-17_indicacao-henrique-reforma_da_quadra_do_bairro_da_cohab_3.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1275/007-17_indicacao_-_paulo_lopes-_ultrassonografia.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1276/008-17_indicacao-andre_leal.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1277/009-_17_indicacao-__andre_leal.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1278/010-_17_indicacao-_deusdete.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1279/011-_17_indicacao-_deusdete.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1280/012_-_17_indicacao-_andre_leal.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1281/013-17_indicacao_-_sylvia.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1282/014-17_indicacao_-sylvia.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1283/015-17_indicacao_-_sylvia.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1284/016-17_indicacao_-_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1286/017-17_indicacao_-_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1287/018-_17_-indicacao-henrique.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1288/019-17_indicacao_-_andre.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1289/020-17_indicacao_-_deusdete.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1290/021-_17_indicacao_-_deusdete.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1291/022-17_-indicacao_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1292/023-17-indicacao_-_sylvia.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1293/024-017_indicacao_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1294/025-017_indicacao_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1295/026-017_indicacao_andre.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1296/027-017_indicacao_diversos.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1297/028-_17_sylvia_maia.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1298/029-_17_paulo_lopes.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1299/030-_clodoaldo.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1301/032-_17_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1302/033-17_indicacao_-_andre_leal.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1303/034-17_indicacao_-_andre_leal_e_outros.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1304/035-_17_ze_airton.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1305/036-_17_clodoaldo.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1306/037-_17_clodoaldo.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1307/038-17-deusdete.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1308/039-17-deusdete.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1309/040_-_17_andre.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1310/041-_14_andre.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1402/042_-_17_andre.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1404/044_-17_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1405/045-17-_clodoaldo.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1406/046-17-andre.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1407/047-17-deusdete.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1408/048-17-paulo_lopes.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1409/049-_17_henrique.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1410/050-17_andre.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1411/051-_17_deusdete.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1412/051-_17_deusdete.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1413/053-_17_deusdete.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1414/054-_17_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1415/055_-17_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1416/056-_17_andre.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1417/057-_17_andre.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1418/058-_17_andre.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1419/059-_17_andre.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1420/061-17-henrique.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1421/62-17-_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1422/063-_17_sylvia_maia_e_marcos_aurelio.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1423/064-2017_deusdete_e_diversos.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1424/065-_17_ze_airton.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1425/066_-_17_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1426/067-17-2017-_andre.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1427/068-17_-henrique-gato_preto-quadra.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1428/069-_17_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1429/070_-_17_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1430/071-_17_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1431/072-17-_indicacao-_andre.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1432/073-17-_indicacao-_andre.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1433/074-17-indicacao-_andre.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1434/075-17-indicacao-_silvia_maia.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1435/076-17-_indicacao-_silvia_maia.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1436/077-17-indicacao-silvia_maia.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1437/078_-_17_-indicacao-andre.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1438/079-17-indicacao-vanderlei.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1439/080-17-indicacao-andre.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1440/081-17-indicacao-jose_airton.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1441/082_-_17_sylvia_e_diversos.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1442/083_-_17_henrique.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1443/084-17-indicacao-andre.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1444/085-henrique.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1445/086-17-indicacao-paulo_lopes.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1446/087_-_17_henrique.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1447/088-17-indicacao-henrique.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1448/089_-_17_deusdete.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1449/090_-_17_sylvia_maia.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1450/091-_17_deusdete.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1451/092_-_17_henrique.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1452/093-17_-_andre_leal.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1453/094_-_17_sylvia_maia.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1454/095-_17_henrique.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1455/096-_17_andre.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1456/097_-_17_andre.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1457/098_-_17_henrique.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1458/099_-17_jose_airton.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1459/100_-17_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1460/101_-_17_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1461/102-_14_andre.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1462/103-17-_indicacao-_deusdete.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1463/104-_17_paulo_lopes.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1464/105_-_17_henrique.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1465/106_-17_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1466/107-_17_henrique.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1467/108_-_17_henrique.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1468/109_-_17_deusdete.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1469/111-17-andre_buono.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1470/110-17-_andre_buono.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1471/112-17-vanderlei.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1473/114-17-__andre.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1474/115_-17_henrique.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1475/116_-17_henrique.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1476/117-17_deusdete.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1477/119-17-_andre.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1478/120_-_17_sylvia.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1479/121-17-andre.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1480/122_-_17_deusdete.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1481/123-_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1482/124-17-_indicacao-_andre.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1483/125-17-henrique.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1484/001_-_17_jose_airton.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1485/002_-_17_marcos_aurelio.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1486/003_-_17_marcos_aurelio.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1487/004_-_17_paulo_lopes.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1488/005_-_17_paulo_lopes_reservado.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1489/006-000-requerimento-henrique-sebastiao-emenda.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1490/007-000-requerimento-henrique-governador.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1491/008-_17_jose__airton.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1492/009-_17_jose_airton.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1493/010_-_17_clodoaldo.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1494/011-__17_clodoaldo.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1495/012_-_17_clodoaldo.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1496/013-17_henrique-arrumar_vazamento_de_agua_na_cohab.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1497/014_-_clodoaldo.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1498/015-17_marcos_aurelio.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1499/016-_17_marilzan.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1500/017-_17_marilzan.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1501/018-17_jose_airton.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1502/019-17_andre.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1503/020-_17_andre.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1504/021-17_deusdete.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1505/022_-_17_ze_airton.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1506/023_-_17_jose_airton.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1507/024_-_17_henrique.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1508/025_-_17_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1509/026_-_17_jorge_melo.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1510/027_-_17_jorge_melo.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1511/028-__17_henrique.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1512/029-ze_airton.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1513/030-ze_airton.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1536/031-_17_marcos_aurelio.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1537/032-_17_marcos_aurelio.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1538/033-_17_marcos_aurelio.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1539/034-_17_ze_airton.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1540/035-17_marilzan.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1541/036-_17_marilzan.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1542/037-_17_-_todos_os_vereadores_-_itinerante.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1543/038-_17_-_todos_os_vereadores_-_itinerante.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1544/039-_17_-_todos_os_vereadores_-_itinerante.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1545/040-_17_-_todos_os_vereadores_-_itinerante.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1546/041-_17_ze_airton.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1547/042-_17_ze_airton.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1548/043-_17-_henrique.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1549/044-_17__sylvia_maia.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1550/045-_17__diversos.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1551/046-17__jorge_e_demais_vereadores.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1573/047-_17_marcos_aurelio.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1574/048-_17_marcos_aurelio.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1575/049-17-_diversos.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1576/050_-_17_paulo.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1579/053_-14_paulo_lopes.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1581/055-_diversos.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1582/056-17-_paulo.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1583/057-_17_jorge.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1584/058-_17_jorge.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1585/059-_17_diversos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1586/060_-17_henrique.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1587/061-_17_henrique.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1588/063-17-ze_airton.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1589/064-_17_ze_airton.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1590/065-17-andre.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1591/066-17-andre.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1592/067-17_jorge_melo.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1593/068-17-ze_airton.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1594/069-17-ze_airton.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1595/070-17_clodoaldo.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1596/071-_jorge.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1597/072-_17_marcos_aurelio.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1598/073-_17_marcos_aurelio.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1599/074-_17_marcos_aurelio.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1600/075-_17_clodoaldo.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1601/076-17-paulo_lopes.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1602/077-017_andre_leal.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1603/078-_17_andre_leal.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1285/projeto_de_lei.001.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1312/projeto_de_lei.002.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1313/projeto_de_lei.003.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1314/projeto_de_lei.004.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1315/projeto_de_lei.005.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1316/projeto_de_lei.006.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1317/projeto_de_lei.007.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1318/projeto_de_lei.008.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1319/projeto_de_lei.009.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1320/projeto_de_lei.010.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1321/projeto_de_lei.011.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1322/projeto_de_lei.012.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1323/projeto_de_lei.013.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1324/projeto_de_lei.014.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1325/projeto_de_lei.015.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1326/projeto_de_lei.016.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1327/projeto_de_lei.017.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1328/projeto_de_lei.018.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1329/projeto_de_lei.019.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1330/projeto_de_lei.020.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1331/projeto_de_lei.021.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1332/projeto_de_lei.022.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1333/projeto_de_lei.023.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1334/projeto_de_lei.024.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1335/projeto_de_lei.025.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1336/projeto_de_lei.026.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1337/projeto_de_lei.027.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1338/projeto_de_lei.028.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1339/projeto_de_lei.029.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1340/projeto_de_lei.030.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1341/projeto_de_lei.031.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1342/projeto_de_lei.033.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1343/projeto_de_lei.034.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1344/projeto_de_lei.035.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1345/projeto_de_lei.036.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1346/projeto_de_lei.037.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1347/projeto_de_lei.038.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1348/projeto_de_lei.039.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1349/projeto_de_lei.040.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1350/projeto_de_lei.041.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1351/projeto_de_lei.042.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1352/projeto_de_lei.043.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1353/projeto_de_lei.044-certo.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1354/projeto_de_lei.045.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1355/projeto_de_lei.046.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1356/projeto_de_lei.047.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1357/projeto_de_lei.049.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1358/projeto_de_lei.050.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1359/projeto_de_lei.051.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1360/projeto_de_lei.052.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1361/projeto_de_lei.053.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1362/projeto_de_lei.054.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1363/projeto_de_lei.055.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1364/projeto_de_lei.056.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1365/projeto_de_lei.057.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1366/projeto_de_lei.058.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1367/projeto_de_lei.059.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1368/projeto_de_lei.060.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1369/projeto_de_lei.061.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1370/projeto_de_lei.062.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1371/projeto_de_lei.063.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1372/projeto_de_lei.064.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1373/projeto_de_lei.065.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1374/projeto_de_lei.066.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1375/projeto_de_lei.067.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1376/projeto_de_lei.068.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1377/projeto_de_lei.069.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1378/projeto_de_lei.070.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1379/projeto_de_lei.071.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1380/projeto_de_lei.072.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1381/projeto_de_lei.073.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1382/projeto_de_lei.074.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1383/projeto_de_lei.076.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1384/projeto_de_lei.077.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1385/projeto_de_lei.078.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1386/projeto_de_lei.079.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1387/projeto_de_lei.080.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1388/projeto_de_lei.081.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1389/projeto_de_lei.082_retirado.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1390/projeto_de_lei.083.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1391/projeto_de_lei.084.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1392/projeto_de_lei.085_retirado.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1393/projeto_de_lei.086.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1394/projeto_de_lei.087.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1395/projeto_de_lei.088.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1515/001-_reajuste_servidores.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1516/002._reajuste_vereadores.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1517/003._projeto_de_lei_._reforma_pccs.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1518/004-2017_-_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1519/005-projeto_de_lei._proibindo_corte_de_agua_e_energia.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1520/006_-_reduz_subsidios_dos_vereadores_2017.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1521/007-_reduz_verba_indenizatoria_2017.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1522/008_-__reajuste_servidores_comissionados_e_funcoes_gratificadas.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1523/009-_projeto_-nome_ao_centro_de_tratamento_de_animais.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1524/011-henrique_candido.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1525/012-_outubro_rosa_henrique_candido.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1526/013_-novembro_azul_henrique_candido.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1527/014-_projeto_-nome_a_voltinha_-_clodoaldo.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1528/015-__plantas_dengue_-_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1529/016_-projeto_de_lei_legislativo_no_caminhao_de_aterro.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1530/17_-_henrique_retirado.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1531/018_-paulinho.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1532/019-_sylvia_maia.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1533/020-_henrique_candido.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1534/021-_vanderlei_-_retirado.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1535/022_-_projeto_utilidade_publica.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1553/023-_marilzan-_projeto_-da_nome_ao_ginasio_poliesportivo_bairro_jardim_novo_araguaia.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1554/024_-_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1555/025-projeto_de_lei_dia_da_biblia_-henrique_candido_de_moraes.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1556/026_-_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1557/027-_vanderlei-_projeto_de_lei_do_legislativo_no_execucao_e_canto_do_hino_de_alto_araguaia.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1559/029_-_projeto_queijo_cabacinha.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altoaraguaia.mt.leg.br/media/sapl/public/materialegislativa/2017/1560/030_-_proj._de_lei_-_autoria_em_conjunto.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H315"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="40.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="26.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="166" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="165.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>